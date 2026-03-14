--- v1 (2026-01-10)
+++ v2 (2026-03-14)
@@ -352,51 +352,51 @@
   <si>
     <t>Dafydd</t>
   </si>
   <si>
     <t>Bryden</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>Atyeo</t>
   </si>
   <si>
     <t>Allan</t>
   </si>
   <si>
     <t>Mckeown</t>
   </si>
   <si>
     <t>Deestriders RC</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
-    <t>NOBLE</t>
+    <t>Noble</t>
   </si>
   <si>
     <t>Weston AC</t>
   </si>
   <si>
     <t>TREASURE</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>WHITE</t>
   </si>
   <si>
     <t>Gary</t>
   </si>
   <si>
     <t>V75</t>
   </si>
   <si>
     <t>Matt</t>
   </si>
   <si>
     <t>Farrer</t>
   </si>
@@ -1636,51 +1636,51 @@
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>Jarvis</t>
   </si>
   <si>
     <t>Parc Bryn Bach Running Club</t>
   </si>
   <si>
     <t>Iestyn</t>
   </si>
   <si>
     <t>Rhodes</t>
   </si>
   <si>
     <t>Stones</t>
   </si>
   <si>
     <t>BEDFORD HARRIERS AC</t>
   </si>
   <si>
     <t>Jules</t>
   </si>
   <si>
-    <t>TOONE</t>
+    <t>Toone</t>
   </si>
   <si>
     <t>Catherine</t>
   </si>
   <si>
     <t>Treble</t>
   </si>
   <si>
     <t>Westbury Harriers</t>
   </si>
   <si>
     <t>Clare</t>
   </si>
   <si>
     <t>Patterson</t>
   </si>
   <si>
     <t>Belshaw</t>
   </si>
   <si>
     <t>Burrow</t>
   </si>
   <si>
     <t>Jaap</t>
   </si>
@@ -5477,50 +5477,53 @@
         <v>24</v>
       </c>
       <c r="P33">
         <v>118.23</v>
       </c>
       <c r="Q33" t="s">
         <v>24</v>
       </c>
       <c r="R33" t="s">
         <v>24</v>
       </c>
       <c r="S33">
         <v>343.43</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
         <v>106</v>
       </c>
       <c r="C34" t="s">
         <v>107</v>
       </c>
+      <c r="D34">
+        <v>2546</v>
+      </c>
       <c r="E34" t="s">
         <v>24</v>
       </c>
       <c r="F34" t="s">
         <v>22</v>
       </c>
       <c r="G34" t="s">
         <v>23</v>
       </c>
       <c r="H34">
         <v>8</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>125.94</v>
       </c>
       <c r="M34" t="s">
@@ -5651,50 +5654,53 @@
         <v>120.25</v>
       </c>
       <c r="P36" t="s">
         <v>24</v>
       </c>
       <c r="Q36" t="s">
         <v>24</v>
       </c>
       <c r="R36">
         <v>102.59</v>
       </c>
       <c r="S36">
         <v>339.06</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>113</v>
       </c>
       <c r="C37" t="s">
         <v>114</v>
       </c>
+      <c r="D37">
+        <v>1900</v>
+      </c>
       <c r="E37" t="s">
         <v>115</v>
       </c>
       <c r="F37" t="s">
         <v>65</v>
       </c>
       <c r="G37" t="s">
         <v>23</v>
       </c>
       <c r="H37">
         <v>4</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37" t="s">
         <v>24</v>
       </c>
       <c r="M37" t="s">
@@ -7990,50 +7996,53 @@
         <v>118.84</v>
       </c>
       <c r="P76">
         <v>115.27</v>
       </c>
       <c r="Q76" t="s">
         <v>24</v>
       </c>
       <c r="R76" t="s">
         <v>24</v>
       </c>
       <c r="S76">
         <v>234.11</v>
       </c>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>161</v>
       </c>
       <c r="C77" t="s">
         <v>196</v>
       </c>
+      <c r="D77">
+        <v>2527</v>
+      </c>
       <c r="E77" t="s">
         <v>21</v>
       </c>
       <c r="F77" t="s">
         <v>31</v>
       </c>
       <c r="G77" t="s">
         <v>23</v>
       </c>
       <c r="H77">
         <v>9</v>
       </c>
       <c r="I77" t="b">
         <v>0</v>
       </c>
       <c r="J77" t="s">
         <v>165</v>
       </c>
       <c r="K77">
         <v>2</v>
       </c>
       <c r="L77" t="s">
         <v>24</v>
       </c>
       <c r="M77" t="s">
@@ -13743,50 +13752,53 @@
         <v>24</v>
       </c>
       <c r="P176" t="s">
         <v>24</v>
       </c>
       <c r="Q176">
         <v>125.8</v>
       </c>
       <c r="R176" t="s">
         <v>24</v>
       </c>
       <c r="S176">
         <v>125.8</v>
       </c>
     </row>
     <row r="177" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
         <v>362</v>
       </c>
       <c r="C177" t="s">
         <v>363</v>
       </c>
+      <c r="D177">
+        <v>2561</v>
+      </c>
       <c r="E177" t="s">
         <v>333</v>
       </c>
       <c r="F177" t="s">
         <v>22</v>
       </c>
       <c r="G177" t="s">
         <v>23</v>
       </c>
       <c r="H177">
         <v>60</v>
       </c>
       <c r="I177" t="b">
         <v>0</v>
       </c>
       <c r="J177" t="s">
         <v>165</v>
       </c>
       <c r="K177">
         <v>1</v>
       </c>
       <c r="L177" t="s">
         <v>24</v>
       </c>
       <c r="M177" t="s">
@@ -20630,50 +20642,53 @@
         <v>110.28</v>
       </c>
       <c r="P297" t="s">
         <v>24</v>
       </c>
       <c r="Q297" t="s">
         <v>24</v>
       </c>
       <c r="R297" t="s">
         <v>24</v>
       </c>
       <c r="S297">
         <v>110.28</v>
       </c>
     </row>
     <row r="298" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
         <v>541</v>
       </c>
       <c r="C298" t="s">
         <v>542</v>
       </c>
+      <c r="D298">
+        <v>1922</v>
+      </c>
       <c r="E298" t="s">
         <v>21</v>
       </c>
       <c r="F298" t="s">
         <v>31</v>
       </c>
       <c r="G298" t="s">
         <v>46</v>
       </c>
       <c r="H298">
         <v>13</v>
       </c>
       <c r="I298" t="b">
         <v>0</v>
       </c>
       <c r="J298" t="s">
         <v>165</v>
       </c>
       <c r="K298">
         <v>1</v>
       </c>
       <c r="L298" t="s">
         <v>24</v>
       </c>
       <c r="M298" t="s">
@@ -23145,50 +23160,53 @@
         <v>105.14</v>
       </c>
       <c r="P341" t="s">
         <v>24</v>
       </c>
       <c r="Q341" t="s">
         <v>24</v>
       </c>
       <c r="R341" t="s">
         <v>24</v>
       </c>
       <c r="S341">
         <v>105.14</v>
       </c>
     </row>
     <row r="342" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
         <v>96</v>
       </c>
       <c r="C342" t="s">
         <v>599</v>
       </c>
+      <c r="D342">
+        <v>2208</v>
+      </c>
       <c r="E342" t="s">
         <v>24</v>
       </c>
       <c r="F342" t="s">
         <v>42</v>
       </c>
       <c r="G342" t="s">
         <v>23</v>
       </c>
       <c r="H342">
         <v>43</v>
       </c>
       <c r="I342" t="b">
         <v>0</v>
       </c>
       <c r="J342" t="s">
         <v>158</v>
       </c>
       <c r="K342">
         <v>1</v>
       </c>
       <c r="L342" t="s">
         <v>24</v>
       </c>
       <c r="M342" t="s">
@@ -24790,50 +24808,53 @@
         <v>103.27</v>
       </c>
       <c r="P370" t="s">
         <v>24</v>
       </c>
       <c r="Q370" t="s">
         <v>24</v>
       </c>
       <c r="R370" t="s">
         <v>24</v>
       </c>
       <c r="S370">
         <v>103.27</v>
       </c>
     </row>
     <row r="371" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
         <v>141</v>
       </c>
       <c r="C371" t="s">
         <v>637</v>
       </c>
+      <c r="D371">
+        <v>949</v>
+      </c>
       <c r="E371" t="s">
         <v>638</v>
       </c>
       <c r="F371" t="s">
         <v>65</v>
       </c>
       <c r="G371" t="s">
         <v>23</v>
       </c>
       <c r="H371">
         <v>24</v>
       </c>
       <c r="I371" t="b">
         <v>0</v>
       </c>
       <c r="J371" t="s">
         <v>158</v>
       </c>
       <c r="K371">
         <v>1</v>
       </c>
       <c r="L371" t="s">
         <v>24</v>
       </c>
       <c r="M371" t="s">
@@ -25990,50 +26011,53 @@
         <v>24</v>
       </c>
       <c r="P391" t="s">
         <v>24</v>
       </c>
       <c r="Q391">
         <v>101.84</v>
       </c>
       <c r="R391" t="s">
         <v>24</v>
       </c>
       <c r="S391">
         <v>101.84</v>
       </c>
     </row>
     <row r="392" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
         <v>232</v>
       </c>
       <c r="C392" t="s">
         <v>658</v>
       </c>
+      <c r="D392">
+        <v>2537</v>
+      </c>
       <c r="E392" t="s">
         <v>659</v>
       </c>
       <c r="F392" t="s">
         <v>31</v>
       </c>
       <c r="G392" t="s">
         <v>23</v>
       </c>
       <c r="H392">
         <v>86</v>
       </c>
       <c r="I392" t="b">
         <v>0</v>
       </c>
       <c r="J392" t="s">
         <v>165</v>
       </c>
       <c r="K392">
         <v>1</v>
       </c>
       <c r="L392">
         <v>101.83</v>
       </c>
       <c r="M392" t="s">
@@ -37959,50 +37983,53 @@
       <c r="O601" t="s">
         <v>24</v>
       </c>
       <c r="P601" t="s">
         <v>24</v>
       </c>
       <c r="Q601" t="s">
         <v>24</v>
       </c>
       <c r="R601" t="s">
         <v>24</v>
       </c>
       <c r="S601">
         <v>83.13</v>
       </c>
     </row>
     <row r="602" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
         <v>827</v>
       </c>
       <c r="C602" t="s">
         <v>368</v>
+      </c>
+      <c r="D602">
+        <v>2490</v>
       </c>
       <c r="E602" t="s">
         <v>909</v>
       </c>
       <c r="F602" t="s">
         <v>22</v>
       </c>
       <c r="G602" t="s">
         <v>23</v>
       </c>
       <c r="H602">
         <v>162</v>
       </c>
       <c r="I602" t="b">
         <v>0</v>
       </c>
       <c r="J602" t="s">
         <v>158</v>
       </c>
       <c r="K602">
         <v>1</v>
       </c>
       <c r="L602" t="s">
         <v>24</v>
       </c>