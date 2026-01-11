--- v0 (2025-12-07)
+++ v1 (2026-01-11)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1241" uniqueCount="240">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1240" uniqueCount="240">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -88,65 +88,65 @@
   <si>
     <t>Jesse</t>
   </si>
   <si>
     <t>Ryan</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>U7</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>Henry</t>
   </si>
   <si>
     <t>Mollekin</t>
   </si>
   <si>
     <t>Mynydd Du Mini Dragons</t>
   </si>
   <si>
+    <t>Feldon</t>
+  </si>
+  <si>
+    <t>Beaman-Tucker</t>
+  </si>
+  <si>
+    <t>Swansea</t>
+  </si>
+  <si>
+    <t>U9</t>
+  </si>
+  <si>
     <t>Pascoe</t>
   </si>
   <si>
-    <t>Beaman-Tucker</t>
-[...10 lines deleted...]
-  <si>
     <t>Ceridwen</t>
   </si>
   <si>
     <t>Carter</t>
   </si>
   <si>
     <t>Hereford AC</t>
   </si>
   <si>
     <t>U11</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Rowan</t>
   </si>
   <si>
     <t>Adams</t>
   </si>
   <si>
     <t>Billy</t>
   </si>
   <si>
     <t>Like</t>
@@ -355,110 +355,110 @@
   <si>
     <t>Cross</t>
   </si>
   <si>
     <t>Cwmbran Harriers</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>Arnold</t>
   </si>
   <si>
     <t>West Cheshire</t>
   </si>
   <si>
     <t>Edward</t>
   </si>
   <si>
     <t>Wakefield</t>
   </si>
   <si>
     <t>Woodhead</t>
   </si>
   <si>
+    <t>Ifan</t>
+  </si>
+  <si>
+    <t>Wood</t>
+  </si>
+  <si>
+    <t>Denbigh Harriers</t>
+  </si>
+  <si>
+    <t>Enya</t>
+  </si>
+  <si>
+    <t>Maguire</t>
+  </si>
+  <si>
+    <t>GOG Triathlon</t>
+  </si>
+  <si>
+    <t>River</t>
+  </si>
+  <si>
+    <t>Collins</t>
+  </si>
+  <si>
+    <t>Rhedwyr Eryri Harriers</t>
+  </si>
+  <si>
+    <t>Connor</t>
+  </si>
+  <si>
+    <t>Gatfield</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Jaxon</t>
+  </si>
+  <si>
+    <t>Browne</t>
+  </si>
+  <si>
+    <t>Cardiff Archers</t>
+  </si>
+  <si>
+    <t>Ella</t>
+  </si>
+  <si>
+    <t>Little</t>
+  </si>
+  <si>
     <t>Will</t>
   </si>
   <si>
     <t>Davies</t>
   </si>
   <si>
     <t>Sarn Helen</t>
   </si>
   <si>
-    <t>Ifan</t>
-[...49 lines deleted...]
-  <si>
     <t>Poppy</t>
   </si>
   <si>
     <t>Jonas</t>
   </si>
   <si>
     <t>Mynydd Du</t>
   </si>
   <si>
     <t>Molly</t>
   </si>
   <si>
     <t>Faulkner</t>
   </si>
   <si>
     <t>Cardiff</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>BUILTH &amp; DISTRICT RUNNING CLUB</t>
   </si>
   <si>
     <t>Aeron</t>
@@ -664,78 +664,78 @@
   <si>
     <t>Georgina</t>
   </si>
   <si>
     <t>Sparke</t>
   </si>
   <si>
     <t>Duncan</t>
   </si>
   <si>
     <t>Finn</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>Pearson</t>
   </si>
   <si>
     <t>Wilf</t>
   </si>
   <si>
     <t>Gilbertson</t>
   </si>
   <si>
+    <t>Dorothy</t>
+  </si>
+  <si>
+    <t>Florence</t>
+  </si>
+  <si>
+    <t>Parker-Cribb</t>
+  </si>
+  <si>
+    <t>Tabitha</t>
+  </si>
+  <si>
+    <t>Rory</t>
+  </si>
+  <si>
+    <t>Godfrey</t>
+  </si>
+  <si>
+    <t>Eleanor</t>
+  </si>
+  <si>
+    <t>Whittal</t>
+  </si>
+  <si>
+    <t>HFE</t>
+  </si>
+  <si>
     <t>Dylan</t>
-  </si>
-[...25 lines deleted...]
-    <t>HFE</t>
   </si>
   <si>
     <t>Oscar</t>
   </si>
   <si>
     <t>Mya</t>
   </si>
   <si>
     <t>Huw</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>Toby</t>
   </si>
   <si>
     <t>Rafferty</t>
   </si>
   <si>
     <t>Punter</t>
   </si>
   <si>
     <t>Lili</t>
   </si>
@@ -1287,149 +1287,149 @@
       </c>
       <c r="O3">
         <v>144.35</v>
       </c>
       <c r="P3" t="s">
         <v>20</v>
       </c>
       <c r="Q3">
         <v>132.96</v>
       </c>
       <c r="R3">
         <v>396.81</v>
       </c>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>26</v>
       </c>
       <c r="C4" t="s">
         <v>27</v>
       </c>
       <c r="D4">
-        <v>2469</v>
+        <v>2440</v>
       </c>
       <c r="E4" t="s">
         <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>20</v>
       </c>
       <c r="K4">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>4</v>
+      </c>
+      <c r="L4">
+        <v>174.51</v>
       </c>
       <c r="M4">
-        <v>125.75</v>
+        <v>106.72</v>
       </c>
       <c r="N4">
-        <v>129.02</v>
+        <v>98.08</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
         <v>20</v>
       </c>
       <c r="Q4">
-        <v>132.81</v>
+        <v>114.05</v>
       </c>
       <c r="R4">
-        <v>387.58</v>
+        <v>395.28</v>
       </c>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5">
-        <v>2440</v>
+        <v>2469</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>20</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
-      <c r="L5">
-        <v>174.51</v>
+      <c r="L5" t="s">
+        <v>20</v>
       </c>
       <c r="M5">
-        <v>106.72</v>
+        <v>125.75</v>
       </c>
       <c r="N5">
-        <v>98.08</v>
+        <v>129.02</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
         <v>20</v>
       </c>
-      <c r="Q5" t="s">
-        <v>20</v>
+      <c r="Q5">
+        <v>132.81</v>
       </c>
       <c r="R5">
-        <v>379.31</v>
+        <v>387.58</v>
       </c>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6">
         <v>2450</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6">
@@ -1959,51 +1959,51 @@
       </c>
       <c r="P15" t="s">
         <v>20</v>
       </c>
       <c r="Q15">
         <v>90.03</v>
       </c>
       <c r="R15">
         <v>314.4</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>58</v>
       </c>
       <c r="E16" t="s">
         <v>25</v>
       </c>
       <c r="F16" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16" t="s">
         <v>20</v>
       </c>
       <c r="M16">
         <v>110.4</v>
       </c>
       <c r="N16">
         <v>102</v>
       </c>
@@ -2068,51 +2068,51 @@
       </c>
       <c r="Q17" t="s">
         <v>20</v>
       </c>
       <c r="R17">
         <v>310.67</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>60</v>
       </c>
       <c r="C18" t="s">
         <v>61</v>
       </c>
       <c r="D18">
         <v>2472</v>
       </c>
       <c r="E18" t="s">
         <v>62</v>
       </c>
       <c r="F18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>111.01</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18">
         <v>99.29</v>
       </c>
@@ -2613,51 +2613,51 @@
       </c>
       <c r="P27" t="s">
         <v>20</v>
       </c>
       <c r="Q27" t="s">
         <v>20</v>
       </c>
       <c r="R27">
         <v>220.28</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
         <v>78</v>
       </c>
       <c r="C28" t="s">
         <v>79</v>
       </c>
       <c r="E28" t="s">
         <v>25</v>
       </c>
       <c r="F28" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G28" t="s">
         <v>35</v>
       </c>
       <c r="H28">
         <v>2</v>
       </c>
       <c r="I28" t="b">
         <v>0</v>
       </c>
       <c r="J28" t="s">
         <v>75</v>
       </c>
       <c r="K28">
         <v>2</v>
       </c>
       <c r="L28">
         <v>110.32</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
         <v>20</v>
       </c>
@@ -2772,51 +2772,51 @@
       </c>
       <c r="P30" t="s">
         <v>20</v>
       </c>
       <c r="Q30" t="s">
         <v>20</v>
       </c>
       <c r="R30">
         <v>207.51</v>
       </c>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>85</v>
       </c>
       <c r="C31" t="s">
         <v>86</v>
       </c>
       <c r="E31" t="s">
         <v>82</v>
       </c>
       <c r="F31" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G31" t="s">
         <v>35</v>
       </c>
       <c r="H31">
         <v>3</v>
       </c>
       <c r="I31" t="b">
         <v>0</v>
       </c>
       <c r="J31" t="s">
         <v>75</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31" t="s">
         <v>20</v>
       </c>
       <c r="M31">
         <v>99.93</v>
       </c>
       <c r="N31">
         <v>100.72</v>
       </c>
@@ -3367,51 +3367,51 @@
       </c>
       <c r="Q41" t="s">
         <v>20</v>
       </c>
       <c r="R41">
         <v>124.92</v>
       </c>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>106</v>
       </c>
       <c r="C42" t="s">
         <v>107</v>
       </c>
       <c r="D42">
         <v>2446</v>
       </c>
       <c r="E42" t="s">
         <v>108</v>
       </c>
       <c r="F42" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>3</v>
       </c>
       <c r="I42" t="b">
         <v>0</v>
       </c>
       <c r="J42" t="s">
         <v>75</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
         <v>122</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
         <v>20</v>
       </c>
@@ -3578,488 +3578,488 @@
         <v>20</v>
       </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
         <v>20</v>
       </c>
       <c r="Q45" t="s">
         <v>20</v>
       </c>
       <c r="R45">
         <v>117.94</v>
       </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>115</v>
       </c>
       <c r="C46" t="s">
         <v>116</v>
       </c>
+      <c r="D46">
+        <v>1830</v>
+      </c>
       <c r="E46" t="s">
         <v>117</v>
       </c>
       <c r="F46" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="I46" t="b">
         <v>0</v>
       </c>
       <c r="J46" t="s">
         <v>75</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46" t="s">
         <v>20</v>
       </c>
-      <c r="M46" t="s">
-        <v>20</v>
+      <c r="M46">
+        <v>117.39</v>
       </c>
       <c r="N46" t="s">
         <v>20</v>
       </c>
       <c r="O46" t="s">
         <v>20</v>
       </c>
       <c r="P46" t="s">
         <v>20</v>
       </c>
-      <c r="Q46">
-        <v>117.45</v>
+      <c r="Q46" t="s">
+        <v>20</v>
       </c>
       <c r="R46">
-        <v>117.45</v>
+        <v>117.39</v>
       </c>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
         <v>118</v>
       </c>
       <c r="C47" t="s">
         <v>119</v>
       </c>
       <c r="D47">
-        <v>1830</v>
+        <v>2235</v>
       </c>
       <c r="E47" t="s">
         <v>120</v>
       </c>
       <c r="F47" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H47">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I47" t="b">
         <v>0</v>
       </c>
       <c r="J47" t="s">
         <v>75</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47" t="s">
         <v>20</v>
       </c>
       <c r="M47">
-        <v>117.39</v>
+        <v>116.4</v>
       </c>
       <c r="N47" t="s">
         <v>20</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
         <v>20</v>
       </c>
       <c r="Q47" t="s">
         <v>20</v>
       </c>
       <c r="R47">
-        <v>117.39</v>
+        <v>116.4</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>121</v>
       </c>
       <c r="C48" t="s">
         <v>122</v>
       </c>
-      <c r="D48">
-[...1 lines deleted...]
-      </c>
       <c r="E48" t="s">
         <v>123</v>
       </c>
       <c r="F48" t="s">
         <v>34</v>
       </c>
       <c r="G48" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I48" t="b">
         <v>0</v>
       </c>
       <c r="J48" t="s">
         <v>75</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48" t="s">
         <v>20</v>
       </c>
       <c r="M48">
-        <v>116.4</v>
+        <v>113.38</v>
       </c>
       <c r="N48" t="s">
         <v>20</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
         <v>20</v>
       </c>
       <c r="Q48" t="s">
         <v>20</v>
       </c>
       <c r="R48">
-        <v>116.4</v>
+        <v>113.38</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
         <v>124</v>
       </c>
       <c r="C49" t="s">
         <v>125</v>
       </c>
       <c r="E49" t="s">
-        <v>126</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I49" t="b">
         <v>0</v>
       </c>
       <c r="J49" t="s">
         <v>75</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49" t="s">
         <v>20</v>
       </c>
-      <c r="M49">
-        <v>113.38</v>
+      <c r="M49" t="s">
+        <v>20</v>
       </c>
       <c r="N49" t="s">
         <v>20</v>
       </c>
-      <c r="O49" t="s">
-        <v>20</v>
+      <c r="O49">
+        <v>113.18</v>
       </c>
       <c r="P49" t="s">
         <v>20</v>
       </c>
       <c r="Q49" t="s">
         <v>20</v>
       </c>
       <c r="R49">
-        <v>113.38</v>
+        <v>113.18</v>
       </c>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>110</v>
+      </c>
+      <c r="D50">
+        <v>1988</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="F50" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="I50" t="b">
         <v>0</v>
       </c>
       <c r="J50" t="s">
         <v>75</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50" t="s">
         <v>20</v>
       </c>
-      <c r="M50" t="s">
-        <v>20</v>
+      <c r="M50">
+        <v>112.18</v>
       </c>
       <c r="N50" t="s">
         <v>20</v>
       </c>
-      <c r="O50">
-        <v>113.18</v>
+      <c r="O50" t="s">
+        <v>20</v>
       </c>
       <c r="P50" t="s">
         <v>20</v>
       </c>
       <c r="Q50" t="s">
         <v>20</v>
       </c>
       <c r="R50">
-        <v>113.18</v>
+        <v>112.18</v>
       </c>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>127</v>
+      </c>
+      <c r="C51" t="s">
+        <v>128</v>
+      </c>
+      <c r="E51" t="s">
         <v>129</v>
       </c>
-      <c r="C51" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F51" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="I51" t="b">
         <v>0</v>
       </c>
       <c r="J51" t="s">
         <v>75</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51" t="s">
         <v>20</v>
       </c>
-      <c r="M51">
-        <v>112.18</v>
+      <c r="M51" t="s">
+        <v>20</v>
       </c>
       <c r="N51" t="s">
         <v>20</v>
       </c>
-      <c r="O51" t="s">
-        <v>20</v>
+      <c r="O51">
+        <v>111.11</v>
       </c>
       <c r="P51" t="s">
         <v>20</v>
       </c>
       <c r="Q51" t="s">
         <v>20</v>
       </c>
       <c r="R51">
-        <v>112.18</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>130</v>
       </c>
       <c r="C52" t="s">
         <v>131</v>
       </c>
+      <c r="D52">
+        <v>2423</v>
+      </c>
       <c r="E52" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="F52" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H52">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I52" t="b">
         <v>0</v>
       </c>
       <c r="J52" t="s">
         <v>75</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52" t="s">
         <v>20</v>
       </c>
-      <c r="M52" t="s">
-        <v>20</v>
+      <c r="M52">
+        <v>110.98</v>
       </c>
       <c r="N52" t="s">
         <v>20</v>
       </c>
-      <c r="O52">
-        <v>111.11</v>
+      <c r="O52" t="s">
+        <v>20</v>
       </c>
       <c r="P52" t="s">
         <v>20</v>
       </c>
       <c r="Q52" t="s">
         <v>20</v>
       </c>
       <c r="R52">
-        <v>111.11</v>
+        <v>110.98</v>
       </c>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" t="s">
         <v>133</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53" t="s">
         <v>134</v>
       </c>
-      <c r="D53">
-[...4 lines deleted...]
-      </c>
       <c r="F53" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="G53" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H53">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
         <v>75</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53" t="s">
         <v>20</v>
       </c>
-      <c r="M53">
-        <v>110.98</v>
+      <c r="M53" t="s">
+        <v>20</v>
       </c>
       <c r="N53" t="s">
         <v>20</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
         <v>20</v>
       </c>
-      <c r="Q53" t="s">
-        <v>20</v>
+      <c r="Q53">
+        <v>110.64</v>
       </c>
       <c r="R53">
-        <v>110.98</v>
+        <v>110.64</v>
       </c>
     </row>
     <row r="54" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>135</v>
       </c>
       <c r="C54" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E54" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F54" t="s">
         <v>44</v>
       </c>
       <c r="G54" t="s">
         <v>35</v>
       </c>
       <c r="H54">
         <v>2</v>
       </c>
       <c r="I54" t="b">
         <v>0</v>
       </c>
       <c r="J54" t="s">
         <v>75</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
       <c r="L54" t="s">
         <v>20</v>
       </c>
       <c r="M54">
         <v>110.03</v>
       </c>
@@ -4442,60 +4442,60 @@
       </c>
       <c r="N61" t="s">
         <v>20</v>
       </c>
       <c r="O61" t="s">
         <v>20</v>
       </c>
       <c r="P61" t="s">
         <v>20</v>
       </c>
       <c r="Q61" t="s">
         <v>20</v>
       </c>
       <c r="R61">
         <v>105.5</v>
       </c>
     </row>
     <row r="62" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>148</v>
       </c>
       <c r="C62" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D62">
         <v>578</v>
       </c>
       <c r="E62" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="F62" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>5</v>
       </c>
       <c r="I62" t="b">
         <v>0</v>
       </c>
       <c r="J62" t="s">
         <v>75</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62" t="s">
         <v>20</v>
       </c>
       <c r="M62">
         <v>104.84</v>
       </c>
       <c r="N62" t="s">
         <v>20</v>
       </c>
@@ -4504,51 +4504,51 @@
       </c>
       <c r="P62" t="s">
         <v>20</v>
       </c>
       <c r="Q62" t="s">
         <v>20</v>
       </c>
       <c r="R62">
         <v>104.84</v>
       </c>
     </row>
     <row r="63" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
         <v>149</v>
       </c>
       <c r="C63" t="s">
         <v>141</v>
       </c>
       <c r="E63" t="s">
         <v>82</v>
       </c>
       <c r="F63" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G63" t="s">
         <v>35</v>
       </c>
       <c r="H63">
         <v>4</v>
       </c>
       <c r="I63" t="b">
         <v>0</v>
       </c>
       <c r="J63" t="s">
         <v>75</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
         <v>20</v>
       </c>
       <c r="M63">
         <v>104.7</v>
       </c>
       <c r="N63" t="s">
         <v>20</v>
       </c>
@@ -4775,51 +4775,51 @@
       </c>
       <c r="Q67" t="s">
         <v>20</v>
       </c>
       <c r="R67">
         <v>102.89</v>
       </c>
     </row>
     <row r="68" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>157</v>
       </c>
       <c r="C68" t="s">
         <v>158</v>
       </c>
       <c r="D68">
         <v>2069</v>
       </c>
       <c r="E68" t="s">
         <v>159</v>
       </c>
       <c r="F68" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>6</v>
       </c>
       <c r="I68" t="b">
         <v>0</v>
       </c>
       <c r="J68" t="s">
         <v>75</v>
       </c>
       <c r="K68">
         <v>1</v>
       </c>
       <c r="L68" t="s">
         <v>20</v>
       </c>
       <c r="M68">
         <v>102.51</v>
       </c>
       <c r="N68" t="s">
         <v>20</v>
       </c>
@@ -4937,51 +4937,51 @@
       </c>
       <c r="P70" t="s">
         <v>20</v>
       </c>
       <c r="Q70" t="s">
         <v>20</v>
       </c>
       <c r="R70">
         <v>101.49</v>
       </c>
     </row>
     <row r="71" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>164</v>
       </c>
       <c r="C71" t="s">
         <v>165</v>
       </c>
       <c r="D71">
         <v>1764</v>
       </c>
       <c r="E71" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F71" t="s">
         <v>166</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>1</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
         <v>75</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
       <c r="L71" t="s">
         <v>20</v>
       </c>
       <c r="M71">
         <v>101.4</v>
       </c>
@@ -5096,51 +5096,51 @@
       </c>
       <c r="O73">
         <v>100.88</v>
       </c>
       <c r="P73" t="s">
         <v>20</v>
       </c>
       <c r="Q73" t="s">
         <v>20</v>
       </c>
       <c r="R73">
         <v>100.88</v>
       </c>
     </row>
     <row r="74" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>106</v>
       </c>
       <c r="C74" t="s">
         <v>171</v>
       </c>
       <c r="E74" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="F74" t="s">
         <v>44</v>
       </c>
       <c r="G74" t="s">
         <v>22</v>
       </c>
       <c r="H74">
         <v>10</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
         <v>75</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74" t="s">
         <v>20</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
@@ -5800,51 +5800,51 @@
       </c>
       <c r="P86" t="s">
         <v>20</v>
       </c>
       <c r="Q86" t="s">
         <v>20</v>
       </c>
       <c r="R86">
         <v>97.76</v>
       </c>
     </row>
     <row r="87" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>70</v>
       </c>
       <c r="C87" t="s">
         <v>197</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G87" t="s">
         <v>35</v>
       </c>
       <c r="H87">
         <v>5</v>
       </c>
       <c r="I87" t="b">
         <v>0</v>
       </c>
       <c r="J87" t="s">
         <v>75</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87">
         <v>97.12</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
         <v>20</v>
       </c>
@@ -5903,104 +5903,104 @@
       </c>
       <c r="N88" t="s">
         <v>20</v>
       </c>
       <c r="O88">
         <v>96.59</v>
       </c>
       <c r="P88" t="s">
         <v>20</v>
       </c>
       <c r="Q88" t="s">
         <v>20</v>
       </c>
       <c r="R88">
         <v>96.59</v>
       </c>
     </row>
     <row r="89" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>199</v>
       </c>
       <c r="C89" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="D89">
         <v>2422</v>
       </c>
       <c r="E89" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F89" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G89" t="s">
         <v>35</v>
       </c>
       <c r="H89">
         <v>6</v>
       </c>
       <c r="I89" t="b">
         <v>0</v>
       </c>
       <c r="J89" t="s">
         <v>75</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89" t="s">
         <v>20</v>
       </c>
       <c r="M89">
         <v>95.77</v>
       </c>
       <c r="N89" t="s">
         <v>20</v>
       </c>
       <c r="O89" t="s">
         <v>20</v>
       </c>
       <c r="P89" t="s">
         <v>20</v>
       </c>
       <c r="Q89" t="s">
         <v>20</v>
       </c>
       <c r="R89">
         <v>95.77</v>
       </c>
     </row>
     <row r="90" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C90" t="s">
         <v>200</v>
       </c>
       <c r="E90" t="s">
         <v>62</v>
       </c>
       <c r="F90" t="s">
         <v>34</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>15</v>
       </c>
       <c r="I90" t="b">
         <v>0</v>
       </c>
       <c r="J90" t="s">
         <v>75</v>
       </c>
       <c r="K90">
         <v>1</v>
       </c>
@@ -6177,51 +6177,51 @@
       </c>
       <c r="O93" t="s">
         <v>20</v>
       </c>
       <c r="P93" t="s">
         <v>20</v>
       </c>
       <c r="Q93" t="s">
         <v>20</v>
       </c>
       <c r="R93">
         <v>93.28</v>
       </c>
     </row>
     <row r="94" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>204</v>
       </c>
       <c r="C94" t="s">
         <v>171</v>
       </c>
       <c r="E94" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="F94" t="s">
         <v>55</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>9</v>
       </c>
       <c r="I94" t="b">
         <v>0</v>
       </c>
       <c r="J94" t="s">
         <v>75</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
       <c r="L94" t="s">
         <v>20</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
@@ -6598,484 +6598,484 @@
       </c>
       <c r="N101" t="s">
         <v>20</v>
       </c>
       <c r="O101" t="s">
         <v>20</v>
       </c>
       <c r="P101" t="s">
         <v>20</v>
       </c>
       <c r="Q101" t="s">
         <v>20</v>
       </c>
       <c r="R101">
         <v>88.65</v>
       </c>
     </row>
     <row r="102" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>218</v>
       </c>
       <c r="C102" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>2067</v>
+        <v>217</v>
       </c>
       <c r="E102" t="s">
-        <v>137</v>
+        <v>25</v>
       </c>
       <c r="F102" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G102" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H102">
         <v>7</v>
       </c>
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
         <v>75</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
-      <c r="L102" t="s">
-        <v>20</v>
+      <c r="L102">
+        <v>85.98</v>
       </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
         <v>20</v>
       </c>
       <c r="O102" t="s">
         <v>20</v>
       </c>
       <c r="P102" t="s">
         <v>20</v>
       </c>
-      <c r="Q102">
-        <v>87.06</v>
+      <c r="Q102" t="s">
+        <v>20</v>
       </c>
       <c r="R102">
-        <v>87.06</v>
+        <v>85.98</v>
       </c>
     </row>
     <row r="103" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>219</v>
       </c>
       <c r="C103" t="s">
-        <v>217</v>
+        <v>79</v>
       </c>
       <c r="E103" t="s">
         <v>25</v>
       </c>
       <c r="F103" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="G103" t="s">
         <v>35</v>
       </c>
       <c r="H103">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
         <v>75</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
-        <v>85.98</v>
+        <v>85.93</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
         <v>20</v>
       </c>
       <c r="O103" t="s">
         <v>20</v>
       </c>
       <c r="P103" t="s">
         <v>20</v>
       </c>
       <c r="Q103" t="s">
         <v>20</v>
       </c>
       <c r="R103">
-        <v>85.98</v>
+        <v>85.93</v>
       </c>
     </row>
     <row r="104" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>175</v>
+      </c>
+      <c r="C104" t="s">
         <v>220</v>
       </c>
-      <c r="C104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="G104" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H104">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I104" t="b">
         <v>0</v>
       </c>
       <c r="J104" t="s">
         <v>75</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
-      <c r="L104">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="L104" t="s">
+        <v>20</v>
+      </c>
+      <c r="M104">
+        <v>85.05</v>
       </c>
       <c r="N104" t="s">
         <v>20</v>
       </c>
       <c r="O104" t="s">
         <v>20</v>
       </c>
       <c r="P104" t="s">
         <v>20</v>
       </c>
       <c r="Q104" t="s">
         <v>20</v>
       </c>
       <c r="R104">
-        <v>85.93</v>
+        <v>85.05</v>
       </c>
     </row>
     <row r="105" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="C105" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="E105" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F105" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H105">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="I105" t="b">
         <v>0</v>
       </c>
       <c r="J105" t="s">
         <v>75</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
-      <c r="L105" t="s">
-[...3 lines deleted...]
-        <v>85.05</v>
+      <c r="L105">
+        <v>83.92</v>
+      </c>
+      <c r="M105" t="s">
+        <v>20</v>
       </c>
       <c r="N105" t="s">
         <v>20</v>
       </c>
       <c r="O105" t="s">
         <v>20</v>
       </c>
       <c r="P105" t="s">
         <v>20</v>
       </c>
       <c r="Q105" t="s">
         <v>20</v>
       </c>
       <c r="R105">
-        <v>85.05</v>
+        <v>83.92</v>
       </c>
     </row>
     <row r="106" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>222</v>
       </c>
       <c r="C106" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="E106" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G106" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H106">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
         <v>75</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
-      <c r="L106">
-        <v>83.92</v>
+      <c r="L106" t="s">
+        <v>20</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
-      <c r="N106" t="s">
-        <v>20</v>
+      <c r="N106">
+        <v>83.52</v>
       </c>
       <c r="O106" t="s">
         <v>20</v>
       </c>
       <c r="P106" t="s">
         <v>20</v>
       </c>
       <c r="Q106" t="s">
         <v>20</v>
       </c>
       <c r="R106">
-        <v>83.92</v>
+        <v>83.52</v>
       </c>
     </row>
     <row r="107" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
+        <v>224</v>
+      </c>
+      <c r="C107" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
         <v>21</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H107">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
         <v>75</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107" t="s">
         <v>20</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107">
-        <v>83.52</v>
+        <v>83.06</v>
       </c>
       <c r="O107" t="s">
         <v>20</v>
       </c>
       <c r="P107" t="s">
         <v>20</v>
       </c>
       <c r="Q107" t="s">
         <v>20</v>
       </c>
       <c r="R107">
-        <v>83.52</v>
+        <v>83.06</v>
       </c>
     </row>
     <row r="108" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
+        <v>132</v>
+      </c>
+      <c r="C108" t="s">
         <v>225</v>
       </c>
-      <c r="C108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
       <c r="F108" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="G108" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="I108" t="b">
         <v>0</v>
       </c>
       <c r="J108" t="s">
         <v>75</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108" t="s">
         <v>20</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
-      <c r="N108">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="N108" t="s">
+        <v>20</v>
+      </c>
+      <c r="O108">
+        <v>82.27</v>
       </c>
       <c r="P108" t="s">
         <v>20</v>
       </c>
       <c r="Q108" t="s">
         <v>20</v>
       </c>
       <c r="R108">
-        <v>83.06</v>
+        <v>82.27</v>
       </c>
     </row>
     <row r="109" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>115</v>
+        <v>227</v>
       </c>
       <c r="C109" t="s">
-        <v>226</v>
+        <v>48</v>
+      </c>
+      <c r="D109">
+        <v>2067</v>
       </c>
       <c r="E109" t="s">
-        <v>227</v>
+        <v>137</v>
       </c>
       <c r="F109" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
         <v>75</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109" t="s">
         <v>20</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
         <v>20</v>
       </c>
-      <c r="O109">
-        <v>82.27</v>
+      <c r="O109" t="s">
+        <v>20</v>
       </c>
       <c r="P109" t="s">
         <v>20</v>
       </c>
-      <c r="Q109" t="s">
-        <v>20</v>
+      <c r="Q109">
+        <v>82.01</v>
       </c>
       <c r="R109">
-        <v>82.27</v>
+        <v>82.01</v>
       </c>
     </row>
     <row r="110" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>228</v>
       </c>
       <c r="C110" t="s">
-        <v>116</v>
+        <v>133</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>8</v>
       </c>
       <c r="I110" t="b">
         <v>0</v>
       </c>
       <c r="J110" t="s">
         <v>75</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
       <c r="L110" t="s">
         <v>20</v>
       </c>
       <c r="M110">
         <v>81.45</v>
       </c>
       <c r="N110" t="s">
         <v>20</v>
       </c>
@@ -7131,54 +7131,54 @@
       </c>
       <c r="N111" t="s">
         <v>20</v>
       </c>
       <c r="O111" t="s">
         <v>20</v>
       </c>
       <c r="P111" t="s">
         <v>20</v>
       </c>
       <c r="Q111" t="s">
         <v>20</v>
       </c>
       <c r="R111">
         <v>77.31</v>
       </c>
     </row>
     <row r="112" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>230</v>
       </c>
       <c r="C112" t="s">
+        <v>225</v>
+      </c>
+      <c r="E112" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F112" t="s">
         <v>34</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>17</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
         <v>75</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
       <c r="L112" t="s">
         <v>20</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
@@ -7461,98 +7461,98 @@
       </c>
       <c r="Q117" t="s">
         <v>20</v>
       </c>
       <c r="R117">
         <v>68.03</v>
       </c>
     </row>
     <row r="118" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>238</v>
       </c>
       <c r="C118" t="s">
         <v>234</v>
       </c>
       <c r="D118">
         <v>2454</v>
       </c>
       <c r="E118" t="s">
         <v>25</v>
       </c>
       <c r="F118" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
         <v>9</v>
       </c>
       <c r="I118" t="b">
         <v>0</v>
       </c>
       <c r="J118" t="s">
         <v>75</v>
       </c>
       <c r="K118">
         <v>1</v>
       </c>
       <c r="L118">
         <v>62.22</v>
       </c>
       <c r="M118" t="s">
         <v>20</v>
       </c>
       <c r="N118" t="s">
         <v>20</v>
       </c>
       <c r="O118" t="s">
         <v>20</v>
       </c>
       <c r="P118" t="s">
         <v>20</v>
       </c>
       <c r="Q118" t="s">
         <v>20</v>
       </c>
       <c r="R118">
         <v>62.22</v>
       </c>
     </row>
     <row r="119" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
         <v>34</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>19</v>
       </c>
       <c r="I119" t="b">
         <v>0</v>
       </c>
       <c r="J119" t="s">
         <v>75</v>
       </c>
       <c r="K119">
         <v>1</v>
       </c>
       <c r="L119" t="s">
         <v>20</v>
       </c>