--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6333" uniqueCount="580">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6332" uniqueCount="580">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -3272,50 +3272,53 @@
         <v>30</v>
       </c>
       <c r="V15" t="s">
         <v>30</v>
       </c>
       <c r="W15" t="s">
         <v>30</v>
       </c>
       <c r="X15" t="s">
         <v>30</v>
       </c>
       <c r="Y15">
         <v>451.64</v>
       </c>
     </row>
     <row r="16" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
       <c r="C16" t="s">
         <v>65</v>
       </c>
+      <c r="D16">
+        <v>2541</v>
+      </c>
       <c r="E16" t="s">
         <v>66</v>
       </c>
       <c r="F16" t="s">
         <v>28</v>
       </c>
       <c r="G16" t="s">
         <v>29</v>
       </c>
       <c r="H16">
         <v>5</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>30</v>
       </c>
       <c r="K16">
         <v>0</v>
       </c>
       <c r="L16" t="s">
         <v>30</v>
       </c>
       <c r="M16" t="s">
@@ -5979,51 +5982,51 @@
       </c>
       <c r="V51" t="s">
         <v>30</v>
       </c>
       <c r="W51" t="s">
         <v>30</v>
       </c>
       <c r="X51" t="s">
         <v>30</v>
       </c>
       <c r="Y51">
         <v>389.44</v>
       </c>
     </row>
     <row r="52" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>134</v>
       </c>
       <c r="C52" t="s">
         <v>135</v>
       </c>
       <c r="D52">
-        <v>632</v>
+        <v>1807</v>
       </c>
       <c r="E52" t="s">
         <v>37</v>
       </c>
       <c r="F52" t="s">
         <v>117</v>
       </c>
       <c r="G52" t="s">
         <v>29</v>
       </c>
       <c r="H52">
         <v>2</v>
       </c>
       <c r="I52" t="b">
         <v>1</v>
       </c>
       <c r="J52" t="s">
         <v>30</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52" t="s">
         <v>30</v>
       </c>
@@ -10576,50 +10579,53 @@
         <v>30</v>
       </c>
       <c r="V112" t="s">
         <v>30</v>
       </c>
       <c r="W112" t="s">
         <v>30</v>
       </c>
       <c r="X112" t="s">
         <v>30</v>
       </c>
       <c r="Y112">
         <v>314.85</v>
       </c>
     </row>
     <row r="113" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>243</v>
       </c>
       <c r="C113" t="s">
         <v>41</v>
       </c>
+      <c r="D113">
+        <v>2550</v>
+      </c>
       <c r="E113" t="s">
         <v>244</v>
       </c>
       <c r="F113" t="s">
         <v>28</v>
       </c>
       <c r="G113" t="s">
         <v>79</v>
       </c>
       <c r="H113">
         <v>9</v>
       </c>
       <c r="I113" t="b">
         <v>1</v>
       </c>
       <c r="J113" t="s">
         <v>30</v>
       </c>
       <c r="K113">
         <v>0</v>
       </c>
       <c r="L113" t="s">
         <v>30</v>
       </c>
       <c r="M113" t="s">
@@ -11781,50 +11787,53 @@
         <v>30</v>
       </c>
       <c r="V128" t="s">
         <v>30</v>
       </c>
       <c r="W128" t="s">
         <v>30</v>
       </c>
       <c r="X128" t="s">
         <v>30</v>
       </c>
       <c r="Y128">
         <v>285.57</v>
       </c>
     </row>
     <row r="129" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
         <v>271</v>
       </c>
       <c r="C129" t="s">
         <v>149</v>
       </c>
+      <c r="D129">
+        <v>2523</v>
+      </c>
       <c r="E129" t="s">
         <v>109</v>
       </c>
       <c r="F129" t="s">
         <v>34</v>
       </c>
       <c r="G129" t="s">
         <v>29</v>
       </c>
       <c r="H129">
         <v>23</v>
       </c>
       <c r="I129" t="b">
         <v>1</v>
       </c>
       <c r="J129" t="s">
         <v>30</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
       <c r="L129" t="s">
         <v>30</v>
       </c>
       <c r="M129" t="s">
@@ -12678,50 +12687,53 @@
         <v>30</v>
       </c>
       <c r="V140" t="s">
         <v>30</v>
       </c>
       <c r="W140" t="s">
         <v>30</v>
       </c>
       <c r="X140" t="s">
         <v>30</v>
       </c>
       <c r="Y140">
         <v>248.68</v>
       </c>
     </row>
     <row r="141" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
         <v>286</v>
       </c>
       <c r="C141" t="s">
         <v>269</v>
       </c>
+      <c r="D141">
+        <v>2500</v>
+      </c>
       <c r="E141" t="s">
         <v>37</v>
       </c>
       <c r="F141" t="s">
         <v>117</v>
       </c>
       <c r="G141" t="s">
         <v>79</v>
       </c>
       <c r="H141">
         <v>4</v>
       </c>
       <c r="I141" t="b">
         <v>1</v>
       </c>
       <c r="J141" t="s">
         <v>30</v>
       </c>
       <c r="K141">
         <v>2</v>
       </c>
       <c r="L141" t="s">
         <v>30</v>
       </c>
       <c r="M141" t="s">
@@ -13877,50 +13889,53 @@
         <v>30</v>
       </c>
       <c r="V156" t="s">
         <v>30</v>
       </c>
       <c r="W156" t="s">
         <v>30</v>
       </c>
       <c r="X156" t="s">
         <v>30</v>
       </c>
       <c r="Y156">
         <v>260.34</v>
       </c>
     </row>
     <row r="157" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A157">
         <v>158</v>
       </c>
       <c r="B157" t="s">
         <v>262</v>
       </c>
       <c r="C157" t="s">
         <v>315</v>
       </c>
+      <c r="D157">
+        <v>2489</v>
+      </c>
       <c r="E157" t="s">
         <v>30</v>
       </c>
       <c r="F157" t="s">
         <v>28</v>
       </c>
       <c r="G157" t="s">
         <v>29</v>
       </c>
       <c r="H157">
         <v>28</v>
       </c>
       <c r="I157" t="b">
         <v>0</v>
       </c>
       <c r="J157" t="s">
         <v>291</v>
       </c>
       <c r="K157">
         <v>0</v>
       </c>
       <c r="L157" t="s">
         <v>30</v>
       </c>
       <c r="M157" t="s">
@@ -13951,50 +13966,53 @@
         <v>30</v>
       </c>
       <c r="V157" t="s">
         <v>30</v>
       </c>
       <c r="W157" t="s">
         <v>30</v>
       </c>
       <c r="X157" t="s">
         <v>30</v>
       </c>
       <c r="Y157">
         <v>259.98</v>
       </c>
     </row>
     <row r="158" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A158">
         <v>159</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" t="s">
         <v>62</v>
       </c>
+      <c r="D158">
+        <v>2503</v>
+      </c>
       <c r="E158" t="s">
         <v>317</v>
       </c>
       <c r="F158" t="s">
         <v>34</v>
       </c>
       <c r="G158" t="s">
         <v>79</v>
       </c>
       <c r="H158">
         <v>18</v>
       </c>
       <c r="I158" t="b">
         <v>0</v>
       </c>
       <c r="J158" t="s">
         <v>291</v>
       </c>
       <c r="K158">
         <v>1</v>
       </c>
       <c r="L158" t="s">
         <v>30</v>
       </c>
       <c r="M158" t="s">
@@ -14327,50 +14345,53 @@
         <v>30</v>
       </c>
       <c r="V162" t="s">
         <v>30</v>
       </c>
       <c r="W162" t="s">
         <v>30</v>
       </c>
       <c r="X162" t="s">
         <v>30</v>
       </c>
       <c r="Y162">
         <v>249.13</v>
       </c>
     </row>
     <row r="163" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A163">
         <v>164</v>
       </c>
       <c r="B163" t="s">
         <v>207</v>
       </c>
       <c r="C163" t="s">
         <v>323</v>
       </c>
+      <c r="D163">
+        <v>2208</v>
+      </c>
       <c r="E163" t="s">
         <v>30</v>
       </c>
       <c r="F163" t="s">
         <v>63</v>
       </c>
       <c r="G163" t="s">
         <v>29</v>
       </c>
       <c r="H163">
         <v>19</v>
       </c>
       <c r="I163" t="b">
         <v>0</v>
       </c>
       <c r="J163" t="s">
         <v>291</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163" t="s">
         <v>30</v>
       </c>
       <c r="M163" t="s">
@@ -15150,50 +15171,53 @@
         <v>30</v>
       </c>
       <c r="V173" t="s">
         <v>30</v>
       </c>
       <c r="W173" t="s">
         <v>30</v>
       </c>
       <c r="X173" t="s">
         <v>30</v>
       </c>
       <c r="Y173">
         <v>222.14</v>
       </c>
     </row>
     <row r="174" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A174">
         <v>175</v>
       </c>
       <c r="B174" t="s">
         <v>340</v>
       </c>
       <c r="C174" t="s">
         <v>323</v>
       </c>
+      <c r="D174">
+        <v>2559</v>
+      </c>
       <c r="E174" t="s">
         <v>30</v>
       </c>
       <c r="F174" t="s">
         <v>76</v>
       </c>
       <c r="G174" t="s">
         <v>29</v>
       </c>
       <c r="H174">
         <v>6</v>
       </c>
       <c r="I174" t="b">
         <v>0</v>
       </c>
       <c r="J174" t="s">
         <v>291</v>
       </c>
       <c r="K174">
         <v>1</v>
       </c>
       <c r="L174" t="s">
         <v>30</v>
       </c>
       <c r="M174" t="s">
@@ -19543,50 +19567,53 @@
         <v>30</v>
       </c>
       <c r="V232" t="s">
         <v>30</v>
       </c>
       <c r="W232" t="s">
         <v>30</v>
       </c>
       <c r="X232" t="s">
         <v>30</v>
       </c>
       <c r="Y232">
         <v>121.87</v>
       </c>
     </row>
     <row r="233" spans="1:25" x14ac:dyDescent="0.25">
       <c r="A233">
         <v>237</v>
       </c>
       <c r="B233" t="s">
         <v>91</v>
       </c>
       <c r="C233" t="s">
         <v>428</v>
       </c>
+      <c r="D233">
+        <v>2537</v>
+      </c>
       <c r="E233" t="s">
         <v>361</v>
       </c>
       <c r="F233" t="s">
         <v>28</v>
       </c>
       <c r="G233" t="s">
         <v>29</v>
       </c>
       <c r="H233">
         <v>43</v>
       </c>
       <c r="I233" t="b">
         <v>0</v>
       </c>
       <c r="J233" t="s">
         <v>291</v>
       </c>
       <c r="K233">
         <v>0</v>
       </c>
       <c r="L233" t="s">
         <v>30</v>
       </c>
       <c r="M233" t="s">
@@ -26235,69 +26262,69 @@
       <c r="C322" t="s">
         <v>56</v>
       </c>
       <c r="D322">
         <v>2029</v>
       </c>
       <c r="E322" t="s">
         <v>90</v>
       </c>
       <c r="F322" t="s">
         <v>28</v>
       </c>
       <c r="G322" t="s">
         <v>79</v>
       </c>
       <c r="H322">
         <v>25</v>
       </c>
       <c r="I322" t="b">
         <v>0</v>
       </c>
       <c r="J322" t="s">
         <v>291</v>
       </c>
       <c r="K322">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L322" t="s">
         <v>30</v>
       </c>
       <c r="M322" t="s">
         <v>30</v>
       </c>
       <c r="N322" t="s">
         <v>30</v>
       </c>
       <c r="O322" t="s">
         <v>30</v>
       </c>
       <c r="P322" t="s">
         <v>30</v>
       </c>
-      <c r="Q322" t="s">
-        <v>30</v>
+      <c r="Q322">
+        <v>64.47</v>
       </c>
       <c r="R322" t="s">
         <v>30</v>
       </c>
       <c r="S322" t="s">
         <v>30</v>
       </c>
       <c r="T322" t="s">
         <v>30</v>
       </c>
       <c r="U322" t="s">
         <v>30</v>
       </c>
       <c r="V322" t="s">
         <v>30</v>
       </c>
       <c r="W322" t="s">
         <v>30</v>
       </c>
       <c r="X322" t="s">
         <v>30</v>
       </c>
       <c r="Y322">
         <v>64.47</v>
       </c>