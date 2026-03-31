--- v2 (2026-01-11)
+++ v3 (2026-03-31)
@@ -3067,50 +3067,53 @@
         <v>122.79</v>
       </c>
       <c r="Q13">
         <v>89.31</v>
       </c>
       <c r="R13">
         <v>114.74</v>
       </c>
       <c r="S13">
         <v>114.75</v>
       </c>
       <c r="T13">
         <v>589.01</v>
       </c>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>58</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
+      <c r="D14">
+        <v>2106</v>
+      </c>
       <c r="E14" t="s">
         <v>56</v>
       </c>
       <c r="F14" t="s">
         <v>23</v>
       </c>
       <c r="G14" t="s">
         <v>24</v>
       </c>
       <c r="H14">
         <v>7</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>25</v>
       </c>
       <c r="K14">
         <v>5</v>
       </c>
       <c r="L14">
         <v>112.34</v>
       </c>
       <c r="M14" t="s">
@@ -6373,50 +6376,53 @@
         <v>25</v>
       </c>
       <c r="Q67" t="s">
         <v>25</v>
       </c>
       <c r="R67" t="s">
         <v>25</v>
       </c>
       <c r="S67">
         <v>94.97</v>
       </c>
       <c r="T67">
         <v>292.07</v>
       </c>
     </row>
     <row r="68" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>175</v>
       </c>
       <c r="C68" t="s">
         <v>176</v>
       </c>
+      <c r="D68">
+        <v>2549</v>
+      </c>
       <c r="E68" t="s">
         <v>177</v>
       </c>
       <c r="F68" t="s">
         <v>23</v>
       </c>
       <c r="G68" t="s">
         <v>57</v>
       </c>
       <c r="H68">
         <v>4</v>
       </c>
       <c r="I68" t="b">
         <v>1</v>
       </c>
       <c r="J68" t="s">
         <v>25</v>
       </c>
       <c r="K68">
         <v>3</v>
       </c>
       <c r="L68" t="s">
         <v>25</v>
       </c>
       <c r="M68" t="s">
@@ -12110,50 +12116,53 @@
         <v>25</v>
       </c>
       <c r="Q162" t="s">
         <v>25</v>
       </c>
       <c r="R162" t="s">
         <v>25</v>
       </c>
       <c r="S162" t="s">
         <v>25</v>
       </c>
       <c r="T162">
         <v>118.58</v>
       </c>
     </row>
     <row r="163" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
         <v>129</v>
       </c>
       <c r="C163" t="s">
         <v>344</v>
       </c>
+      <c r="D163">
+        <v>2556</v>
+      </c>
       <c r="E163" t="s">
         <v>39</v>
       </c>
       <c r="F163" t="s">
         <v>23</v>
       </c>
       <c r="G163" t="s">
         <v>24</v>
       </c>
       <c r="H163">
         <v>53</v>
       </c>
       <c r="I163" t="b">
         <v>1</v>
       </c>
       <c r="J163" t="s">
         <v>25</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163" t="s">
         <v>25</v>
       </c>
       <c r="M163" t="s">
@@ -12228,50 +12237,53 @@
         <v>25</v>
       </c>
       <c r="Q164" t="s">
         <v>25</v>
       </c>
       <c r="R164" t="s">
         <v>25</v>
       </c>
       <c r="S164" t="s">
         <v>25</v>
       </c>
       <c r="T164">
         <v>118.19</v>
       </c>
     </row>
     <row r="165" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>347</v>
       </c>
       <c r="C165" t="s">
         <v>348</v>
       </c>
+      <c r="D165">
+        <v>2490</v>
+      </c>
       <c r="E165" t="s">
         <v>42</v>
       </c>
       <c r="F165" t="s">
         <v>23</v>
       </c>
       <c r="G165" t="s">
         <v>24</v>
       </c>
       <c r="H165">
         <v>54</v>
       </c>
       <c r="I165" t="b">
         <v>1</v>
       </c>
       <c r="J165" t="s">
         <v>25</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
       <c r="L165" t="s">
         <v>25</v>
       </c>
       <c r="M165" t="s">
@@ -13541,50 +13553,53 @@
         <v>25</v>
       </c>
       <c r="Q186" t="s">
         <v>25</v>
       </c>
       <c r="R186" t="s">
         <v>25</v>
       </c>
       <c r="S186" t="s">
         <v>25</v>
       </c>
       <c r="T186">
         <v>111.72</v>
       </c>
     </row>
     <row r="187" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
         <v>201</v>
       </c>
       <c r="C187" t="s">
         <v>379</v>
       </c>
+      <c r="D187">
+        <v>949</v>
+      </c>
       <c r="E187" t="s">
         <v>30</v>
       </c>
       <c r="F187" t="s">
         <v>62</v>
       </c>
       <c r="G187" t="s">
         <v>24</v>
       </c>
       <c r="H187">
         <v>14</v>
       </c>
       <c r="I187" t="b">
         <v>1</v>
       </c>
       <c r="J187" t="s">
         <v>25</v>
       </c>
       <c r="K187">
         <v>1</v>
       </c>
       <c r="L187" t="s">
         <v>25</v>
       </c>
       <c r="M187" t="s">
@@ -22784,50 +22799,53 @@
       <c r="P341" t="s">
         <v>25</v>
       </c>
       <c r="Q341" t="s">
         <v>25</v>
       </c>
       <c r="R341" t="s">
         <v>25</v>
       </c>
       <c r="S341" t="s">
         <v>25</v>
       </c>
       <c r="T341">
         <v>65.81</v>
       </c>
     </row>
     <row r="342" spans="1:20" x14ac:dyDescent="0.25">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
         <v>603</v>
       </c>
       <c r="C342" t="s">
         <v>604</v>
+      </c>
+      <c r="D342">
+        <v>2543</v>
       </c>
       <c r="E342" t="s">
         <v>39</v>
       </c>
       <c r="F342" t="s">
         <v>31</v>
       </c>
       <c r="G342" t="s">
         <v>57</v>
       </c>
       <c r="H342">
         <v>24</v>
       </c>
       <c r="I342" t="b">
         <v>1</v>
       </c>
       <c r="J342" t="s">
         <v>25</v>
       </c>
       <c r="K342">
         <v>1</v>
       </c>
       <c r="L342" t="s">
         <v>25</v>
       </c>