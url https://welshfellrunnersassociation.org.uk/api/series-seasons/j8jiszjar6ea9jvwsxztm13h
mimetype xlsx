--- v0 (2026-02-19)
+++ v1 (2026-03-12)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2023" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2023" uniqueCount="330">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -67,984 +67,981 @@
   <si>
     <t>Conwy Mountain/Mynydd y Dref</t>
   </si>
   <si>
     <t>Pipe Dream</t>
   </si>
   <si>
     <t>3 Hills Penmaenmawr</t>
   </si>
   <si>
     <t>Welsh 1000m Short Fell Race</t>
   </si>
   <si>
     <t>Foel Fras</t>
   </si>
   <si>
     <t>Carlam Ceiriog Canter</t>
   </si>
   <si>
     <t>Ras Rhobell Fawr</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
+    <t>Gavin</t>
+  </si>
+  <si>
+    <t>Roberts</t>
+  </si>
+  <si>
+    <t>Calder Valley Fell Runners</t>
+  </si>
+  <si>
+    <t>V40</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces, NotAMember</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Mclean</t>
+  </si>
+  <si>
+    <t>Meirionnydd Running Club</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Rhedwyr Hebog</t>
+  </si>
+  <si>
+    <t>Ally</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>Wrexham AC</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>Ramsay</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Shanahan</t>
+  </si>
+  <si>
+    <t>Craig</t>
+  </si>
+  <si>
+    <t>Lowe</t>
+  </si>
+  <si>
+    <t>Rhedwyr Eryri Harriers</t>
+  </si>
+  <si>
+    <t>Michal</t>
+  </si>
+  <si>
+    <t>Hill</t>
+  </si>
+  <si>
+    <t>Run That Hill</t>
+  </si>
+  <si>
+    <t>Emlyn</t>
+  </si>
+  <si>
+    <t>Owen</t>
+  </si>
+  <si>
+    <t>V50</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Jez</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Buckley Runners</t>
+  </si>
+  <si>
+    <t>Grant</t>
+  </si>
+  <si>
+    <t>Little</t>
+  </si>
+  <si>
+    <t>GOG Triathlon</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>CLIFFE</t>
+  </si>
+  <si>
+    <t>Tony</t>
+  </si>
+  <si>
+    <t>Wood</t>
+  </si>
+  <si>
+    <t>Denbigh Harriers</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Williams</t>
+  </si>
+  <si>
+    <t>Loughborough Students</t>
+  </si>
+  <si>
+    <t>U23</t>
+  </si>
+  <si>
+    <t>Near</t>
+  </si>
+  <si>
+    <t>Riches</t>
+  </si>
+  <si>
     <t>Ben</t>
   </si>
   <si>
-    <t>Williams</t>
+    <t>Corby</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>Lewis</t>
+  </si>
+  <si>
+    <t>Dafydd</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>Bryden</t>
+  </si>
+  <si>
+    <t>Miranda</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>Delwyn</t>
+  </si>
+  <si>
+    <t>Parry</t>
+  </si>
+  <si>
+    <t>Cybi Striders</t>
+  </si>
+  <si>
+    <t>Tess</t>
+  </si>
+  <si>
+    <t>Elias</t>
+  </si>
+  <si>
+    <t>Ross</t>
+  </si>
+  <si>
+    <t>Coulbeck</t>
+  </si>
+  <si>
+    <t>Mercia Fell Runners</t>
+  </si>
+  <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Preedy</t>
+  </si>
+  <si>
+    <t>Rossendale Harriers</t>
+  </si>
+  <si>
+    <t>Romeo</t>
+  </si>
+  <si>
+    <t>Ciotec</t>
+  </si>
+  <si>
+    <t>North Wales Road Running Club</t>
+  </si>
+  <si>
+    <t>Henry</t>
+  </si>
+  <si>
+    <t>Aron</t>
+  </si>
+  <si>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Edwards</t>
+  </si>
+  <si>
+    <t>Gemma</t>
+  </si>
+  <si>
+    <t>Moore</t>
+  </si>
+  <si>
+    <t>Duckett</t>
+  </si>
+  <si>
+    <t>Tattenhall Runners</t>
+  </si>
+  <si>
+    <t>Rhian</t>
+  </si>
+  <si>
+    <t>Probert</t>
+  </si>
+  <si>
+    <t>Mynydd Du</t>
+  </si>
+  <si>
+    <t>Llon</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Corcoran</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Bye</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Barnwell</t>
+  </si>
+  <si>
+    <t>Aled</t>
+  </si>
+  <si>
+    <t>Gareth</t>
+  </si>
+  <si>
+    <t>Prestatyn Running Club</t>
+  </si>
+  <si>
+    <t>Jessica</t>
+  </si>
+  <si>
+    <t>Clwydian Range Runners</t>
+  </si>
+  <si>
+    <t>Andrea</t>
+  </si>
+  <si>
+    <t>Rowlands</t>
+  </si>
+  <si>
+    <t>Ceri</t>
+  </si>
+  <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>Môn milers</t>
+  </si>
+  <si>
+    <t>Gethin</t>
+  </si>
+  <si>
+    <t>Running Punks</t>
+  </si>
+  <si>
+    <t>Jackie</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Neil</t>
+  </si>
+  <si>
+    <t>Upton</t>
+  </si>
+  <si>
+    <t>Pensby Runners</t>
+  </si>
+  <si>
+    <t>Beth</t>
+  </si>
+  <si>
+    <t>Bailey</t>
+  </si>
+  <si>
+    <t>Prestatyn RC</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Simpson</t>
+  </si>
+  <si>
+    <t>V60</t>
+  </si>
+  <si>
+    <t>Lonis</t>
+  </si>
+  <si>
+    <t>McGee</t>
+  </si>
+  <si>
+    <t>Stefan</t>
+  </si>
+  <si>
+    <t>Zarzeczny</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Duckers</t>
+  </si>
+  <si>
+    <t>Will</t>
+  </si>
+  <si>
+    <t>Ioan</t>
+  </si>
+  <si>
+    <t>Doyle</t>
+  </si>
+  <si>
+    <t>Meurig</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Mottram</t>
+  </si>
+  <si>
+    <t>Colwyn Bay Athletics</t>
+  </si>
+  <si>
+    <t>Mared</t>
+  </si>
+  <si>
+    <t>Llwellyn</t>
+  </si>
+  <si>
+    <t>Becky</t>
+  </si>
+  <si>
+    <t>Brummitt</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Hannah</t>
+  </si>
+  <si>
+    <t>Tomlinson</t>
+  </si>
+  <si>
+    <t>Gill</t>
+  </si>
+  <si>
+    <t>Nicol</t>
+  </si>
+  <si>
+    <t>Adams</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>Mabli</t>
+  </si>
+  <si>
+    <t>Baines</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Denney</t>
+  </si>
+  <si>
+    <t>Natasha</t>
+  </si>
+  <si>
+    <t>Fellows</t>
+  </si>
+  <si>
+    <t>Achille Ratti Climbing Club</t>
+  </si>
+  <si>
+    <t>Rebecca</t>
+  </si>
+  <si>
+    <t>Colin</t>
+  </si>
+  <si>
+    <t>Goulder</t>
+  </si>
+  <si>
+    <t>Pontyclun RR</t>
+  </si>
+  <si>
+    <t>Kasia</t>
+  </si>
+  <si>
+    <t>Osipowicz</t>
+  </si>
+  <si>
+    <t>Jared</t>
+  </si>
+  <si>
+    <t>Mandy</t>
+  </si>
+  <si>
+    <t>Peffers</t>
+  </si>
+  <si>
+    <t>Dylan</t>
+  </si>
+  <si>
+    <t>Huws</t>
+  </si>
+  <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>Hancox</t>
+  </si>
+  <si>
+    <t>Penny Lane Striders</t>
+  </si>
+  <si>
+    <t>Michelle</t>
+  </si>
+  <si>
+    <t>Farrell</t>
+  </si>
+  <si>
+    <t>Knowles</t>
+  </si>
+  <si>
+    <t>Arron</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Iwan</t>
+  </si>
+  <si>
+    <t>Trefor</t>
+  </si>
+  <si>
+    <t>Hayley</t>
+  </si>
+  <si>
+    <t>Turner</t>
+  </si>
+  <si>
+    <t>Becki</t>
+  </si>
+  <si>
+    <t>Law</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Walsh</t>
+  </si>
+  <si>
+    <t>NWRRC</t>
+  </si>
+  <si>
+    <t>Guto</t>
+  </si>
+  <si>
+    <t>Gwyn</t>
+  </si>
+  <si>
+    <t>WILLIAMS</t>
+  </si>
+  <si>
+    <t>Jasper</t>
+  </si>
+  <si>
+    <t>McQueen</t>
+  </si>
+  <si>
+    <t>Porth Eirias runners</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Watson</t>
+  </si>
+  <si>
+    <t>Bruce</t>
+  </si>
+  <si>
+    <t>Lacey</t>
+  </si>
+  <si>
+    <t>Belper Harriers</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Marham</t>
+  </si>
+  <si>
+    <t>Geraint</t>
+  </si>
+  <si>
+    <t>Elliot</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Hobday</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Mckeown</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Christopher</t>
+  </si>
+  <si>
+    <t>Kelsey</t>
+  </si>
+  <si>
+    <t>Wells City Harriers</t>
+  </si>
+  <si>
+    <t>Lianne</t>
+  </si>
+  <si>
+    <t>Stevenson</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Beynon</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Sajiko</t>
+  </si>
+  <si>
+    <t>Lloyd</t>
+  </si>
+  <si>
+    <t>Gooding</t>
+  </si>
+  <si>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>Lawlor</t>
+  </si>
+  <si>
+    <t>Westwood</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Godwin</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>Gething</t>
+  </si>
+  <si>
+    <t>Melina</t>
+  </si>
+  <si>
+    <t>Morris</t>
+  </si>
+  <si>
+    <t>Lowri</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>Goat Running Group</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>Bagshaw</t>
+  </si>
+  <si>
+    <t>Builth Wells</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
+    <t>Lili</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Warrenger</t>
+  </si>
+  <si>
+    <t>Worthington</t>
+  </si>
+  <si>
+    <t>Mackay</t>
+  </si>
+  <si>
+    <t>Rachel</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>Prestatyn</t>
+  </si>
+  <si>
+    <t>Duck</t>
+  </si>
+  <si>
+    <t>Nic</t>
+  </si>
+  <si>
+    <t>Connor</t>
+  </si>
+  <si>
+    <t>Frederick</t>
+  </si>
+  <si>
+    <t>Helen</t>
+  </si>
+  <si>
+    <t>mcArthur</t>
+  </si>
+  <si>
+    <t>Alwyn</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>Caroline</t>
+  </si>
+  <si>
+    <t>Caffery</t>
+  </si>
+  <si>
+    <t>Alexandra</t>
+  </si>
+  <si>
+    <t>Fletcher</t>
+  </si>
+  <si>
+    <t>Jayne</t>
+  </si>
+  <si>
+    <t>Eldridge</t>
+  </si>
+  <si>
+    <t>Bennon</t>
   </si>
   <si>
     <t>Cardiff University Athletics Club</t>
   </si>
   <si>
-    <t>S</t>
-[...8 lines deleted...]
-    <t/>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Iain</t>
+  </si>
+  <si>
+    <t>Hobson</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Borne</t>
+  </si>
+  <si>
+    <t>Mysteruns</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Humphries</t>
+  </si>
+  <si>
+    <t>The Nightcrawlers</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Hail</t>
+  </si>
+  <si>
+    <t>Tiegan</t>
+  </si>
+  <si>
+    <t>Bangor</t>
   </si>
   <si>
     <t>Arfon</t>
   </si>
   <si>
-    <t>Roberts</t>
-[...1 lines deleted...]
-  <si>
     <t>Dwygy Dashers</t>
   </si>
   <si>
-    <t>V60</t>
-[...55 lines deleted...]
-  <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>Crompton</t>
   </si>
   <si>
-    <t>Pensby Runners</t>
-[...41 lines deleted...]
-    <t>Jayne</t>
+    <t>Tina</t>
+  </si>
+  <si>
+    <t>Usherwood</t>
+  </si>
+  <si>
+    <t>Jack</t>
+  </si>
+  <si>
+    <t>Gulliver</t>
+  </si>
+  <si>
+    <t>Ellie</t>
+  </si>
+  <si>
+    <t>Salisbury</t>
+  </si>
+  <si>
+    <t>Nem</t>
+  </si>
+  <si>
+    <t>Dakeyne</t>
+  </si>
+  <si>
+    <t>Carola</t>
+  </si>
+  <si>
+    <t>Robinson</t>
+  </si>
+  <si>
+    <t>Mersey Tri</t>
+  </si>
+  <si>
+    <t>Coe</t>
+  </si>
+  <si>
+    <t>Chester Triathlon Club</t>
+  </si>
+  <si>
+    <t>Fenella</t>
+  </si>
+  <si>
+    <t>Higgins</t>
+  </si>
+  <si>
+    <t>BUCKLEY RC</t>
+  </si>
+  <si>
+    <t>Seghir</t>
+  </si>
+  <si>
+    <t>Messamah</t>
+  </si>
+  <si>
+    <t>Menai</t>
+  </si>
+  <si>
+    <t>Baugh</t>
+  </si>
+  <si>
+    <t>Janey</t>
+  </si>
+  <si>
+    <t>Morrison</t>
+  </si>
+  <si>
+    <t>Julie</t>
+  </si>
+  <si>
+    <t>fairhurst</t>
+  </si>
+  <si>
+    <t>Dodd</t>
+  </si>
+  <si>
+    <t>Downey</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
-    <t>Matt</t>
-[...85 lines deleted...]
-  <si>
     <t>Nicki</t>
   </si>
   <si>
     <t>Triggs</t>
   </si>
   <si>
-    <t>Prestatyn Running Club</t>
-[...50 lines deleted...]
-    <t>Tattenhall Runners</t>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>KELSEY</t>
+  </si>
+  <si>
+    <t>Robbins</t>
+  </si>
+  <si>
+    <t>V80</t>
+  </si>
+  <si>
+    <t>martin</t>
+  </si>
+  <si>
+    <t>Hankey</t>
+  </si>
+  <si>
+    <t>Hooton</t>
+  </si>
+  <si>
+    <t>Hazel</t>
   </si>
   <si>
     <t>Willem</t>
   </si>
   <si>
     <t>van Prooijen</t>
   </si>
   <si>
-    <t>Clwydian Range Runners</t>
-[...1 lines deleted...]
-  <si>
     <t>V75</t>
   </si>
   <si>
-    <t>Tess</t>
-[...304 lines deleted...]
-  <si>
     <t>Harrison</t>
   </si>
   <si>
-    <t>Adams</t>
-[...47 lines deleted...]
-    <t>Salisbury</t>
+    <t>Camila</t>
+  </si>
+  <si>
+    <t>Scarabello</t>
+  </si>
+  <si>
+    <t>Margaret</t>
   </si>
   <si>
     <t>Mainwaring</t>
   </si>
   <si>
     <t>V70</t>
-  </si>
-[...268 lines deleted...]
-    <t>Rossendale Harriers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1453,9576 +1450,9642 @@
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
+      <c r="D2">
+        <v>1170</v>
+      </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>0</v>
       </c>
       <c r="J2" t="s">
         <v>24</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
       <c r="L2">
-        <v>87.62</v>
+        <v>164.27</v>
       </c>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>25</v>
       </c>
       <c r="O2" t="s">
         <v>25</v>
       </c>
       <c r="P2" t="s">
         <v>25</v>
       </c>
       <c r="Q2" t="s">
         <v>25</v>
       </c>
       <c r="R2" t="s">
         <v>25</v>
       </c>
       <c r="S2">
-        <v>0</v>
+        <v>164.27</v>
       </c>
     </row>
     <row r="3" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>26</v>
       </c>
       <c r="C3" t="s">
         <v>27</v>
       </c>
+      <c r="D3">
+        <v>1695</v>
+      </c>
       <c r="E3" t="s">
         <v>28</v>
       </c>
       <c r="F3" t="s">
         <v>29</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="b">
         <v>0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3">
-        <v>83.35</v>
+        <v>160.22</v>
       </c>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>25</v>
       </c>
       <c r="O3" t="s">
         <v>25</v>
       </c>
       <c r="P3" t="s">
         <v>25</v>
       </c>
       <c r="Q3" t="s">
         <v>25</v>
       </c>
       <c r="R3" t="s">
         <v>25</v>
       </c>
       <c r="S3">
-        <v>0</v>
+        <v>160.22</v>
       </c>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>30</v>
       </c>
       <c r="C4" t="s">
         <v>31</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4">
         <v>2</v>
       </c>
       <c r="I4" t="b">
         <v>0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
         <v>157.8</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
         <v>25</v>
       </c>
       <c r="O4" t="s">
         <v>25</v>
       </c>
       <c r="P4" t="s">
         <v>25</v>
       </c>
       <c r="Q4" t="s">
         <v>25</v>
       </c>
       <c r="R4" t="s">
         <v>25</v>
       </c>
       <c r="S4">
-        <v>0</v>
+        <v>157.8</v>
       </c>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>34</v>
       </c>
+      <c r="D5">
+        <v>1932</v>
+      </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5" t="b">
         <v>0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
-        <v>110.43</v>
+        <v>151.72</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
         <v>25</v>
       </c>
       <c r="O5" t="s">
         <v>25</v>
       </c>
       <c r="P5" t="s">
         <v>25</v>
       </c>
       <c r="Q5" t="s">
         <v>25</v>
       </c>
       <c r="R5" t="s">
         <v>25</v>
       </c>
       <c r="S5">
-        <v>0</v>
+        <v>151.72</v>
       </c>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="C6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I6" t="b">
         <v>0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6">
-        <v>120.23</v>
+        <v>146.59</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
         <v>25</v>
       </c>
       <c r="O6" t="s">
         <v>25</v>
       </c>
       <c r="P6" t="s">
         <v>25</v>
       </c>
       <c r="Q6" t="s">
         <v>25</v>
       </c>
       <c r="R6" t="s">
         <v>25</v>
       </c>
       <c r="S6">
-        <v>0</v>
+        <v>146.59</v>
       </c>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>40</v>
+      </c>
+      <c r="D7">
+        <v>2542</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I7" t="b">
         <v>0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="L7">
-        <v>104.82</v>
+        <v>144.08</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
         <v>25</v>
       </c>
       <c r="O7" t="s">
         <v>25</v>
       </c>
       <c r="P7" t="s">
         <v>25</v>
       </c>
       <c r="Q7" t="s">
         <v>25</v>
       </c>
       <c r="R7" t="s">
         <v>25</v>
       </c>
       <c r="S7">
-        <v>0</v>
+        <v>144.08</v>
       </c>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D8">
-        <v>828</v>
+        <v>1844</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F8" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G8" t="s">
         <v>23</v>
       </c>
       <c r="H8">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I8" t="b">
         <v>0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="L8">
-        <v>86.4</v>
+        <v>142.89</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
         <v>25</v>
       </c>
       <c r="O8" t="s">
         <v>25</v>
       </c>
       <c r="P8" t="s">
         <v>25</v>
       </c>
       <c r="Q8" t="s">
         <v>25</v>
       </c>
       <c r="R8" t="s">
         <v>25</v>
       </c>
       <c r="S8">
-        <v>0</v>
+        <v>142.89</v>
       </c>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>1070</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F9" t="s">
         <v>29</v>
       </c>
       <c r="G9" t="s">
         <v>23</v>
       </c>
       <c r="H9">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I9" t="b">
         <v>0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="L9">
-        <v>83.26</v>
+        <v>142.22</v>
       </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>25</v>
       </c>
       <c r="O9" t="s">
         <v>25</v>
       </c>
       <c r="P9" t="s">
         <v>25</v>
       </c>
       <c r="Q9" t="s">
         <v>25</v>
       </c>
       <c r="R9" t="s">
         <v>25</v>
       </c>
       <c r="S9">
-        <v>0</v>
+        <v>142.22</v>
       </c>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C10" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D10">
-        <v>1698</v>
+        <v>996</v>
       </c>
       <c r="E10" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G10" t="s">
         <v>23</v>
       </c>
       <c r="H10">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I10" t="b">
         <v>0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
-        <v>124.13</v>
+        <v>141.99</v>
       </c>
       <c r="M10" t="s">
         <v>25</v>
       </c>
       <c r="N10" t="s">
         <v>25</v>
       </c>
       <c r="O10" t="s">
         <v>25</v>
       </c>
       <c r="P10" t="s">
         <v>25</v>
       </c>
       <c r="Q10" t="s">
         <v>25</v>
       </c>
       <c r="R10" t="s">
         <v>25</v>
       </c>
       <c r="S10">
-        <v>0</v>
+        <v>141.99</v>
       </c>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C11" t="s">
-        <v>55</v>
+        <v>40</v>
+      </c>
+      <c r="D11">
+        <v>2369</v>
       </c>
       <c r="E11" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F11" t="s">
         <v>29</v>
       </c>
       <c r="G11" t="s">
         <v>23</v>
       </c>
       <c r="H11">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I11" t="b">
         <v>0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
-        <v>106.91</v>
+        <v>140.73</v>
       </c>
       <c r="M11" t="s">
         <v>25</v>
       </c>
       <c r="N11" t="s">
         <v>25</v>
       </c>
       <c r="O11" t="s">
         <v>25</v>
       </c>
       <c r="P11" t="s">
         <v>25</v>
       </c>
       <c r="Q11" t="s">
         <v>25</v>
       </c>
       <c r="R11" t="s">
         <v>25</v>
       </c>
       <c r="S11">
-        <v>0</v>
+        <v>140.73</v>
       </c>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>57</v>
+        <v>52</v>
+      </c>
+      <c r="D12">
+        <v>740</v>
       </c>
       <c r="E12" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F12" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G12" t="s">
         <v>23</v>
       </c>
       <c r="H12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I12" t="b">
         <v>0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
-        <v>130.03</v>
+        <v>140.41</v>
       </c>
       <c r="M12" t="s">
         <v>25</v>
       </c>
       <c r="N12" t="s">
         <v>25</v>
       </c>
       <c r="O12" t="s">
         <v>25</v>
       </c>
       <c r="P12" t="s">
         <v>25</v>
       </c>
       <c r="Q12" t="s">
         <v>25</v>
       </c>
       <c r="R12" t="s">
         <v>25</v>
       </c>
       <c r="S12">
-        <v>0</v>
+        <v>140.41</v>
       </c>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="D13">
-        <v>1572</v>
+        <v>2064</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>22</v>
       </c>
       <c r="G13" t="s">
         <v>23</v>
       </c>
       <c r="H13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I13" t="b">
         <v>0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
-        <v>87.06</v>
+        <v>137.27</v>
       </c>
       <c r="M13" t="s">
         <v>25</v>
       </c>
       <c r="N13" t="s">
         <v>25</v>
       </c>
       <c r="O13" t="s">
         <v>25</v>
       </c>
       <c r="P13" t="s">
         <v>25</v>
       </c>
       <c r="Q13" t="s">
         <v>25</v>
       </c>
       <c r="R13" t="s">
         <v>25</v>
       </c>
       <c r="S13">
-        <v>0</v>
+        <v>137.27</v>
       </c>
     </row>
     <row r="14" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>58</v>
+      </c>
+      <c r="D14">
+        <v>403</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="F14" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G14" t="s">
         <v>23</v>
       </c>
       <c r="H14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I14" t="b">
         <v>0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14">
-        <v>123.88</v>
+        <v>136.52</v>
       </c>
       <c r="M14" t="s">
         <v>25</v>
       </c>
       <c r="N14" t="s">
         <v>25</v>
       </c>
       <c r="O14" t="s">
         <v>25</v>
       </c>
       <c r="P14" t="s">
         <v>25</v>
       </c>
       <c r="Q14" t="s">
         <v>25</v>
       </c>
       <c r="R14" t="s">
         <v>25</v>
       </c>
       <c r="S14">
-        <v>0</v>
+        <v>136.52</v>
       </c>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>60</v>
+      </c>
+      <c r="D15">
+        <v>1050</v>
       </c>
       <c r="E15" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="F15" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G15" t="s">
         <v>23</v>
       </c>
       <c r="H15">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I15" t="b">
         <v>0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
       <c r="L15">
-        <v>146.59</v>
+        <v>135.19</v>
       </c>
       <c r="M15" t="s">
         <v>25</v>
       </c>
       <c r="N15" t="s">
         <v>25</v>
       </c>
       <c r="O15" t="s">
         <v>25</v>
       </c>
       <c r="P15" t="s">
         <v>25</v>
       </c>
       <c r="Q15" t="s">
         <v>25</v>
       </c>
       <c r="R15" t="s">
         <v>25</v>
       </c>
       <c r="S15">
-        <v>0</v>
+        <v>135.19</v>
       </c>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16">
+        <v>2540</v>
+      </c>
+      <c r="E16" t="s">
         <v>64</v>
       </c>
-      <c r="C16" t="s">
+      <c r="F16" t="s">
         <v>65</v>
       </c>
-      <c r="E16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16" t="b">
         <v>0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="L16">
-        <v>75.17</v>
+        <v>134.34</v>
       </c>
       <c r="M16" t="s">
         <v>25</v>
       </c>
       <c r="N16" t="s">
         <v>25</v>
       </c>
       <c r="O16" t="s">
         <v>25</v>
       </c>
       <c r="P16" t="s">
         <v>25</v>
       </c>
       <c r="Q16" t="s">
         <v>25</v>
       </c>
       <c r="R16" t="s">
         <v>25</v>
       </c>
       <c r="S16">
-        <v>0</v>
+        <v>134.34</v>
       </c>
     </row>
     <row r="17" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" t="s">
         <v>66</v>
       </c>
-      <c r="C17" t="s">
-        <v>67</v>
+      <c r="D17">
+        <v>2208</v>
       </c>
       <c r="E17" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F17" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G17" t="s">
         <v>23</v>
       </c>
       <c r="H17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I17" t="b">
         <v>0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17">
-        <v>85.5</v>
+        <v>133.72</v>
       </c>
       <c r="M17" t="s">
         <v>25</v>
       </c>
       <c r="N17" t="s">
         <v>25</v>
       </c>
       <c r="O17" t="s">
         <v>25</v>
       </c>
       <c r="P17" t="s">
         <v>25</v>
       </c>
       <c r="Q17" t="s">
         <v>25</v>
       </c>
       <c r="R17" t="s">
         <v>25</v>
       </c>
       <c r="S17">
-        <v>0</v>
+        <v>133.72</v>
       </c>
     </row>
     <row r="18" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="C18" t="s">
-        <v>69</v>
+        <v>67</v>
+      </c>
+      <c r="D18">
+        <v>2564</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="F18" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>23</v>
       </c>
       <c r="H18">
         <v>4</v>
       </c>
       <c r="I18" t="b">
         <v>0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="L18">
-        <v>94.09</v>
+        <v>133.63</v>
       </c>
       <c r="M18" t="s">
         <v>25</v>
       </c>
       <c r="N18" t="s">
         <v>25</v>
       </c>
       <c r="O18" t="s">
         <v>25</v>
       </c>
       <c r="P18" t="s">
         <v>25</v>
       </c>
       <c r="Q18" t="s">
         <v>25</v>
       </c>
       <c r="R18" t="s">
         <v>25</v>
       </c>
       <c r="S18">
-        <v>0</v>
+        <v>133.63</v>
       </c>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="C19" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F19" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G19" t="s">
         <v>23</v>
       </c>
       <c r="H19">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="I19" t="b">
         <v>0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="L19">
-        <v>130.46</v>
+        <v>133.51</v>
       </c>
       <c r="M19" t="s">
         <v>25</v>
       </c>
       <c r="N19" t="s">
         <v>25</v>
       </c>
       <c r="O19" t="s">
         <v>25</v>
       </c>
       <c r="P19" t="s">
         <v>25</v>
       </c>
       <c r="Q19" t="s">
         <v>25</v>
       </c>
       <c r="R19" t="s">
         <v>25</v>
       </c>
       <c r="S19">
-        <v>0</v>
+        <v>133.51</v>
       </c>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D20">
-        <v>404</v>
+        <v>2245</v>
       </c>
       <c r="E20" t="s">
-        <v>75</v>
+        <v>38</v>
       </c>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G20" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I20" t="b">
         <v>0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="L20">
-        <v>79.52</v>
+        <v>131.67</v>
       </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>25</v>
       </c>
       <c r="O20" t="s">
         <v>25</v>
       </c>
       <c r="P20" t="s">
         <v>25</v>
       </c>
       <c r="Q20" t="s">
         <v>25</v>
       </c>
       <c r="R20" t="s">
         <v>25</v>
       </c>
       <c r="S20">
-        <v>0</v>
+        <v>131.67</v>
       </c>
     </row>
     <row r="21" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>73</v>
+      </c>
+      <c r="D21">
+        <v>2134</v>
       </c>
       <c r="E21" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G21" t="s">
         <v>23</v>
       </c>
       <c r="H21">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I21" t="b">
         <v>0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="L21">
-        <v>120.57</v>
+        <v>130.9</v>
       </c>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>25</v>
       </c>
       <c r="O21" t="s">
         <v>25</v>
       </c>
       <c r="P21" t="s">
         <v>25</v>
       </c>
       <c r="Q21" t="s">
         <v>25</v>
       </c>
       <c r="R21" t="s">
         <v>25</v>
       </c>
       <c r="S21">
-        <v>0</v>
+        <v>130.9</v>
       </c>
     </row>
     <row r="22" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="C22" t="s">
-        <v>80</v>
+        <v>74</v>
+      </c>
+      <c r="D22">
+        <v>2546</v>
       </c>
       <c r="E22" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F22" t="s">
         <v>22</v>
       </c>
       <c r="G22" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H22">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I22" t="b">
         <v>0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22">
         <v>1</v>
       </c>
       <c r="L22">
-        <v>96.69</v>
+        <v>130.46</v>
       </c>
       <c r="M22" t="s">
         <v>25</v>
       </c>
       <c r="N22" t="s">
         <v>25</v>
       </c>
       <c r="O22" t="s">
         <v>25</v>
       </c>
       <c r="P22" t="s">
         <v>25</v>
       </c>
       <c r="Q22" t="s">
         <v>25</v>
       </c>
       <c r="R22" t="s">
         <v>25</v>
       </c>
       <c r="S22">
-        <v>0</v>
+        <v>130.46</v>
       </c>
     </row>
     <row r="23" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C23" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="D23">
-        <v>1065</v>
+        <v>725</v>
       </c>
       <c r="E23" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="F23" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="G23" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" t="b">
         <v>0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
-        <v>82.31</v>
+        <v>130.27</v>
       </c>
       <c r="M23" t="s">
         <v>25</v>
       </c>
       <c r="N23" t="s">
         <v>25</v>
       </c>
       <c r="O23" t="s">
         <v>25</v>
       </c>
       <c r="P23" t="s">
         <v>25</v>
       </c>
       <c r="Q23" t="s">
         <v>25</v>
       </c>
       <c r="R23" t="s">
         <v>25</v>
       </c>
       <c r="S23">
-        <v>0</v>
+        <v>130.27</v>
       </c>
     </row>
     <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="C24" t="s">
-        <v>31</v>
+        <v>78</v>
+      </c>
+      <c r="D24">
+        <v>2541</v>
       </c>
       <c r="E24" t="s">
-        <v>35</v>
+        <v>79</v>
       </c>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H24">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I24" t="b">
         <v>0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="L24">
-        <v>95.9</v>
+        <v>130.03</v>
       </c>
       <c r="M24" t="s">
         <v>25</v>
       </c>
       <c r="N24" t="s">
         <v>25</v>
       </c>
       <c r="O24" t="s">
         <v>25</v>
       </c>
       <c r="P24" t="s">
         <v>25</v>
       </c>
       <c r="Q24" t="s">
         <v>25</v>
       </c>
       <c r="R24" t="s">
         <v>25</v>
       </c>
       <c r="S24">
-        <v>0</v>
+        <v>130.03</v>
       </c>
     </row>
     <row r="25" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C25" t="s">
-        <v>85</v>
+        <v>81</v>
+      </c>
+      <c r="D25">
+        <v>2181</v>
       </c>
       <c r="E25" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
       <c r="F25" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I25" t="b">
         <v>0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
-        <v>96.41</v>
+        <v>128.05</v>
       </c>
       <c r="M25" t="s">
         <v>25</v>
       </c>
       <c r="N25" t="s">
         <v>25</v>
       </c>
       <c r="O25" t="s">
         <v>25</v>
       </c>
       <c r="P25" t="s">
         <v>25</v>
       </c>
       <c r="Q25" t="s">
         <v>25</v>
       </c>
       <c r="R25" t="s">
         <v>25</v>
       </c>
       <c r="S25">
-        <v>0</v>
+        <v>128.05</v>
       </c>
     </row>
     <row r="26" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
+        <v>82</v>
+      </c>
+      <c r="C26" t="s">
+        <v>83</v>
+      </c>
+      <c r="D26">
+        <v>2400</v>
+      </c>
+      <c r="E26" t="s">
         <v>84</v>
       </c>
-      <c r="C26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G26" t="s">
         <v>23</v>
       </c>
       <c r="H26">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="I26" t="b">
         <v>0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="L26">
-        <v>133.72</v>
+        <v>127.59</v>
       </c>
       <c r="M26" t="s">
         <v>25</v>
       </c>
       <c r="N26" t="s">
         <v>25</v>
       </c>
       <c r="O26" t="s">
         <v>25</v>
       </c>
       <c r="P26" t="s">
         <v>25</v>
       </c>
       <c r="Q26" t="s">
         <v>25</v>
       </c>
       <c r="R26" t="s">
         <v>25</v>
       </c>
       <c r="S26">
-        <v>0</v>
+        <v>127.59</v>
       </c>
     </row>
     <row r="27" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C27" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1695</v>
+        <v>86</v>
       </c>
       <c r="E27" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F27" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G27" t="s">
         <v>23</v>
       </c>
       <c r="H27">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I27" t="b">
         <v>0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27">
-        <v>160.22</v>
+        <v>127.14</v>
       </c>
       <c r="M27" t="s">
         <v>25</v>
       </c>
       <c r="N27" t="s">
         <v>25</v>
       </c>
       <c r="O27" t="s">
         <v>25</v>
       </c>
       <c r="P27" t="s">
         <v>25</v>
       </c>
       <c r="Q27" t="s">
         <v>25</v>
       </c>
       <c r="R27" t="s">
         <v>25</v>
       </c>
       <c r="S27">
-        <v>0</v>
+        <v>127.14</v>
       </c>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>88</v>
+      </c>
+      <c r="C28" t="s">
+        <v>89</v>
+      </c>
+      <c r="E28" t="s">
         <v>90</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G28" t="s">
         <v>23</v>
       </c>
       <c r="H28">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I28" t="b">
         <v>0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
-        <v>104.77</v>
+        <v>126.84</v>
       </c>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
         <v>25</v>
       </c>
       <c r="O28" t="s">
         <v>25</v>
       </c>
       <c r="P28" t="s">
         <v>25</v>
       </c>
       <c r="Q28" t="s">
         <v>25</v>
       </c>
       <c r="R28" t="s">
         <v>25</v>
       </c>
       <c r="S28">
-        <v>0</v>
+        <v>126.84</v>
       </c>
     </row>
     <row r="29" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C29" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="D29">
-        <v>2245</v>
+        <v>1751</v>
       </c>
       <c r="E29" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F29" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G29" t="s">
         <v>23</v>
       </c>
       <c r="H29">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="I29" t="b">
         <v>0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29">
         <v>1</v>
       </c>
       <c r="L29">
-        <v>131.67</v>
+        <v>126.54</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>25</v>
       </c>
       <c r="O29" t="s">
         <v>25</v>
       </c>
       <c r="P29" t="s">
         <v>25</v>
       </c>
       <c r="Q29" t="s">
         <v>25</v>
       </c>
       <c r="R29" t="s">
         <v>25</v>
       </c>
       <c r="S29">
-        <v>0</v>
+        <v>126.54</v>
       </c>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C30" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D30">
-        <v>2401</v>
+        <v>255</v>
       </c>
       <c r="E30" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G30" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H30">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I30" t="b">
         <v>0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
-        <v>74.94</v>
+        <v>125.32</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>25</v>
       </c>
       <c r="O30" t="s">
         <v>25</v>
       </c>
       <c r="P30" t="s">
         <v>25</v>
       </c>
       <c r="Q30" t="s">
         <v>25</v>
       </c>
       <c r="R30" t="s">
         <v>25</v>
       </c>
       <c r="S30">
-        <v>0</v>
+        <v>125.32</v>
       </c>
     </row>
     <row r="31" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>96</v>
       </c>
       <c r="E31" t="s">
-        <v>99</v>
+        <v>43</v>
       </c>
       <c r="F31" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G31" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I31" t="b">
         <v>0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="L31">
-        <v>109.5</v>
+        <v>124.88</v>
       </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>25</v>
       </c>
       <c r="O31" t="s">
         <v>25</v>
       </c>
       <c r="P31" t="s">
         <v>25</v>
       </c>
       <c r="Q31" t="s">
         <v>25</v>
       </c>
       <c r="R31" t="s">
         <v>25</v>
       </c>
       <c r="S31">
-        <v>0</v>
+        <v>124.88</v>
       </c>
     </row>
     <row r="32" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>57</v>
+        <v>97</v>
+      </c>
+      <c r="D32">
+        <v>1525</v>
       </c>
       <c r="E32" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="F32" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>23</v>
       </c>
       <c r="H32">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I32" t="b">
         <v>0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32">
         <v>1</v>
       </c>
       <c r="L32">
-        <v>88.9</v>
+        <v>124.78</v>
       </c>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
         <v>25</v>
       </c>
       <c r="O32" t="s">
         <v>25</v>
       </c>
       <c r="P32" t="s">
         <v>25</v>
       </c>
       <c r="Q32" t="s">
         <v>25</v>
       </c>
       <c r="R32" t="s">
         <v>25</v>
       </c>
       <c r="S32">
-        <v>0</v>
+        <v>124.78</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
+        <v>99</v>
+      </c>
+      <c r="C33" t="s">
+        <v>100</v>
+      </c>
+      <c r="D33">
+        <v>981</v>
+      </c>
+      <c r="E33" t="s">
         <v>101</v>
       </c>
-      <c r="C33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G33" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H33">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I33" t="b">
         <v>0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33">
         <v>1</v>
       </c>
       <c r="L33">
-        <v>119.93</v>
+        <v>124.67</v>
       </c>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>25</v>
       </c>
       <c r="O33" t="s">
         <v>25</v>
       </c>
       <c r="P33" t="s">
         <v>25</v>
       </c>
       <c r="Q33" t="s">
         <v>25</v>
       </c>
       <c r="R33" t="s">
         <v>25</v>
       </c>
       <c r="S33">
-        <v>0</v>
+        <v>124.67</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>2134</v>
+        <v>31</v>
       </c>
       <c r="E34" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="F34" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G34" t="s">
         <v>23</v>
       </c>
       <c r="H34">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="I34" t="b">
         <v>0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34">
-        <v>130.9</v>
+        <v>124.38</v>
       </c>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>25</v>
       </c>
       <c r="O34" t="s">
         <v>25</v>
       </c>
       <c r="P34" t="s">
         <v>25</v>
       </c>
       <c r="Q34" t="s">
         <v>25</v>
       </c>
       <c r="R34" t="s">
         <v>25</v>
       </c>
       <c r="S34">
-        <v>0</v>
+        <v>124.38</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>103</v>
+      </c>
+      <c r="C35" t="s">
         <v>104</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35">
-        <v>2315</v>
+        <v>2568</v>
       </c>
       <c r="E35" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G35" t="s">
         <v>23</v>
       </c>
       <c r="H35">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I35" t="b">
         <v>0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35">
         <v>1</v>
       </c>
       <c r="L35">
-        <v>92.81</v>
+        <v>124.23</v>
       </c>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
         <v>25</v>
       </c>
       <c r="O35" t="s">
         <v>25</v>
       </c>
       <c r="P35" t="s">
         <v>25</v>
       </c>
       <c r="Q35" t="s">
         <v>25</v>
       </c>
       <c r="R35" t="s">
         <v>25</v>
       </c>
       <c r="S35">
-        <v>0</v>
+        <v>124.23</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" t="s">
         <v>106</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36">
-        <v>1353</v>
+        <v>1698</v>
       </c>
       <c r="E36" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F36" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G36" t="s">
         <v>23</v>
       </c>
       <c r="H36">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="I36" t="b">
         <v>0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36">
-        <v>109.64</v>
+        <v>124.13</v>
       </c>
       <c r="M36" t="s">
         <v>25</v>
       </c>
       <c r="N36" t="s">
         <v>25</v>
       </c>
       <c r="O36" t="s">
         <v>25</v>
       </c>
       <c r="P36" t="s">
         <v>25</v>
       </c>
       <c r="Q36" t="s">
         <v>25</v>
       </c>
       <c r="R36" t="s">
         <v>25</v>
       </c>
       <c r="S36">
-        <v>0</v>
+        <v>124.13</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" t="s">
         <v>108</v>
       </c>
-      <c r="C37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E37" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="F37" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G37" t="s">
         <v>23</v>
       </c>
       <c r="H37">
         <v>8</v>
       </c>
       <c r="I37" t="b">
         <v>0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
-        <v>137.27</v>
+        <v>123.88</v>
       </c>
       <c r="M37" t="s">
         <v>25</v>
       </c>
       <c r="N37" t="s">
         <v>25</v>
       </c>
       <c r="O37" t="s">
         <v>25</v>
       </c>
       <c r="P37" t="s">
         <v>25</v>
       </c>
       <c r="Q37" t="s">
         <v>25</v>
       </c>
       <c r="R37" t="s">
         <v>25</v>
       </c>
       <c r="S37">
-        <v>0</v>
+        <v>123.88</v>
       </c>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="D38">
-        <v>1681</v>
+        <v>932</v>
       </c>
       <c r="E38" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="F38" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G38" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H38">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="I38" t="b">
         <v>0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38">
         <v>1</v>
       </c>
       <c r="L38">
-        <v>108.94</v>
+        <v>123.73</v>
       </c>
       <c r="M38" t="s">
         <v>25</v>
       </c>
       <c r="N38" t="s">
         <v>25</v>
       </c>
       <c r="O38" t="s">
         <v>25</v>
       </c>
       <c r="P38" t="s">
         <v>25</v>
       </c>
       <c r="Q38" t="s">
         <v>25</v>
       </c>
       <c r="R38" t="s">
         <v>25</v>
       </c>
       <c r="S38">
-        <v>0</v>
+        <v>123.73</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C39" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="D39">
-        <v>1525</v>
+        <v>2358</v>
       </c>
       <c r="E39" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F39" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>23</v>
       </c>
       <c r="H39">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I39" t="b">
         <v>0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
-        <v>124.78</v>
+        <v>123.27</v>
       </c>
       <c r="M39" t="s">
         <v>25</v>
       </c>
       <c r="N39" t="s">
         <v>25</v>
       </c>
       <c r="O39" t="s">
         <v>25</v>
       </c>
       <c r="P39" t="s">
         <v>25</v>
       </c>
       <c r="Q39" t="s">
         <v>25</v>
       </c>
       <c r="R39" t="s">
         <v>25</v>
       </c>
       <c r="S39">
-        <v>0</v>
+        <v>123.27</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>116</v>
+        <v>73</v>
       </c>
       <c r="D40">
-        <v>548</v>
+        <v>2387</v>
       </c>
       <c r="E40" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F40" t="s">
-        <v>118</v>
+        <v>29</v>
       </c>
       <c r="G40" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="b">
         <v>0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
-        <v>62.41</v>
+        <v>121.59</v>
       </c>
       <c r="M40" t="s">
         <v>25</v>
       </c>
       <c r="N40" t="s">
         <v>25</v>
       </c>
       <c r="O40" t="s">
         <v>25</v>
       </c>
       <c r="P40" t="s">
         <v>25</v>
       </c>
       <c r="Q40" t="s">
         <v>25</v>
       </c>
       <c r="R40" t="s">
         <v>25</v>
       </c>
       <c r="S40">
-        <v>0</v>
+        <v>121.59</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C41" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D41">
-        <v>2181</v>
+        <v>2397</v>
       </c>
       <c r="E41" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="F41" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G41" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I41" t="b">
         <v>0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41">
         <v>1</v>
       </c>
       <c r="L41">
-        <v>128.05</v>
+        <v>121.59</v>
       </c>
       <c r="M41" t="s">
         <v>25</v>
       </c>
       <c r="N41" t="s">
         <v>25</v>
       </c>
       <c r="O41" t="s">
         <v>25</v>
       </c>
       <c r="P41" t="s">
         <v>25</v>
       </c>
       <c r="Q41" t="s">
         <v>25</v>
       </c>
       <c r="R41" t="s">
         <v>25</v>
       </c>
       <c r="S41">
-        <v>0</v>
+        <v>121.59</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="E42" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="F42" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="G42" t="s">
         <v>23</v>
       </c>
       <c r="H42">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="I42" t="b">
         <v>0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42">
-        <v>0</v>
+        <v>120.57</v>
       </c>
       <c r="M42" t="s">
         <v>25</v>
       </c>
       <c r="N42" t="s">
         <v>25</v>
       </c>
       <c r="O42" t="s">
         <v>25</v>
       </c>
       <c r="P42" t="s">
         <v>25</v>
       </c>
       <c r="Q42" t="s">
         <v>25</v>
       </c>
       <c r="R42" t="s">
         <v>25</v>
       </c>
       <c r="S42">
-        <v>0</v>
+        <v>120.57</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="C43" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>1555</v>
+        <v>117</v>
       </c>
       <c r="E43" t="s">
-        <v>50</v>
+        <v>118</v>
       </c>
       <c r="F43" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G43" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H43">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I43" t="b">
         <v>0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43">
-        <v>95.81</v>
+        <v>120.23</v>
       </c>
       <c r="M43" t="s">
         <v>25</v>
       </c>
       <c r="N43" t="s">
         <v>25</v>
       </c>
       <c r="O43" t="s">
         <v>25</v>
       </c>
       <c r="P43" t="s">
         <v>25</v>
       </c>
       <c r="Q43" t="s">
         <v>25</v>
       </c>
       <c r="R43" t="s">
         <v>25</v>
       </c>
       <c r="S43">
-        <v>0</v>
+        <v>120.23</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C44" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>1500</v>
+        <v>31</v>
       </c>
       <c r="E44" t="s">
-        <v>78</v>
+        <v>120</v>
       </c>
       <c r="F44" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G44" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H44">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="I44" t="b">
         <v>0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44">
-        <v>105.75</v>
+        <v>119.93</v>
       </c>
       <c r="M44" t="s">
         <v>25</v>
       </c>
       <c r="N44" t="s">
         <v>25</v>
       </c>
       <c r="O44" t="s">
         <v>25</v>
       </c>
       <c r="P44" t="s">
         <v>25</v>
       </c>
       <c r="Q44" t="s">
         <v>25</v>
       </c>
       <c r="R44" t="s">
         <v>25</v>
       </c>
       <c r="S44">
-        <v>0</v>
+        <v>119.93</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>83</v>
+        <v>121</v>
       </c>
       <c r="C45" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D45">
-        <v>981</v>
+        <v>75</v>
       </c>
       <c r="E45" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="F45" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G45" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H45">
         <v>3</v>
       </c>
       <c r="I45" t="b">
         <v>0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45">
         <v>1</v>
       </c>
       <c r="L45">
-        <v>124.67</v>
+        <v>119.63</v>
       </c>
       <c r="M45" t="s">
         <v>25</v>
       </c>
       <c r="N45" t="s">
         <v>25</v>
       </c>
       <c r="O45" t="s">
         <v>25</v>
       </c>
       <c r="P45" t="s">
         <v>25</v>
       </c>
       <c r="Q45" t="s">
         <v>25</v>
       </c>
       <c r="R45" t="s">
         <v>25</v>
       </c>
       <c r="S45">
-        <v>0</v>
+        <v>119.63</v>
       </c>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C46" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>1520</v>
+        <v>124</v>
       </c>
       <c r="E46" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="F46" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>23</v>
       </c>
       <c r="H46">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I46" t="b">
         <v>0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
-        <v>97.55</v>
+        <v>119.56</v>
       </c>
       <c r="M46" t="s">
         <v>25</v>
       </c>
       <c r="N46" t="s">
         <v>25</v>
       </c>
       <c r="O46" t="s">
         <v>25</v>
       </c>
       <c r="P46" t="s">
         <v>25</v>
       </c>
       <c r="Q46" t="s">
         <v>25</v>
       </c>
       <c r="R46" t="s">
         <v>25</v>
       </c>
       <c r="S46">
-        <v>0</v>
+        <v>119.56</v>
       </c>
     </row>
     <row r="47" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="C47" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>1846</v>
+        <v>106</v>
       </c>
       <c r="E47" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F47" t="s">
         <v>29</v>
       </c>
       <c r="G47" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H47">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I47" t="b">
         <v>0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="L47">
-        <v>78.18</v>
+        <v>119.4</v>
       </c>
       <c r="M47" t="s">
         <v>25</v>
       </c>
       <c r="N47" t="s">
         <v>25</v>
       </c>
       <c r="O47" t="s">
         <v>25</v>
       </c>
       <c r="P47" t="s">
         <v>25</v>
       </c>
       <c r="Q47" t="s">
         <v>25</v>
       </c>
       <c r="R47" t="s">
         <v>25</v>
       </c>
       <c r="S47">
-        <v>0</v>
+        <v>119.4</v>
       </c>
     </row>
     <row r="48" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="C48" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="D48">
-        <v>2117</v>
+        <v>1674</v>
       </c>
       <c r="E48" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="F48" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="G48" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H48">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="I48" t="b">
         <v>0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48">
         <v>1</v>
       </c>
       <c r="L48">
-        <v>73.42</v>
+        <v>118.11</v>
       </c>
       <c r="M48" t="s">
         <v>25</v>
       </c>
       <c r="N48" t="s">
         <v>25</v>
       </c>
       <c r="O48" t="s">
         <v>25</v>
       </c>
       <c r="P48" t="s">
         <v>25</v>
       </c>
       <c r="Q48" t="s">
         <v>25</v>
       </c>
       <c r="R48" t="s">
         <v>25</v>
       </c>
       <c r="S48">
-        <v>0</v>
+        <v>118.11</v>
       </c>
     </row>
     <row r="49" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="C49" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="D49">
-        <v>1751</v>
+        <v>1456</v>
       </c>
       <c r="E49" t="s">
-        <v>53</v>
+        <v>125</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="G49" t="s">
         <v>23</v>
       </c>
       <c r="H49">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="I49" t="b">
         <v>0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49">
         <v>1</v>
       </c>
       <c r="L49">
-        <v>126.54</v>
+        <v>118.05</v>
       </c>
       <c r="M49" t="s">
         <v>25</v>
       </c>
       <c r="N49" t="s">
         <v>25</v>
       </c>
       <c r="O49" t="s">
         <v>25</v>
       </c>
       <c r="P49" t="s">
         <v>25</v>
       </c>
       <c r="Q49" t="s">
         <v>25</v>
       </c>
       <c r="R49" t="s">
         <v>25</v>
       </c>
       <c r="S49">
-        <v>0</v>
+        <v>118.05</v>
       </c>
     </row>
     <row r="50" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="C50" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>1844</v>
+        <v>133</v>
       </c>
       <c r="E50" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F50" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G50" t="s">
         <v>23</v>
       </c>
       <c r="H50">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I50" t="b">
         <v>0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50">
         <v>1</v>
       </c>
       <c r="L50">
-        <v>142.89</v>
+        <v>117.98</v>
       </c>
       <c r="M50" t="s">
         <v>25</v>
       </c>
       <c r="N50" t="s">
         <v>25</v>
       </c>
       <c r="O50" t="s">
         <v>25</v>
       </c>
       <c r="P50" t="s">
         <v>25</v>
       </c>
       <c r="Q50" t="s">
         <v>25</v>
       </c>
       <c r="R50" t="s">
         <v>25</v>
       </c>
       <c r="S50">
-        <v>0</v>
+        <v>117.98</v>
       </c>
     </row>
     <row r="51" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="C51" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="D51">
-        <v>974</v>
+        <v>2571</v>
       </c>
       <c r="E51" t="s">
-        <v>142</v>
+        <v>38</v>
       </c>
       <c r="F51" t="s">
         <v>29</v>
       </c>
       <c r="G51" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H51">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="I51" t="b">
         <v>0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
-        <v>77.9</v>
+        <v>116.45</v>
       </c>
       <c r="M51" t="s">
         <v>25</v>
       </c>
       <c r="N51" t="s">
         <v>25</v>
       </c>
       <c r="O51" t="s">
         <v>25</v>
       </c>
       <c r="P51" t="s">
         <v>25</v>
       </c>
       <c r="Q51" t="s">
         <v>25</v>
       </c>
       <c r="R51" t="s">
         <v>25</v>
       </c>
       <c r="S51">
-        <v>0</v>
+        <v>116.45</v>
       </c>
     </row>
     <row r="52" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="C52" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D52">
-        <v>1083</v>
+        <v>1824</v>
       </c>
       <c r="E52" t="s">
-        <v>145</v>
+        <v>113</v>
       </c>
       <c r="F52" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G52" t="s">
         <v>23</v>
       </c>
       <c r="H52">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="I52" t="b">
         <v>0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
-        <v>103.55</v>
+        <v>116.1</v>
       </c>
       <c r="M52" t="s">
         <v>25</v>
       </c>
       <c r="N52" t="s">
         <v>25</v>
       </c>
       <c r="O52" t="s">
         <v>25</v>
       </c>
       <c r="P52" t="s">
         <v>25</v>
       </c>
       <c r="Q52" t="s">
         <v>25</v>
       </c>
       <c r="R52" t="s">
         <v>25</v>
       </c>
       <c r="S52">
-        <v>0</v>
+        <v>116.1</v>
       </c>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="C53" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>1195</v>
+        <v>78</v>
       </c>
       <c r="E53" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="F53" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G53" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H53">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53">
         <v>1</v>
       </c>
       <c r="L53">
-        <v>107.04</v>
+        <v>115.48</v>
       </c>
       <c r="M53" t="s">
         <v>25</v>
       </c>
       <c r="N53" t="s">
         <v>25</v>
       </c>
       <c r="O53" t="s">
         <v>25</v>
       </c>
       <c r="P53" t="s">
         <v>25</v>
       </c>
       <c r="Q53" t="s">
         <v>25</v>
       </c>
       <c r="R53" t="s">
         <v>25</v>
       </c>
       <c r="S53">
-        <v>0</v>
+        <v>115.48</v>
       </c>
     </row>
     <row r="54" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="C54" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>2295</v>
+        <v>140</v>
       </c>
       <c r="E54" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="F54" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G54" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H54">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I54" t="b">
         <v>0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54">
         <v>1</v>
       </c>
       <c r="L54">
-        <v>112.01</v>
+        <v>115.35</v>
       </c>
       <c r="M54" t="s">
         <v>25</v>
       </c>
       <c r="N54" t="s">
         <v>25</v>
       </c>
       <c r="O54" t="s">
         <v>25</v>
       </c>
       <c r="P54" t="s">
         <v>25</v>
       </c>
       <c r="Q54" t="s">
         <v>25</v>
       </c>
       <c r="R54" t="s">
         <v>25</v>
       </c>
       <c r="S54">
-        <v>0</v>
+        <v>115.35</v>
       </c>
     </row>
     <row r="55" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="C55" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>1050</v>
+        <v>78</v>
       </c>
       <c r="E55" t="s">
-        <v>142</v>
+        <v>38</v>
       </c>
       <c r="F55" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G55" t="s">
         <v>23</v>
       </c>
       <c r="H55">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="I55" t="b">
         <v>0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55">
-        <v>135.19</v>
+        <v>114.86</v>
       </c>
       <c r="M55" t="s">
         <v>25</v>
       </c>
       <c r="N55" t="s">
         <v>25</v>
       </c>
       <c r="O55" t="s">
         <v>25</v>
       </c>
       <c r="P55" t="s">
         <v>25</v>
       </c>
       <c r="Q55" t="s">
         <v>25</v>
       </c>
       <c r="R55" t="s">
         <v>25</v>
       </c>
       <c r="S55">
-        <v>0</v>
+        <v>114.86</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="C56" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>488</v>
+        <v>143</v>
       </c>
       <c r="E56" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F56" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="G56" t="s">
         <v>23</v>
       </c>
       <c r="H56">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I56" t="b">
         <v>0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56">
-        <v>98.13</v>
+        <v>114.16</v>
       </c>
       <c r="M56" t="s">
         <v>25</v>
       </c>
       <c r="N56" t="s">
         <v>25</v>
       </c>
       <c r="O56" t="s">
         <v>25</v>
       </c>
       <c r="P56" t="s">
         <v>25</v>
       </c>
       <c r="Q56" t="s">
         <v>25</v>
       </c>
       <c r="R56" t="s">
         <v>25</v>
       </c>
       <c r="S56">
-        <v>0</v>
+        <v>114.16</v>
       </c>
     </row>
     <row r="57" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>19</v>
+        <v>145</v>
       </c>
       <c r="C57" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>2264</v>
+        <v>146</v>
       </c>
       <c r="E57" t="s">
-        <v>155</v>
+        <v>32</v>
       </c>
       <c r="F57" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G57" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H57">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="I57" t="b">
         <v>0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57">
         <v>1</v>
       </c>
       <c r="L57">
-        <v>96.94</v>
+        <v>113.94</v>
       </c>
       <c r="M57" t="s">
         <v>25</v>
       </c>
       <c r="N57" t="s">
         <v>25</v>
       </c>
       <c r="O57" t="s">
         <v>25</v>
       </c>
       <c r="P57" t="s">
         <v>25</v>
       </c>
       <c r="Q57" t="s">
         <v>25</v>
       </c>
       <c r="R57" t="s">
         <v>25</v>
       </c>
       <c r="S57">
-        <v>0</v>
+        <v>113.94</v>
       </c>
     </row>
     <row r="58" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="C58" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>1683</v>
+        <v>45</v>
       </c>
       <c r="E58" t="s">
-        <v>130</v>
+        <v>46</v>
       </c>
       <c r="F58" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G58" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H58">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I58" t="b">
         <v>0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58">
         <v>1</v>
       </c>
       <c r="L58">
-        <v>88.63</v>
+        <v>112.95</v>
       </c>
       <c r="M58" t="s">
         <v>25</v>
       </c>
       <c r="N58" t="s">
         <v>25</v>
       </c>
       <c r="O58" t="s">
         <v>25</v>
       </c>
       <c r="P58" t="s">
         <v>25</v>
       </c>
       <c r="Q58" t="s">
         <v>25</v>
       </c>
       <c r="R58" t="s">
         <v>25</v>
       </c>
       <c r="S58">
-        <v>0</v>
+        <v>112.95</v>
       </c>
     </row>
     <row r="59" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>158</v>
+        <v>85</v>
       </c>
       <c r="C59" t="s">
-        <v>159</v>
+        <v>31</v>
       </c>
       <c r="D59">
-        <v>996</v>
+        <v>2398</v>
       </c>
       <c r="E59" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="F59" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G59" t="s">
         <v>23</v>
       </c>
       <c r="H59">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I59" t="b">
         <v>0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59">
         <v>1</v>
       </c>
       <c r="L59">
-        <v>141.99</v>
+        <v>112.81</v>
       </c>
       <c r="M59" t="s">
         <v>25</v>
       </c>
       <c r="N59" t="s">
         <v>25</v>
       </c>
       <c r="O59" t="s">
         <v>25</v>
       </c>
       <c r="P59" t="s">
         <v>25</v>
       </c>
       <c r="Q59" t="s">
         <v>25</v>
       </c>
       <c r="R59" t="s">
         <v>25</v>
       </c>
       <c r="S59">
-        <v>0</v>
+        <v>112.81</v>
       </c>
     </row>
     <row r="60" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>160</v>
+        <v>68</v>
       </c>
       <c r="C60" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>1170</v>
+        <v>148</v>
       </c>
       <c r="E60" t="s">
-        <v>161</v>
+        <v>38</v>
       </c>
       <c r="F60" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G60" t="s">
         <v>23</v>
       </c>
       <c r="H60">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="I60" t="b">
         <v>0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60">
-        <v>164.27</v>
+        <v>112.36</v>
       </c>
       <c r="M60" t="s">
         <v>25</v>
       </c>
       <c r="N60" t="s">
         <v>25</v>
       </c>
       <c r="O60" t="s">
         <v>25</v>
       </c>
       <c r="P60" t="s">
         <v>25</v>
       </c>
       <c r="Q60" t="s">
         <v>25</v>
       </c>
       <c r="R60" t="s">
         <v>25</v>
       </c>
       <c r="S60">
-        <v>0</v>
+        <v>112.36</v>
       </c>
     </row>
     <row r="61" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>162</v>
+        <v>149</v>
       </c>
       <c r="C61" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>52</v>
       </c>
       <c r="E61" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F61" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G61" t="s">
         <v>23</v>
       </c>
       <c r="H61">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="I61" t="b">
         <v>0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61">
         <v>1</v>
       </c>
       <c r="L61">
-        <v>136.52</v>
+        <v>112.1</v>
       </c>
       <c r="M61" t="s">
         <v>25</v>
       </c>
       <c r="N61" t="s">
         <v>25</v>
       </c>
       <c r="O61" t="s">
         <v>25</v>
       </c>
       <c r="P61" t="s">
         <v>25</v>
       </c>
       <c r="Q61" t="s">
         <v>25</v>
       </c>
       <c r="R61" t="s">
         <v>25</v>
       </c>
       <c r="S61">
-        <v>0</v>
+        <v>112.1</v>
       </c>
     </row>
     <row r="62" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>164</v>
+        <v>150</v>
       </c>
       <c r="C62" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="D62">
-        <v>1674</v>
+        <v>2295</v>
       </c>
       <c r="E62" t="s">
-        <v>155</v>
+        <v>113</v>
       </c>
       <c r="F62" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G62" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H62">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I62" t="b">
         <v>0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62">
-        <v>118.11</v>
+        <v>112.01</v>
       </c>
       <c r="M62" t="s">
         <v>25</v>
       </c>
       <c r="N62" t="s">
         <v>25</v>
       </c>
       <c r="O62" t="s">
         <v>25</v>
       </c>
       <c r="P62" t="s">
         <v>25</v>
       </c>
       <c r="Q62" t="s">
         <v>25</v>
       </c>
       <c r="R62" t="s">
         <v>25</v>
       </c>
       <c r="S62">
-        <v>0</v>
+        <v>112.01</v>
       </c>
     </row>
     <row r="63" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="C63" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="D63">
-        <v>1048</v>
+        <v>2544</v>
       </c>
       <c r="E63" t="s">
-        <v>135</v>
+        <v>38</v>
       </c>
       <c r="F63" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="G63" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H63">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I63" t="b">
         <v>0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63">
-        <v>96.85</v>
+        <v>111.78</v>
       </c>
       <c r="M63" t="s">
         <v>25</v>
       </c>
       <c r="N63" t="s">
         <v>25</v>
       </c>
       <c r="O63" t="s">
         <v>25</v>
       </c>
       <c r="P63" t="s">
         <v>25</v>
       </c>
       <c r="Q63" t="s">
         <v>25</v>
       </c>
       <c r="R63" t="s">
         <v>25</v>
       </c>
       <c r="S63">
-        <v>0</v>
+        <v>111.78</v>
       </c>
     </row>
     <row r="64" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>168</v>
+        <v>93</v>
       </c>
       <c r="C64" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>1339</v>
+        <v>154</v>
       </c>
       <c r="E64" t="s">
-        <v>130</v>
+        <v>38</v>
       </c>
       <c r="F64" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G64" t="s">
         <v>23</v>
       </c>
       <c r="H64">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="I64" t="b">
         <v>0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64">
-        <v>86.89</v>
+        <v>111.23</v>
       </c>
       <c r="M64" t="s">
         <v>25</v>
       </c>
       <c r="N64" t="s">
         <v>25</v>
       </c>
       <c r="O64" t="s">
         <v>25</v>
       </c>
       <c r="P64" t="s">
         <v>25</v>
       </c>
       <c r="Q64" t="s">
         <v>25</v>
       </c>
       <c r="R64" t="s">
         <v>25</v>
       </c>
       <c r="S64">
-        <v>0</v>
+        <v>111.23</v>
       </c>
     </row>
     <row r="65" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="C65" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>156</v>
       </c>
       <c r="E65" t="s">
-        <v>130</v>
+        <v>38</v>
       </c>
       <c r="F65" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G65" t="s">
         <v>23</v>
       </c>
       <c r="H65">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="I65" t="b">
         <v>0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65">
-        <v>140.41</v>
+        <v>111.17</v>
       </c>
       <c r="M65" t="s">
         <v>25</v>
       </c>
       <c r="N65" t="s">
         <v>25</v>
       </c>
       <c r="O65" t="s">
         <v>25</v>
       </c>
       <c r="P65" t="s">
         <v>25</v>
       </c>
       <c r="Q65" t="s">
         <v>25</v>
       </c>
       <c r="R65" t="s">
         <v>25</v>
       </c>
       <c r="S65">
-        <v>0</v>
+        <v>111.17</v>
       </c>
     </row>
     <row r="66" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>171</v>
+        <v>157</v>
       </c>
       <c r="C66" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>372</v>
+        <v>158</v>
       </c>
       <c r="E66" t="s">
-        <v>173</v>
+        <v>43</v>
       </c>
       <c r="F66" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="G66" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H66">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I66" t="b">
         <v>0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66">
-        <v>100.36</v>
+        <v>110.43</v>
       </c>
       <c r="M66" t="s">
         <v>25</v>
       </c>
       <c r="N66" t="s">
         <v>25</v>
       </c>
       <c r="O66" t="s">
         <v>25</v>
       </c>
       <c r="P66" t="s">
         <v>25</v>
       </c>
       <c r="Q66" t="s">
         <v>25</v>
       </c>
       <c r="R66" t="s">
         <v>25</v>
       </c>
       <c r="S66">
-        <v>0</v>
+        <v>110.43</v>
       </c>
     </row>
     <row r="67" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>174</v>
+        <v>159</v>
       </c>
       <c r="C67" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="D67">
-        <v>2029</v>
+        <v>2379</v>
       </c>
       <c r="E67" t="s">
-        <v>155</v>
+        <v>56</v>
       </c>
       <c r="F67" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G67" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H67">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67">
-        <v>92.91</v>
+        <v>110.34</v>
       </c>
       <c r="M67" t="s">
         <v>25</v>
       </c>
       <c r="N67" t="s">
         <v>25</v>
       </c>
       <c r="O67" t="s">
         <v>25</v>
       </c>
       <c r="P67" t="s">
         <v>25</v>
       </c>
       <c r="Q67" t="s">
         <v>25</v>
       </c>
       <c r="R67" t="s">
         <v>25</v>
       </c>
       <c r="S67">
-        <v>0</v>
+        <v>110.34</v>
       </c>
     </row>
     <row r="68" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>176</v>
+        <v>161</v>
       </c>
       <c r="C68" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>162</v>
       </c>
       <c r="E68" t="s">
-        <v>130</v>
+        <v>163</v>
       </c>
       <c r="F68" t="s">
-        <v>122</v>
+        <v>49</v>
       </c>
       <c r="G68" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H68">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I68" t="b">
         <v>0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68">
         <v>1</v>
       </c>
       <c r="L68">
-        <v>72.02</v>
+        <v>110.2</v>
       </c>
       <c r="M68" t="s">
         <v>25</v>
       </c>
       <c r="N68" t="s">
         <v>25</v>
       </c>
       <c r="O68" t="s">
         <v>25</v>
       </c>
       <c r="P68" t="s">
         <v>25</v>
       </c>
       <c r="Q68" t="s">
         <v>25</v>
       </c>
       <c r="R68" t="s">
         <v>25</v>
       </c>
       <c r="S68">
-        <v>0</v>
+        <v>110.2</v>
       </c>
     </row>
     <row r="69" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>178</v>
+        <v>164</v>
       </c>
       <c r="C69" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>2369</v>
+        <v>74</v>
       </c>
       <c r="E69" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F69" t="s">
         <v>22</v>
       </c>
       <c r="G69" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H69">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I69" t="b">
         <v>0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69">
-        <v>140.73</v>
+        <v>109.78</v>
       </c>
       <c r="M69" t="s">
         <v>25</v>
       </c>
       <c r="N69" t="s">
         <v>25</v>
       </c>
       <c r="O69" t="s">
         <v>25</v>
       </c>
       <c r="P69" t="s">
         <v>25</v>
       </c>
       <c r="Q69" t="s">
         <v>25</v>
       </c>
       <c r="R69" t="s">
         <v>25</v>
       </c>
       <c r="S69">
-        <v>0</v>
+        <v>109.78</v>
       </c>
     </row>
     <row r="70" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>76</v>
+        <v>165</v>
       </c>
       <c r="C70" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="D70">
-        <v>932</v>
+        <v>1353</v>
       </c>
       <c r="E70" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F70" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G70" t="s">
         <v>23</v>
       </c>
       <c r="H70">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I70" t="b">
         <v>0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70">
-        <v>123.73</v>
+        <v>109.64</v>
       </c>
       <c r="M70" t="s">
         <v>25</v>
       </c>
       <c r="N70" t="s">
         <v>25</v>
       </c>
       <c r="O70" t="s">
         <v>25</v>
       </c>
       <c r="P70" t="s">
         <v>25</v>
       </c>
       <c r="Q70" t="s">
         <v>25</v>
       </c>
       <c r="R70" t="s">
         <v>25</v>
       </c>
       <c r="S70">
-        <v>0</v>
+        <v>109.64</v>
       </c>
     </row>
     <row r="71" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>181</v>
+        <v>123</v>
       </c>
       <c r="C71" t="s">
-        <v>177</v>
+        <v>31</v>
       </c>
       <c r="D71">
-        <v>1625</v>
+        <v>2548</v>
       </c>
       <c r="E71" t="s">
-        <v>142</v>
+        <v>167</v>
       </c>
       <c r="F71" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G71" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H71">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71">
         <v>1</v>
       </c>
       <c r="L71">
-        <v>94.69</v>
+        <v>109.5</v>
       </c>
       <c r="M71" t="s">
         <v>25</v>
       </c>
       <c r="N71" t="s">
         <v>25</v>
       </c>
       <c r="O71" t="s">
         <v>25</v>
       </c>
       <c r="P71" t="s">
         <v>25</v>
       </c>
       <c r="Q71" t="s">
         <v>25</v>
       </c>
       <c r="R71" t="s">
         <v>25</v>
       </c>
       <c r="S71">
-        <v>0</v>
+        <v>109.5</v>
       </c>
     </row>
     <row r="72" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>182</v>
+        <v>168</v>
       </c>
       <c r="C72" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="D72">
-        <v>2387</v>
+        <v>1681</v>
       </c>
       <c r="E72" t="s">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="F72" t="s">
         <v>22</v>
       </c>
       <c r="G72" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H72">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I72" t="b">
         <v>0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72">
         <v>1</v>
       </c>
       <c r="L72">
-        <v>121.59</v>
+        <v>108.94</v>
       </c>
       <c r="M72" t="s">
         <v>25</v>
       </c>
       <c r="N72" t="s">
         <v>25</v>
       </c>
       <c r="O72" t="s">
         <v>25</v>
       </c>
       <c r="P72" t="s">
         <v>25</v>
       </c>
       <c r="Q72" t="s">
         <v>25</v>
       </c>
       <c r="R72" t="s">
         <v>25</v>
       </c>
       <c r="S72">
-        <v>0</v>
+        <v>108.94</v>
       </c>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>183</v>
+        <v>170</v>
       </c>
       <c r="C73" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>1478</v>
+        <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
       <c r="F73" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G73" t="s">
         <v>23</v>
       </c>
       <c r="H73">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I73" t="b">
         <v>0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
-        <v>89.63</v>
+        <v>107.6</v>
       </c>
       <c r="M73" t="s">
         <v>25</v>
       </c>
       <c r="N73" t="s">
         <v>25</v>
       </c>
       <c r="O73" t="s">
         <v>25</v>
       </c>
       <c r="P73" t="s">
         <v>25</v>
       </c>
       <c r="Q73" t="s">
         <v>25</v>
       </c>
       <c r="R73" t="s">
         <v>25</v>
       </c>
       <c r="S73">
-        <v>0</v>
+        <v>107.6</v>
       </c>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C74" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D74">
-        <v>2379</v>
+        <v>1195</v>
       </c>
       <c r="E74" t="s">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="F74" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G74" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H74">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
-        <v>110.34</v>
+        <v>107.04</v>
       </c>
       <c r="M74" t="s">
         <v>25</v>
       </c>
       <c r="N74" t="s">
         <v>25</v>
       </c>
       <c r="O74" t="s">
         <v>25</v>
       </c>
       <c r="P74" t="s">
         <v>25</v>
       </c>
       <c r="Q74" t="s">
         <v>25</v>
       </c>
       <c r="R74" t="s">
         <v>25</v>
       </c>
       <c r="S74">
-        <v>0</v>
+        <v>107.04</v>
       </c>
     </row>
     <row r="75" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="C75" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>2361</v>
+        <v>174</v>
       </c>
       <c r="E75" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="F75" t="s">
-        <v>41</v>
+        <v>131</v>
       </c>
       <c r="G75" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H75">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I75" t="b">
         <v>0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75">
         <v>1</v>
       </c>
       <c r="L75">
-        <v>76.27</v>
+        <v>106.91</v>
       </c>
       <c r="M75" t="s">
         <v>25</v>
       </c>
       <c r="N75" t="s">
         <v>25</v>
       </c>
       <c r="O75" t="s">
         <v>25</v>
       </c>
       <c r="P75" t="s">
         <v>25</v>
       </c>
       <c r="Q75" t="s">
         <v>25</v>
       </c>
       <c r="R75" t="s">
         <v>25</v>
       </c>
       <c r="S75">
-        <v>0</v>
+        <v>106.91</v>
       </c>
     </row>
     <row r="76" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>188</v>
+        <v>175</v>
       </c>
       <c r="C76" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>176</v>
       </c>
       <c r="E76" t="s">
-        <v>35</v>
+        <v>177</v>
       </c>
       <c r="F76" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G76" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H76">
         <v>6</v>
       </c>
       <c r="I76" t="b">
         <v>0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76">
         <v>1</v>
       </c>
       <c r="L76">
-        <v>119.63</v>
+        <v>106.85</v>
       </c>
       <c r="M76" t="s">
         <v>25</v>
       </c>
       <c r="N76" t="s">
         <v>25</v>
       </c>
       <c r="O76" t="s">
         <v>25</v>
       </c>
       <c r="P76" t="s">
         <v>25</v>
       </c>
       <c r="Q76" t="s">
         <v>25</v>
       </c>
       <c r="R76" t="s">
         <v>25</v>
       </c>
       <c r="S76">
-        <v>0</v>
+        <v>106.85</v>
       </c>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>189</v>
+        <v>178</v>
       </c>
       <c r="C77" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D77">
-        <v>2398</v>
+        <v>1500</v>
       </c>
       <c r="E77" t="s">
-        <v>78</v>
+        <v>56</v>
       </c>
       <c r="F77" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G77" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H77">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I77" t="b">
         <v>0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77">
         <v>1</v>
       </c>
       <c r="L77">
-        <v>112.81</v>
+        <v>105.75</v>
       </c>
       <c r="M77" t="s">
         <v>25</v>
       </c>
       <c r="N77" t="s">
         <v>25</v>
       </c>
       <c r="O77" t="s">
         <v>25</v>
       </c>
       <c r="P77" t="s">
         <v>25</v>
       </c>
       <c r="Q77" t="s">
         <v>25</v>
       </c>
       <c r="R77" t="s">
         <v>25</v>
       </c>
       <c r="S77">
-        <v>0</v>
+        <v>105.75</v>
       </c>
     </row>
     <row r="78" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>190</v>
+        <v>26</v>
       </c>
       <c r="C78" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>2396</v>
+        <v>180</v>
       </c>
       <c r="E78" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F78" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G78" t="s">
         <v>23</v>
       </c>
       <c r="H78">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I78" t="b">
         <v>0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78">
-        <v>95.45</v>
+        <v>105.46</v>
       </c>
       <c r="M78" t="s">
         <v>25</v>
       </c>
       <c r="N78" t="s">
         <v>25</v>
       </c>
       <c r="O78" t="s">
         <v>25</v>
       </c>
       <c r="P78" t="s">
         <v>25</v>
       </c>
       <c r="Q78" t="s">
         <v>25</v>
       </c>
       <c r="R78" t="s">
         <v>25</v>
       </c>
       <c r="S78">
-        <v>0</v>
+        <v>105.46</v>
       </c>
     </row>
     <row r="79" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>192</v>
+        <v>48</v>
       </c>
       <c r="C79" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>2397</v>
+        <v>73</v>
       </c>
       <c r="E79" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F79" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G79" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H79">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="I79" t="b">
         <v>0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79">
-        <v>121.59</v>
+        <v>105.31</v>
       </c>
       <c r="M79" t="s">
         <v>25</v>
       </c>
       <c r="N79" t="s">
         <v>25</v>
       </c>
       <c r="O79" t="s">
         <v>25</v>
       </c>
       <c r="P79" t="s">
         <v>25</v>
       </c>
       <c r="Q79" t="s">
         <v>25</v>
       </c>
       <c r="R79" t="s">
         <v>25</v>
       </c>
       <c r="S79">
-        <v>0</v>
+        <v>105.31</v>
       </c>
     </row>
     <row r="80" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="C80" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>2400</v>
+        <v>182</v>
       </c>
       <c r="E80" t="s">
-        <v>173</v>
+        <v>46</v>
       </c>
       <c r="F80" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G80" t="s">
         <v>23</v>
       </c>
       <c r="H80">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I80" t="b">
         <v>0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80">
-        <v>127.59</v>
+        <v>105.02</v>
       </c>
       <c r="M80" t="s">
         <v>25</v>
       </c>
       <c r="N80" t="s">
         <v>25</v>
       </c>
       <c r="O80" t="s">
         <v>25</v>
       </c>
       <c r="P80" t="s">
         <v>25</v>
       </c>
       <c r="Q80" t="s">
         <v>25</v>
       </c>
       <c r="R80" t="s">
         <v>25</v>
       </c>
       <c r="S80">
-        <v>0</v>
+        <v>105.02</v>
       </c>
     </row>
     <row r="81" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>112</v>
+        <v>183</v>
       </c>
       <c r="C81" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>184</v>
       </c>
       <c r="E81" t="s">
-        <v>130</v>
+        <v>32</v>
       </c>
       <c r="F81" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G81" t="s">
         <v>23</v>
       </c>
       <c r="H81">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="I81" t="b">
         <v>0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81">
-        <v>125.32</v>
+        <v>104.95</v>
       </c>
       <c r="M81" t="s">
         <v>25</v>
       </c>
       <c r="N81" t="s">
         <v>25</v>
       </c>
       <c r="O81" t="s">
         <v>25</v>
       </c>
       <c r="P81" t="s">
         <v>25</v>
       </c>
       <c r="Q81" t="s">
         <v>25</v>
       </c>
       <c r="R81" t="s">
         <v>25</v>
       </c>
       <c r="S81">
-        <v>0</v>
+        <v>104.95</v>
       </c>
     </row>
     <row r="82" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="C82" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="D82">
-        <v>2405</v>
+        <v>711</v>
       </c>
       <c r="E82" t="s">
-        <v>198</v>
+        <v>56</v>
       </c>
       <c r="F82" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G82" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H82">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="I82" t="b">
         <v>0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82">
-        <v>102.54</v>
+        <v>104.92</v>
       </c>
       <c r="M82" t="s">
         <v>25</v>
       </c>
       <c r="N82" t="s">
         <v>25</v>
       </c>
       <c r="O82" t="s">
         <v>25</v>
       </c>
       <c r="P82" t="s">
         <v>25</v>
       </c>
       <c r="Q82" t="s">
         <v>25</v>
       </c>
       <c r="R82" t="s">
         <v>25</v>
       </c>
       <c r="S82">
-        <v>0</v>
+        <v>104.92</v>
       </c>
     </row>
     <row r="83" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="C83" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>2407</v>
+        <v>188</v>
       </c>
       <c r="E83" t="s">
-        <v>155</v>
+        <v>43</v>
       </c>
       <c r="F83" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="G83" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H83">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83">
-        <v>80.71</v>
+        <v>104.82</v>
       </c>
       <c r="M83" t="s">
         <v>25</v>
       </c>
       <c r="N83" t="s">
         <v>25</v>
       </c>
       <c r="O83" t="s">
         <v>25</v>
       </c>
       <c r="P83" t="s">
         <v>25</v>
       </c>
       <c r="Q83" t="s">
         <v>25</v>
       </c>
       <c r="R83" t="s">
         <v>25</v>
       </c>
       <c r="S83">
-        <v>0</v>
+        <v>104.82</v>
       </c>
     </row>
     <row r="84" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="C84" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>2427</v>
+        <v>190</v>
       </c>
       <c r="E84" t="s">
-        <v>35</v>
+        <v>191</v>
       </c>
       <c r="F84" t="s">
-        <v>122</v>
+        <v>29</v>
       </c>
       <c r="G84" t="s">
         <v>23</v>
       </c>
       <c r="H84">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="I84" t="b">
         <v>0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84">
-        <v>73.37</v>
+        <v>104.77</v>
       </c>
       <c r="M84" t="s">
         <v>25</v>
       </c>
       <c r="N84" t="s">
         <v>25</v>
       </c>
       <c r="O84" t="s">
         <v>25</v>
       </c>
       <c r="P84" t="s">
         <v>25</v>
       </c>
       <c r="Q84" t="s">
         <v>25</v>
       </c>
       <c r="R84" t="s">
         <v>25</v>
       </c>
       <c r="S84">
-        <v>0</v>
+        <v>104.77</v>
       </c>
     </row>
     <row r="85" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>203</v>
+        <v>192</v>
       </c>
       <c r="C85" t="s">
-        <v>108</v>
+        <v>52</v>
       </c>
       <c r="D85">
-        <v>725</v>
+        <v>2513</v>
       </c>
       <c r="E85" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F85" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="G85" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H85">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I85" t="b">
         <v>0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85">
-        <v>130.27</v>
+        <v>103.75</v>
       </c>
       <c r="M85" t="s">
         <v>25</v>
       </c>
       <c r="N85" t="s">
         <v>25</v>
       </c>
       <c r="O85" t="s">
         <v>25</v>
       </c>
       <c r="P85" t="s">
         <v>25</v>
       </c>
       <c r="Q85" t="s">
         <v>25</v>
       </c>
       <c r="R85" t="s">
         <v>25</v>
       </c>
       <c r="S85">
-        <v>0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="86" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>204</v>
+        <v>193</v>
       </c>
       <c r="C86" t="s">
-        <v>205</v>
+        <v>194</v>
       </c>
       <c r="D86">
-        <v>711</v>
+        <v>1083</v>
       </c>
       <c r="E86" t="s">
-        <v>78</v>
+        <v>144</v>
       </c>
       <c r="F86" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G86" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H86">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="I86" t="b">
         <v>0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86">
-        <v>104.92</v>
+        <v>103.55</v>
       </c>
       <c r="M86" t="s">
         <v>25</v>
       </c>
       <c r="N86" t="s">
         <v>25</v>
       </c>
       <c r="O86" t="s">
         <v>25</v>
       </c>
       <c r="P86" t="s">
         <v>25</v>
       </c>
       <c r="Q86" t="s">
         <v>25</v>
       </c>
       <c r="R86" t="s">
         <v>25</v>
       </c>
       <c r="S86">
-        <v>0</v>
+        <v>103.55</v>
       </c>
     </row>
     <row r="87" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>206</v>
+        <v>195</v>
       </c>
       <c r="C87" t="s">
-        <v>207</v>
+        <v>196</v>
       </c>
       <c r="D87">
-        <v>394</v>
+        <v>2405</v>
       </c>
       <c r="E87" t="s">
-        <v>35</v>
+        <v>197</v>
       </c>
       <c r="F87" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G87" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H87">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I87" t="b">
         <v>0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87">
-        <v>88.41</v>
+        <v>102.54</v>
       </c>
       <c r="M87" t="s">
         <v>25</v>
       </c>
       <c r="N87" t="s">
         <v>25</v>
       </c>
       <c r="O87" t="s">
         <v>25</v>
       </c>
       <c r="P87" t="s">
         <v>25</v>
       </c>
       <c r="Q87" t="s">
         <v>25</v>
       </c>
       <c r="R87" t="s">
         <v>25</v>
       </c>
       <c r="S87">
-        <v>0</v>
+        <v>102.54</v>
       </c>
     </row>
     <row r="88" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="C88" t="s">
-        <v>69</v>
+        <v>199</v>
       </c>
       <c r="E88" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F88" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G88" t="s">
         <v>23</v>
       </c>
       <c r="H88">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="I88" t="b">
         <v>0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
       <c r="L88">
-        <v>112.1</v>
+        <v>101.95</v>
       </c>
       <c r="M88" t="s">
         <v>25</v>
       </c>
       <c r="N88" t="s">
         <v>25</v>
       </c>
       <c r="O88" t="s">
         <v>25</v>
       </c>
       <c r="P88" t="s">
         <v>25</v>
       </c>
       <c r="Q88" t="s">
         <v>25</v>
       </c>
       <c r="R88" t="s">
         <v>25</v>
       </c>
       <c r="S88">
-        <v>0</v>
+        <v>101.95</v>
       </c>
     </row>
     <row r="89" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C89" t="s">
-        <v>210</v>
+        <v>201</v>
+      </c>
+      <c r="D89">
+        <v>2468</v>
       </c>
       <c r="E89" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="F89" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G89" t="s">
         <v>23</v>
       </c>
       <c r="H89">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I89" t="b">
         <v>0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89">
-        <v>126.84</v>
+        <v>100.52</v>
       </c>
       <c r="M89" t="s">
         <v>25</v>
       </c>
       <c r="N89" t="s">
         <v>25</v>
       </c>
       <c r="O89" t="s">
         <v>25</v>
       </c>
       <c r="P89" t="s">
         <v>25</v>
       </c>
       <c r="Q89" t="s">
         <v>25</v>
       </c>
       <c r="R89" t="s">
         <v>25</v>
       </c>
       <c r="S89">
-        <v>0</v>
+        <v>100.52</v>
       </c>
     </row>
     <row r="90" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="C90" t="s">
-        <v>31</v>
+        <v>204</v>
+      </c>
+      <c r="D90">
+        <v>372</v>
       </c>
       <c r="E90" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
       <c r="F90" t="s">
-        <v>47</v>
+        <v>131</v>
       </c>
       <c r="G90" t="s">
         <v>23</v>
       </c>
       <c r="H90">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="I90" t="b">
         <v>0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90">
         <v>1</v>
       </c>
       <c r="L90">
-        <v>74.54</v>
+        <v>100.36</v>
       </c>
       <c r="M90" t="s">
         <v>25</v>
       </c>
       <c r="N90" t="s">
         <v>25</v>
       </c>
       <c r="O90" t="s">
         <v>25</v>
       </c>
       <c r="P90" t="s">
         <v>25</v>
       </c>
       <c r="Q90" t="s">
         <v>25</v>
       </c>
       <c r="R90" t="s">
         <v>25</v>
       </c>
       <c r="S90">
-        <v>0</v>
+        <v>100.36</v>
       </c>
     </row>
     <row r="91" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="C91" t="s">
-        <v>214</v>
+        <v>130</v>
+      </c>
+      <c r="D91">
+        <v>2514</v>
       </c>
       <c r="E91" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="F91" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G91" t="s">
         <v>23</v>
       </c>
       <c r="H91">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="I91" t="b">
         <v>0</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
       <c r="L91">
-        <v>80.8</v>
+        <v>99.87</v>
       </c>
       <c r="M91" t="s">
         <v>25</v>
       </c>
       <c r="N91" t="s">
         <v>25</v>
       </c>
       <c r="O91" t="s">
         <v>25</v>
       </c>
       <c r="P91" t="s">
         <v>25</v>
       </c>
       <c r="Q91" t="s">
         <v>25</v>
       </c>
       <c r="R91" t="s">
         <v>25</v>
       </c>
       <c r="S91">
-        <v>0</v>
+        <v>99.87</v>
       </c>
     </row>
     <row r="92" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>215</v>
+        <v>192</v>
       </c>
       <c r="C92" t="s">
-        <v>216</v>
+        <v>30</v>
       </c>
       <c r="E92" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F92" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G92" t="s">
         <v>23</v>
       </c>
       <c r="H92">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I92" t="b">
         <v>0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92">
         <v>1</v>
       </c>
       <c r="L92">
-        <v>104.95</v>
+        <v>99.54</v>
       </c>
       <c r="M92" t="s">
         <v>25</v>
       </c>
       <c r="N92" t="s">
         <v>25</v>
       </c>
       <c r="O92" t="s">
         <v>25</v>
       </c>
       <c r="P92" t="s">
         <v>25</v>
       </c>
       <c r="Q92" t="s">
         <v>25</v>
       </c>
       <c r="R92" t="s">
         <v>25</v>
       </c>
       <c r="S92">
-        <v>0</v>
+        <v>99.54</v>
       </c>
     </row>
     <row r="93" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
       <c r="C93" t="s">
+        <v>207</v>
+      </c>
+      <c r="E93" t="s">
+        <v>38</v>
+      </c>
+      <c r="F93" t="s">
+        <v>29</v>
+      </c>
+      <c r="G93" t="s">
+        <v>23</v>
+      </c>
+      <c r="H93">
         <v>30</v>
       </c>
-      <c r="E93" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I93" t="b">
         <v>0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93">
-        <v>99.54</v>
+        <v>98.97</v>
       </c>
       <c r="M93" t="s">
         <v>25</v>
       </c>
       <c r="N93" t="s">
         <v>25</v>
       </c>
       <c r="O93" t="s">
         <v>25</v>
       </c>
       <c r="P93" t="s">
         <v>25</v>
       </c>
       <c r="Q93" t="s">
         <v>25</v>
       </c>
       <c r="R93" t="s">
         <v>25</v>
       </c>
       <c r="S93">
-        <v>0</v>
+        <v>98.97</v>
       </c>
     </row>
     <row r="94" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="C94" t="s">
-        <v>27</v>
+        <v>209</v>
+      </c>
+      <c r="D94">
+        <v>488</v>
       </c>
       <c r="E94" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="F94" t="s">
-        <v>36</v>
+        <v>131</v>
       </c>
       <c r="G94" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H94">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I94" t="b">
         <v>0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
       <c r="L94">
-        <v>92.89</v>
+        <v>98.13</v>
       </c>
       <c r="M94" t="s">
         <v>25</v>
       </c>
       <c r="N94" t="s">
         <v>25</v>
       </c>
       <c r="O94" t="s">
         <v>25</v>
       </c>
       <c r="P94" t="s">
         <v>25</v>
       </c>
       <c r="Q94" t="s">
         <v>25</v>
       </c>
       <c r="R94" t="s">
         <v>25</v>
       </c>
       <c r="S94">
-        <v>0</v>
+        <v>98.13</v>
       </c>
     </row>
     <row r="95" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
       <c r="C95" t="s">
-        <v>220</v>
+        <v>211</v>
+      </c>
+      <c r="D95">
+        <v>1520</v>
       </c>
       <c r="E95" t="s">
         <v>53</v>
       </c>
       <c r="F95" t="s">
         <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>23</v>
       </c>
       <c r="H95">
         <v>20</v>
       </c>
       <c r="I95" t="b">
         <v>0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
       <c r="L95">
-        <v>111.17</v>
+        <v>97.55</v>
       </c>
       <c r="M95" t="s">
         <v>25</v>
       </c>
       <c r="N95" t="s">
         <v>25</v>
       </c>
       <c r="O95" t="s">
         <v>25</v>
       </c>
       <c r="P95" t="s">
         <v>25</v>
       </c>
       <c r="Q95" t="s">
         <v>25</v>
       </c>
       <c r="R95" t="s">
         <v>25</v>
       </c>
       <c r="S95">
-        <v>0</v>
+        <v>97.55</v>
       </c>
     </row>
     <row r="96" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C96" t="s">
-        <v>221</v>
+        <v>212</v>
+      </c>
+      <c r="D96">
+        <v>2264</v>
       </c>
       <c r="E96" t="s">
-        <v>173</v>
+        <v>128</v>
       </c>
       <c r="F96" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G96" t="s">
         <v>23</v>
       </c>
       <c r="H96">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="I96" t="b">
         <v>0</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96">
         <v>1</v>
       </c>
       <c r="L96">
-        <v>60.8</v>
+        <v>96.94</v>
       </c>
       <c r="M96" t="s">
         <v>25</v>
       </c>
       <c r="N96" t="s">
         <v>25</v>
       </c>
       <c r="O96" t="s">
         <v>25</v>
       </c>
       <c r="P96" t="s">
         <v>25</v>
       </c>
       <c r="Q96" t="s">
         <v>25</v>
       </c>
       <c r="R96" t="s">
         <v>25</v>
       </c>
       <c r="S96">
-        <v>0</v>
+        <v>96.94</v>
       </c>
     </row>
     <row r="97" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>112</v>
+        <v>213</v>
       </c>
       <c r="C97" t="s">
-        <v>222</v>
+        <v>214</v>
+      </c>
+      <c r="D97">
+        <v>1048</v>
       </c>
       <c r="E97" t="s">
-        <v>53</v>
+        <v>215</v>
       </c>
       <c r="F97" t="s">
-        <v>41</v>
+        <v>131</v>
       </c>
       <c r="G97" t="s">
         <v>23</v>
       </c>
       <c r="H97">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="I97" t="b">
         <v>0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97">
         <v>1</v>
       </c>
       <c r="L97">
-        <v>111.23</v>
+        <v>96.85</v>
       </c>
       <c r="M97" t="s">
         <v>25</v>
       </c>
       <c r="N97" t="s">
         <v>25</v>
       </c>
       <c r="O97" t="s">
         <v>25</v>
       </c>
       <c r="P97" t="s">
         <v>25</v>
       </c>
       <c r="Q97" t="s">
         <v>25</v>
       </c>
       <c r="R97" t="s">
         <v>25</v>
       </c>
       <c r="S97">
-        <v>0</v>
+        <v>96.85</v>
       </c>
     </row>
     <row r="98" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="C98" t="s">
-        <v>202</v>
+        <v>217</v>
       </c>
       <c r="E98" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F98" t="s">
         <v>29</v>
       </c>
       <c r="G98" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H98">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I98" t="b">
         <v>0</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98">
-        <v>64.55</v>
+        <v>96.69</v>
       </c>
       <c r="M98" t="s">
         <v>25</v>
       </c>
       <c r="N98" t="s">
         <v>25</v>
       </c>
       <c r="O98" t="s">
         <v>25</v>
       </c>
       <c r="P98" t="s">
         <v>25</v>
       </c>
       <c r="Q98" t="s">
         <v>25</v>
       </c>
       <c r="R98" t="s">
         <v>25</v>
       </c>
       <c r="S98">
-        <v>0</v>
+        <v>96.69</v>
       </c>
     </row>
     <row r="99" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C99" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="E99" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F99" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G99" t="s">
         <v>23</v>
       </c>
       <c r="H99">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="I99" t="b">
         <v>0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99">
-        <v>144.08</v>
+        <v>96.56</v>
       </c>
       <c r="M99" t="s">
         <v>25</v>
       </c>
       <c r="N99" t="s">
         <v>25</v>
       </c>
       <c r="O99" t="s">
         <v>25</v>
       </c>
       <c r="P99" t="s">
         <v>25</v>
       </c>
       <c r="Q99" t="s">
         <v>25</v>
       </c>
       <c r="R99" t="s">
         <v>25</v>
       </c>
       <c r="S99">
-        <v>0</v>
+        <v>96.56</v>
       </c>
     </row>
     <row r="100" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="C100" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>2468</v>
+        <v>221</v>
       </c>
       <c r="E100" t="s">
-        <v>226</v>
+        <v>38</v>
       </c>
       <c r="F100" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G100" t="s">
         <v>23</v>
       </c>
       <c r="H100">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I100" t="b">
         <v>0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100">
-        <v>100.52</v>
+        <v>96.46</v>
       </c>
       <c r="M100" t="s">
         <v>25</v>
       </c>
       <c r="N100" t="s">
         <v>25</v>
       </c>
       <c r="O100" t="s">
         <v>25</v>
       </c>
       <c r="P100" t="s">
         <v>25</v>
       </c>
       <c r="Q100" t="s">
         <v>25</v>
       </c>
       <c r="R100" t="s">
         <v>25</v>
       </c>
       <c r="S100">
-        <v>0</v>
+        <v>96.46</v>
       </c>
     </row>
     <row r="101" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>227</v>
+        <v>26</v>
       </c>
       <c r="C101" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>1932</v>
+        <v>222</v>
       </c>
       <c r="E101" t="s">
-        <v>228</v>
+        <v>163</v>
       </c>
       <c r="F101" t="s">
-        <v>41</v>
+        <v>131</v>
       </c>
       <c r="G101" t="s">
         <v>23</v>
       </c>
       <c r="H101">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="I101" t="b">
         <v>0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101">
-        <v>151.72</v>
+        <v>96.41</v>
       </c>
       <c r="M101" t="s">
         <v>25</v>
       </c>
       <c r="N101" t="s">
         <v>25</v>
       </c>
       <c r="O101" t="s">
         <v>25</v>
       </c>
       <c r="P101" t="s">
         <v>25</v>
       </c>
       <c r="Q101" t="s">
         <v>25</v>
       </c>
       <c r="R101" t="s">
         <v>25</v>
       </c>
       <c r="S101">
-        <v>0</v>
+        <v>96.41</v>
       </c>
     </row>
     <row r="102" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>229</v>
+        <v>99</v>
       </c>
       <c r="C102" t="s">
         <v>31</v>
       </c>
-      <c r="D102">
-[...1 lines deleted...]
-      </c>
       <c r="E102" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="F102" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G102" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H102">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
-        <v>123.27</v>
+        <v>95.9</v>
       </c>
       <c r="M102" t="s">
         <v>25</v>
       </c>
       <c r="N102" t="s">
         <v>25</v>
       </c>
       <c r="O102" t="s">
         <v>25</v>
       </c>
       <c r="P102" t="s">
         <v>25</v>
       </c>
       <c r="Q102" t="s">
         <v>25</v>
       </c>
       <c r="R102" t="s">
         <v>25</v>
       </c>
       <c r="S102">
-        <v>0</v>
+        <v>95.9</v>
       </c>
     </row>
     <row r="103" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>138</v>
+        <v>123</v>
       </c>
       <c r="C103" t="s">
-        <v>230</v>
+        <v>223</v>
+      </c>
+      <c r="D103">
+        <v>1555</v>
       </c>
       <c r="E103" t="s">
-        <v>53</v>
+        <v>125</v>
       </c>
       <c r="F103" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G103" t="s">
         <v>23</v>
       </c>
       <c r="H103">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
-        <v>133.63</v>
+        <v>95.81</v>
       </c>
       <c r="M103" t="s">
         <v>25</v>
       </c>
       <c r="N103" t="s">
         <v>25</v>
       </c>
       <c r="O103" t="s">
         <v>25</v>
       </c>
       <c r="P103" t="s">
         <v>25</v>
       </c>
       <c r="Q103" t="s">
         <v>25</v>
       </c>
       <c r="R103" t="s">
         <v>25</v>
       </c>
       <c r="S103">
-        <v>0</v>
+        <v>95.81</v>
       </c>
     </row>
     <row r="104" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>44</v>
+        <v>224</v>
       </c>
       <c r="C104" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="E104" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F104" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G104" t="s">
         <v>23</v>
       </c>
       <c r="H104">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="I104" t="b">
         <v>0</v>
       </c>
       <c r="J104" t="s">
         <v>24</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
       <c r="L104">
-        <v>76.35</v>
+        <v>95.68</v>
       </c>
       <c r="M104" t="s">
         <v>25</v>
       </c>
       <c r="N104" t="s">
         <v>25</v>
       </c>
       <c r="O104" t="s">
         <v>25</v>
       </c>
       <c r="P104" t="s">
         <v>25</v>
       </c>
       <c r="Q104" t="s">
         <v>25</v>
       </c>
       <c r="R104" t="s">
         <v>25</v>
       </c>
       <c r="S104">
-        <v>0</v>
+        <v>95.68</v>
       </c>
     </row>
     <row r="105" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>201</v>
+        <v>70</v>
       </c>
       <c r="C105" t="s">
-        <v>232</v>
+        <v>226</v>
+      </c>
+      <c r="D105">
+        <v>2553</v>
       </c>
       <c r="E105" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F105" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G105" t="s">
         <v>23</v>
       </c>
       <c r="H105">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I105" t="b">
         <v>0</v>
       </c>
       <c r="J105" t="s">
         <v>24</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
       <c r="L105">
-        <v>124.23</v>
+        <v>95.64</v>
       </c>
       <c r="M105" t="s">
         <v>25</v>
       </c>
       <c r="N105" t="s">
         <v>25</v>
       </c>
       <c r="O105" t="s">
         <v>25</v>
       </c>
       <c r="P105" t="s">
         <v>25</v>
       </c>
       <c r="Q105" t="s">
         <v>25</v>
       </c>
       <c r="R105" t="s">
         <v>25</v>
       </c>
       <c r="S105">
-        <v>0</v>
+        <v>95.64</v>
       </c>
     </row>
     <row r="106" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>93</v>
+        <v>227</v>
       </c>
       <c r="C106" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="E106" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F106" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G106" t="s">
         <v>23</v>
       </c>
       <c r="H106">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
       <c r="L106">
-        <v>95.64</v>
+        <v>95.49</v>
       </c>
       <c r="M106" t="s">
         <v>25</v>
       </c>
       <c r="N106" t="s">
         <v>25</v>
       </c>
       <c r="O106" t="s">
         <v>25</v>
       </c>
       <c r="P106" t="s">
         <v>25</v>
       </c>
       <c r="Q106" t="s">
         <v>25</v>
       </c>
       <c r="R106" t="s">
         <v>25</v>
       </c>
       <c r="S106">
-        <v>0</v>
+        <v>95.49</v>
       </c>
     </row>
     <row r="107" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="C107" t="s">
-        <v>235</v>
+        <v>230</v>
+      </c>
+      <c r="D107">
+        <v>2396</v>
       </c>
       <c r="E107" t="s">
-        <v>236</v>
+        <v>38</v>
       </c>
       <c r="F107" t="s">
-        <v>47</v>
+        <v>131</v>
       </c>
       <c r="G107" t="s">
         <v>23</v>
       </c>
       <c r="H107">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107">
-        <v>86.28</v>
+        <v>95.45</v>
       </c>
       <c r="M107" t="s">
         <v>25</v>
       </c>
       <c r="N107" t="s">
         <v>25</v>
       </c>
       <c r="O107" t="s">
         <v>25</v>
       </c>
       <c r="P107" t="s">
         <v>25</v>
       </c>
       <c r="Q107" t="s">
         <v>25</v>
       </c>
       <c r="R107" t="s">
         <v>25</v>
       </c>
       <c r="S107">
-        <v>0</v>
+        <v>95.45</v>
       </c>
     </row>
     <row r="108" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="C108" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="D108">
-        <v>250</v>
+        <v>1625</v>
       </c>
       <c r="E108" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="F108" t="s">
-        <v>29</v>
+        <v>49</v>
       </c>
       <c r="G108" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H108">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I108" t="b">
         <v>0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108">
-        <v>80.83</v>
+        <v>94.69</v>
       </c>
       <c r="M108" t="s">
         <v>25</v>
       </c>
       <c r="N108" t="s">
         <v>25</v>
       </c>
       <c r="O108" t="s">
         <v>25</v>
       </c>
       <c r="P108" t="s">
         <v>25</v>
       </c>
       <c r="Q108" t="s">
         <v>25</v>
       </c>
       <c r="R108" t="s">
         <v>25</v>
       </c>
       <c r="S108">
-        <v>0</v>
+        <v>94.69</v>
       </c>
     </row>
     <row r="109" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>176</v>
+        <v>233</v>
       </c>
       <c r="C109" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="F109" t="s">
-        <v>240</v>
+        <v>29</v>
       </c>
       <c r="G109" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H109">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109">
-        <v>0</v>
+        <v>94.23</v>
       </c>
       <c r="M109" t="s">
         <v>25</v>
       </c>
       <c r="N109" t="s">
         <v>25</v>
       </c>
       <c r="O109" t="s">
         <v>25</v>
       </c>
       <c r="P109" t="s">
         <v>25</v>
       </c>
       <c r="Q109" t="s">
         <v>25</v>
       </c>
       <c r="R109" t="s">
         <v>25</v>
       </c>
       <c r="S109">
-        <v>0</v>
+        <v>94.23</v>
       </c>
     </row>
     <row r="110" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>98</v>
+        <v>234</v>
       </c>
       <c r="C110" t="s">
-        <v>241</v>
+        <v>52</v>
       </c>
       <c r="E110" t="s">
-        <v>50</v>
+        <v>235</v>
       </c>
       <c r="F110" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G110" t="s">
         <v>23</v>
       </c>
       <c r="H110">
         <v>22</v>
       </c>
       <c r="I110" t="b">
         <v>0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
       <c r="L110">
-        <v>119.56</v>
+        <v>94.09</v>
       </c>
       <c r="M110" t="s">
         <v>25</v>
       </c>
       <c r="N110" t="s">
         <v>25</v>
       </c>
       <c r="O110" t="s">
         <v>25</v>
       </c>
       <c r="P110" t="s">
         <v>25</v>
       </c>
       <c r="Q110" t="s">
         <v>25</v>
       </c>
       <c r="R110" t="s">
         <v>25</v>
       </c>
       <c r="S110">
-        <v>0</v>
+        <v>94.09</v>
       </c>
     </row>
     <row r="111" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="C111" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="E111" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F111" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G111" t="s">
         <v>23</v>
       </c>
       <c r="H111">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I111" t="b">
         <v>0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111">
         <v>1</v>
       </c>
       <c r="L111">
-        <v>116.45</v>
+        <v>93.45</v>
       </c>
       <c r="M111" t="s">
         <v>25</v>
       </c>
       <c r="N111" t="s">
         <v>25</v>
       </c>
       <c r="O111" t="s">
         <v>25</v>
       </c>
       <c r="P111" t="s">
         <v>25</v>
       </c>
       <c r="Q111" t="s">
         <v>25</v>
       </c>
       <c r="R111" t="s">
         <v>25</v>
       </c>
       <c r="S111">
-        <v>0</v>
+        <v>93.45</v>
       </c>
     </row>
     <row r="112" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C112" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="E112" t="s">
-        <v>117</v>
+        <v>240</v>
       </c>
       <c r="F112" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G112" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H112">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
       <c r="L112">
-        <v>116.1</v>
+        <v>93.01</v>
       </c>
       <c r="M112" t="s">
         <v>25</v>
       </c>
       <c r="N112" t="s">
         <v>25</v>
       </c>
       <c r="O112" t="s">
         <v>25</v>
       </c>
       <c r="P112" t="s">
         <v>25</v>
       </c>
       <c r="Q112" t="s">
         <v>25</v>
       </c>
       <c r="R112" t="s">
         <v>25</v>
       </c>
       <c r="S112">
-        <v>0</v>
+        <v>93.01</v>
       </c>
     </row>
     <row r="113" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="C113" t="s">
-        <v>57</v>
+        <v>242</v>
+      </c>
+      <c r="D113">
+        <v>2029</v>
       </c>
       <c r="E113" t="s">
-        <v>53</v>
+        <v>128</v>
       </c>
       <c r="F113" t="s">
         <v>22</v>
       </c>
       <c r="G113" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H113">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="I113" t="b">
         <v>0</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113">
-        <v>115.48</v>
+        <v>92.91</v>
       </c>
       <c r="M113" t="s">
         <v>25</v>
       </c>
       <c r="N113" t="s">
         <v>25</v>
       </c>
       <c r="O113" t="s">
         <v>25</v>
       </c>
       <c r="P113" t="s">
         <v>25</v>
       </c>
       <c r="Q113" t="s">
         <v>25</v>
       </c>
       <c r="R113" t="s">
         <v>25</v>
       </c>
       <c r="S113">
-        <v>0</v>
+        <v>92.91</v>
       </c>
     </row>
     <row r="114" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C114" t="s">
-        <v>248</v>
+        <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F114" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="G114" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H114">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="I114" t="b">
         <v>0</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114">
-        <v>95.68</v>
+        <v>92.89</v>
       </c>
       <c r="M114" t="s">
         <v>25</v>
       </c>
       <c r="N114" t="s">
         <v>25</v>
       </c>
       <c r="O114" t="s">
         <v>25</v>
       </c>
       <c r="P114" t="s">
         <v>25</v>
       </c>
       <c r="Q114" t="s">
         <v>25</v>
       </c>
       <c r="R114" t="s">
         <v>25</v>
       </c>
       <c r="S114">
-        <v>0</v>
+        <v>92.89</v>
       </c>
     </row>
     <row r="115" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="C115" t="s">
-        <v>250</v>
+        <v>245</v>
+      </c>
+      <c r="D115">
+        <v>2315</v>
       </c>
       <c r="E115" t="s">
-        <v>251</v>
+        <v>38</v>
       </c>
       <c r="F115" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G115" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H115">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="I115" t="b">
         <v>0</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
       <c r="L115">
-        <v>90.77</v>
+        <v>92.81</v>
       </c>
       <c r="M115" t="s">
         <v>25</v>
       </c>
       <c r="N115" t="s">
         <v>25</v>
       </c>
       <c r="O115" t="s">
         <v>25</v>
       </c>
       <c r="P115" t="s">
         <v>25</v>
       </c>
       <c r="Q115" t="s">
         <v>25</v>
       </c>
       <c r="R115" t="s">
         <v>25</v>
       </c>
       <c r="S115">
-        <v>0</v>
+        <v>92.81</v>
       </c>
     </row>
     <row r="116" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="C116" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="E116" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F116" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="G116" t="s">
         <v>23</v>
       </c>
       <c r="H116">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="I116" t="b">
         <v>0</v>
       </c>
       <c r="J116" t="s">
         <v>24</v>
       </c>
       <c r="K116">
         <v>1</v>
       </c>
       <c r="L116">
-        <v>90.65</v>
+        <v>92.63</v>
       </c>
       <c r="M116" t="s">
         <v>25</v>
       </c>
       <c r="N116" t="s">
         <v>25</v>
       </c>
       <c r="O116" t="s">
         <v>25</v>
       </c>
       <c r="P116" t="s">
         <v>25</v>
       </c>
       <c r="Q116" t="s">
         <v>25</v>
       </c>
       <c r="R116" t="s">
         <v>25</v>
       </c>
       <c r="S116">
-        <v>0</v>
+        <v>92.63</v>
       </c>
     </row>
     <row r="117" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>253</v>
+        <v>150</v>
       </c>
       <c r="C117" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="E117" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F117" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G117" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H117">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I117" t="b">
         <v>0</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117">
         <v>1</v>
       </c>
       <c r="L117">
-        <v>89.99</v>
+        <v>92.43</v>
       </c>
       <c r="M117" t="s">
         <v>25</v>
       </c>
       <c r="N117" t="s">
         <v>25</v>
       </c>
       <c r="O117" t="s">
         <v>25</v>
       </c>
       <c r="P117" t="s">
         <v>25</v>
       </c>
       <c r="Q117" t="s">
         <v>25</v>
       </c>
       <c r="R117" t="s">
         <v>25</v>
       </c>
       <c r="S117">
-        <v>0</v>
+        <v>92.43</v>
       </c>
     </row>
     <row r="118" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>98</v>
+        <v>248</v>
       </c>
       <c r="C118" t="s">
-        <v>255</v>
+        <v>249</v>
+      </c>
+      <c r="D118">
+        <v>2538</v>
       </c>
       <c r="E118" t="s">
-        <v>78</v>
+        <v>250</v>
       </c>
       <c r="F118" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G118" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H118">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="I118" t="b">
         <v>0</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118">
         <v>1</v>
       </c>
       <c r="L118">
-        <v>88.87</v>
+        <v>90.77</v>
       </c>
       <c r="M118" t="s">
         <v>25</v>
       </c>
       <c r="N118" t="s">
         <v>25</v>
       </c>
       <c r="O118" t="s">
         <v>25</v>
       </c>
       <c r="P118" t="s">
         <v>25</v>
       </c>
       <c r="Q118" t="s">
         <v>25</v>
       </c>
       <c r="R118" t="s">
         <v>25</v>
       </c>
       <c r="S118">
-        <v>0</v>
+        <v>90.77</v>
       </c>
     </row>
     <row r="119" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="C119" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="E119" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F119" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="G119" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H119">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I119" t="b">
         <v>0</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119">
         <v>1</v>
       </c>
       <c r="L119">
-        <v>88.3</v>
+        <v>90.65</v>
       </c>
       <c r="M119" t="s">
         <v>25</v>
       </c>
       <c r="N119" t="s">
         <v>25</v>
       </c>
       <c r="O119" t="s">
         <v>25</v>
       </c>
       <c r="P119" t="s">
         <v>25</v>
       </c>
       <c r="Q119" t="s">
         <v>25</v>
       </c>
       <c r="R119" t="s">
         <v>25</v>
       </c>
       <c r="S119">
-        <v>0</v>
+        <v>90.65</v>
       </c>
     </row>
     <row r="120" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="C120" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="E120" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F120" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G120" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H120">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="I120" t="b">
         <v>0</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120">
         <v>1</v>
       </c>
       <c r="L120">
-        <v>77.06</v>
+        <v>89.99</v>
       </c>
       <c r="M120" t="s">
         <v>25</v>
       </c>
       <c r="N120" t="s">
         <v>25</v>
       </c>
       <c r="O120" t="s">
         <v>25</v>
       </c>
       <c r="P120" t="s">
         <v>25</v>
       </c>
       <c r="Q120" t="s">
         <v>25</v>
       </c>
       <c r="R120" t="s">
         <v>25</v>
       </c>
       <c r="S120">
-        <v>0</v>
+        <v>89.99</v>
       </c>
     </row>
     <row r="121" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>112</v>
+        <v>254</v>
       </c>
       <c r="C121" t="s">
-        <v>259</v>
+        <v>182</v>
+      </c>
+      <c r="D121">
+        <v>1478</v>
       </c>
       <c r="E121" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="F121" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G121" t="s">
         <v>23</v>
       </c>
       <c r="H121">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I121" t="b">
         <v>0</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121">
         <v>1</v>
       </c>
       <c r="L121">
-        <v>70.67</v>
+        <v>89.63</v>
       </c>
       <c r="M121" t="s">
         <v>25</v>
       </c>
       <c r="N121" t="s">
         <v>25</v>
       </c>
       <c r="O121" t="s">
         <v>25</v>
       </c>
       <c r="P121" t="s">
         <v>25</v>
       </c>
       <c r="Q121" t="s">
         <v>25</v>
       </c>
       <c r="R121" t="s">
         <v>25</v>
       </c>
       <c r="S121">
-        <v>0</v>
+        <v>89.63</v>
       </c>
     </row>
     <row r="122" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C122" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="E122" t="s">
-        <v>53</v>
+        <v>144</v>
       </c>
       <c r="F122" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G122" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H122">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="I122" t="b">
         <v>0</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122">
         <v>1</v>
       </c>
       <c r="L122">
-        <v>115.35</v>
+        <v>89.31</v>
       </c>
       <c r="M122" t="s">
         <v>25</v>
       </c>
       <c r="N122" t="s">
         <v>25</v>
       </c>
       <c r="O122" t="s">
         <v>25</v>
       </c>
       <c r="P122" t="s">
         <v>25</v>
       </c>
       <c r="Q122" t="s">
         <v>25</v>
       </c>
       <c r="R122" t="s">
         <v>25</v>
       </c>
       <c r="S122">
-        <v>0</v>
+        <v>89.31</v>
       </c>
     </row>
     <row r="123" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="C123" t="s">
-        <v>263</v>
+        <v>78</v>
       </c>
       <c r="E123" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="F123" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G123" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H123">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="I123" t="b">
         <v>0</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123">
         <v>1</v>
       </c>
       <c r="L123">
-        <v>124.88</v>
+        <v>88.9</v>
       </c>
       <c r="M123" t="s">
         <v>25</v>
       </c>
       <c r="N123" t="s">
         <v>25</v>
       </c>
       <c r="O123" t="s">
         <v>25</v>
       </c>
       <c r="P123" t="s">
         <v>25</v>
       </c>
       <c r="Q123" t="s">
         <v>25</v>
       </c>
       <c r="R123" t="s">
         <v>25</v>
       </c>
       <c r="S123">
-        <v>0</v>
+        <v>88.9</v>
       </c>
     </row>
     <row r="124" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>264</v>
+        <v>123</v>
       </c>
       <c r="C124" t="s">
-        <v>31</v>
+        <v>258</v>
       </c>
       <c r="E124" t="s">
-        <v>89</v>
+        <v>56</v>
       </c>
       <c r="F124" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G124" t="s">
         <v>23</v>
       </c>
       <c r="H124">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="I124" t="b">
         <v>0</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124">
         <v>1</v>
       </c>
       <c r="L124">
-        <v>124.38</v>
+        <v>88.87</v>
       </c>
       <c r="M124" t="s">
         <v>25</v>
       </c>
       <c r="N124" t="s">
         <v>25</v>
       </c>
       <c r="O124" t="s">
         <v>25</v>
       </c>
       <c r="P124" t="s">
         <v>25</v>
       </c>
       <c r="Q124" t="s">
         <v>25</v>
       </c>
       <c r="R124" t="s">
         <v>25</v>
       </c>
       <c r="S124">
-        <v>0</v>
+        <v>88.87</v>
       </c>
     </row>
     <row r="125" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="C125" t="s">
-        <v>52</v>
+        <v>260</v>
+      </c>
+      <c r="D125">
+        <v>1683</v>
       </c>
       <c r="E125" t="s">
         <v>53</v>
       </c>
       <c r="F125" t="s">
         <v>22</v>
       </c>
       <c r="G125" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H125">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I125" t="b">
         <v>0</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125">
         <v>1</v>
       </c>
       <c r="L125">
-        <v>119.4</v>
+        <v>88.63</v>
       </c>
       <c r="M125" t="s">
         <v>25</v>
       </c>
       <c r="N125" t="s">
         <v>25</v>
       </c>
       <c r="O125" t="s">
         <v>25</v>
       </c>
       <c r="P125" t="s">
         <v>25</v>
       </c>
       <c r="Q125" t="s">
         <v>25</v>
       </c>
       <c r="R125" t="s">
         <v>25</v>
       </c>
       <c r="S125">
-        <v>0</v>
+        <v>88.63</v>
       </c>
     </row>
     <row r="126" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="C126" t="s">
-        <v>267</v>
+        <v>262</v>
+      </c>
+      <c r="D126">
+        <v>394</v>
       </c>
       <c r="E126" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F126" t="s">
         <v>22</v>
       </c>
       <c r="G126" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H126">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="I126" t="b">
         <v>0</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126">
         <v>1</v>
       </c>
       <c r="L126">
-        <v>117.98</v>
+        <v>88.41</v>
       </c>
       <c r="M126" t="s">
         <v>25</v>
       </c>
       <c r="N126" t="s">
         <v>25</v>
       </c>
       <c r="O126" t="s">
         <v>25</v>
       </c>
       <c r="P126" t="s">
         <v>25</v>
       </c>
       <c r="Q126" t="s">
         <v>25</v>
       </c>
       <c r="R126" t="s">
         <v>25</v>
       </c>
       <c r="S126">
-        <v>0</v>
+        <v>88.41</v>
       </c>
     </row>
     <row r="127" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
       <c r="C127" t="s">
-        <v>57</v>
+        <v>264</v>
       </c>
       <c r="E127" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F127" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G127" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H127">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="I127" t="b">
         <v>0</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127">
         <v>1</v>
       </c>
       <c r="L127">
-        <v>114.86</v>
+        <v>88.3</v>
       </c>
       <c r="M127" t="s">
         <v>25</v>
       </c>
       <c r="N127" t="s">
         <v>25</v>
       </c>
       <c r="O127" t="s">
         <v>25</v>
       </c>
       <c r="P127" t="s">
         <v>25</v>
       </c>
       <c r="Q127" t="s">
         <v>25</v>
       </c>
       <c r="R127" t="s">
         <v>25</v>
       </c>
       <c r="S127">
-        <v>0</v>
+        <v>88.3</v>
       </c>
     </row>
     <row r="128" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>269</v>
+        <v>244</v>
       </c>
       <c r="C128" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="E128" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F128" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G128" t="s">
+        <v>23</v>
+      </c>
+      <c r="H128">
         <v>37</v>
       </c>
-      <c r="H128">
-[...1 lines deleted...]
-      </c>
       <c r="I128" t="b">
         <v>0</v>
       </c>
       <c r="J128" t="s">
         <v>24</v>
       </c>
       <c r="K128">
         <v>1</v>
       </c>
       <c r="L128">
-        <v>113.94</v>
+        <v>88.26</v>
       </c>
       <c r="M128" t="s">
         <v>25</v>
       </c>
       <c r="N128" t="s">
         <v>25</v>
       </c>
       <c r="O128" t="s">
         <v>25</v>
       </c>
       <c r="P128" t="s">
         <v>25</v>
       </c>
       <c r="Q128" t="s">
         <v>25</v>
       </c>
       <c r="R128" t="s">
         <v>25</v>
       </c>
       <c r="S128">
-        <v>0</v>
+        <v>88.26</v>
       </c>
     </row>
     <row r="129" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>271</v>
+        <v>68</v>
       </c>
       <c r="C129" t="s">
-        <v>272</v>
+        <v>63</v>
       </c>
       <c r="E129" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="F129" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G129" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H129">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="I129" t="b">
         <v>0</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
       <c r="L129">
-        <v>112.95</v>
+        <v>87.62</v>
       </c>
       <c r="M129" t="s">
         <v>25</v>
       </c>
       <c r="N129" t="s">
         <v>25</v>
       </c>
       <c r="O129" t="s">
         <v>25</v>
       </c>
       <c r="P129" t="s">
         <v>25</v>
       </c>
       <c r="Q129" t="s">
         <v>25</v>
       </c>
       <c r="R129" t="s">
         <v>25</v>
       </c>
       <c r="S129">
-        <v>0</v>
+        <v>87.62</v>
       </c>
     </row>
     <row r="130" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="C130" t="s">
-        <v>275</v>
+        <v>31</v>
+      </c>
+      <c r="D130">
+        <v>1572</v>
       </c>
       <c r="E130" t="s">
-        <v>276</v>
+        <v>38</v>
       </c>
       <c r="F130" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G130" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H130">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="I130" t="b">
         <v>0</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130">
-        <v>106.85</v>
+        <v>87.06</v>
       </c>
       <c r="M130" t="s">
         <v>25</v>
       </c>
       <c r="N130" t="s">
         <v>25</v>
       </c>
       <c r="O130" t="s">
         <v>25</v>
       </c>
       <c r="P130" t="s">
         <v>25</v>
       </c>
       <c r="Q130" t="s">
         <v>25</v>
       </c>
       <c r="R130" t="s">
         <v>25</v>
       </c>
       <c r="S130">
-        <v>0</v>
+        <v>87.06</v>
       </c>
     </row>
     <row r="131" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>159</v>
+        <v>268</v>
       </c>
       <c r="C131" t="s">
-        <v>103</v>
+        <v>269</v>
+      </c>
+      <c r="D131">
+        <v>1339</v>
       </c>
       <c r="E131" t="s">
         <v>53</v>
       </c>
       <c r="F131" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G131" t="s">
         <v>23</v>
       </c>
       <c r="H131">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I131" t="b">
         <v>0</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131">
         <v>1</v>
       </c>
       <c r="L131">
-        <v>105.31</v>
+        <v>86.89</v>
       </c>
       <c r="M131" t="s">
         <v>25</v>
       </c>
       <c r="N131" t="s">
         <v>25</v>
       </c>
       <c r="O131" t="s">
         <v>25</v>
       </c>
       <c r="P131" t="s">
         <v>25</v>
       </c>
       <c r="Q131" t="s">
         <v>25</v>
       </c>
       <c r="R131" t="s">
         <v>25</v>
       </c>
       <c r="S131">
-        <v>0</v>
+        <v>86.89</v>
       </c>
     </row>
     <row r="132" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="C132" t="s">
-        <v>184</v>
+        <v>271</v>
+      </c>
+      <c r="D132">
+        <v>828</v>
       </c>
       <c r="E132" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F132" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G132" t="s">
         <v>23</v>
       </c>
       <c r="H132">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I132" t="b">
         <v>0</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132">
         <v>1</v>
       </c>
       <c r="L132">
-        <v>105.02</v>
+        <v>86.4</v>
       </c>
       <c r="M132" t="s">
         <v>25</v>
       </c>
       <c r="N132" t="s">
         <v>25</v>
       </c>
       <c r="O132" t="s">
         <v>25</v>
       </c>
       <c r="P132" t="s">
         <v>25</v>
       </c>
       <c r="Q132" t="s">
         <v>25</v>
       </c>
       <c r="R132" t="s">
         <v>25</v>
       </c>
       <c r="S132">
-        <v>0</v>
+        <v>86.4</v>
       </c>
     </row>
     <row r="133" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>217</v>
+        <v>273</v>
       </c>
       <c r="C133" t="s">
-        <v>69</v>
+        <v>274</v>
       </c>
       <c r="E133" t="s">
-        <v>53</v>
+        <v>275</v>
       </c>
       <c r="F133" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="G133" t="s">
         <v>23</v>
       </c>
       <c r="H133">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="I133" t="b">
         <v>0</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133">
         <v>1</v>
       </c>
       <c r="L133">
-        <v>103.75</v>
+        <v>86.28</v>
       </c>
       <c r="M133" t="s">
         <v>25</v>
       </c>
       <c r="N133" t="s">
         <v>25</v>
       </c>
       <c r="O133" t="s">
         <v>25</v>
       </c>
       <c r="P133" t="s">
         <v>25</v>
       </c>
       <c r="Q133" t="s">
         <v>25</v>
       </c>
       <c r="R133" t="s">
         <v>25</v>
       </c>
       <c r="S133">
-        <v>0</v>
+        <v>86.28</v>
       </c>
     </row>
     <row r="134" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C134" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="E134" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F134" t="s">
         <v>22</v>
       </c>
       <c r="G134" t="s">
         <v>23</v>
       </c>
       <c r="H134">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I134" t="b">
         <v>0</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134">
         <v>1</v>
       </c>
       <c r="L134">
-        <v>101.95</v>
+        <v>85.5</v>
       </c>
       <c r="M134" t="s">
         <v>25</v>
       </c>
       <c r="N134" t="s">
         <v>25</v>
       </c>
       <c r="O134" t="s">
         <v>25</v>
       </c>
       <c r="P134" t="s">
         <v>25</v>
       </c>
       <c r="Q134" t="s">
         <v>25</v>
       </c>
       <c r="R134" t="s">
         <v>25</v>
       </c>
       <c r="S134">
-        <v>0</v>
+        <v>85.5</v>
       </c>
     </row>
     <row r="135" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C135" t="s">
-        <v>281</v>
+        <v>60</v>
       </c>
       <c r="E135" t="s">
-        <v>53</v>
+        <v>279</v>
       </c>
       <c r="F135" t="s">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="G135" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H135">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="I135" t="b">
         <v>0</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135">
         <v>1</v>
       </c>
       <c r="L135">
-        <v>99.87</v>
+        <v>84.58</v>
       </c>
       <c r="M135" t="s">
         <v>25</v>
       </c>
       <c r="N135" t="s">
         <v>25</v>
       </c>
       <c r="O135" t="s">
         <v>25</v>
       </c>
       <c r="P135" t="s">
         <v>25</v>
       </c>
       <c r="Q135" t="s">
         <v>25</v>
       </c>
       <c r="R135" t="s">
         <v>25</v>
       </c>
       <c r="S135">
-        <v>0</v>
+        <v>84.58</v>
       </c>
     </row>
     <row r="136" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="C136" t="s">
-        <v>283</v>
+        <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>53</v>
+        <v>281</v>
       </c>
       <c r="F136" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="G136" t="s">
         <v>23</v>
       </c>
       <c r="H136">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="I136" t="b">
         <v>0</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
       <c r="L136">
-        <v>96.46</v>
+        <v>83.35</v>
       </c>
       <c r="M136" t="s">
         <v>25</v>
       </c>
       <c r="N136" t="s">
         <v>25</v>
       </c>
       <c r="O136" t="s">
         <v>25</v>
       </c>
       <c r="P136" t="s">
         <v>25</v>
       </c>
       <c r="Q136" t="s">
         <v>25</v>
       </c>
       <c r="R136" t="s">
         <v>25</v>
       </c>
       <c r="S136">
-        <v>0</v>
+        <v>83.35</v>
       </c>
     </row>
     <row r="137" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="C137" t="s">
-        <v>285</v>
+        <v>283</v>
+      </c>
+      <c r="D137">
+        <v>1070</v>
       </c>
       <c r="E137" t="s">
-        <v>53</v>
+        <v>125</v>
       </c>
       <c r="F137" t="s">
-        <v>47</v>
+        <v>131</v>
       </c>
       <c r="G137" t="s">
         <v>23</v>
       </c>
       <c r="H137">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="I137" t="b">
         <v>0</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137">
         <v>1</v>
       </c>
       <c r="L137">
-        <v>95.49</v>
+        <v>83.26</v>
       </c>
       <c r="M137" t="s">
         <v>25</v>
       </c>
       <c r="N137" t="s">
         <v>25</v>
       </c>
       <c r="O137" t="s">
         <v>25</v>
       </c>
       <c r="P137" t="s">
         <v>25</v>
       </c>
       <c r="Q137" t="s">
         <v>25</v>
       </c>
       <c r="R137" t="s">
         <v>25</v>
       </c>
       <c r="S137">
-        <v>0</v>
+        <v>83.26</v>
       </c>
     </row>
     <row r="138" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C138" t="s">
-        <v>27</v>
+        <v>285</v>
+      </c>
+      <c r="D138">
+        <v>1065</v>
       </c>
       <c r="E138" t="s">
-        <v>273</v>
+        <v>43</v>
       </c>
       <c r="F138" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="G138" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H138">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="I138" t="b">
         <v>0</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
       <c r="L138">
-        <v>94.23</v>
+        <v>82.31</v>
       </c>
       <c r="M138" t="s">
         <v>25</v>
       </c>
       <c r="N138" t="s">
         <v>25</v>
       </c>
       <c r="O138" t="s">
         <v>25</v>
       </c>
       <c r="P138" t="s">
         <v>25</v>
       </c>
       <c r="Q138" t="s">
         <v>25</v>
       </c>
       <c r="R138" t="s">
         <v>25</v>
       </c>
       <c r="S138">
-        <v>0</v>
+        <v>82.31</v>
       </c>
     </row>
     <row r="139" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
+        <v>286</v>
+      </c>
+      <c r="C139" t="s">
         <v>287</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E139" t="s">
-        <v>289</v>
+        <v>38</v>
       </c>
       <c r="F139" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G139" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H139">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I139" t="b">
         <v>0</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139">
         <v>1</v>
       </c>
       <c r="L139">
-        <v>93.01</v>
+        <v>80.93</v>
       </c>
       <c r="M139" t="s">
         <v>25</v>
       </c>
       <c r="N139" t="s">
         <v>25</v>
       </c>
       <c r="O139" t="s">
         <v>25</v>
       </c>
       <c r="P139" t="s">
         <v>25</v>
       </c>
       <c r="Q139" t="s">
         <v>25</v>
       </c>
       <c r="R139" t="s">
         <v>25</v>
       </c>
       <c r="S139">
-        <v>0</v>
+        <v>80.93</v>
       </c>
     </row>
     <row r="140" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>148</v>
+        <v>288</v>
       </c>
       <c r="C140" t="s">
-        <v>290</v>
+        <v>289</v>
+      </c>
+      <c r="D140">
+        <v>250</v>
       </c>
       <c r="E140" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F140" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="G140" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H140">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="I140" t="b">
         <v>0</v>
       </c>
       <c r="J140" t="s">
         <v>24</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
       <c r="L140">
-        <v>92.43</v>
+        <v>80.83</v>
       </c>
       <c r="M140" t="s">
         <v>25</v>
       </c>
       <c r="N140" t="s">
         <v>25</v>
       </c>
       <c r="O140" t="s">
         <v>25</v>
       </c>
       <c r="P140" t="s">
         <v>25</v>
       </c>
       <c r="Q140" t="s">
         <v>25</v>
       </c>
       <c r="R140" t="s">
         <v>25</v>
       </c>
       <c r="S140">
-        <v>0</v>
+        <v>80.83</v>
       </c>
     </row>
     <row r="141" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C141" t="s">
-        <v>151</v>
+        <v>39</v>
+      </c>
+      <c r="D141">
+        <v>2523</v>
       </c>
       <c r="E141" t="s">
-        <v>292</v>
+        <v>111</v>
       </c>
       <c r="F141" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="G141" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H141">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="I141" t="b">
         <v>0</v>
       </c>
       <c r="J141" t="s">
         <v>24</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
       <c r="L141">
-        <v>84.58</v>
+        <v>80.8</v>
       </c>
       <c r="M141" t="s">
         <v>25</v>
       </c>
       <c r="N141" t="s">
         <v>25</v>
       </c>
       <c r="O141" t="s">
         <v>25</v>
       </c>
       <c r="P141" t="s">
         <v>25</v>
       </c>
       <c r="Q141" t="s">
         <v>25</v>
       </c>
       <c r="R141" t="s">
         <v>25</v>
       </c>
       <c r="S141">
-        <v>0</v>
+        <v>80.8</v>
       </c>
     </row>
     <row r="142" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>293</v>
+        <v>236</v>
       </c>
       <c r="C142" t="s">
-        <v>294</v>
+        <v>291</v>
+      </c>
+      <c r="D142">
+        <v>2407</v>
       </c>
       <c r="E142" t="s">
-        <v>295</v>
+        <v>128</v>
       </c>
       <c r="F142" t="s">
-        <v>47</v>
+        <v>131</v>
       </c>
       <c r="G142" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H142">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I142" t="b">
         <v>0</v>
       </c>
       <c r="J142" t="s">
         <v>24</v>
       </c>
       <c r="K142">
         <v>1</v>
       </c>
       <c r="L142">
-        <v>79.63</v>
+        <v>80.71</v>
       </c>
       <c r="M142" t="s">
         <v>25</v>
       </c>
       <c r="N142" t="s">
         <v>25</v>
       </c>
       <c r="O142" t="s">
         <v>25</v>
       </c>
       <c r="P142" t="s">
         <v>25</v>
       </c>
       <c r="Q142" t="s">
         <v>25</v>
       </c>
       <c r="R142" t="s">
         <v>25</v>
       </c>
       <c r="S142">
-        <v>0</v>
+        <v>80.71</v>
       </c>
     </row>
     <row r="143" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>234</v>
+        <v>292</v>
       </c>
       <c r="C143" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="E143" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="F143" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="G143" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H143">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="I143" t="b">
         <v>0</v>
       </c>
       <c r="J143" t="s">
         <v>24</v>
       </c>
       <c r="K143">
         <v>1</v>
       </c>
       <c r="L143">
-        <v>79.56</v>
+        <v>79.63</v>
       </c>
       <c r="M143" t="s">
         <v>25</v>
       </c>
       <c r="N143" t="s">
         <v>25</v>
       </c>
       <c r="O143" t="s">
         <v>25</v>
       </c>
       <c r="P143" t="s">
         <v>25</v>
       </c>
       <c r="Q143" t="s">
         <v>25</v>
       </c>
       <c r="R143" t="s">
         <v>25</v>
       </c>
       <c r="S143">
-        <v>0</v>
+        <v>79.63</v>
       </c>
     </row>
     <row r="144" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>262</v>
+        <v>273</v>
       </c>
       <c r="C144" t="s">
+        <v>295</v>
+      </c>
+      <c r="E144" t="s">
         <v>296</v>
       </c>
-      <c r="E144" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F144" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G144" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H144">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="I144" t="b">
         <v>0</v>
       </c>
       <c r="J144" t="s">
         <v>24</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
       <c r="L144">
-        <v>79.55</v>
+        <v>79.56</v>
       </c>
       <c r="M144" t="s">
         <v>25</v>
       </c>
       <c r="N144" t="s">
         <v>25</v>
       </c>
       <c r="O144" t="s">
         <v>25</v>
       </c>
       <c r="P144" t="s">
         <v>25</v>
       </c>
       <c r="Q144" t="s">
         <v>25</v>
       </c>
       <c r="R144" t="s">
         <v>25</v>
       </c>
       <c r="S144">
-        <v>0</v>
+        <v>79.56</v>
       </c>
     </row>
     <row r="145" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>298</v>
+        <v>95</v>
       </c>
       <c r="C145" t="s">
-        <v>299</v>
+        <v>295</v>
+      </c>
+      <c r="D145">
+        <v>2560</v>
       </c>
       <c r="E145" t="s">
-        <v>198</v>
+        <v>296</v>
       </c>
       <c r="F145" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="G145" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H145">
         <v>14</v>
       </c>
       <c r="I145" t="b">
         <v>0</v>
       </c>
       <c r="J145" t="s">
         <v>24</v>
       </c>
       <c r="K145">
         <v>1</v>
       </c>
       <c r="L145">
-        <v>76.38</v>
+        <v>79.55</v>
       </c>
       <c r="M145" t="s">
         <v>25</v>
       </c>
       <c r="N145" t="s">
         <v>25</v>
       </c>
       <c r="O145" t="s">
         <v>25</v>
       </c>
       <c r="P145" t="s">
         <v>25</v>
       </c>
       <c r="Q145" t="s">
         <v>25</v>
       </c>
       <c r="R145" t="s">
         <v>25</v>
       </c>
       <c r="S145">
-        <v>0</v>
+        <v>79.55</v>
       </c>
     </row>
     <row r="146" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C146" t="s">
-        <v>301</v>
+        <v>298</v>
+      </c>
+      <c r="D146">
+        <v>404</v>
       </c>
       <c r="E146" t="s">
-        <v>53</v>
+        <v>299</v>
       </c>
       <c r="F146" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G146" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H146">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="I146" t="b">
         <v>0</v>
       </c>
       <c r="J146" t="s">
         <v>24</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146">
-        <v>72.12</v>
+        <v>79.52</v>
       </c>
       <c r="M146" t="s">
         <v>25</v>
       </c>
       <c r="N146" t="s">
         <v>25</v>
       </c>
       <c r="O146" t="s">
         <v>25</v>
       </c>
       <c r="P146" t="s">
         <v>25</v>
       </c>
       <c r="Q146" t="s">
         <v>25</v>
       </c>
       <c r="R146" t="s">
         <v>25</v>
       </c>
       <c r="S146">
-        <v>0</v>
+        <v>79.52</v>
       </c>
     </row>
     <row r="147" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>176</v>
+        <v>300</v>
       </c>
       <c r="C147" t="s">
-        <v>302</v>
+        <v>301</v>
+      </c>
+      <c r="D147">
+        <v>1846</v>
       </c>
       <c r="E147" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="F147" t="s">
-        <v>29</v>
+        <v>131</v>
       </c>
       <c r="G147" t="s">
         <v>23</v>
       </c>
       <c r="H147">
         <v>12</v>
       </c>
       <c r="I147" t="b">
         <v>0</v>
       </c>
       <c r="J147" t="s">
         <v>24</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
       <c r="L147">
-        <v>118.05</v>
+        <v>78.18</v>
       </c>
       <c r="M147" t="s">
         <v>25</v>
       </c>
       <c r="N147" t="s">
         <v>25</v>
       </c>
       <c r="O147" t="s">
         <v>25</v>
       </c>
       <c r="P147" t="s">
         <v>25</v>
       </c>
       <c r="Q147" t="s">
         <v>25</v>
       </c>
       <c r="R147" t="s">
         <v>25</v>
       </c>
       <c r="S147">
-        <v>0</v>
+        <v>78.18</v>
       </c>
     </row>
     <row r="148" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
+        <v>302</v>
+      </c>
+      <c r="C148" t="s">
         <v>303</v>
       </c>
-      <c r="C148" t="s">
-        <v>304</v>
+      <c r="D148">
+        <v>974</v>
       </c>
       <c r="E148" t="s">
-        <v>145</v>
+        <v>61</v>
       </c>
       <c r="F148" t="s">
-        <v>36</v>
+        <v>131</v>
       </c>
       <c r="G148" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H148">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I148" t="b">
         <v>0</v>
       </c>
       <c r="J148" t="s">
         <v>24</v>
       </c>
       <c r="K148">
         <v>1</v>
       </c>
       <c r="L148">
-        <v>114.16</v>
+        <v>77.9</v>
       </c>
       <c r="M148" t="s">
         <v>25</v>
       </c>
       <c r="N148" t="s">
         <v>25</v>
       </c>
       <c r="O148" t="s">
         <v>25</v>
       </c>
       <c r="P148" t="s">
         <v>25</v>
       </c>
       <c r="Q148" t="s">
         <v>25</v>
       </c>
       <c r="R148" t="s">
         <v>25</v>
       </c>
       <c r="S148">
-        <v>0</v>
+        <v>77.9</v>
       </c>
     </row>
     <row r="149" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>19</v>
+        <v>304</v>
       </c>
       <c r="C149" t="s">
         <v>305</v>
       </c>
+      <c r="D149">
+        <v>2497</v>
+      </c>
       <c r="E149" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F149" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G149" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H149">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="I149" t="b">
         <v>0</v>
       </c>
       <c r="J149" t="s">
         <v>24</v>
       </c>
       <c r="K149">
         <v>1</v>
       </c>
       <c r="L149">
-        <v>112.36</v>
+        <v>77.06</v>
       </c>
       <c r="M149" t="s">
         <v>25</v>
       </c>
       <c r="N149" t="s">
         <v>25</v>
       </c>
       <c r="O149" t="s">
         <v>25</v>
       </c>
       <c r="P149" t="s">
         <v>25</v>
       </c>
       <c r="Q149" t="s">
         <v>25</v>
       </c>
       <c r="R149" t="s">
         <v>25</v>
       </c>
       <c r="S149">
-        <v>0</v>
+        <v>77.06</v>
       </c>
     </row>
     <row r="150" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>306</v>
       </c>
       <c r="C150" t="s">
-        <v>27</v>
+        <v>307</v>
+      </c>
+      <c r="D150">
+        <v>2563</v>
       </c>
       <c r="E150" t="s">
-        <v>145</v>
+        <v>197</v>
       </c>
       <c r="F150" t="s">
         <v>22</v>
       </c>
       <c r="G150" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H150">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="I150" t="b">
         <v>0</v>
       </c>
       <c r="J150" t="s">
         <v>24</v>
       </c>
       <c r="K150">
         <v>1</v>
       </c>
       <c r="L150">
-        <v>107.6</v>
+        <v>76.38</v>
       </c>
       <c r="M150" t="s">
         <v>25</v>
       </c>
       <c r="N150" t="s">
         <v>25</v>
       </c>
       <c r="O150" t="s">
         <v>25</v>
       </c>
       <c r="P150" t="s">
         <v>25</v>
       </c>
       <c r="Q150" t="s">
         <v>25</v>
       </c>
       <c r="R150" t="s">
         <v>25</v>
       </c>
       <c r="S150">
-        <v>0</v>
+        <v>76.38</v>
       </c>
     </row>
     <row r="151" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>84</v>
+        <v>270</v>
       </c>
       <c r="C151" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E151" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F151" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G151" t="s">
         <v>23</v>
       </c>
       <c r="H151">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="I151" t="b">
         <v>0</v>
       </c>
       <c r="J151" t="s">
         <v>24</v>
       </c>
       <c r="K151">
         <v>1</v>
       </c>
       <c r="L151">
-        <v>105.46</v>
+        <v>76.35</v>
       </c>
       <c r="M151" t="s">
         <v>25</v>
       </c>
       <c r="N151" t="s">
         <v>25</v>
       </c>
       <c r="O151" t="s">
         <v>25</v>
       </c>
       <c r="P151" t="s">
         <v>25</v>
       </c>
       <c r="Q151" t="s">
         <v>25</v>
       </c>
       <c r="R151" t="s">
         <v>25</v>
       </c>
       <c r="S151">
-        <v>0</v>
+        <v>76.35</v>
       </c>
     </row>
     <row r="152" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>308</v>
+        <v>164</v>
       </c>
       <c r="C152" t="s">
-        <v>309</v>
+        <v>78</v>
+      </c>
+      <c r="D152">
+        <v>2361</v>
       </c>
       <c r="E152" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F152" t="s">
         <v>22</v>
       </c>
       <c r="G152" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H152">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I152" t="b">
         <v>0</v>
       </c>
       <c r="J152" t="s">
         <v>24</v>
       </c>
       <c r="K152">
         <v>1</v>
       </c>
       <c r="L152">
-        <v>98.97</v>
+        <v>76.27</v>
       </c>
       <c r="M152" t="s">
         <v>25</v>
       </c>
       <c r="N152" t="s">
         <v>25</v>
       </c>
       <c r="O152" t="s">
         <v>25</v>
       </c>
       <c r="P152" t="s">
         <v>25</v>
       </c>
       <c r="Q152" t="s">
         <v>25</v>
       </c>
       <c r="R152" t="s">
         <v>25</v>
       </c>
       <c r="S152">
-        <v>0</v>
+        <v>76.27</v>
       </c>
     </row>
     <row r="153" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>199</v>
+        <v>236</v>
       </c>
       <c r="C153" t="s">
-        <v>121</v>
+        <v>309</v>
       </c>
       <c r="E153" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
       <c r="F153" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G153" t="s">
         <v>23</v>
       </c>
       <c r="H153">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I153" t="b">
         <v>0</v>
       </c>
       <c r="J153" t="s">
         <v>24</v>
       </c>
       <c r="K153">
         <v>1</v>
       </c>
       <c r="L153">
-        <v>93.45</v>
+        <v>76.12</v>
       </c>
       <c r="M153" t="s">
         <v>25</v>
       </c>
       <c r="N153" t="s">
         <v>25</v>
       </c>
       <c r="O153" t="s">
         <v>25</v>
       </c>
       <c r="P153" t="s">
         <v>25</v>
       </c>
       <c r="Q153" t="s">
         <v>25</v>
       </c>
       <c r="R153" t="s">
         <v>25</v>
       </c>
       <c r="S153">
-        <v>0</v>
+        <v>76.12</v>
       </c>
     </row>
     <row r="154" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>214</v>
+        <v>263</v>
       </c>
       <c r="C154" t="s">
         <v>310</v>
       </c>
       <c r="E154" t="s">
-        <v>53</v>
+        <v>125</v>
       </c>
       <c r="F154" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="G154" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H154">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="I154" t="b">
         <v>0</v>
       </c>
       <c r="J154" t="s">
         <v>24</v>
       </c>
       <c r="K154">
         <v>1</v>
       </c>
       <c r="L154">
-        <v>92.63</v>
+        <v>75.17</v>
       </c>
       <c r="M154" t="s">
         <v>25</v>
       </c>
       <c r="N154" t="s">
         <v>25</v>
       </c>
       <c r="O154" t="s">
         <v>25</v>
       </c>
       <c r="P154" t="s">
         <v>25</v>
       </c>
       <c r="Q154" t="s">
         <v>25</v>
       </c>
       <c r="R154" t="s">
         <v>25</v>
       </c>
       <c r="S154">
-        <v>0</v>
+        <v>75.17</v>
       </c>
     </row>
     <row r="155" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>133</v>
+        <v>311</v>
       </c>
       <c r="C155" t="s">
-        <v>311</v>
+        <v>312</v>
+      </c>
+      <c r="D155">
+        <v>2401</v>
       </c>
       <c r="E155" t="s">
-        <v>145</v>
+        <v>111</v>
       </c>
       <c r="F155" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="G155" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H155">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I155" t="b">
         <v>0</v>
       </c>
       <c r="J155" t="s">
         <v>24</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
       <c r="L155">
-        <v>89.31</v>
+        <v>74.94</v>
       </c>
       <c r="M155" t="s">
         <v>25</v>
       </c>
       <c r="N155" t="s">
         <v>25</v>
       </c>
       <c r="O155" t="s">
         <v>25</v>
       </c>
       <c r="P155" t="s">
         <v>25</v>
       </c>
       <c r="Q155" t="s">
         <v>25</v>
       </c>
       <c r="R155" t="s">
         <v>25</v>
       </c>
       <c r="S155">
-        <v>0</v>
+        <v>74.94</v>
       </c>
     </row>
     <row r="156" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>104</v>
+        <v>313</v>
       </c>
       <c r="C156" t="s">
-        <v>312</v>
+        <v>31</v>
       </c>
       <c r="E156" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F156" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G156" t="s">
         <v>23</v>
       </c>
       <c r="H156">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="I156" t="b">
         <v>0</v>
       </c>
       <c r="J156" t="s">
         <v>24</v>
       </c>
       <c r="K156">
         <v>1</v>
       </c>
       <c r="L156">
-        <v>88.26</v>
+        <v>74.54</v>
       </c>
       <c r="M156" t="s">
         <v>25</v>
       </c>
       <c r="N156" t="s">
         <v>25</v>
       </c>
       <c r="O156" t="s">
         <v>25</v>
       </c>
       <c r="P156" t="s">
         <v>25</v>
       </c>
       <c r="Q156" t="s">
         <v>25</v>
       </c>
       <c r="R156" t="s">
         <v>25</v>
       </c>
       <c r="S156">
-        <v>0</v>
+        <v>74.54</v>
       </c>
     </row>
     <row r="157" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>313</v>
+        <v>255</v>
       </c>
       <c r="C157" t="s">
         <v>314</v>
       </c>
+      <c r="D157">
+        <v>2117</v>
+      </c>
       <c r="E157" t="s">
-        <v>53</v>
+        <v>215</v>
       </c>
       <c r="F157" t="s">
-        <v>22</v>
+        <v>131</v>
       </c>
       <c r="G157" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H157">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="I157" t="b">
         <v>0</v>
       </c>
       <c r="J157" t="s">
         <v>24</v>
       </c>
       <c r="K157">
         <v>1</v>
       </c>
       <c r="L157">
-        <v>80.93</v>
+        <v>73.42</v>
       </c>
       <c r="M157" t="s">
         <v>25</v>
       </c>
       <c r="N157" t="s">
         <v>25</v>
       </c>
       <c r="O157" t="s">
         <v>25</v>
       </c>
       <c r="P157" t="s">
         <v>25</v>
       </c>
       <c r="Q157" t="s">
         <v>25</v>
       </c>
       <c r="R157" t="s">
         <v>25</v>
       </c>
       <c r="S157">
-        <v>0</v>
+        <v>73.42</v>
       </c>
     </row>
     <row r="158" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>199</v>
+        <v>103</v>
       </c>
       <c r="C158" t="s">
         <v>315</v>
       </c>
+      <c r="D158">
+        <v>2427</v>
+      </c>
       <c r="E158" t="s">
-        <v>198</v>
+        <v>43</v>
       </c>
       <c r="F158" t="s">
-        <v>47</v>
+        <v>316</v>
       </c>
       <c r="G158" t="s">
         <v>23</v>
       </c>
       <c r="H158">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="I158" t="b">
         <v>0</v>
       </c>
       <c r="J158" t="s">
         <v>24</v>
       </c>
       <c r="K158">
         <v>1</v>
       </c>
       <c r="L158">
-        <v>76.12</v>
+        <v>73.37</v>
       </c>
       <c r="M158" t="s">
         <v>25</v>
       </c>
       <c r="N158" t="s">
         <v>25</v>
       </c>
       <c r="O158" t="s">
         <v>25</v>
       </c>
       <c r="P158" t="s">
         <v>25</v>
       </c>
       <c r="Q158" t="s">
         <v>25</v>
       </c>
       <c r="R158" t="s">
         <v>25</v>
       </c>
       <c r="S158">
-        <v>0</v>
+        <v>73.37</v>
       </c>
     </row>
     <row r="159" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C159" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E159" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="F159" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G159" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H159">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="I159" t="b">
         <v>0</v>
       </c>
       <c r="J159" t="s">
         <v>24</v>
       </c>
       <c r="K159">
         <v>1</v>
       </c>
       <c r="L159">
-        <v>60.75</v>
+        <v>72.12</v>
       </c>
       <c r="M159" t="s">
         <v>25</v>
       </c>
       <c r="N159" t="s">
         <v>25</v>
       </c>
       <c r="O159" t="s">
         <v>25</v>
       </c>
       <c r="P159" t="s">
         <v>25</v>
       </c>
       <c r="Q159" t="s">
         <v>25</v>
       </c>
       <c r="R159" t="s">
         <v>25</v>
       </c>
       <c r="S159">
-        <v>0</v>
+        <v>72.12</v>
       </c>
     </row>
     <row r="160" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>318</v>
+        <v>129</v>
       </c>
       <c r="C160" t="s">
-        <v>319</v>
+        <v>232</v>
+      </c>
+      <c r="D160">
+        <v>25</v>
       </c>
       <c r="E160" t="s">
         <v>53</v>
       </c>
       <c r="F160" t="s">
-        <v>41</v>
+        <v>316</v>
       </c>
       <c r="G160" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H160">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I160" t="b">
         <v>0</v>
       </c>
       <c r="J160" t="s">
         <v>24</v>
       </c>
       <c r="K160">
         <v>1</v>
       </c>
       <c r="L160">
-        <v>111.78</v>
+        <v>72.02</v>
       </c>
       <c r="M160" t="s">
         <v>25</v>
       </c>
       <c r="N160" t="s">
         <v>25</v>
       </c>
       <c r="O160" t="s">
         <v>25</v>
       </c>
       <c r="P160" t="s">
         <v>25</v>
       </c>
       <c r="Q160" t="s">
         <v>25</v>
       </c>
       <c r="R160" t="s">
         <v>25</v>
       </c>
       <c r="S160">
-        <v>0</v>
+        <v>72.02</v>
       </c>
     </row>
     <row r="161" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>320</v>
+        <v>93</v>
       </c>
       <c r="C161" t="s">
-        <v>321</v>
+        <v>319</v>
+      </c>
+      <c r="D161">
+        <v>2570</v>
       </c>
       <c r="E161" t="s">
-        <v>86</v>
+        <v>38</v>
       </c>
       <c r="F161" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="G161" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H161">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I161" t="b">
         <v>0</v>
       </c>
       <c r="J161" t="s">
         <v>24</v>
       </c>
       <c r="K161">
         <v>1</v>
       </c>
       <c r="L161">
-        <v>110.2</v>
+        <v>70.67</v>
       </c>
       <c r="M161" t="s">
         <v>25</v>
       </c>
       <c r="N161" t="s">
         <v>25</v>
       </c>
       <c r="O161" t="s">
         <v>25</v>
       </c>
       <c r="P161" t="s">
         <v>25</v>
       </c>
       <c r="Q161" t="s">
         <v>25</v>
       </c>
       <c r="R161" t="s">
         <v>25</v>
       </c>
       <c r="S161">
-        <v>0</v>
+        <v>70.67</v>
       </c>
     </row>
     <row r="162" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>187</v>
+        <v>320</v>
       </c>
       <c r="C162" t="s">
-        <v>72</v>
+        <v>315</v>
+      </c>
+      <c r="D162">
+        <v>2500</v>
       </c>
       <c r="E162" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F162" t="s">
-        <v>41</v>
+        <v>131</v>
       </c>
       <c r="G162" t="s">
-        <v>37</v>
+        <v>76</v>
       </c>
       <c r="H162">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="I162" t="b">
         <v>0</v>
       </c>
       <c r="J162" t="s">
         <v>24</v>
       </c>
       <c r="K162">
         <v>1</v>
       </c>
       <c r="L162">
-        <v>109.78</v>
+        <v>64.55</v>
       </c>
       <c r="M162" t="s">
         <v>25</v>
       </c>
       <c r="N162" t="s">
         <v>25</v>
       </c>
       <c r="O162" t="s">
         <v>25</v>
       </c>
       <c r="P162" t="s">
         <v>25</v>
       </c>
       <c r="Q162" t="s">
         <v>25</v>
       </c>
       <c r="R162" t="s">
         <v>25</v>
       </c>
       <c r="S162">
-        <v>0</v>
+        <v>64.55</v>
       </c>
     </row>
     <row r="163" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
+        <v>321</v>
+      </c>
+      <c r="C163" t="s">
         <v>322</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163">
+        <v>548</v>
+      </c>
+      <c r="E163" t="s">
+        <v>113</v>
+      </c>
+      <c r="F163" t="s">
         <v>323</v>
       </c>
-      <c r="E163" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G163" t="s">
         <v>23</v>
       </c>
       <c r="H163">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="I163" t="b">
         <v>0</v>
       </c>
       <c r="J163" t="s">
         <v>24</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163">
-        <v>96.56</v>
+        <v>62.41</v>
       </c>
       <c r="M163" t="s">
         <v>25</v>
       </c>
       <c r="N163" t="s">
         <v>25</v>
       </c>
       <c r="O163" t="s">
         <v>25</v>
       </c>
       <c r="P163" t="s">
         <v>25</v>
       </c>
       <c r="Q163" t="s">
         <v>25</v>
       </c>
       <c r="R163" t="s">
         <v>25</v>
       </c>
       <c r="S163">
-        <v>0</v>
+        <v>62.41</v>
       </c>
     </row>
     <row r="164" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
+        <v>276</v>
+      </c>
+      <c r="C164" t="s">
         <v>324</v>
       </c>
-      <c r="C164" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E164" t="s">
-        <v>35</v>
+        <v>84</v>
       </c>
       <c r="F164" t="s">
-        <v>118</v>
+        <v>49</v>
       </c>
       <c r="G164" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="H164">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="I164" t="b">
         <v>0</v>
       </c>
       <c r="J164" t="s">
         <v>24</v>
       </c>
       <c r="K164">
         <v>1</v>
       </c>
       <c r="L164">
-        <v>54.94</v>
+        <v>60.8</v>
       </c>
       <c r="M164" t="s">
         <v>25</v>
       </c>
       <c r="N164" t="s">
         <v>25</v>
       </c>
       <c r="O164" t="s">
         <v>25</v>
       </c>
       <c r="P164" t="s">
         <v>25</v>
       </c>
       <c r="Q164" t="s">
         <v>25</v>
       </c>
       <c r="R164" t="s">
         <v>25</v>
       </c>
       <c r="S164">
-        <v>0</v>
+        <v>60.8</v>
       </c>
     </row>
     <row r="165" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
         <v>325</v>
       </c>
       <c r="C165" t="s">
-        <v>272</v>
+        <v>326</v>
       </c>
       <c r="E165" t="s">
-        <v>273</v>
+        <v>38</v>
       </c>
       <c r="F165" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G165" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H165">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="I165" t="b">
         <v>0</v>
       </c>
       <c r="J165" t="s">
         <v>24</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
       <c r="L165">
-        <v>142.22</v>
+        <v>60.75</v>
       </c>
       <c r="M165" t="s">
         <v>25</v>
       </c>
       <c r="N165" t="s">
         <v>25</v>
       </c>
       <c r="O165" t="s">
         <v>25</v>
       </c>
       <c r="P165" t="s">
         <v>25</v>
       </c>
       <c r="Q165" t="s">
         <v>25</v>
       </c>
       <c r="R165" t="s">
         <v>25</v>
       </c>
       <c r="S165">
-        <v>0</v>
+        <v>60.75</v>
       </c>
     </row>
     <row r="166" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C166" t="s">
-        <v>20</v>
+        <v>237</v>
+      </c>
+      <c r="D166">
+        <v>60</v>
       </c>
       <c r="E166" t="s">
-        <v>327</v>
+        <v>43</v>
       </c>
       <c r="F166" t="s">
-        <v>36</v>
+        <v>323</v>
       </c>
       <c r="G166" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="H166">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I166" t="b">
         <v>0</v>
       </c>
       <c r="J166" t="s">
         <v>24</v>
       </c>
       <c r="K166">
         <v>1</v>
       </c>
       <c r="L166">
-        <v>134.34</v>
+        <v>54.94</v>
       </c>
       <c r="M166" t="s">
         <v>25</v>
       </c>
       <c r="N166" t="s">
         <v>25</v>
       </c>
       <c r="O166" t="s">
         <v>25</v>
       </c>
       <c r="P166" t="s">
         <v>25</v>
       </c>
       <c r="Q166" t="s">
         <v>25</v>
       </c>
       <c r="R166" t="s">
         <v>25</v>
       </c>
       <c r="S166">
-        <v>0</v>
+        <v>54.94</v>
       </c>
     </row>
     <row r="167" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>19</v>
+        <v>257</v>
       </c>
       <c r="C167" t="s">
-        <v>328</v>
+        <v>237</v>
+      </c>
+      <c r="D167">
+        <v>59</v>
       </c>
       <c r="E167" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="F167" t="s">
-        <v>22</v>
+        <v>316</v>
       </c>
       <c r="G167" t="s">
         <v>23</v>
       </c>
       <c r="H167">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="I167" t="b">
         <v>0</v>
       </c>
       <c r="J167" t="s">
         <v>24</v>
       </c>
       <c r="K167">
         <v>1</v>
       </c>
       <c r="L167">
-        <v>133.51</v>
+        <v>0</v>
       </c>
       <c r="M167" t="s">
         <v>25</v>
       </c>
       <c r="N167" t="s">
         <v>25</v>
       </c>
       <c r="O167" t="s">
         <v>25</v>
       </c>
       <c r="P167" t="s">
         <v>25</v>
       </c>
       <c r="Q167" t="s">
         <v>25</v>
       </c>
       <c r="R167" t="s">
         <v>25</v>
       </c>
       <c r="S167">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>189</v>
+        <v>129</v>
       </c>
       <c r="C168" t="s">
+        <v>328</v>
+      </c>
+      <c r="D168">
+        <v>200</v>
+      </c>
+      <c r="E168" t="s">
+        <v>43</v>
+      </c>
+      <c r="F168" t="s">
         <v>329</v>
       </c>
-      <c r="E168" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G168" t="s">
         <v>23</v>
       </c>
       <c r="H168">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="I168" t="b">
         <v>0</v>
       </c>
       <c r="J168" t="s">
         <v>24</v>
       </c>
       <c r="K168">
         <v>1</v>
       </c>
       <c r="L168">
-        <v>127.14</v>
+        <v>0</v>
       </c>
       <c r="M168" t="s">
         <v>25</v>
       </c>
       <c r="N168" t="s">
         <v>25</v>
       </c>
       <c r="O168" t="s">
         <v>25</v>
       </c>
       <c r="P168" t="s">
         <v>25</v>
       </c>
       <c r="Q168" t="s">
         <v>25</v>
       </c>
       <c r="R168" t="s">
         <v>25</v>
       </c>
       <c r="S168">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>