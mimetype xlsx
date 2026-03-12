--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -778,51 +778,51 @@
   <si>
     <t>Brycheiniog</t>
   </si>
   <si>
     <t>JONES</t>
   </si>
   <si>
     <t>Freddie</t>
   </si>
   <si>
     <t>Milo</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Nynke</t>
   </si>
   <si>
     <t>Kuiper</t>
   </si>
   <si>
     <t>Cronin</t>
   </si>
   <si>
-    <t>NOBLE</t>
+    <t>Noble</t>
   </si>
   <si>
     <t>Fiona</t>
   </si>
   <si>
     <t>Wilson</t>
   </si>
   <si>
     <t>Bristol Trail Runners</t>
   </si>
   <si>
     <t>Spencer</t>
   </si>
   <si>
     <t>Asprey</t>
   </si>
   <si>
     <t>Efa</t>
   </si>
   <si>
     <t>Baines</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
@@ -2319,50 +2319,53 @@
         <v>2</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>17</v>
       </c>
       <c r="K17">
         <v>0</v>
       </c>
       <c r="L17">
         <v>347.86</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
         <v>60</v>
       </c>
       <c r="C18" t="s">
         <v>61</v>
       </c>
+      <c r="D18">
+        <v>949</v>
+      </c>
       <c r="E18" t="s">
         <v>62</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>3</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>17</v>
       </c>
       <c r="K18">
         <v>0</v>
       </c>
       <c r="L18">
         <v>334.65</v>
       </c>
     </row>
@@ -3216,50 +3219,53 @@
         <v>6</v>
       </c>
       <c r="I41" t="b">
         <v>0</v>
       </c>
       <c r="J41" t="s">
         <v>80</v>
       </c>
       <c r="K41">
         <v>0</v>
       </c>
       <c r="L41">
         <v>193.91</v>
       </c>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
         <v>114</v>
       </c>
       <c r="C42" t="s">
         <v>115</v>
       </c>
+      <c r="D42">
+        <v>2490</v>
+      </c>
       <c r="E42" t="s">
         <v>116</v>
       </c>
       <c r="F42" t="s">
         <v>32</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>10</v>
       </c>
       <c r="I42" t="b">
         <v>0</v>
       </c>
       <c r="J42" t="s">
         <v>80</v>
       </c>
       <c r="K42">
         <v>0</v>
       </c>
       <c r="L42">
         <v>192.67</v>
       </c>
     </row>
@@ -6027,50 +6033,53 @@
       <c r="H118">
         <v>29</v>
       </c>
       <c r="I118" t="b">
         <v>0</v>
       </c>
       <c r="J118" t="s">
         <v>80</v>
       </c>
       <c r="K118">
         <v>0</v>
       </c>
       <c r="L118">
         <v>107.92</v>
       </c>
     </row>
     <row r="119" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
         <v>72</v>
       </c>
       <c r="C119" t="s">
         <v>256</v>
+      </c>
+      <c r="D119">
+        <v>1900</v>
       </c>
       <c r="E119" t="s">
         <v>71</v>
       </c>
       <c r="F119" t="s">
         <v>15</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>18</v>
       </c>
       <c r="I119" t="b">
         <v>0</v>
       </c>
       <c r="J119" t="s">
         <v>80</v>
       </c>
       <c r="K119">
         <v>0</v>
       </c>
       <c r="L119">
         <v>107.1</v>
       </c>