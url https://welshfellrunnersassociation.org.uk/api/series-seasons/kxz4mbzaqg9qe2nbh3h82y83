--- v1 (2026-01-11)
+++ v2 (2026-03-13)
@@ -148,51 +148,51 @@
   <si>
     <t>V50</t>
   </si>
   <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Cook</t>
   </si>
   <si>
     <t>Aberdare Valley</t>
   </si>
   <si>
     <t>Bethan</t>
   </si>
   <si>
     <t>Logan</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Adrian</t>
   </si>
   <si>
-    <t>NOBLE</t>
+    <t>Noble</t>
   </si>
   <si>
     <t>Weston AC</t>
   </si>
   <si>
     <t>V60</t>
   </si>
   <si>
     <t>Chris</t>
   </si>
   <si>
     <t>Medcalf</t>
   </si>
   <si>
     <t>Brackla Harries</t>
   </si>
   <si>
     <t>Emma</t>
   </si>
   <si>
     <t>McWilliams</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
@@ -2609,50 +2609,53 @@
         <v>118.23</v>
       </c>
       <c r="O9" t="s">
         <v>23</v>
       </c>
       <c r="P9">
         <v>120.92</v>
       </c>
       <c r="Q9" t="s">
         <v>23</v>
       </c>
       <c r="R9">
         <v>464.35</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>45</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
+      <c r="D10">
+        <v>1900</v>
+      </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10" t="s">
         <v>23</v>
       </c>
       <c r="M10">
@@ -5164,50 +5167,53 @@
         <v>23</v>
       </c>
       <c r="O55" t="s">
         <v>23</v>
       </c>
       <c r="P55" t="s">
         <v>23</v>
       </c>
       <c r="Q55">
         <v>107.65</v>
       </c>
       <c r="R55">
         <v>216.13</v>
       </c>
     </row>
     <row r="56" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>153</v>
       </c>
       <c r="C56" t="s">
         <v>154</v>
       </c>
+      <c r="D56">
+        <v>949</v>
+      </c>
       <c r="E56" t="s">
         <v>93</v>
       </c>
       <c r="F56" t="s">
         <v>48</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>7</v>
       </c>
       <c r="I56" t="b">
         <v>0</v>
       </c>
       <c r="J56" t="s">
         <v>108</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56" t="s">
         <v>23</v>
       </c>
       <c r="M56" t="s">
@@ -17360,50 +17366,53 @@
       <c r="N281" t="s">
         <v>23</v>
       </c>
       <c r="O281" t="s">
         <v>23</v>
       </c>
       <c r="P281" t="s">
         <v>23</v>
       </c>
       <c r="Q281" t="s">
         <v>23</v>
       </c>
       <c r="R281">
         <v>83.13</v>
       </c>
     </row>
     <row r="282" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
         <v>483</v>
       </c>
       <c r="C282" t="s">
         <v>507</v>
+      </c>
+      <c r="D282">
+        <v>2490</v>
       </c>
       <c r="E282" t="s">
         <v>230</v>
       </c>
       <c r="F282" t="s">
         <v>27</v>
       </c>
       <c r="G282" t="s">
         <v>22</v>
       </c>
       <c r="H282">
         <v>73</v>
       </c>
       <c r="I282" t="b">
         <v>0</v>
       </c>
       <c r="J282" t="s">
         <v>108</v>
       </c>
       <c r="K282">
         <v>1</v>
       </c>
       <c r="L282">
         <v>83.12</v>
       </c>