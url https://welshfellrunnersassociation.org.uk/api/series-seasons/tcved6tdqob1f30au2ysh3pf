--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -1603,66 +1603,66 @@
   <si>
     <t>Mumford</t>
   </si>
   <si>
     <t>Dean</t>
   </si>
   <si>
     <t>Mills</t>
   </si>
   <si>
     <t>Joseph</t>
   </si>
   <si>
     <t>Elmes</t>
   </si>
   <si>
     <t>Baron</t>
   </si>
   <si>
     <t>Aled</t>
   </si>
   <si>
     <t>Foxall</t>
   </si>
   <si>
-    <t>NOBLE</t>
+    <t>Noble</t>
   </si>
   <si>
     <t>Weston AC</t>
   </si>
   <si>
     <t>Stones</t>
   </si>
   <si>
     <t>BEDFORD HARRIERS AC</t>
   </si>
   <si>
     <t>Jules</t>
   </si>
   <si>
-    <t>TOONE</t>
+    <t>Toone</t>
   </si>
   <si>
     <t>Belshaw</t>
   </si>
   <si>
     <t>Alun</t>
   </si>
   <si>
     <t>Daniels</t>
   </si>
   <si>
     <t>Dwyfor Dreigiau</t>
   </si>
   <si>
     <t>Burrow</t>
   </si>
   <si>
     <t>Jaap</t>
   </si>
   <si>
     <t>Karelse</t>
   </si>
   <si>
     <t>Arwel</t>
   </si>
@@ -2443,51 +2443,51 @@
   <si>
     <t>Cathryn</t>
   </si>
   <si>
     <t>Becket</t>
   </si>
   <si>
     <t>Sonia</t>
   </si>
   <si>
     <t>Terry</t>
   </si>
   <si>
     <t>Eliza</t>
   </si>
   <si>
     <t>Taswell-Fryer</t>
   </si>
   <si>
     <t>Nadin</t>
   </si>
   <si>
     <t>Pilkington</t>
   </si>
   <si>
-    <t>Porter Jones</t>
+    <t>Porter-Jones</t>
   </si>
   <si>
     <t>Cranny</t>
   </si>
   <si>
     <t>Benn</t>
   </si>
   <si>
     <t>Retallick</t>
   </si>
   <si>
     <t>Fulford</t>
   </si>
   <si>
     <t>Ady</t>
   </si>
   <si>
     <t>Hayhoe</t>
   </si>
   <si>
     <t>Nathan</t>
   </si>
   <si>
     <t>Hoare</t>
   </si>
@@ -5643,50 +5643,53 @@
         <v>24</v>
       </c>
       <c r="P38" t="s">
         <v>24</v>
       </c>
       <c r="Q38" t="s">
         <v>24</v>
       </c>
       <c r="R38" t="s">
         <v>24</v>
       </c>
       <c r="S38">
         <v>348.86</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>110</v>
       </c>
       <c r="C39" t="s">
         <v>113</v>
       </c>
+      <c r="D39">
+        <v>2546</v>
+      </c>
       <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>23</v>
       </c>
       <c r="H39">
         <v>13</v>
       </c>
       <c r="I39" t="b">
         <v>1</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>125.94</v>
       </c>
       <c r="M39" t="s">
@@ -8737,50 +8740,53 @@
         <v>24</v>
       </c>
       <c r="P91" t="s">
         <v>24</v>
       </c>
       <c r="Q91">
         <v>122.08</v>
       </c>
       <c r="R91">
         <v>91.51</v>
       </c>
       <c r="S91">
         <v>233.64</v>
       </c>
     </row>
     <row r="92" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>147</v>
       </c>
       <c r="C92" t="s">
         <v>209</v>
       </c>
+      <c r="D92">
+        <v>2527</v>
+      </c>
       <c r="E92" t="s">
         <v>77</v>
       </c>
       <c r="F92" t="s">
         <v>28</v>
       </c>
       <c r="G92" t="s">
         <v>23</v>
       </c>
       <c r="H92">
         <v>11</v>
       </c>
       <c r="I92" t="b">
         <v>0</v>
       </c>
       <c r="J92" t="s">
         <v>163</v>
       </c>
       <c r="K92">
         <v>2</v>
       </c>
       <c r="L92" t="s">
         <v>24</v>
       </c>
       <c r="M92" t="s">
@@ -12031,50 +12037,53 @@
         <v>24</v>
       </c>
       <c r="P148" t="s">
         <v>24</v>
       </c>
       <c r="Q148" t="s">
         <v>24</v>
       </c>
       <c r="R148" t="s">
         <v>24</v>
       </c>
       <c r="S148">
         <v>145.37</v>
       </c>
     </row>
     <row r="149" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
         <v>314</v>
       </c>
       <c r="C149" t="s">
         <v>315</v>
       </c>
+      <c r="D149">
+        <v>2154</v>
+      </c>
       <c r="E149" t="s">
         <v>86</v>
       </c>
       <c r="F149" t="s">
         <v>63</v>
       </c>
       <c r="G149" t="s">
         <v>45</v>
       </c>
       <c r="H149">
         <v>8</v>
       </c>
       <c r="I149" t="b">
         <v>0</v>
       </c>
       <c r="J149" t="s">
         <v>163</v>
       </c>
       <c r="K149">
         <v>2</v>
       </c>
       <c r="L149" t="s">
         <v>24</v>
       </c>
       <c r="M149" t="s">
@@ -14773,50 +14782,53 @@
         <v>24</v>
       </c>
       <c r="P196">
         <v>125.8</v>
       </c>
       <c r="Q196" t="s">
         <v>24</v>
       </c>
       <c r="R196" t="s">
         <v>24</v>
       </c>
       <c r="S196">
         <v>125.8</v>
       </c>
     </row>
     <row r="197" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
         <v>207</v>
       </c>
       <c r="C197" t="s">
         <v>381</v>
       </c>
+      <c r="D197">
+        <v>2561</v>
+      </c>
       <c r="E197" t="s">
         <v>356</v>
       </c>
       <c r="F197" t="s">
         <v>22</v>
       </c>
       <c r="G197" t="s">
         <v>23</v>
       </c>
       <c r="H197">
         <v>64</v>
       </c>
       <c r="I197" t="b">
         <v>0</v>
       </c>
       <c r="J197" t="s">
         <v>163</v>
       </c>
       <c r="K197">
         <v>1</v>
       </c>
       <c r="L197" t="s">
         <v>24</v>
       </c>
       <c r="M197" t="s">
@@ -14829,50 +14841,53 @@
         <v>24</v>
       </c>
       <c r="P197">
         <v>125.68</v>
       </c>
       <c r="Q197" t="s">
         <v>24</v>
       </c>
       <c r="R197" t="s">
         <v>24</v>
       </c>
       <c r="S197">
         <v>125.68</v>
       </c>
     </row>
     <row r="198" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
         <v>382</v>
       </c>
       <c r="C198" t="s">
         <v>371</v>
       </c>
+      <c r="D198">
+        <v>2541</v>
+      </c>
       <c r="E198" t="s">
         <v>383</v>
       </c>
       <c r="F198" t="s">
         <v>28</v>
       </c>
       <c r="G198" t="s">
         <v>23</v>
       </c>
       <c r="H198">
         <v>33</v>
       </c>
       <c r="I198" t="b">
         <v>0</v>
       </c>
       <c r="J198" t="s">
         <v>163</v>
       </c>
       <c r="K198">
         <v>1</v>
       </c>
       <c r="L198" t="s">
         <v>24</v>
       </c>
       <c r="M198">
@@ -20631,50 +20646,53 @@
         <v>24</v>
       </c>
       <c r="P299">
         <v>110.49</v>
       </c>
       <c r="Q299" t="s">
         <v>24</v>
       </c>
       <c r="R299" t="s">
         <v>24</v>
       </c>
       <c r="S299">
         <v>110.49</v>
       </c>
     </row>
     <row r="300" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
         <v>269</v>
       </c>
       <c r="C300" t="s">
         <v>531</v>
       </c>
+      <c r="D300">
+        <v>1900</v>
+      </c>
       <c r="E300" t="s">
         <v>532</v>
       </c>
       <c r="F300" t="s">
         <v>63</v>
       </c>
       <c r="G300" t="s">
         <v>23</v>
       </c>
       <c r="H300">
         <v>21</v>
       </c>
       <c r="I300" t="b">
         <v>0</v>
       </c>
       <c r="J300" t="s">
         <v>163</v>
       </c>
       <c r="K300">
         <v>1</v>
       </c>
       <c r="L300" t="s">
         <v>24</v>
       </c>
       <c r="M300" t="s">
@@ -20743,50 +20761,53 @@
         <v>24</v>
       </c>
       <c r="P301" t="s">
         <v>24</v>
       </c>
       <c r="Q301" t="s">
         <v>24</v>
       </c>
       <c r="R301" t="s">
         <v>24</v>
       </c>
       <c r="S301">
         <v>110.28</v>
       </c>
     </row>
     <row r="302" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
         <v>535</v>
       </c>
       <c r="C302" t="s">
         <v>536</v>
       </c>
+      <c r="D302">
+        <v>1922</v>
+      </c>
       <c r="E302" t="s">
         <v>77</v>
       </c>
       <c r="F302" t="s">
         <v>28</v>
       </c>
       <c r="G302" t="s">
         <v>45</v>
       </c>
       <c r="H302">
         <v>16</v>
       </c>
       <c r="I302" t="b">
         <v>0</v>
       </c>
       <c r="J302" t="s">
         <v>163</v>
       </c>
       <c r="K302">
         <v>1</v>
       </c>
       <c r="L302" t="s">
         <v>24</v>
       </c>
       <c r="M302" t="s">
@@ -22963,50 +22984,53 @@
         <v>24</v>
       </c>
       <c r="P340" t="s">
         <v>24</v>
       </c>
       <c r="Q340" t="s">
         <v>24</v>
       </c>
       <c r="R340" t="s">
         <v>24</v>
       </c>
       <c r="S340">
         <v>105.14</v>
       </c>
     </row>
     <row r="341" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
         <v>46</v>
       </c>
       <c r="C341" t="s">
         <v>586</v>
       </c>
+      <c r="D341">
+        <v>2208</v>
+      </c>
       <c r="E341" t="s">
         <v>24</v>
       </c>
       <c r="F341" t="s">
         <v>34</v>
       </c>
       <c r="G341" t="s">
         <v>23</v>
       </c>
       <c r="H341">
         <v>45</v>
       </c>
       <c r="I341" t="b">
         <v>0</v>
       </c>
       <c r="J341" t="s">
         <v>163</v>
       </c>
       <c r="K341">
         <v>1</v>
       </c>
       <c r="L341" t="s">
         <v>24</v>
       </c>
       <c r="M341" t="s">
@@ -25481,50 +25505,53 @@
         <v>24</v>
       </c>
       <c r="P384" t="s">
         <v>24</v>
       </c>
       <c r="Q384" t="s">
         <v>24</v>
       </c>
       <c r="R384" t="s">
         <v>24</v>
       </c>
       <c r="S384">
         <v>101.84</v>
       </c>
     </row>
     <row r="385" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
         <v>212</v>
       </c>
       <c r="C385" t="s">
         <v>639</v>
       </c>
+      <c r="D385">
+        <v>2537</v>
+      </c>
       <c r="E385" t="s">
         <v>245</v>
       </c>
       <c r="F385" t="s">
         <v>28</v>
       </c>
       <c r="G385" t="s">
         <v>23</v>
       </c>
       <c r="H385">
         <v>74</v>
       </c>
       <c r="I385" t="b">
         <v>0</v>
       </c>
       <c r="J385" t="s">
         <v>163</v>
       </c>
       <c r="K385">
         <v>1</v>
       </c>
       <c r="L385">
         <v>101.83</v>
       </c>
       <c r="M385" t="s">
@@ -33942,50 +33969,53 @@
         <v>24</v>
       </c>
       <c r="P533" t="s">
         <v>24</v>
       </c>
       <c r="Q533" t="s">
         <v>24</v>
       </c>
       <c r="R533" t="s">
         <v>24</v>
       </c>
       <c r="S533">
         <v>90.23</v>
       </c>
     </row>
     <row r="534" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
         <v>133</v>
       </c>
       <c r="C534" t="s">
         <v>811</v>
       </c>
+      <c r="D534">
+        <v>529</v>
+      </c>
       <c r="E534" t="s">
         <v>24</v>
       </c>
       <c r="F534" t="s">
         <v>34</v>
       </c>
       <c r="G534" t="s">
         <v>23</v>
       </c>
       <c r="H534">
         <v>85</v>
       </c>
       <c r="I534" t="b">
         <v>0</v>
       </c>
       <c r="J534" t="s">
         <v>163</v>
       </c>
       <c r="K534">
         <v>1</v>
       </c>
       <c r="L534" t="s">
         <v>24</v>
       </c>
       <c r="M534">
@@ -39540,50 +39570,53 @@
       <c r="O631" t="s">
         <v>24</v>
       </c>
       <c r="P631" t="s">
         <v>24</v>
       </c>
       <c r="Q631" t="s">
         <v>24</v>
       </c>
       <c r="R631" t="s">
         <v>24</v>
       </c>
       <c r="S631">
         <v>78.79</v>
       </c>
     </row>
     <row r="632" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632" t="s">
         <v>920</v>
       </c>
       <c r="C632" t="s">
         <v>90</v>
+      </c>
+      <c r="D632">
+        <v>2550</v>
       </c>
       <c r="E632" t="s">
         <v>921</v>
       </c>
       <c r="F632" t="s">
         <v>22</v>
       </c>
       <c r="G632" t="s">
         <v>45</v>
       </c>
       <c r="H632">
         <v>67</v>
       </c>
       <c r="I632" t="b">
         <v>0</v>
       </c>
       <c r="J632" t="s">
         <v>163</v>
       </c>
       <c r="K632">
         <v>1</v>
       </c>
       <c r="L632" t="s">
         <v>24</v>
       </c>