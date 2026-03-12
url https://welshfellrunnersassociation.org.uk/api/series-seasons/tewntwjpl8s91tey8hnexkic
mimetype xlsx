--- v0 (2025-10-14)
+++ v1 (2026-03-12)
@@ -1099,51 +1099,51 @@
   <si>
     <t>Loftus</t>
   </si>
   <si>
     <t>Valley Striders AC</t>
   </si>
   <si>
     <t>Hayley</t>
   </si>
   <si>
     <t>Edmund</t>
   </si>
   <si>
     <t>NEWEY</t>
   </si>
   <si>
     <t>Anwen</t>
   </si>
   <si>
     <t>PRITCHARD</t>
   </si>
   <si>
     <t>Jules</t>
   </si>
   <si>
-    <t>TOONE</t>
+    <t>Toone</t>
   </si>
   <si>
     <t>Mick</t>
   </si>
   <si>
     <t>Nicola</t>
   </si>
   <si>
     <t>Richards</t>
   </si>
   <si>
     <t>Abergele</t>
   </si>
   <si>
     <t>Joss</t>
   </si>
   <si>
     <t>Winn</t>
   </si>
   <si>
     <t>Lincoln &amp; District Runners</t>
   </si>
   <si>
     <t>Gwydion</t>
   </si>
@@ -7223,50 +7223,53 @@
         <v>39</v>
       </c>
       <c r="I135" t="b">
         <v>0</v>
       </c>
       <c r="J135" t="s">
         <v>129</v>
       </c>
       <c r="K135">
         <v>0</v>
       </c>
       <c r="L135">
         <v>121.53</v>
       </c>
     </row>
     <row r="136" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
         <v>277</v>
       </c>
       <c r="C136" t="s">
         <v>278</v>
       </c>
+      <c r="D136">
+        <v>2541</v>
+      </c>
       <c r="E136" t="s">
         <v>37</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>16</v>
       </c>
       <c r="H136">
         <v>40</v>
       </c>
       <c r="I136" t="b">
         <v>0</v>
       </c>
       <c r="J136" t="s">
         <v>129</v>
       </c>
       <c r="K136">
         <v>0</v>
       </c>
       <c r="L136">
         <v>121.07</v>
       </c>
     </row>
@@ -9394,50 +9397,53 @@
       <c r="H195">
         <v>34</v>
       </c>
       <c r="I195" t="b">
         <v>0</v>
       </c>
       <c r="J195" t="s">
         <v>129</v>
       </c>
       <c r="K195">
         <v>0</v>
       </c>
       <c r="L195">
         <v>105.35</v>
       </c>
     </row>
     <row r="196" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
         <v>362</v>
       </c>
       <c r="C196" t="s">
         <v>363</v>
+      </c>
+      <c r="D196">
+        <v>1922</v>
       </c>
       <c r="E196" t="s">
         <v>34</v>
       </c>
       <c r="F196" t="s">
         <v>15</v>
       </c>
       <c r="G196" t="s">
         <v>38</v>
       </c>
       <c r="H196">
         <v>14</v>
       </c>
       <c r="I196" t="b">
         <v>0</v>
       </c>
       <c r="J196" t="s">
         <v>129</v>
       </c>
       <c r="K196">
         <v>0</v>
       </c>
       <c r="L196">
         <v>105.12</v>
       </c>