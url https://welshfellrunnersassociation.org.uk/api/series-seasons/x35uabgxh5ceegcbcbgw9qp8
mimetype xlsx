--- v2 (2025-11-29)
+++ v3 (2026-03-12)
@@ -11247,50 +11247,53 @@
         <v>26</v>
       </c>
       <c r="R122" t="s">
         <v>26</v>
       </c>
       <c r="S122" t="s">
         <v>26</v>
       </c>
       <c r="T122" t="s">
         <v>26</v>
       </c>
       <c r="U122">
         <v>124.25</v>
       </c>
     </row>
     <row r="123" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
         <v>274</v>
       </c>
       <c r="C123" t="s">
         <v>179</v>
       </c>
+      <c r="D123">
+        <v>2548</v>
+      </c>
       <c r="E123" t="s">
         <v>275</v>
       </c>
       <c r="F123" t="s">
         <v>48</v>
       </c>
       <c r="G123" t="s">
         <v>25</v>
       </c>
       <c r="H123">
         <v>24</v>
       </c>
       <c r="I123" t="b">
         <v>0</v>
       </c>
       <c r="J123" t="s">
         <v>76</v>
       </c>
       <c r="K123">
         <v>1</v>
       </c>
       <c r="L123">
         <v>124.21</v>
       </c>
       <c r="M123" t="s">
@@ -12570,50 +12573,53 @@
         <v>26</v>
       </c>
       <c r="R143" t="s">
         <v>26</v>
       </c>
       <c r="S143" t="s">
         <v>26</v>
       </c>
       <c r="T143" t="s">
         <v>26</v>
       </c>
       <c r="U143">
         <v>120.24</v>
       </c>
     </row>
     <row r="144" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>316</v>
       </c>
       <c r="C144" t="s">
         <v>317</v>
       </c>
+      <c r="D144">
+        <v>2106</v>
+      </c>
       <c r="E144" t="s">
         <v>39</v>
       </c>
       <c r="F144" t="s">
         <v>24</v>
       </c>
       <c r="G144" t="s">
         <v>25</v>
       </c>
       <c r="H144">
         <v>49</v>
       </c>
       <c r="I144" t="b">
         <v>0</v>
       </c>
       <c r="J144" t="s">
         <v>76</v>
       </c>
       <c r="K144">
         <v>2</v>
       </c>
       <c r="L144">
         <v>120.16</v>
       </c>
       <c r="M144">
@@ -21436,50 +21442,53 @@
       <c r="Q285" t="s">
         <v>26</v>
       </c>
       <c r="R285" t="s">
         <v>26</v>
       </c>
       <c r="S285" t="s">
         <v>26</v>
       </c>
       <c r="T285" t="s">
         <v>26</v>
       </c>
       <c r="U285">
         <v>100.64</v>
       </c>
     </row>
     <row r="286" spans="1:21" x14ac:dyDescent="0.25">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
         <v>523</v>
       </c>
       <c r="C286" t="s">
         <v>92</v>
+      </c>
+      <c r="D286">
+        <v>2524</v>
       </c>
       <c r="E286" t="s">
         <v>26</v>
       </c>
       <c r="F286" t="s">
         <v>79</v>
       </c>
       <c r="G286" t="s">
         <v>25</v>
       </c>
       <c r="H286">
         <v>5</v>
       </c>
       <c r="I286" t="b">
         <v>0</v>
       </c>
       <c r="J286" t="s">
         <v>76</v>
       </c>
       <c r="K286">
         <v>1</v>
       </c>
       <c r="L286" t="s">
         <v>26</v>
       </c>