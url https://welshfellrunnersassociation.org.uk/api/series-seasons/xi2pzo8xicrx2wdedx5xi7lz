--- v1 (2025-12-19)
+++ v2 (2026-03-12)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7346" uniqueCount="911">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7340" uniqueCount="911">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -6373,50 +6373,53 @@
         <v>24</v>
       </c>
       <c r="P55" t="s">
         <v>24</v>
       </c>
       <c r="Q55" t="s">
         <v>24</v>
       </c>
       <c r="R55" t="s">
         <v>24</v>
       </c>
       <c r="S55">
         <v>444.67</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
         <v>154</v>
       </c>
       <c r="C56" t="s">
         <v>155</v>
       </c>
+      <c r="D56">
+        <v>2208</v>
+      </c>
       <c r="E56" t="s">
         <v>24</v>
       </c>
       <c r="F56" t="s">
         <v>31</v>
       </c>
       <c r="G56" t="s">
         <v>23</v>
       </c>
       <c r="H56">
         <v>8</v>
       </c>
       <c r="I56" t="b">
         <v>0</v>
       </c>
       <c r="J56" t="s">
         <v>150</v>
       </c>
       <c r="K56">
         <v>3</v>
       </c>
       <c r="L56" t="s">
         <v>24</v>
       </c>
       <c r="M56" t="s">
@@ -6542,51 +6545,51 @@
       </c>
       <c r="P58">
         <v>93.24</v>
       </c>
       <c r="Q58" t="s">
         <v>24</v>
       </c>
       <c r="R58">
         <v>112.48</v>
       </c>
       <c r="S58">
         <v>335.96</v>
       </c>
     </row>
     <row r="59" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>42</v>
       </c>
       <c r="C59" t="s">
         <v>159</v>
       </c>
       <c r="D59">
-        <v>632</v>
+        <v>1807</v>
       </c>
       <c r="E59" t="s">
         <v>34</v>
       </c>
       <c r="F59" t="s">
         <v>65</v>
       </c>
       <c r="G59" t="s">
         <v>23</v>
       </c>
       <c r="H59">
         <v>8</v>
       </c>
       <c r="I59" t="b">
         <v>0</v>
       </c>
       <c r="J59" t="s">
         <v>150</v>
       </c>
       <c r="K59">
         <v>3</v>
       </c>
       <c r="L59" t="s">
         <v>24</v>
       </c>
@@ -7122,50 +7125,53 @@
         <v>139.16</v>
       </c>
       <c r="P68" t="s">
         <v>24</v>
       </c>
       <c r="Q68" t="s">
         <v>24</v>
       </c>
       <c r="R68" t="s">
         <v>24</v>
       </c>
       <c r="S68">
         <v>279.41</v>
       </c>
     </row>
     <row r="69" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>39</v>
       </c>
       <c r="C69" t="s">
         <v>179</v>
       </c>
+      <c r="D69">
+        <v>2561</v>
+      </c>
       <c r="E69" t="s">
         <v>180</v>
       </c>
       <c r="F69" t="s">
         <v>41</v>
       </c>
       <c r="G69" t="s">
         <v>23</v>
       </c>
       <c r="H69">
         <v>17</v>
       </c>
       <c r="I69" t="b">
         <v>0</v>
       </c>
       <c r="J69" t="s">
         <v>161</v>
       </c>
       <c r="K69">
         <v>2</v>
       </c>
       <c r="L69" t="s">
         <v>24</v>
       </c>
       <c r="M69" t="s">
@@ -7296,50 +7302,53 @@
         <v>88.12</v>
       </c>
       <c r="P71" t="s">
         <v>24</v>
       </c>
       <c r="Q71">
         <v>90.75</v>
       </c>
       <c r="R71">
         <v>92.2</v>
       </c>
       <c r="S71">
         <v>271.07</v>
       </c>
     </row>
     <row r="72" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>185</v>
       </c>
       <c r="C72" t="s">
         <v>86</v>
       </c>
+      <c r="D72">
+        <v>2542</v>
+      </c>
       <c r="E72" t="s">
         <v>24</v>
       </c>
       <c r="F72" t="s">
         <v>41</v>
       </c>
       <c r="G72" t="s">
         <v>23</v>
       </c>
       <c r="H72">
         <v>19</v>
       </c>
       <c r="I72" t="b">
         <v>0</v>
       </c>
       <c r="J72" t="s">
         <v>161</v>
       </c>
       <c r="K72">
         <v>2</v>
       </c>
       <c r="L72" t="s">
         <v>24</v>
       </c>
       <c r="M72" t="s">
@@ -7408,50 +7417,53 @@
         <v>130.8</v>
       </c>
       <c r="P73" t="s">
         <v>24</v>
       </c>
       <c r="Q73">
         <v>134.2</v>
       </c>
       <c r="R73" t="s">
         <v>24</v>
       </c>
       <c r="S73">
         <v>265</v>
       </c>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>189</v>
       </c>
       <c r="C74" t="s">
         <v>190</v>
       </c>
+      <c r="D74">
+        <v>2546</v>
+      </c>
       <c r="E74" t="s">
         <v>24</v>
       </c>
       <c r="F74" t="s">
         <v>22</v>
       </c>
       <c r="G74" t="s">
         <v>23</v>
       </c>
       <c r="H74">
         <v>11</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
         <v>161</v>
       </c>
       <c r="K74">
         <v>2</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
       <c r="M74" t="s">
@@ -9655,50 +9667,53 @@
         <v>108.06</v>
       </c>
       <c r="P112" t="s">
         <v>24</v>
       </c>
       <c r="Q112" t="s">
         <v>24</v>
       </c>
       <c r="R112" t="s">
         <v>24</v>
       </c>
       <c r="S112">
         <v>200.98</v>
       </c>
     </row>
     <row r="113" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>103</v>
       </c>
       <c r="C113" t="s">
         <v>43</v>
       </c>
+      <c r="D113">
+        <v>2496</v>
+      </c>
       <c r="E113" t="s">
         <v>137</v>
       </c>
       <c r="F113" t="s">
         <v>22</v>
       </c>
       <c r="G113" t="s">
         <v>38</v>
       </c>
       <c r="H113">
         <v>9</v>
       </c>
       <c r="I113" t="b">
         <v>0</v>
       </c>
       <c r="J113" t="s">
         <v>161</v>
       </c>
       <c r="K113">
         <v>2</v>
       </c>
       <c r="L113" t="s">
         <v>24</v>
       </c>
       <c r="M113" t="s">
@@ -10460,144 +10475,150 @@
         <v>95.05</v>
       </c>
       <c r="P126" t="s">
         <v>24</v>
       </c>
       <c r="Q126" t="s">
         <v>24</v>
       </c>
       <c r="R126" t="s">
         <v>24</v>
       </c>
       <c r="S126">
         <v>178.25</v>
       </c>
     </row>
     <row r="127" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>269</v>
       </c>
       <c r="C127" t="s">
         <v>270</v>
       </c>
+      <c r="D127">
+        <v>394</v>
+      </c>
       <c r="E127" t="s">
         <v>34</v>
       </c>
       <c r="F127" t="s">
         <v>22</v>
       </c>
       <c r="G127" t="s">
         <v>38</v>
       </c>
       <c r="H127">
         <v>10</v>
       </c>
       <c r="I127" t="b">
         <v>0</v>
       </c>
       <c r="J127" t="s">
         <v>161</v>
       </c>
       <c r="K127">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L127">
+        <v>93.78</v>
       </c>
       <c r="M127" t="s">
         <v>24</v>
       </c>
       <c r="N127" t="s">
         <v>24</v>
       </c>
       <c r="O127" t="s">
         <v>24</v>
       </c>
       <c r="P127" t="s">
         <v>24</v>
       </c>
       <c r="Q127">
         <v>91.28</v>
       </c>
       <c r="R127">
         <v>86.61</v>
       </c>
       <c r="S127">
         <v>177.89</v>
       </c>
     </row>
     <row r="128" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>271</v>
       </c>
       <c r="C128" t="s">
         <v>272</v>
       </c>
+      <c r="D128">
+        <v>2029</v>
+      </c>
       <c r="E128" t="s">
         <v>44</v>
       </c>
       <c r="F128" t="s">
         <v>22</v>
       </c>
       <c r="G128" t="s">
         <v>38</v>
       </c>
       <c r="H128">
         <v>11</v>
       </c>
       <c r="I128" t="b">
         <v>0</v>
       </c>
       <c r="J128" t="s">
         <v>161</v>
       </c>
       <c r="K128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L128" t="s">
         <v>24</v>
       </c>
       <c r="M128" t="s">
         <v>24</v>
       </c>
       <c r="N128" t="s">
         <v>24</v>
       </c>
       <c r="O128">
         <v>95.54</v>
       </c>
       <c r="P128" t="s">
         <v>24</v>
       </c>
-      <c r="Q128" t="s">
-        <v>24</v>
+      <c r="Q128">
+        <v>78.04</v>
       </c>
       <c r="R128">
         <v>78.92</v>
       </c>
       <c r="S128">
         <v>174.46</v>
       </c>
     </row>
     <row r="129" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
         <v>33</v>
       </c>
       <c r="C129" t="s">
         <v>149</v>
       </c>
       <c r="D129">
         <v>898</v>
       </c>
       <c r="E129" t="s">
         <v>140</v>
       </c>
       <c r="F129" t="s">
@@ -11144,50 +11165,53 @@
         <v>24</v>
       </c>
       <c r="P138" t="s">
         <v>24</v>
       </c>
       <c r="Q138" t="s">
         <v>24</v>
       </c>
       <c r="R138" t="s">
         <v>24</v>
       </c>
       <c r="S138">
         <v>146.12</v>
       </c>
     </row>
     <row r="139" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>290</v>
       </c>
       <c r="C139" t="s">
         <v>291</v>
       </c>
+      <c r="D139">
+        <v>2154</v>
+      </c>
       <c r="E139" t="s">
         <v>137</v>
       </c>
       <c r="F139" t="s">
         <v>65</v>
       </c>
       <c r="G139" t="s">
         <v>38</v>
       </c>
       <c r="H139">
         <v>6</v>
       </c>
       <c r="I139" t="b">
         <v>0</v>
       </c>
       <c r="J139" t="s">
         <v>161</v>
       </c>
       <c r="K139">
         <v>2</v>
       </c>
       <c r="L139">
         <v>74.78</v>
       </c>
       <c r="M139" t="s">
@@ -14576,50 +14600,53 @@
         <v>24</v>
       </c>
       <c r="P198" t="s">
         <v>24</v>
       </c>
       <c r="Q198" t="s">
         <v>24</v>
       </c>
       <c r="R198">
         <v>122.41</v>
       </c>
       <c r="S198">
         <v>122.41</v>
       </c>
     </row>
     <row r="199" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
         <v>217</v>
       </c>
       <c r="C199" t="s">
         <v>380</v>
       </c>
+      <c r="D199">
+        <v>2545</v>
+      </c>
       <c r="E199" t="s">
         <v>352</v>
       </c>
       <c r="F199" t="s">
         <v>41</v>
       </c>
       <c r="G199" t="s">
         <v>23</v>
       </c>
       <c r="H199">
         <v>72</v>
       </c>
       <c r="I199" t="b">
         <v>0</v>
       </c>
       <c r="J199" t="s">
         <v>161</v>
       </c>
       <c r="K199">
         <v>1</v>
       </c>
       <c r="L199" t="s">
         <v>24</v>
       </c>
       <c r="M199" t="s">
@@ -15307,50 +15334,53 @@
         <v>24</v>
       </c>
       <c r="P211" t="s">
         <v>24</v>
       </c>
       <c r="Q211" t="s">
         <v>24</v>
       </c>
       <c r="R211" t="s">
         <v>24</v>
       </c>
       <c r="S211">
         <v>120.46</v>
       </c>
     </row>
     <row r="212" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
         <v>48</v>
       </c>
       <c r="C212" t="s">
         <v>401</v>
       </c>
+      <c r="D212">
+        <v>2564</v>
+      </c>
       <c r="E212" t="s">
         <v>24</v>
       </c>
       <c r="F212" t="s">
         <v>41</v>
       </c>
       <c r="G212" t="s">
         <v>23</v>
       </c>
       <c r="H212">
         <v>80</v>
       </c>
       <c r="I212" t="b">
         <v>0</v>
       </c>
       <c r="J212" t="s">
         <v>161</v>
       </c>
       <c r="K212">
         <v>1</v>
       </c>
       <c r="L212" t="s">
         <v>24</v>
       </c>
       <c r="M212" t="s">
@@ -17020,50 +17050,53 @@
         <v>24</v>
       </c>
       <c r="P241" t="s">
         <v>24</v>
       </c>
       <c r="Q241">
         <v>114.27</v>
       </c>
       <c r="R241" t="s">
         <v>24</v>
       </c>
       <c r="S241">
         <v>114.27</v>
       </c>
     </row>
     <row r="242" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
         <v>254</v>
       </c>
       <c r="C242" t="s">
         <v>447</v>
       </c>
+      <c r="D242">
+        <v>2517</v>
+      </c>
       <c r="E242" t="s">
         <v>24</v>
       </c>
       <c r="F242" t="s">
         <v>41</v>
       </c>
       <c r="G242" t="s">
         <v>23</v>
       </c>
       <c r="H242">
         <v>98</v>
       </c>
       <c r="I242" t="b">
         <v>0</v>
       </c>
       <c r="J242" t="s">
         <v>161</v>
       </c>
       <c r="K242">
         <v>1</v>
       </c>
       <c r="L242" t="s">
         <v>24</v>
       </c>
       <c r="M242" t="s">
@@ -17188,50 +17221,53 @@
         <v>113.97</v>
       </c>
       <c r="P244" t="s">
         <v>24</v>
       </c>
       <c r="Q244" t="s">
         <v>24</v>
       </c>
       <c r="R244" t="s">
         <v>24</v>
       </c>
       <c r="S244">
         <v>113.97</v>
       </c>
     </row>
     <row r="245" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
         <v>138</v>
       </c>
       <c r="C245" t="s">
         <v>49</v>
       </c>
+      <c r="D245">
+        <v>2548</v>
+      </c>
       <c r="E245" t="s">
         <v>451</v>
       </c>
       <c r="F245" t="s">
         <v>41</v>
       </c>
       <c r="G245" t="s">
         <v>23</v>
       </c>
       <c r="H245">
         <v>100</v>
       </c>
       <c r="I245" t="b">
         <v>0</v>
       </c>
       <c r="J245" t="s">
         <v>161</v>
       </c>
       <c r="K245">
         <v>1</v>
       </c>
       <c r="L245" t="s">
         <v>24</v>
       </c>
       <c r="M245" t="s">
@@ -21663,50 +21699,53 @@
         <v>24</v>
       </c>
       <c r="P323" t="s">
         <v>24</v>
       </c>
       <c r="Q323" t="s">
         <v>24</v>
       </c>
       <c r="R323" t="s">
         <v>24</v>
       </c>
       <c r="S323">
         <v>105.3</v>
       </c>
     </row>
     <row r="324" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
         <v>556</v>
       </c>
       <c r="C324" t="s">
         <v>557</v>
       </c>
+      <c r="D324">
+        <v>2520</v>
+      </c>
       <c r="E324" t="s">
         <v>24</v>
       </c>
       <c r="F324" t="s">
         <v>41</v>
       </c>
       <c r="G324" t="s">
         <v>38</v>
       </c>
       <c r="H324">
         <v>24</v>
       </c>
       <c r="I324" t="b">
         <v>0</v>
       </c>
       <c r="J324" t="s">
         <v>161</v>
       </c>
       <c r="K324">
         <v>1</v>
       </c>
       <c r="L324" t="s">
         <v>24</v>
       </c>
       <c r="M324" t="s">
@@ -21719,50 +21758,53 @@
         <v>24</v>
       </c>
       <c r="P324" t="s">
         <v>24</v>
       </c>
       <c r="Q324">
         <v>105.2</v>
       </c>
       <c r="R324" t="s">
         <v>24</v>
       </c>
       <c r="S324">
         <v>105.2</v>
       </c>
     </row>
     <row r="325" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
         <v>558</v>
       </c>
       <c r="C325" t="s">
         <v>155</v>
       </c>
+      <c r="D325">
+        <v>2559</v>
+      </c>
       <c r="E325" t="s">
         <v>24</v>
       </c>
       <c r="F325" t="s">
         <v>84</v>
       </c>
       <c r="G325" t="s">
         <v>23</v>
       </c>
       <c r="H325">
         <v>13</v>
       </c>
       <c r="I325" t="b">
         <v>0</v>
       </c>
       <c r="J325" t="s">
         <v>161</v>
       </c>
       <c r="K325">
         <v>1</v>
       </c>
       <c r="L325" t="s">
         <v>24</v>
       </c>
       <c r="M325" t="s">
@@ -22512,50 +22554,53 @@
         <v>24</v>
       </c>
       <c r="P338" t="s">
         <v>24</v>
       </c>
       <c r="Q338" t="s">
         <v>24</v>
       </c>
       <c r="R338" t="s">
         <v>24</v>
       </c>
       <c r="S338">
         <v>103.79</v>
       </c>
     </row>
     <row r="339" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
         <v>116</v>
       </c>
       <c r="C339" t="s">
         <v>577</v>
       </c>
+      <c r="D339">
+        <v>2553</v>
+      </c>
       <c r="E339" t="s">
         <v>24</v>
       </c>
       <c r="F339" t="s">
         <v>41</v>
       </c>
       <c r="G339" t="s">
         <v>23</v>
       </c>
       <c r="H339">
         <v>140</v>
       </c>
       <c r="I339" t="b">
         <v>0</v>
       </c>
       <c r="J339" t="s">
         <v>161</v>
       </c>
       <c r="K339">
         <v>1</v>
       </c>
       <c r="L339" t="s">
         <v>24</v>
       </c>
       <c r="M339" t="s">
@@ -24328,50 +24373,53 @@
         <v>24</v>
       </c>
       <c r="P370" t="s">
         <v>24</v>
       </c>
       <c r="Q370" t="s">
         <v>24</v>
       </c>
       <c r="R370">
         <v>100.98</v>
       </c>
       <c r="S370">
         <v>100.98</v>
       </c>
     </row>
     <row r="371" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
         <v>615</v>
       </c>
       <c r="C371" t="s">
         <v>616</v>
       </c>
+      <c r="D371">
+        <v>1239</v>
+      </c>
       <c r="E371" t="s">
         <v>512</v>
       </c>
       <c r="F371" t="s">
         <v>22</v>
       </c>
       <c r="G371" t="s">
         <v>38</v>
       </c>
       <c r="H371">
         <v>23</v>
       </c>
       <c r="I371" t="b">
         <v>0</v>
       </c>
       <c r="J371" t="s">
         <v>161</v>
       </c>
       <c r="K371">
         <v>1</v>
       </c>
       <c r="L371" t="s">
         <v>24</v>
       </c>
       <c r="M371" t="s">
@@ -25855,50 +25903,53 @@
         <v>98.38</v>
       </c>
       <c r="P397" t="s">
         <v>24</v>
       </c>
       <c r="Q397" t="s">
         <v>24</v>
       </c>
       <c r="R397" t="s">
         <v>24</v>
       </c>
       <c r="S397">
         <v>98.38</v>
       </c>
     </row>
     <row r="398" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
         <v>116</v>
       </c>
       <c r="C398" t="s">
         <v>375</v>
       </c>
+      <c r="D398">
+        <v>2566</v>
+      </c>
       <c r="E398" t="s">
         <v>414</v>
       </c>
       <c r="F398" t="s">
         <v>22</v>
       </c>
       <c r="G398" t="s">
         <v>23</v>
       </c>
       <c r="H398">
         <v>64</v>
       </c>
       <c r="I398" t="b">
         <v>0</v>
       </c>
       <c r="J398" t="s">
         <v>161</v>
       </c>
       <c r="K398">
         <v>1</v>
       </c>
       <c r="L398" t="s">
         <v>24</v>
       </c>
       <c r="M398" t="s">
@@ -28085,72 +28136,72 @@
       <c r="C437" t="s">
         <v>270</v>
       </c>
       <c r="D437">
         <v>394</v>
       </c>
       <c r="E437" t="s">
         <v>34</v>
       </c>
       <c r="F437" t="s">
         <v>22</v>
       </c>
       <c r="G437" t="s">
         <v>38</v>
       </c>
       <c r="H437">
         <v>26</v>
       </c>
       <c r="I437" t="b">
         <v>0</v>
       </c>
       <c r="J437" t="s">
         <v>164</v>
       </c>
       <c r="K437">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L437">
         <v>93.78</v>
       </c>
       <c r="M437" t="s">
         <v>24</v>
       </c>
       <c r="N437" t="s">
         <v>24</v>
       </c>
       <c r="O437" t="s">
         <v>24</v>
       </c>
       <c r="P437" t="s">
         <v>24</v>
       </c>
-      <c r="Q437" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q437">
+        <v>91.28</v>
+      </c>
+      <c r="R437">
+        <v>86.61</v>
       </c>
       <c r="S437">
         <v>93.78</v>
       </c>
     </row>
     <row r="438" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
         <v>696</v>
       </c>
       <c r="C438" t="s">
         <v>697</v>
       </c>
       <c r="E438" t="s">
         <v>698</v>
       </c>
       <c r="F438" t="s">
         <v>41</v>
       </c>
       <c r="G438" t="s">
         <v>23</v>
       </c>
       <c r="H438">
@@ -28402,50 +28453,53 @@
         <v>24</v>
       </c>
       <c r="P442">
         <v>93.28</v>
       </c>
       <c r="Q442" t="s">
         <v>24</v>
       </c>
       <c r="R442" t="s">
         <v>24</v>
       </c>
       <c r="S442">
         <v>93.28</v>
       </c>
     </row>
     <row r="443" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
         <v>71</v>
       </c>
       <c r="C443" t="s">
         <v>705</v>
       </c>
+      <c r="D443">
+        <v>2537</v>
+      </c>
       <c r="E443" t="s">
         <v>564</v>
       </c>
       <c r="F443" t="s">
         <v>22</v>
       </c>
       <c r="G443" t="s">
         <v>23</v>
       </c>
       <c r="H443">
         <v>68</v>
       </c>
       <c r="I443" t="b">
         <v>0</v>
       </c>
       <c r="J443" t="s">
         <v>161</v>
       </c>
       <c r="K443">
         <v>1</v>
       </c>
       <c r="L443">
         <v>93.25</v>
       </c>
       <c r="M443" t="s">
@@ -33319,50 +33373,53 @@
         <v>83.84</v>
       </c>
       <c r="P529" t="s">
         <v>24</v>
       </c>
       <c r="Q529" t="s">
         <v>24</v>
       </c>
       <c r="R529" t="s">
         <v>24</v>
       </c>
       <c r="S529">
         <v>83.84</v>
       </c>
     </row>
     <row r="530" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
         <v>802</v>
       </c>
       <c r="C530" t="s">
         <v>33</v>
       </c>
+      <c r="D530">
+        <v>2503</v>
+      </c>
       <c r="E530" t="s">
         <v>803</v>
       </c>
       <c r="F530" t="s">
         <v>41</v>
       </c>
       <c r="G530" t="s">
         <v>38</v>
       </c>
       <c r="H530">
         <v>61</v>
       </c>
       <c r="I530" t="b">
         <v>0</v>
       </c>
       <c r="J530" t="s">
         <v>161</v>
       </c>
       <c r="K530">
         <v>1</v>
       </c>
       <c r="L530" t="s">
         <v>24</v>
       </c>
       <c r="M530" t="s">
@@ -34983,72 +35040,72 @@
       <c r="C559" t="s">
         <v>272</v>
       </c>
       <c r="D559">
         <v>2029</v>
       </c>
       <c r="E559" t="s">
         <v>111</v>
       </c>
       <c r="F559" t="s">
         <v>22</v>
       </c>
       <c r="G559" t="s">
         <v>38</v>
       </c>
       <c r="H559">
         <v>37</v>
       </c>
       <c r="I559" t="b">
         <v>0</v>
       </c>
       <c r="J559" t="s">
         <v>164</v>
       </c>
       <c r="K559">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L559" t="s">
         <v>24</v>
       </c>
       <c r="M559" t="s">
         <v>24</v>
       </c>
       <c r="N559" t="s">
         <v>24</v>
       </c>
-      <c r="O559" t="s">
-        <v>24</v>
+      <c r="O559">
+        <v>95.54</v>
       </c>
       <c r="P559" t="s">
         <v>24</v>
       </c>
       <c r="Q559">
         <v>78.04</v>
       </c>
-      <c r="R559" t="s">
-        <v>24</v>
+      <c r="R559">
+        <v>78.92</v>
       </c>
       <c r="S559">
         <v>78.04</v>
       </c>
     </row>
     <row r="560" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
         <v>838</v>
       </c>
       <c r="C560" t="s">
         <v>839</v>
       </c>
       <c r="D560">
         <v>734</v>
       </c>
       <c r="E560" t="s">
         <v>73</v>
       </c>
       <c r="F560" t="s">
         <v>31</v>
       </c>
       <c r="G560" t="s">
@@ -35645,50 +35702,53 @@
         <v>24</v>
       </c>
       <c r="P570">
         <v>76.45</v>
       </c>
       <c r="Q570" t="s">
         <v>24</v>
       </c>
       <c r="R570" t="s">
         <v>24</v>
       </c>
       <c r="S570">
         <v>76.45</v>
       </c>
     </row>
     <row r="571" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
         <v>107</v>
       </c>
       <c r="C571" t="s">
         <v>614</v>
       </c>
+      <c r="D571">
+        <v>2507</v>
+      </c>
       <c r="E571" t="s">
         <v>24</v>
       </c>
       <c r="F571" t="s">
         <v>22</v>
       </c>
       <c r="G571" t="s">
         <v>38</v>
       </c>
       <c r="H571">
         <v>38</v>
       </c>
       <c r="I571" t="b">
         <v>0</v>
       </c>
       <c r="J571" t="s">
         <v>161</v>
       </c>
       <c r="K571">
         <v>1</v>
       </c>
       <c r="L571">
         <v>75.83</v>
       </c>
       <c r="M571" t="s">
@@ -37514,50 +37574,53 @@
         <v>24</v>
       </c>
       <c r="P603" t="s">
         <v>24</v>
       </c>
       <c r="Q603" t="s">
         <v>24</v>
       </c>
       <c r="R603" t="s">
         <v>24</v>
       </c>
       <c r="S603">
         <v>65.77</v>
       </c>
     </row>
     <row r="604" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604" t="s">
         <v>883</v>
       </c>
       <c r="C604" t="s">
         <v>185</v>
       </c>
+      <c r="D604">
+        <v>2523</v>
+      </c>
       <c r="E604" t="s">
         <v>55</v>
       </c>
       <c r="F604" t="s">
         <v>41</v>
       </c>
       <c r="G604" t="s">
         <v>23</v>
       </c>
       <c r="H604">
         <v>220</v>
       </c>
       <c r="I604" t="b">
         <v>0</v>
       </c>
       <c r="J604" t="s">
         <v>161</v>
       </c>
       <c r="K604">
         <v>1</v>
       </c>
       <c r="L604">
         <v>64.99</v>
       </c>
       <c r="M604" t="s">
@@ -37570,50 +37633,53 @@
         <v>24</v>
       </c>
       <c r="P604" t="s">
         <v>24</v>
       </c>
       <c r="Q604" t="s">
         <v>24</v>
       </c>
       <c r="R604" t="s">
         <v>24</v>
       </c>
       <c r="S604">
         <v>64.99</v>
       </c>
     </row>
     <row r="605" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605" t="s">
         <v>884</v>
       </c>
       <c r="C605" t="s">
         <v>124</v>
       </c>
+      <c r="D605">
+        <v>2500</v>
+      </c>
       <c r="E605" t="s">
         <v>34</v>
       </c>
       <c r="F605" t="s">
         <v>65</v>
       </c>
       <c r="G605" t="s">
         <v>38</v>
       </c>
       <c r="H605">
         <v>11</v>
       </c>
       <c r="I605" t="b">
         <v>0</v>
       </c>
       <c r="J605" t="s">
         <v>161</v>
       </c>
       <c r="K605">
         <v>1</v>
       </c>
       <c r="L605" t="s">
         <v>24</v>
       </c>
       <c r="M605" t="s">
@@ -38418,50 +38484,53 @@
       <c r="O619" t="s">
         <v>24</v>
       </c>
       <c r="P619">
         <v>0</v>
       </c>
       <c r="Q619" t="s">
         <v>24</v>
       </c>
       <c r="R619" t="s">
         <v>24</v>
       </c>
       <c r="S619">
         <v>0</v>
       </c>
     </row>
     <row r="620" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620" t="s">
         <v>123</v>
       </c>
       <c r="C620" t="s">
         <v>897</v>
+      </c>
+      <c r="D620">
+        <v>2568</v>
       </c>
       <c r="E620" t="s">
         <v>24</v>
       </c>
       <c r="F620" t="s">
         <v>41</v>
       </c>
       <c r="G620" t="s">
         <v>23</v>
       </c>
       <c r="H620">
         <v>225</v>
       </c>
       <c r="I620" t="b">
         <v>0</v>
       </c>
       <c r="J620" t="s">
         <v>161</v>
       </c>
       <c r="K620">
         <v>1</v>
       </c>
       <c r="L620" t="s">
         <v>24</v>
       </c>