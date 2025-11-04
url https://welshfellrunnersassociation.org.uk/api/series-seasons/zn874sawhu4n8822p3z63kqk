--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3060" uniqueCount="516">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3534" uniqueCount="579">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -94,1512 +94,1701 @@
   <si>
     <t>Turner</t>
   </si>
   <si>
     <t>Mynydd Du</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>TURNER</t>
   </si>
   <si>
     <t>V40</t>
   </si>
   <si>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Lenton</t>
+  </si>
+  <si>
+    <t>Axe Valley Runners</t>
+  </si>
+  <si>
+    <t>V50</t>
+  </si>
+  <si>
+    <t>Iestyn</t>
+  </si>
+  <si>
+    <t>Evans</t>
+  </si>
+  <si>
+    <t>SBOC</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Whistance</t>
+  </si>
+  <si>
+    <t>Rhian</t>
+  </si>
+  <si>
+    <t>Probert</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
     <t>Katie</t>
   </si>
   <si>
     <t>Ironside</t>
   </si>
   <si>
     <t>Mynyddwyr de Cymru</t>
   </si>
   <si>
-    <t>F</t>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>Poole Runners</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Cook</t>
+  </si>
+  <si>
+    <t>Aberdare Valley</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Lawson</t>
+  </si>
+  <si>
+    <t>Chepstow Harriers</t>
+  </si>
+  <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>Ford</t>
   </si>
   <si>
     <t>Chris</t>
   </si>
   <si>
     <t>Medcalf</t>
   </si>
   <si>
     <t>San Domenico RC</t>
   </si>
   <si>
-    <t>V50</t>
-[...1 lines deleted...]
-  <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Darke</t>
   </si>
   <si>
     <t>V60</t>
   </si>
   <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Webb</t>
+  </si>
+  <si>
+    <t>Running Forever Running Club</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>MORGAN</t>
+  </si>
+  <si>
+    <t>Fairwater Runners Cwmbran</t>
+  </si>
+  <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Colley-Davies</t>
   </si>
   <si>
     <t>Iain</t>
   </si>
   <si>
     <t>Hendry</t>
   </si>
   <si>
     <t>Neath Harriers</t>
   </si>
   <si>
     <t>Alix</t>
   </si>
   <si>
     <t>Arndt</t>
   </si>
   <si>
     <t>Sarn Helen</t>
   </si>
   <si>
+    <t>Hilary</t>
+  </si>
+  <si>
+    <t>KEOGH</t>
+  </si>
+  <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Stott</t>
+  </si>
+  <si>
+    <t>Brett</t>
+  </si>
+  <si>
+    <t>Mahoney</t>
+  </si>
+  <si>
+    <t>Flora</t>
+  </si>
+  <si>
+    <t>Gunner</t>
+  </si>
+  <si>
+    <t>Croft Ambrey RC</t>
+  </si>
+  <si>
     <t>Joe</t>
   </si>
   <si>
     <t>Rumer</t>
   </si>
   <si>
+    <t>Ellie</t>
+  </si>
+  <si>
+    <t>Salisbury</t>
+  </si>
+  <si>
+    <t>Rhedwyr Eryri Harriers</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Bristol Up &amp; Runners</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Farrer</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Woodier</t>
+  </si>
+  <si>
+    <t>Dai</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>Builth and District</t>
+  </si>
+  <si>
     <t>Emma</t>
   </si>
   <si>
     <t>Bagley</t>
   </si>
   <si>
     <t>Fairwater Runners</t>
   </si>
   <si>
-    <t>Stephen</t>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Hepton</t>
   </si>
   <si>
     <t>Priestnall</t>
   </si>
   <si>
+    <t>Janet</t>
+  </si>
+  <si>
+    <t>Richards</t>
+  </si>
+  <si>
     <t>McWilliams</t>
   </si>
   <si>
-    <t>Martin</t>
-[...2 lines deleted...]
-    <t>Webb</t>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>V75</t>
+  </si>
+  <si>
+    <t>O'Brien</t>
+  </si>
+  <si>
+    <t>Brecon AC</t>
   </si>
   <si>
     <t>Tucker</t>
   </si>
   <si>
+    <t>George</t>
+  </si>
+  <si>
+    <t>PICKERING</t>
+  </si>
+  <si>
+    <t>CDF Runners</t>
+  </si>
+  <si>
+    <t>Nikki</t>
+  </si>
+  <si>
+    <t>Childs</t>
+  </si>
+  <si>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Basingstoke &amp; Mid Hants AC</t>
+  </si>
+  <si>
+    <t>V70</t>
+  </si>
+  <si>
+    <t>Sean</t>
+  </si>
+  <si>
+    <t>GIBBS</t>
+  </si>
+  <si>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>GOODRICK</t>
+  </si>
+  <si>
+    <t>Vegan Runners</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces</t>
+  </si>
+  <si>
+    <t>Tomas</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>U23</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mayglothling</t>
+  </si>
+  <si>
+    <t>Hereford Triathlon Club</t>
+  </si>
+  <si>
+    <t>Blore</t>
+  </si>
+  <si>
     <t>Joshua</t>
   </si>
   <si>
     <t>Tremblay</t>
   </si>
   <si>
-    <t>NotEnoughCompletedRaces</t>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Tudor</t>
+  </si>
+  <si>
+    <t>Swansea Harriers AC</t>
+  </si>
+  <si>
+    <t>Mollekin</t>
+  </si>
+  <si>
+    <t>Bethan</t>
+  </si>
+  <si>
+    <t>Logan</t>
   </si>
   <si>
     <t>Tony</t>
   </si>
   <si>
-    <t>James</t>
+    <t>TREASURE</t>
+  </si>
+  <si>
+    <t>Mercia Fell Runners</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
     <t>Fawcett</t>
   </si>
   <si>
     <t>WFRA</t>
   </si>
   <si>
+    <t>Lages</t>
+  </si>
+  <si>
+    <t>Nigel</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>WILLIAMS</t>
   </si>
   <si>
     <t>Tri Hard Harriers</t>
   </si>
   <si>
     <t>Dodd</t>
   </si>
   <si>
-    <t>Chepstow Harriers</t>
+    <t>Dickie</t>
+  </si>
+  <si>
+    <t>Hudd</t>
   </si>
   <si>
     <t>Lucinda</t>
   </si>
   <si>
     <t>Lumley</t>
   </si>
   <si>
     <t>Monross-Trailblazers</t>
   </si>
   <si>
-    <t>Andy</t>
+    <t>Claire</t>
+  </si>
+  <si>
+    <t>Prosser</t>
+  </si>
+  <si>
+    <t>Dark Peak Fell Runners</t>
   </si>
   <si>
     <t>Dunn</t>
   </si>
   <si>
     <t>Bristol and West AC</t>
   </si>
   <si>
-    <t>Ian</t>
-[...1 lines deleted...]
-  <si>
     <t>Liddiatt</t>
   </si>
   <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>Harding</t>
+  </si>
+  <si>
     <t>Wes</t>
   </si>
   <si>
     <t>SHELDON</t>
   </si>
   <si>
     <t>BOYLE</t>
   </si>
   <si>
     <t>Dean</t>
   </si>
   <si>
     <t>Perry</t>
   </si>
   <si>
     <t>Brycheiniog</t>
   </si>
   <si>
     <t>Neil</t>
   </si>
   <si>
     <t>Coe</t>
   </si>
   <si>
+    <t>Cherry</t>
+  </si>
+  <si>
+    <t>Fowler</t>
+  </si>
+  <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Pont-Y-Pwl &amp; District</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>CAMERON</t>
   </si>
   <si>
     <t>Sandra</t>
   </si>
   <si>
     <t>HELK</t>
   </si>
   <si>
-    <t>Vegan Runners</t>
-[...1 lines deleted...]
-  <si>
     <t>Sue</t>
   </si>
   <si>
     <t>Howarth</t>
   </si>
   <si>
-    <t>Mercia Fell Runners</t>
+    <t>Donnelly</t>
+  </si>
+  <si>
+    <t>Appleyard</t>
+  </si>
+  <si>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>LYNE</t>
+  </si>
+  <si>
+    <t>Caldicot Running Club</t>
   </si>
   <si>
     <t>Debbie</t>
   </si>
   <si>
     <t>Stenner</t>
   </si>
   <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>Bedwell</t>
+  </si>
+  <si>
+    <t>Wye Valley Runners</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Herington</t>
+  </si>
+  <si>
+    <t>Hereford Couriers</t>
+  </si>
+  <si>
     <t>Sasha</t>
   </si>
   <si>
     <t>Habgood</t>
   </si>
   <si>
-    <t>Stewart</t>
+    <t>Carl</t>
+  </si>
+  <si>
+    <t>Brancher</t>
   </si>
   <si>
     <t>Thomson</t>
   </si>
   <si>
     <t>Rona</t>
   </si>
   <si>
     <t>Davies</t>
   </si>
   <si>
+    <t>Tessa</t>
+  </si>
+  <si>
+    <t>Connolly</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>Perratt</t>
+  </si>
+  <si>
+    <t>LUDLOW RUNNERS</t>
+  </si>
+  <si>
     <t>Ben</t>
   </si>
   <si>
     <t>Mitchell</t>
   </si>
   <si>
     <t>Swansea Bay Orienteering Club</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Deller</t>
   </si>
   <si>
     <t>Ilfracombe Running Club</t>
   </si>
   <si>
+    <t>Sion</t>
+  </si>
+  <si>
+    <t>EDWARDS</t>
+  </si>
+  <si>
+    <t>Jack</t>
+  </si>
+  <si>
+    <t>Agnew</t>
+  </si>
+  <si>
     <t>Kieron</t>
   </si>
   <si>
     <t>Brown</t>
   </si>
   <si>
-    <t>Edward</t>
-[...1 lines deleted...]
-  <si>
     <t>ZEALLEY</t>
   </si>
   <si>
     <t>Iwan</t>
   </si>
   <si>
     <t>Froley</t>
   </si>
   <si>
     <t>Cardiff Amateur AC</t>
   </si>
   <si>
-    <t>U23</t>
-[...1 lines deleted...]
-  <si>
     <t>William</t>
   </si>
   <si>
     <t>Allen</t>
   </si>
   <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>GURNEY</t>
+  </si>
+  <si>
+    <t>Avon Valley Runners</t>
+  </si>
+  <si>
     <t>Julie</t>
   </si>
   <si>
     <t>Emmerson</t>
   </si>
   <si>
     <t>Coventry Godiva Harriers</t>
   </si>
   <si>
     <t>Harry</t>
   </si>
   <si>
     <t>Trend</t>
   </si>
   <si>
+    <t>PARKER</t>
+  </si>
+  <si>
     <t>Katrina</t>
   </si>
   <si>
     <t>Entwistle</t>
   </si>
   <si>
     <t>Bristol &amp; West Ac</t>
   </si>
   <si>
+    <t>Emlyn</t>
+  </si>
+  <si>
+    <t>Owen</t>
+  </si>
+  <si>
+    <t>Murrin</t>
+  </si>
+  <si>
     <t>Wilf</t>
   </si>
   <si>
     <t>EVANS</t>
   </si>
   <si>
-    <t>CDF Runners</t>
-[...1 lines deleted...]
-  <si>
     <t>Ed</t>
   </si>
   <si>
     <t>Gwynne-Harris</t>
   </si>
   <si>
     <t>Builth</t>
   </si>
   <si>
+    <t>Frost</t>
+  </si>
+  <si>
+    <t>Ashley</t>
+  </si>
+  <si>
+    <t>Fawke</t>
+  </si>
+  <si>
+    <t>Malvern Buzzards Running Club</t>
+  </si>
+  <si>
     <t>Anne</t>
   </si>
   <si>
     <t>Kenchington</t>
   </si>
   <si>
-    <t>Matthew</t>
-[...2 lines deleted...]
-    <t>Stott</t>
+    <t>Joanne</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>Denbigh Harriers</t>
+  </si>
+  <si>
+    <t>CALE</t>
   </si>
   <si>
     <t>Nick</t>
   </si>
   <si>
     <t>Sullivan</t>
   </si>
   <si>
-    <t>Patrick</t>
+    <t>Reuben</t>
+  </si>
+  <si>
+    <t>LAWSON</t>
   </si>
   <si>
     <t>Devine-Wright</t>
   </si>
   <si>
-    <t>Axe Valley Runners</t>
-[...17 lines deleted...]
-    <t>LUDLOW RUNNERS</t>
+    <t>Freddie</t>
+  </si>
+  <si>
+    <t>LAKE</t>
   </si>
   <si>
     <t>Ake</t>
   </si>
   <si>
     <t>FAGERENG</t>
   </si>
   <si>
     <t>Bailey</t>
   </si>
   <si>
     <t>Jo</t>
   </si>
   <si>
     <t>Meek</t>
   </si>
   <si>
     <t>Winchester &amp; District AC</t>
   </si>
   <si>
-    <t>Sion</t>
-[...16 lines deleted...]
-  <si>
     <t>O'Keefe</t>
   </si>
   <si>
     <t>Jeff</t>
   </si>
   <si>
     <t>Wherlock</t>
   </si>
   <si>
     <t>Lliswerry Runners</t>
   </si>
   <si>
     <t>Bush</t>
   </si>
   <si>
     <t>Pennine Fell Runners</t>
   </si>
   <si>
     <t>Dan</t>
   </si>
   <si>
     <t>Hoopth</t>
   </si>
   <si>
     <t>Gareth</t>
   </si>
   <si>
     <t>Williams</t>
   </si>
   <si>
     <t>Southville RC</t>
   </si>
   <si>
-    <t>Sam</t>
-[...4 lines deleted...]
-  <si>
     <t>Natalie</t>
   </si>
   <si>
-    <t>Taylor</t>
-[...7 lines deleted...]
-  <si>
     <t>Jenny</t>
   </si>
   <si>
     <t>McCall</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
-    <t>PARKER</t>
-[...4 lines deleted...]
-  <si>
     <t>Joseph</t>
   </si>
   <si>
     <t>Fennell</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>Pont-y-pwl &amp; District Runners</t>
   </si>
   <si>
-    <t>Emlyn</t>
-[...4 lines deleted...]
-  <si>
     <t>Alun</t>
   </si>
   <si>
     <t>Rees</t>
   </si>
   <si>
     <t>Malvern Buzzards</t>
   </si>
   <si>
-    <t>Murrin</t>
-[...1 lines deleted...]
-  <si>
     <t>Ieuan</t>
   </si>
   <si>
     <t>Pugh-Jones</t>
   </si>
   <si>
     <t>Meirionnydd Running Club</t>
   </si>
   <si>
     <t>Searle</t>
   </si>
   <si>
     <t>Moon</t>
   </si>
   <si>
-    <t>Frost</t>
-[...1 lines deleted...]
-  <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Ruse</t>
   </si>
   <si>
-    <t>Ashley</t>
-[...7 lines deleted...]
-  <si>
     <t>Ryder</t>
   </si>
   <si>
-    <t>Rhys</t>
-[...1 lines deleted...]
-  <si>
     <t>Harvey</t>
   </si>
   <si>
-    <t>Joanne</t>
-[...7 lines deleted...]
-  <si>
     <t>Lowe</t>
   </si>
   <si>
     <t>Stroud &amp; District AC</t>
   </si>
   <si>
     <t>Balch</t>
   </si>
   <si>
-    <t>Steve</t>
-[...4 lines deleted...]
-  <si>
     <t>CARTER</t>
   </si>
   <si>
-    <t>Hereford Couriers</t>
-[...1 lines deleted...]
-  <si>
     <t>Calum</t>
   </si>
   <si>
     <t>McLeish</t>
   </si>
   <si>
-    <t>Reuben</t>
-[...10 lines deleted...]
-  <si>
     <t>Eleanor</t>
   </si>
   <si>
     <t>Johnstone</t>
   </si>
   <si>
-    <t>Gary</t>
-[...1 lines deleted...]
-  <si>
     <t>Pearson</t>
   </si>
   <si>
-    <t>Croft Ambrey RC</t>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Whiting</t>
+  </si>
+  <si>
+    <t>Weston Athletic Club</t>
   </si>
   <si>
     <t>Seb</t>
   </si>
   <si>
     <t>Sutherland</t>
   </si>
   <si>
     <t>Pete</t>
   </si>
   <si>
     <t>GORDON</t>
   </si>
   <si>
     <t>LHG Run Club</t>
   </si>
   <si>
     <t>Briony</t>
   </si>
   <si>
     <t>Latter</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
   <si>
+    <t>Edwards</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Klotz</t>
+  </si>
+  <si>
     <t>Dryburgh</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>Byford</t>
   </si>
   <si>
     <t>Cardiff Harlequins RC</t>
   </si>
   <si>
     <t>ROONEY</t>
   </si>
   <si>
-    <t>Caldicot Running Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Garton</t>
   </si>
   <si>
     <t>Eynsham Road Runners</t>
   </si>
   <si>
     <t>Nik</t>
   </si>
   <si>
     <t>Radnedge</t>
   </si>
   <si>
     <t>Wheatcroft</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>Sellar</t>
   </si>
   <si>
-    <t>Jonathan</t>
+    <t>Niki</t>
+  </si>
+  <si>
+    <t>Morgan</t>
   </si>
   <si>
     <t>RILEY</t>
   </si>
   <si>
     <t>Town and Country Harriers</t>
   </si>
   <si>
+    <t>CHEESEMAN</t>
+  </si>
+  <si>
+    <t>Cardiff University Athletics Club</t>
+  </si>
+  <si>
     <t>Erskine</t>
   </si>
   <si>
     <t>Harrison</t>
   </si>
   <si>
     <t>Sowerby</t>
   </si>
   <si>
-    <t>Brecon AC</t>
-[...4 lines deleted...]
-  <si>
     <t>Hawksley</t>
   </si>
   <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>OULD</t>
+  </si>
+  <si>
     <t>Y Fenni Triathlon</t>
   </si>
   <si>
     <t>Aartse-Tuyn</t>
   </si>
   <si>
+    <t>Naomi</t>
+  </si>
+  <si>
+    <t>Law</t>
+  </si>
+  <si>
     <t>Caio</t>
   </si>
   <si>
     <t>Bowen</t>
   </si>
   <si>
     <t>Shaun</t>
   </si>
   <si>
     <t>Styles</t>
   </si>
   <si>
     <t>Griffithstown Harriers</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
     <t>FISHER</t>
   </si>
   <si>
     <t>Corsham Running Club</t>
   </si>
   <si>
-    <t>David</t>
-[...1 lines deleted...]
-  <si>
     <t>Mackie</t>
   </si>
   <si>
     <t>Corshan Running Club</t>
   </si>
   <si>
-    <t>Marc</t>
-[...7 lines deleted...]
-  <si>
     <t>Thornton</t>
   </si>
   <si>
     <t>Cox</t>
   </si>
   <si>
     <t>Julia</t>
   </si>
   <si>
     <t>Mathias</t>
   </si>
   <si>
     <t>Roger</t>
   </si>
   <si>
     <t>Chamberlain</t>
   </si>
   <si>
     <t>Eagles</t>
   </si>
   <si>
     <t>Bryan</t>
   </si>
   <si>
     <t>Stadden</t>
   </si>
   <si>
     <t>Bitton Road Runners</t>
   </si>
   <si>
     <t>Aled</t>
   </si>
   <si>
-    <t>Edwards</t>
-[...4 lines deleted...]
-  <si>
     <t>Hurley</t>
   </si>
   <si>
     <t>Islwyn RC</t>
   </si>
   <si>
-    <t>Klotz</t>
-[...4 lines deleted...]
-  <si>
     <t>Hannah</t>
   </si>
   <si>
     <t>Large</t>
   </si>
   <si>
     <t>Westbury Harriers</t>
   </si>
   <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>Ceri</t>
+  </si>
+  <si>
     <t>Euan</t>
   </si>
   <si>
     <t>Hawkins</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
     <t>Blowfield</t>
   </si>
   <si>
     <t>Ruben</t>
   </si>
   <si>
     <t>Richardson</t>
   </si>
   <si>
     <t>Emily</t>
   </si>
   <si>
     <t>GWILLIAM</t>
   </si>
   <si>
     <t>Forest of Dean AC</t>
   </si>
   <si>
+    <t>PEARSON</t>
+  </si>
+  <si>
     <t>Helen</t>
   </si>
   <si>
     <t>Jopling</t>
   </si>
   <si>
-    <t>Niki</t>
-[...2 lines deleted...]
-    <t>Morgan</t>
+    <t>Parsons</t>
   </si>
   <si>
     <t>Macklin</t>
   </si>
   <si>
     <t>JORDAN</t>
   </si>
   <si>
     <t>Team Kennet Triathlon &amp; AC</t>
   </si>
   <si>
-    <t>CHEESEMAN</t>
-[...4 lines deleted...]
-  <si>
     <t>Reilly</t>
   </si>
   <si>
-    <t>Dark Peak Fell Runners</t>
-[...1 lines deleted...]
-  <si>
     <t>Charlie</t>
   </si>
   <si>
     <t>Wilkinson</t>
   </si>
   <si>
     <t>Tanner</t>
   </si>
   <si>
     <t>Bromsgrove &amp; Redditch AC</t>
   </si>
   <si>
     <t>Rob</t>
   </si>
   <si>
     <t>Mole</t>
   </si>
   <si>
     <t>Duncan</t>
   </si>
   <si>
     <t>Lomar</t>
   </si>
   <si>
-    <t>Darren</t>
-[...4 lines deleted...]
-  <si>
     <t>Meirion</t>
   </si>
   <si>
-    <t>Evans</t>
-[...1 lines deleted...]
-  <si>
     <t>Run4All</t>
   </si>
   <si>
     <t>Hugo</t>
   </si>
   <si>
     <t>HUTCHISON</t>
   </si>
   <si>
     <t>Robinson</t>
   </si>
   <si>
     <t>Nay</t>
   </si>
   <si>
     <t>Htet</t>
   </si>
   <si>
-    <t>Naomi</t>
-[...4 lines deleted...]
-  <si>
     <t>Beth</t>
   </si>
   <si>
     <t>Bennett-Britton</t>
   </si>
   <si>
     <t>Phil</t>
   </si>
   <si>
     <t>Clarke</t>
   </si>
   <si>
+    <t>Sarah</t>
+  </si>
+  <si>
+    <t>CHALONER</t>
+  </si>
+  <si>
+    <t>Hamworthy Harriers</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
     <t>Robert</t>
   </si>
   <si>
     <t>Connell</t>
   </si>
   <si>
-    <t>George</t>
+    <t>JACKSON</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Tracey</t>
   </si>
   <si>
     <t>GRIFFITHS</t>
   </si>
   <si>
     <t>Stephan</t>
   </si>
   <si>
     <t>Tietz</t>
   </si>
   <si>
     <t>Fairwater Runners, Green Runners</t>
   </si>
   <si>
     <t>Palmer</t>
   </si>
   <si>
+    <t>Brooks</t>
+  </si>
+  <si>
+    <t>Carys</t>
+  </si>
+  <si>
+    <t>POOLE</t>
+  </si>
+  <si>
     <t>Mick</t>
   </si>
   <si>
     <t>Tabor</t>
   </si>
   <si>
     <t>Les Croupiers RC</t>
   </si>
   <si>
-    <t>V70</t>
-[...1 lines deleted...]
-  <si>
     <t>Carnie</t>
   </si>
   <si>
-    <t>Tim</t>
+    <t>Lottie</t>
+  </si>
+  <si>
+    <t>Sims</t>
   </si>
   <si>
     <t>STOTT</t>
   </si>
   <si>
     <t>Paddy</t>
   </si>
   <si>
     <t>Nugent</t>
   </si>
   <si>
     <t>Vanessa</t>
   </si>
   <si>
-    <t>Lawson</t>
-[...1 lines deleted...]
-  <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Matty</t>
   </si>
   <si>
     <t>Ella</t>
   </si>
   <si>
     <t>Harrison-Hansley</t>
   </si>
   <si>
     <t>Abergavenny Triathlon</t>
   </si>
   <si>
-    <t>Ryan</t>
-[...4 lines deleted...]
-  <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>Howells</t>
   </si>
   <si>
-    <t>Ceri</t>
-[...4 lines deleted...]
-  <si>
     <t>Chloe</t>
   </si>
   <si>
     <t>Sanders</t>
   </si>
   <si>
     <t>South Molton Strugglers</t>
   </si>
   <si>
     <t>Jenkins</t>
   </si>
   <si>
     <t>Gethin</t>
   </si>
   <si>
     <t>Scourfield</t>
   </si>
   <si>
-    <t>Nigel</t>
+    <t>Jane</t>
+  </si>
+  <si>
+    <t>Roscoe</t>
   </si>
   <si>
     <t>3M Gorseinon</t>
   </si>
   <si>
-    <t>PEARSON</t>
-[...1 lines deleted...]
-  <si>
     <t>Tanya</t>
   </si>
   <si>
     <t>Faringdon Far Runners</t>
   </si>
   <si>
-    <t>Parsons</t>
+    <t>Osman</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Kay</t>
   </si>
   <si>
     <t>Thames Hare &amp; Hounds</t>
   </si>
   <si>
     <t>Murphy</t>
   </si>
   <si>
     <t>Ged</t>
   </si>
   <si>
     <t>Lewis</t>
   </si>
   <si>
     <t>Port Talbot Harriers</t>
   </si>
   <si>
-    <t>Richard</t>
-[...1 lines deleted...]
-  <si>
     <t>Price</t>
   </si>
   <si>
     <t>Sedgley Striders</t>
   </si>
   <si>
+    <t>Charlotte</t>
+  </si>
+  <si>
+    <t>MILNER</t>
+  </si>
+  <si>
     <t>Polly</t>
   </si>
   <si>
     <t>Lord</t>
   </si>
   <si>
+    <t>Bridget</t>
+  </si>
+  <si>
     <t>Alison</t>
   </si>
   <si>
     <t>Roper</t>
   </si>
   <si>
     <t>Friswell</t>
   </si>
   <si>
     <t>Sheelagh</t>
   </si>
   <si>
     <t>Kerry</t>
   </si>
   <si>
     <t>Kath</t>
   </si>
   <si>
     <t>Hardwick</t>
   </si>
   <si>
     <t>Isabel</t>
   </si>
   <si>
+    <t>SPANSWICK</t>
+  </si>
+  <si>
     <t>Rebecca</t>
   </si>
   <si>
     <t>Lander</t>
   </si>
   <si>
     <t>Parc Bryn Bach Running Club</t>
   </si>
   <si>
-    <t>Sarah</t>
-[...10 lines deleted...]
-  <si>
     <t>Crane</t>
   </si>
   <si>
-    <t>Baker</t>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Nash</t>
   </si>
   <si>
     <t>Deanna</t>
   </si>
   <si>
     <t>MAMMATT</t>
   </si>
   <si>
-    <t>Hereford Triathlon Club</t>
-[...2 lines deleted...]
-    <t>JACKSON</t>
+    <t>Lolly</t>
+  </si>
+  <si>
+    <t>Scholey</t>
   </si>
   <si>
     <t>Eve</t>
   </si>
   <si>
     <t>Gallop-Evans</t>
   </si>
   <si>
-    <t>Francis</t>
-[...4 lines deleted...]
-  <si>
     <t>Havard</t>
   </si>
   <si>
     <t>Freya</t>
   </si>
   <si>
     <t>Guto</t>
   </si>
   <si>
     <t>Amman Valley Harriers</t>
   </si>
   <si>
-    <t>Brooks</t>
-[...1 lines deleted...]
-  <si>
     <t>Lloyd</t>
   </si>
   <si>
-    <t>Carys</t>
-[...4 lines deleted...]
-  <si>
     <t>Louise</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>Moir</t>
+  </si>
+  <si>
+    <t>Timothy</t>
+  </si>
+  <si>
+    <t>Crocodiles</t>
+  </si>
+  <si>
+    <t>Ricardo</t>
+  </si>
+  <si>
+    <t>MARTINS</t>
+  </si>
+  <si>
+    <t>Shari</t>
+  </si>
+  <si>
+    <t>Finch</t>
+  </si>
+  <si>
     <t>Geraint</t>
   </si>
   <si>
     <t>ROBERTS</t>
   </si>
   <si>
-    <t>Lottie</t>
-[...4 lines deleted...]
-  <si>
     <t>Sian</t>
   </si>
   <si>
     <t>Champken</t>
   </si>
   <si>
     <t>Thomlinson</t>
   </si>
   <si>
+    <t>Beverley</t>
+  </si>
+  <si>
     <t>Rosie</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Crispin</t>
   </si>
   <si>
     <t>Flower</t>
   </si>
   <si>
     <t>Robin</t>
   </si>
   <si>
     <t>BELL</t>
   </si>
   <si>
     <t>Hesten</t>
   </si>
   <si>
     <t>Hibberd</t>
   </si>
   <si>
     <t>Southampton AC</t>
   </si>
   <si>
+    <t>JASKOWSKA</t>
+  </si>
+  <si>
     <t>Hilzbrich</t>
   </si>
   <si>
-    <t>Roscoe</t>
-[...1 lines deleted...]
-  <si>
     <t>Corinne</t>
   </si>
   <si>
     <t>Liz</t>
   </si>
   <si>
     <t>Hughes</t>
   </si>
   <si>
     <t>Mendip Tri</t>
   </si>
   <si>
     <t>Lyness</t>
   </si>
   <si>
-    <t>Osman</t>
-[...1 lines deleted...]
-  <si>
     <t>Silvia</t>
   </si>
   <si>
     <t>Delgado Ortiz</t>
   </si>
   <si>
     <t>Winter Hill Runners</t>
   </si>
   <si>
     <t>Sharon</t>
   </si>
   <si>
     <t>Woods</t>
   </si>
   <si>
     <t>Cerys</t>
   </si>
   <si>
     <t>Gregory</t>
   </si>
   <si>
     <t>Mary</t>
   </si>
   <si>
     <t>Morton</t>
   </si>
   <si>
     <t>RRC</t>
   </si>
   <si>
     <t>Sophie</t>
   </si>
   <si>
     <t>Barnes</t>
   </si>
   <si>
-    <t>Charlotte</t>
-[...4 lines deleted...]
-  <si>
     <t>Augusta</t>
   </si>
   <si>
     <t>Later</t>
   </si>
   <si>
     <t>Sweeper</t>
   </si>
   <si>
     <t>Cara</t>
   </si>
   <si>
-    <t>Bridget</t>
-[...1 lines deleted...]
-  <si>
     <t>Leeming</t>
   </si>
   <si>
+    <t>Willem</t>
+  </si>
+  <si>
+    <t>van Prooijen</t>
+  </si>
+  <si>
+    <t>Clwydian Range Runners</t>
+  </si>
+  <si>
+    <t>Denise</t>
+  </si>
+  <si>
+    <t>Nicol</t>
+  </si>
+  <si>
+    <t>Brenda</t>
+  </si>
+  <si>
+    <t>AVERY</t>
+  </si>
+  <si>
     <t>Jenni</t>
   </si>
   <si>
-    <t>Whistance</t>
+    <t>Rach</t>
+  </si>
+  <si>
+    <t>RAY</t>
+  </si>
+  <si>
+    <t>Geoffrey</t>
+  </si>
+  <si>
+    <t>FIELDING</t>
+  </si>
+  <si>
+    <t>V80</t>
   </si>
   <si>
     <t>Stark</t>
   </si>
   <si>
+    <t>Deb</t>
+  </si>
+  <si>
+    <t>Franklin</t>
+  </si>
+  <si>
+    <t>Jenner</t>
+  </si>
+  <si>
     <t>Owens</t>
   </si>
   <si>
     <t>Abigail</t>
   </si>
   <si>
     <t>Celia</t>
   </si>
   <si>
     <t>Graham</t>
   </si>
   <si>
-    <t>SPANSWICK</t>
+    <t>Margaret</t>
+  </si>
+  <si>
+    <t>Griffiths</t>
+  </si>
+  <si>
+    <t>Formula One Circuit Crew</t>
   </si>
   <si>
     <t>Brieg</t>
   </si>
   <si>
     <t>Probert-kenchington</t>
-  </si>
-[...97 lines deleted...]
-    <t>Formula One Circuit Crew</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1936,51 +2125,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:S260"/>
+  <dimension ref="A1:S308"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2118,14732 +2307,17540 @@
       </c>
       <c r="M3">
         <v>126.53</v>
       </c>
       <c r="N3">
         <v>138.51</v>
       </c>
       <c r="O3">
         <v>132</v>
       </c>
       <c r="P3">
         <v>123.67</v>
       </c>
       <c r="Q3">
         <v>111.65</v>
       </c>
       <c r="R3" t="s">
         <v>24</v>
       </c>
       <c r="S3">
         <v>521.14</v>
       </c>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A4">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>29</v>
       </c>
       <c r="D4">
-        <v>1131</v>
+        <v>2456</v>
       </c>
       <c r="E4" t="s">
         <v>30</v>
       </c>
       <c r="F4" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L4">
-        <v>118.27</v>
+        <v>124.53</v>
       </c>
       <c r="M4">
-        <v>118.35</v>
-[...2 lines deleted...]
-        <v>120.89</v>
+        <v>134.28</v>
+      </c>
+      <c r="N4" t="s">
+        <v>24</v>
       </c>
       <c r="O4">
-        <v>115.72</v>
+        <v>131.44</v>
       </c>
       <c r="P4">
-        <v>115.7</v>
+        <v>128.94</v>
       </c>
       <c r="Q4" t="s">
         <v>24</v>
       </c>
       <c r="R4" t="s">
         <v>24</v>
       </c>
       <c r="S4">
-        <v>473.23</v>
+        <v>519.19</v>
       </c>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A5">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>32</v>
       </c>
       <c r="C5" t="s">
         <v>33</v>
       </c>
       <c r="D5">
-        <v>1126</v>
+        <v>2373</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5">
         <v>2</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L5">
-        <v>100.03</v>
-[...5 lines deleted...]
-        <v>125.3</v>
+        <v>126.79</v>
+      </c>
+      <c r="M5">
+        <v>122.61</v>
+      </c>
+      <c r="N5" t="s">
+        <v>24</v>
       </c>
       <c r="O5">
-        <v>116.1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>134.37</v>
+      </c>
+      <c r="P5">
+        <v>135.21</v>
       </c>
       <c r="Q5">
-        <v>106.14</v>
+        <v>121.39</v>
       </c>
       <c r="R5" t="s">
         <v>24</v>
       </c>
       <c r="S5">
-        <v>447.57</v>
+        <v>518.98</v>
       </c>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6">
-        <v>1378</v>
+        <v>1184</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F6" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L6">
-        <v>103.59</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>118.34</v>
+      </c>
+      <c r="M6">
+        <v>128.05</v>
       </c>
       <c r="N6">
-        <v>114.32</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>132.74</v>
+      </c>
+      <c r="O6" t="s">
+        <v>24</v>
+      </c>
+      <c r="P6">
+        <v>126.87</v>
       </c>
       <c r="Q6">
-        <v>104.28</v>
+        <v>118.97</v>
       </c>
       <c r="R6" t="s">
         <v>24</v>
       </c>
       <c r="S6">
-        <v>427.03</v>
+        <v>506.63</v>
       </c>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A7">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D7">
-        <v>1388</v>
+        <v>981</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G7" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L7">
-        <v>93.51</v>
+        <v>112</v>
       </c>
       <c r="M7">
-        <v>106.43</v>
+        <v>120.93</v>
       </c>
       <c r="N7">
-        <v>108.76</v>
+        <v>125.44</v>
       </c>
       <c r="O7">
-        <v>108.18</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>120.71</v>
+      </c>
+      <c r="P7">
+        <v>117.5</v>
       </c>
       <c r="Q7" t="s">
         <v>24</v>
       </c>
       <c r="R7" t="s">
         <v>24</v>
       </c>
       <c r="S7">
-        <v>416.88</v>
+        <v>484.58</v>
       </c>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A8">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>1131</v>
+      </c>
+      <c r="E8" t="s">
         <v>42</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8">
         <v>5</v>
       </c>
       <c r="L8">
-        <v>96.43</v>
+        <v>118.27</v>
       </c>
       <c r="M8">
-        <v>91.32</v>
+        <v>118.35</v>
       </c>
       <c r="N8">
-        <v>110.84</v>
+        <v>120.89</v>
       </c>
       <c r="O8">
-        <v>106.29</v>
-[...5 lines deleted...]
-        <v>93.47</v>
+        <v>115.72</v>
+      </c>
+      <c r="P8">
+        <v>115.7</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>24</v>
       </c>
       <c r="R8" t="s">
         <v>24</v>
       </c>
       <c r="S8">
-        <v>407.03</v>
+        <v>473.23</v>
       </c>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A9">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>35</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9">
+        <v>1169</v>
+      </c>
+      <c r="E9" t="s">
         <v>44</v>
       </c>
-      <c r="C9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G9" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
       <c r="M9">
-        <v>97.81</v>
-[...2 lines deleted...]
-        <v>110.74</v>
+        <v>114.86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>24</v>
       </c>
       <c r="O9">
-        <v>101.66</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>125.22</v>
+      </c>
+      <c r="P9">
+        <v>123.16</v>
       </c>
       <c r="Q9">
-        <v>90.79</v>
+        <v>104.55</v>
       </c>
       <c r="R9" t="s">
         <v>24</v>
       </c>
       <c r="S9">
-        <v>401</v>
+        <v>467.79</v>
       </c>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A10">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>45</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10">
+        <v>1827</v>
+      </c>
+      <c r="E10" t="s">
         <v>47</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G10" t="s">
         <v>23</v>
       </c>
       <c r="H10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>120.31</v>
+        <v>4</v>
+      </c>
+      <c r="L10" t="s">
+        <v>24</v>
       </c>
       <c r="M10">
-        <v>122.05</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>115.14</v>
+      </c>
+      <c r="N10" t="s">
+        <v>24</v>
+      </c>
+      <c r="O10">
+        <v>116.26</v>
+      </c>
+      <c r="P10">
+        <v>119.3</v>
+      </c>
+      <c r="Q10">
+        <v>109.6</v>
       </c>
       <c r="R10" t="s">
         <v>24</v>
       </c>
       <c r="S10">
-        <v>372.84</v>
+        <v>460.3</v>
       </c>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A11">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" t="s">
         <v>49</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11">
+        <v>1223</v>
+      </c>
+      <c r="E11" t="s">
         <v>50</v>
       </c>
-      <c r="D11">
-[...4 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G11" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
-      <c r="L11">
-        <v>84.92</v>
+      <c r="L11" t="s">
+        <v>24</v>
       </c>
       <c r="M11">
-        <v>75.25</v>
+        <v>112.01</v>
       </c>
       <c r="N11">
-        <v>95.95</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>118.42</v>
+      </c>
+      <c r="O11" t="s">
+        <v>24</v>
+      </c>
+      <c r="P11">
+        <v>109.69</v>
+      </c>
+      <c r="Q11">
+        <v>114.82</v>
       </c>
       <c r="R11" t="s">
         <v>24</v>
       </c>
       <c r="S11">
-        <v>340.32</v>
+        <v>454.94</v>
       </c>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A12">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" t="s">
         <v>52</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12">
-        <v>1744</v>
+        <v>1690</v>
       </c>
       <c r="E12" t="s">
         <v>21</v>
       </c>
       <c r="F12" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G12" t="s">
         <v>23</v>
       </c>
       <c r="H12">
         <v>3</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
-      <c r="M12">
-        <v>107.06</v>
+      <c r="M12" t="s">
+        <v>24</v>
       </c>
       <c r="N12">
-        <v>120.68</v>
-[...8 lines deleted...]
-        <v>101.15</v>
+        <v>154.43</v>
+      </c>
+      <c r="O12">
+        <v>148.18</v>
+      </c>
+      <c r="P12">
+        <v>151.01</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>24</v>
       </c>
       <c r="R12" t="s">
         <v>24</v>
       </c>
       <c r="S12">
-        <v>328.89</v>
+        <v>453.62</v>
       </c>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A13">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
         <v>54</v>
       </c>
       <c r="D13">
-        <v>267</v>
+        <v>1126</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="F13" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G13" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H13">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L13">
-        <v>107.14</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>100.03</v>
+      </c>
+      <c r="M13" t="s">
+        <v>24</v>
+      </c>
+      <c r="N13">
+        <v>125.3</v>
+      </c>
+      <c r="O13">
+        <v>116.1</v>
       </c>
       <c r="P13" t="s">
         <v>24</v>
       </c>
       <c r="Q13">
-        <v>101.46</v>
+        <v>106.14</v>
       </c>
       <c r="R13" t="s">
         <v>24</v>
       </c>
       <c r="S13">
-        <v>317.81</v>
+        <v>447.57</v>
       </c>
     </row>
     <row r="14" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A14">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D14">
-        <v>2459</v>
+        <v>1378</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="F14" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G14" t="s">
         <v>23</v>
       </c>
       <c r="H14">
+        <v>1</v>
+      </c>
+      <c r="I14" t="b">
+        <v>1</v>
+      </c>
+      <c r="J14" t="s">
+        <v>24</v>
+      </c>
+      <c r="K14">
         <v>4</v>
       </c>
-      <c r="I14" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L14">
-        <v>87.22</v>
-[...2 lines deleted...]
-        <v>103.66</v>
+        <v>103.59</v>
+      </c>
+      <c r="M14" t="s">
+        <v>24</v>
       </c>
       <c r="N14">
-        <v>110.19</v>
-[...5 lines deleted...]
-        <v>106.9</v>
+        <v>114.32</v>
+      </c>
+      <c r="O14">
+        <v>104.84</v>
+      </c>
+      <c r="P14" t="s">
+        <v>24</v>
       </c>
       <c r="Q14">
-        <v>99.28</v>
+        <v>104.28</v>
       </c>
       <c r="R14" t="s">
         <v>24</v>
       </c>
       <c r="S14">
-        <v>301.07</v>
+        <v>427.03</v>
       </c>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A15">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="C15" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D15">
-        <v>1012</v>
+        <v>2459</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="F15" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G15" t="s">
         <v>23</v>
       </c>
       <c r="H15">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L15">
-        <v>87.66</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>87.22</v>
+      </c>
+      <c r="M15">
+        <v>103.66</v>
       </c>
       <c r="N15">
-        <v>106.7</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>110.19</v>
+      </c>
+      <c r="O15" t="s">
+        <v>24</v>
+      </c>
+      <c r="P15">
+        <v>106.9</v>
+      </c>
+      <c r="Q15">
+        <v>99.28</v>
       </c>
       <c r="R15" t="s">
         <v>24</v>
       </c>
       <c r="S15">
-        <v>298.83</v>
+        <v>420.03</v>
       </c>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16">
+        <v>2484</v>
+      </c>
+      <c r="E16" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" t="s">
         <v>31</v>
       </c>
-      <c r="B16" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G16" t="s">
         <v>23</v>
       </c>
       <c r="H16">
+        <v>6</v>
+      </c>
+      <c r="I16" t="b">
+        <v>1</v>
+      </c>
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16">
         <v>5</v>
       </c>
-      <c r="I16" t="b">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="L16">
+        <v>96.52</v>
       </c>
       <c r="M16">
-        <v>141.15</v>
-[...11 lines deleted...]
-        <v>126.23</v>
+        <v>101.99</v>
+      </c>
+      <c r="N16">
+        <v>110.02</v>
+      </c>
+      <c r="O16">
+        <v>101.7</v>
+      </c>
+      <c r="P16">
+        <v>103.89</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>24</v>
       </c>
       <c r="R16" t="s">
         <v>24</v>
       </c>
       <c r="S16">
-        <v>267.38</v>
+        <v>417.6</v>
       </c>
     </row>
     <row r="17" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A17">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C17" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="D17">
-        <v>1771</v>
+        <v>1388</v>
       </c>
       <c r="E17" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F17" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G17" t="s">
         <v>23</v>
       </c>
       <c r="H17">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I17" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J17" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L17">
-        <v>122.69</v>
+        <v>93.51</v>
       </c>
       <c r="M17">
-        <v>128.25</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>106.43</v>
+      </c>
+      <c r="N17">
+        <v>108.76</v>
+      </c>
+      <c r="O17">
+        <v>108.18</v>
       </c>
       <c r="P17" t="s">
         <v>24</v>
       </c>
       <c r="Q17" t="s">
         <v>24</v>
       </c>
       <c r="R17" t="s">
         <v>24</v>
       </c>
       <c r="S17">
-        <v>250.94</v>
+        <v>416.88</v>
       </c>
     </row>
     <row r="18" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A18">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="B18" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C18" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>964</v>
+        <v>68</v>
       </c>
       <c r="E18" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F18" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G18" t="s">
         <v>23</v>
       </c>
       <c r="H18">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I18" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J18" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K18">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L18">
+        <v>96.43</v>
+      </c>
+      <c r="M18">
+        <v>91.32</v>
       </c>
       <c r="N18">
-        <v>129.53</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>110.84</v>
+      </c>
+      <c r="O18">
+        <v>106.29</v>
       </c>
       <c r="P18" t="s">
         <v>24</v>
       </c>
       <c r="Q18">
-        <v>113.77</v>
+        <v>93.47</v>
       </c>
       <c r="R18" t="s">
         <v>24</v>
       </c>
       <c r="S18">
-        <v>243.3</v>
+        <v>407.03</v>
       </c>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A19">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C19" t="s">
-        <v>67</v>
+        <v>71</v>
+      </c>
+      <c r="D19">
+        <v>2370</v>
       </c>
       <c r="E19" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F19" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G19" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H19">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I19" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J19" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K19">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L19" t="s">
+        <v>24</v>
+      </c>
+      <c r="M19">
+        <v>97.81</v>
       </c>
       <c r="N19">
-        <v>128.03</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>110.74</v>
+      </c>
+      <c r="O19">
+        <v>101.66</v>
       </c>
       <c r="P19" t="s">
         <v>24</v>
       </c>
-      <c r="Q19" t="s">
-        <v>24</v>
+      <c r="Q19">
+        <v>90.79</v>
       </c>
       <c r="R19" t="s">
         <v>24</v>
       </c>
       <c r="S19">
-        <v>235</v>
+        <v>401</v>
       </c>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A20">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s">
+        <v>73</v>
+      </c>
+      <c r="C20" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20">
+        <v>2118</v>
+      </c>
+      <c r="E20" t="s">
+        <v>21</v>
+      </c>
+      <c r="F20" t="s">
+        <v>58</v>
+      </c>
+      <c r="G20" t="s">
         <v>39</v>
       </c>
-      <c r="C20" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H20">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I20" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J20" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K20">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L20">
+        <v>96.1</v>
       </c>
       <c r="M20">
-        <v>107.89</v>
+        <v>95.77</v>
       </c>
       <c r="N20">
-        <v>121.31</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>106.41</v>
+      </c>
+      <c r="O20">
+        <v>100.18</v>
+      </c>
+      <c r="P20">
+        <v>97.78</v>
       </c>
       <c r="Q20" t="s">
         <v>24</v>
       </c>
       <c r="R20" t="s">
         <v>24</v>
       </c>
       <c r="S20">
-        <v>229.2</v>
+        <v>400.47</v>
       </c>
     </row>
     <row r="21" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A21">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D21">
-        <v>2460</v>
+        <v>768</v>
       </c>
       <c r="E21" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G21" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I21" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J21" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L21" t="s">
         <v>24</v>
       </c>
-      <c r="M21" t="s">
-        <v>24</v>
+      <c r="M21">
+        <v>97.88</v>
       </c>
       <c r="N21">
-        <v>116.16</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>101.26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>24</v>
+      </c>
+      <c r="P21">
+        <v>98.49</v>
+      </c>
+      <c r="Q21">
+        <v>91.35</v>
       </c>
       <c r="R21" t="s">
         <v>24</v>
       </c>
       <c r="S21">
-        <v>227.34</v>
+        <v>388.98</v>
       </c>
     </row>
     <row r="22" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A22">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C22" t="s">
-        <v>75</v>
+        <v>78</v>
+      </c>
+      <c r="D22">
+        <v>1580</v>
       </c>
       <c r="E22" t="s">
-        <v>76</v>
+        <v>21</v>
       </c>
       <c r="F22" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G22" t="s">
         <v>23</v>
       </c>
       <c r="H22">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I22" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J22" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L22">
-        <v>100.7</v>
+        <v>121.57</v>
       </c>
       <c r="M22" t="s">
         <v>24</v>
       </c>
-      <c r="N22">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="N22" t="s">
+        <v>24</v>
+      </c>
+      <c r="O22">
+        <v>131.86</v>
+      </c>
+      <c r="P22">
+        <v>132.68</v>
       </c>
       <c r="Q22" t="s">
         <v>24</v>
       </c>
       <c r="R22" t="s">
         <v>24</v>
       </c>
       <c r="S22">
-        <v>223.61</v>
+        <v>386.11</v>
       </c>
     </row>
     <row r="23" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A23">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C23" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D23">
-        <v>2457</v>
+        <v>1506</v>
       </c>
       <c r="E23" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="F23" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G23" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H23">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="I23" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J23" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K23">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>6</v>
+      </c>
+      <c r="L23">
+        <v>87.18</v>
       </c>
       <c r="M23">
-        <v>107.85</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>92.74</v>
+      </c>
+      <c r="N23">
+        <v>98.08</v>
+      </c>
+      <c r="O23">
+        <v>92</v>
+      </c>
+      <c r="P23">
+        <v>95.29</v>
       </c>
       <c r="Q23">
-        <v>110.12</v>
+        <v>85</v>
       </c>
       <c r="R23" t="s">
         <v>24</v>
       </c>
       <c r="S23">
-        <v>217.97</v>
+        <v>378.11</v>
       </c>
     </row>
     <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C24" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D24">
-        <v>2292</v>
+        <v>2105</v>
       </c>
       <c r="E24" t="s">
         <v>21</v>
       </c>
       <c r="F24" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>23</v>
       </c>
       <c r="H24">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="I24" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J24" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K24">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L24">
+        <v>120.31</v>
       </c>
       <c r="M24">
-        <v>100.96</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>122.05</v>
+      </c>
+      <c r="N24">
+        <v>130.48</v>
       </c>
       <c r="O24" t="s">
         <v>24</v>
       </c>
       <c r="P24" t="s">
         <v>24</v>
       </c>
-      <c r="Q24">
-        <v>114.66</v>
+      <c r="Q24" t="s">
+        <v>24</v>
       </c>
       <c r="R24" t="s">
         <v>24</v>
       </c>
       <c r="S24">
-        <v>215.62</v>
+        <v>372.84</v>
       </c>
     </row>
     <row r="25" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A25">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="C25" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D25">
-        <v>2182</v>
+        <v>250</v>
       </c>
       <c r="E25" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="F25" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G25" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H25">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I25" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J25" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K25">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L25" t="s">
         <v>24</v>
       </c>
       <c r="M25">
-        <v>102.97</v>
+        <v>85.66</v>
       </c>
       <c r="N25">
-        <v>111.65</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>91.98</v>
+      </c>
+      <c r="O25">
+        <v>91.6</v>
+      </c>
+      <c r="P25">
+        <v>88.69</v>
+      </c>
+      <c r="Q25">
+        <v>87.49</v>
       </c>
       <c r="R25" t="s">
         <v>24</v>
       </c>
       <c r="S25">
-        <v>214.62</v>
+        <v>359.76</v>
       </c>
     </row>
     <row r="26" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A26">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="C26" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D26">
-        <v>2187</v>
+        <v>1666</v>
       </c>
       <c r="E26" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F26" t="s">
         <v>27</v>
       </c>
       <c r="G26" t="s">
         <v>23</v>
       </c>
       <c r="H26">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="I26" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J26" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K26">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>100.04</v>
+        <v>3</v>
+      </c>
+      <c r="L26" t="s">
+        <v>24</v>
       </c>
       <c r="M26" t="s">
         <v>24</v>
       </c>
       <c r="N26" t="s">
         <v>24</v>
       </c>
-      <c r="O26" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O26">
+        <v>118.05</v>
+      </c>
+      <c r="P26">
+        <v>116.29</v>
       </c>
       <c r="Q26">
-        <v>112.27</v>
+        <v>112.74</v>
       </c>
       <c r="R26" t="s">
         <v>24</v>
       </c>
       <c r="S26">
-        <v>212.31</v>
+        <v>347.08</v>
       </c>
     </row>
     <row r="27" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A27">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D27">
-        <v>1303</v>
+        <v>1809</v>
       </c>
       <c r="E27" t="s">
         <v>21</v>
       </c>
       <c r="F27" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G27" t="s">
         <v>23</v>
       </c>
       <c r="H27">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="I27" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J27" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L27">
-        <v>98.21</v>
+        <v>110.57</v>
       </c>
       <c r="M27" t="s">
         <v>24</v>
       </c>
-      <c r="N27">
-        <v>112.22</v>
+      <c r="N27" t="s">
+        <v>24</v>
       </c>
       <c r="O27" t="s">
         <v>24</v>
       </c>
-      <c r="P27" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P27">
+        <v>123</v>
+      </c>
+      <c r="Q27">
+        <v>112.82</v>
       </c>
       <c r="R27" t="s">
         <v>24</v>
       </c>
       <c r="S27">
-        <v>210.43</v>
+        <v>346.39</v>
       </c>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A28">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C28" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D28">
-        <v>2209</v>
+        <v>1003</v>
       </c>
       <c r="E28" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="F28" t="s">
         <v>27</v>
       </c>
       <c r="G28" t="s">
         <v>23</v>
       </c>
       <c r="H28">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I28" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J28" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L28">
-        <v>96.26</v>
+        <v>105.88</v>
       </c>
       <c r="M28" t="s">
         <v>24</v>
       </c>
       <c r="N28">
-        <v>109</v>
+        <v>120.81</v>
       </c>
       <c r="O28" t="s">
         <v>24</v>
       </c>
-      <c r="P28" t="s">
-        <v>24</v>
+      <c r="P28">
+        <v>115.89</v>
       </c>
       <c r="Q28" t="s">
         <v>24</v>
       </c>
       <c r="R28" t="s">
         <v>24</v>
       </c>
       <c r="S28">
-        <v>205.26</v>
+        <v>342.58</v>
       </c>
     </row>
     <row r="29" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A29">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C29" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D29">
-        <v>2130</v>
+        <v>2479</v>
       </c>
       <c r="E29" t="s">
-        <v>24</v>
+        <v>95</v>
       </c>
       <c r="F29" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G29" t="s">
         <v>23</v>
       </c>
       <c r="H29">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I29" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J29" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L29" t="s">
         <v>24</v>
       </c>
       <c r="M29">
-        <v>101.26</v>
+        <v>103.6</v>
       </c>
       <c r="N29" t="s">
         <v>24</v>
       </c>
       <c r="O29">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>120.77</v>
+      </c>
+      <c r="P29">
+        <v>116.46</v>
       </c>
       <c r="Q29" t="s">
         <v>24</v>
       </c>
       <c r="R29" t="s">
         <v>24</v>
       </c>
       <c r="S29">
-        <v>203.76</v>
+        <v>340.83</v>
       </c>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A30">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C30" t="s">
-        <v>93</v>
+        <v>97</v>
+      </c>
+      <c r="D30">
+        <v>1948</v>
       </c>
       <c r="E30" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F30" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G30" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I30" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J30" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L30">
-        <v>100.74</v>
+        <v>84.92</v>
       </c>
       <c r="M30">
-        <v>100.88</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>75.25</v>
+      </c>
+      <c r="N30">
+        <v>95.95</v>
+      </c>
+      <c r="O30">
+        <v>84.2</v>
       </c>
       <c r="P30" t="s">
         <v>24</v>
       </c>
       <c r="Q30" t="s">
         <v>24</v>
       </c>
       <c r="R30" t="s">
         <v>24</v>
       </c>
       <c r="S30">
-        <v>201.62</v>
+        <v>340.32</v>
       </c>
     </row>
     <row r="31" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A31">
-        <v>53</v>
+        <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="C31" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D31">
-        <v>748</v>
+        <v>2214</v>
       </c>
       <c r="E31" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F31" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G31" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H31">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I31" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J31" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K31">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L31">
+        <v>81.28</v>
       </c>
       <c r="M31">
-        <v>94.6</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>67.45</v>
+      </c>
+      <c r="N31" t="s">
+        <v>24</v>
+      </c>
+      <c r="O31">
+        <v>90.53</v>
+      </c>
+      <c r="P31">
+        <v>94.81</v>
       </c>
       <c r="Q31" t="s">
         <v>24</v>
       </c>
       <c r="R31" t="s">
         <v>24</v>
       </c>
       <c r="S31">
-        <v>194.99</v>
+        <v>334.07</v>
       </c>
     </row>
     <row r="32" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A32">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C32" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D32">
-        <v>1179</v>
+        <v>1093</v>
       </c>
       <c r="E32" t="s">
         <v>21</v>
       </c>
       <c r="F32" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G32" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H32">
+        <v>8</v>
+      </c>
+      <c r="I32" t="b">
+        <v>1</v>
+      </c>
+      <c r="J32" t="s">
+        <v>24</v>
+      </c>
+      <c r="K32">
         <v>3</v>
       </c>
-      <c r="I32" t="b">
-[...12 lines deleted...]
-        <v>24</v>
+      <c r="L32" t="s">
+        <v>24</v>
+      </c>
+      <c r="M32">
+        <v>100.7</v>
       </c>
       <c r="N32" t="s">
         <v>24</v>
       </c>
       <c r="O32" t="s">
         <v>24</v>
       </c>
-      <c r="P32" t="s">
-        <v>24</v>
+      <c r="P32">
+        <v>115.41</v>
       </c>
       <c r="Q32">
-        <v>94.9</v>
+        <v>116.48</v>
       </c>
       <c r="R32" t="s">
         <v>24</v>
       </c>
       <c r="S32">
-        <v>184.9</v>
+        <v>332.59</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>100</v>
+        <v>62</v>
       </c>
       <c r="C33" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D33">
-        <v>734</v>
+        <v>1744</v>
       </c>
       <c r="E33" t="s">
         <v>21</v>
       </c>
       <c r="F33" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G33" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H33">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I33" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J33" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
-      <c r="L33">
-        <v>0</v>
+      <c r="L33" t="s">
+        <v>24</v>
       </c>
       <c r="M33">
-        <v>85.81</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>107.06</v>
+      </c>
+      <c r="N33">
+        <v>120.68</v>
       </c>
       <c r="O33" t="s">
         <v>24</v>
       </c>
       <c r="P33" t="s">
         <v>24</v>
       </c>
       <c r="Q33">
-        <v>81.81</v>
+        <v>101.15</v>
       </c>
       <c r="R33" t="s">
         <v>24</v>
       </c>
       <c r="S33">
-        <v>167.62</v>
+        <v>328.89</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A34">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
+        <v>104</v>
+      </c>
+      <c r="D34">
+        <v>662</v>
       </c>
       <c r="E34" t="s">
         <v>21</v>
       </c>
       <c r="F34" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G34" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H34">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I34" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J34" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K34">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L34">
-        <v>85.36</v>
+        <v>77.25</v>
       </c>
       <c r="M34">
-        <v>79.39</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>75.92</v>
+      </c>
+      <c r="N34">
+        <v>89.49</v>
+      </c>
+      <c r="O34">
+        <v>80.1</v>
+      </c>
+      <c r="P34">
+        <v>81.19</v>
       </c>
       <c r="Q34" t="s">
         <v>24</v>
       </c>
       <c r="R34" t="s">
         <v>24</v>
       </c>
       <c r="S34">
-        <v>164.75</v>
+        <v>328.03</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A35">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
         <v>105</v>
       </c>
+      <c r="D35">
+        <v>267</v>
+      </c>
       <c r="E35" t="s">
         <v>21</v>
       </c>
       <c r="F35" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G35" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H35">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I35" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J35" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K35">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L35">
+        <v>107.14</v>
       </c>
       <c r="M35">
-        <v>81.78</v>
+        <v>109.21</v>
       </c>
       <c r="N35" t="s">
         <v>24</v>
       </c>
       <c r="O35" t="s">
         <v>24</v>
       </c>
       <c r="P35" t="s">
         <v>24</v>
       </c>
       <c r="Q35">
-        <v>82.39</v>
+        <v>101.46</v>
       </c>
       <c r="R35" t="s">
         <v>24</v>
       </c>
       <c r="S35">
-        <v>164.17</v>
+        <v>317.81</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A36">
-        <v>61</v>
+        <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>106</v>
       </c>
       <c r="C36" t="s">
+        <v>80</v>
+      </c>
+      <c r="D36">
+        <v>202</v>
+      </c>
+      <c r="E36" t="s">
+        <v>81</v>
+      </c>
+      <c r="F36" t="s">
         <v>107</v>
       </c>
-      <c r="E36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G36" t="s">
         <v>23</v>
       </c>
       <c r="H36">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I36" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J36" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K36">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L36" t="s">
         <v>24</v>
       </c>
-      <c r="M36" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M36">
+        <v>70.34</v>
+      </c>
+      <c r="N36">
+        <v>85.96</v>
       </c>
       <c r="O36">
-        <v>150.28</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>75.26</v>
+      </c>
+      <c r="P36">
+        <v>81.35</v>
+      </c>
+      <c r="Q36">
+        <v>73.33</v>
       </c>
       <c r="R36" t="s">
         <v>24</v>
       </c>
       <c r="S36">
-        <v>150.28</v>
+        <v>315.9</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A37">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="B37" t="s">
+        <v>53</v>
+      </c>
+      <c r="C37" t="s">
+        <v>108</v>
+      </c>
+      <c r="D37">
+        <v>1821</v>
+      </c>
+      <c r="E37" t="s">
         <v>109</v>
       </c>
-      <c r="C37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F37" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G37" t="s">
         <v>23</v>
       </c>
       <c r="H37">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="I37" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J37" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K37">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L37" t="s">
         <v>24</v>
       </c>
-      <c r="M37">
-        <v>149.72</v>
+      <c r="M37" t="s">
+        <v>24</v>
       </c>
       <c r="N37" t="s">
         <v>24</v>
       </c>
-      <c r="O37" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="O37">
+        <v>107.67</v>
+      </c>
+      <c r="P37">
+        <v>102.57</v>
+      </c>
+      <c r="Q37">
+        <v>93.69</v>
       </c>
       <c r="R37" t="s">
         <v>24</v>
       </c>
       <c r="S37">
-        <v>149.72</v>
+        <v>303.93</v>
       </c>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A38">
-        <v>67</v>
+        <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>112</v>
+        <v>65</v>
       </c>
       <c r="C38" t="s">
-        <v>113</v>
+        <v>110</v>
+      </c>
+      <c r="D38">
+        <v>1012</v>
       </c>
       <c r="E38" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="F38" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G38" t="s">
         <v>23</v>
       </c>
       <c r="H38">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="I38" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J38" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L38">
-        <v>0</v>
+        <v>87.66</v>
       </c>
       <c r="M38" t="s">
         <v>24</v>
       </c>
       <c r="N38">
-        <v>141.11</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>106.7</v>
+      </c>
+      <c r="O38">
+        <v>104.47</v>
       </c>
       <c r="P38" t="s">
         <v>24</v>
       </c>
       <c r="Q38" t="s">
         <v>24</v>
       </c>
       <c r="R38" t="s">
         <v>24</v>
       </c>
       <c r="S38">
-        <v>141.11</v>
+        <v>298.83</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A39">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C39" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D39">
-        <v>2217</v>
+        <v>2210</v>
       </c>
       <c r="E39" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="F39" t="s">
         <v>22</v>
       </c>
       <c r="G39" t="s">
         <v>23</v>
       </c>
       <c r="H39">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I39" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J39" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K39">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L39" t="s">
         <v>24</v>
       </c>
       <c r="M39" t="s">
         <v>24</v>
       </c>
-      <c r="N39">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="N39" t="s">
+        <v>24</v>
+      </c>
+      <c r="O39">
+        <v>86.84</v>
+      </c>
+      <c r="P39">
+        <v>95.88</v>
+      </c>
+      <c r="Q39">
+        <v>97.48</v>
       </c>
       <c r="R39" t="s">
         <v>24</v>
       </c>
       <c r="S39">
-        <v>138.68</v>
+        <v>280.2</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A40">
-        <v>69</v>
+        <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C40" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D40">
-        <v>2066</v>
+        <v>1957</v>
       </c>
       <c r="E40" t="s">
-        <v>118</v>
+        <v>21</v>
       </c>
       <c r="F40" t="s">
-        <v>119</v>
+        <v>58</v>
       </c>
       <c r="G40" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H40">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I40" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J40" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K40">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L40" t="s">
         <v>24</v>
       </c>
       <c r="M40" t="s">
         <v>24</v>
       </c>
-      <c r="N40" t="s">
-[...9 lines deleted...]
-        <v>138.12</v>
+      <c r="N40">
+        <v>87</v>
+      </c>
+      <c r="O40">
+        <v>84.85</v>
+      </c>
+      <c r="P40">
+        <v>83.46</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>24</v>
       </c>
       <c r="R40" t="s">
         <v>24</v>
       </c>
       <c r="S40">
-        <v>138.12</v>
+        <v>255.31</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A41">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C41" t="s">
-        <v>121</v>
+        <v>117</v>
+      </c>
+      <c r="D41">
+        <v>1299</v>
       </c>
       <c r="E41" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="F41" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="G41" t="s">
         <v>23</v>
       </c>
       <c r="H41">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I41" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J41" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K41">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L41" t="s">
         <v>24</v>
       </c>
       <c r="M41" t="s">
         <v>24</v>
       </c>
-      <c r="N41">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="N41" t="s">
+        <v>24</v>
+      </c>
+      <c r="O41">
+        <v>88.43</v>
+      </c>
+      <c r="P41">
+        <v>88.58</v>
+      </c>
+      <c r="Q41">
+        <v>78.01</v>
       </c>
       <c r="R41" t="s">
         <v>24</v>
       </c>
       <c r="S41">
-        <v>136.32</v>
+        <v>255.02</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A42">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C42" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E42" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="F42" t="s">
         <v>22</v>
       </c>
       <c r="G42" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H42">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I42" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J42" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="K42">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L42" t="s">
         <v>24</v>
       </c>
-      <c r="M42" t="s">
-        <v>24</v>
+      <c r="M42">
+        <v>69.59</v>
       </c>
       <c r="N42">
-        <v>135.64</v>
+        <v>72.7</v>
       </c>
       <c r="O42" t="s">
         <v>24</v>
       </c>
-      <c r="P42" t="s">
-        <v>24</v>
+      <c r="P42">
+        <v>86.2</v>
       </c>
       <c r="Q42" t="s">
         <v>24</v>
       </c>
       <c r="R42" t="s">
         <v>24</v>
       </c>
       <c r="S42">
-        <v>135.64</v>
+        <v>228.49</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A43">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C43" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>2474</v>
+        <v>123</v>
       </c>
       <c r="E43" t="s">
-        <v>34</v>
+        <v>124</v>
       </c>
       <c r="F43" t="s">
         <v>22</v>
       </c>
       <c r="G43" t="s">
         <v>23</v>
       </c>
       <c r="H43">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="I43" t="b">
         <v>0</v>
       </c>
       <c r="J43" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K43">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L43" t="s">
         <v>24</v>
       </c>
       <c r="M43" t="s">
         <v>24</v>
       </c>
-      <c r="N43">
-        <v>134.35</v>
+      <c r="N43" t="s">
+        <v>24</v>
       </c>
       <c r="O43" t="s">
         <v>24</v>
       </c>
-      <c r="P43" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P43">
+        <v>158.31</v>
+      </c>
+      <c r="Q43">
+        <v>146.66</v>
       </c>
       <c r="R43" t="s">
         <v>24</v>
       </c>
       <c r="S43">
-        <v>134.35</v>
+        <v>304.97</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A44">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="B44" t="s">
+        <v>126</v>
+      </c>
+      <c r="C44" t="s">
         <v>127</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44">
+        <v>1783</v>
+      </c>
+      <c r="E44" t="s">
+        <v>42</v>
+      </c>
+      <c r="F44" t="s">
         <v>128</v>
       </c>
-      <c r="D44">
-[...7 lines deleted...]
-      </c>
       <c r="G44" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H44">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I44" t="b">
         <v>0</v>
       </c>
       <c r="J44" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K44">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L44" t="s">
         <v>24</v>
       </c>
       <c r="M44" t="s">
         <v>24</v>
       </c>
-      <c r="N44">
-        <v>132.34</v>
+      <c r="N44" t="s">
+        <v>24</v>
       </c>
       <c r="O44" t="s">
         <v>24</v>
       </c>
-      <c r="P44" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P44">
+        <v>149.78</v>
+      </c>
+      <c r="Q44">
+        <v>145.6</v>
       </c>
       <c r="R44" t="s">
         <v>24</v>
       </c>
       <c r="S44">
-        <v>132.34</v>
+        <v>295.38</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A45">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="B45" t="s">
+        <v>129</v>
+      </c>
+      <c r="C45" t="s">
         <v>130</v>
       </c>
-      <c r="C45" t="s">
+      <c r="E45" t="s">
         <v>131</v>
       </c>
-      <c r="D45">
-[...4 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G45" t="s">
         <v>23</v>
       </c>
       <c r="H45">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="I45" t="b">
         <v>0</v>
       </c>
       <c r="J45" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K45">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>131.53</v>
+        <v>2</v>
+      </c>
+      <c r="L45" t="s">
+        <v>24</v>
       </c>
       <c r="M45" t="s">
         <v>24</v>
       </c>
       <c r="N45" t="s">
         <v>24</v>
       </c>
-      <c r="O45" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O45">
+        <v>141.45</v>
+      </c>
+      <c r="P45">
+        <v>144.85</v>
       </c>
       <c r="Q45" t="s">
         <v>24</v>
       </c>
       <c r="R45" t="s">
         <v>24</v>
       </c>
       <c r="S45">
-        <v>131.53</v>
+        <v>286.3</v>
       </c>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A46">
-        <v>76</v>
+        <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>133</v>
+        <v>91</v>
       </c>
       <c r="C46" t="s">
-        <v>134</v>
+        <v>132</v>
+      </c>
+      <c r="D46">
+        <v>1397</v>
       </c>
       <c r="E46" t="s">
-        <v>135</v>
+        <v>50</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>23</v>
       </c>
       <c r="H46">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="I46" t="b">
         <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K46">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L46" t="s">
+        <v>24</v>
+      </c>
+      <c r="M46">
+        <v>135.68</v>
       </c>
       <c r="N46" t="s">
         <v>24</v>
       </c>
       <c r="O46" t="s">
         <v>24</v>
       </c>
-      <c r="P46" t="s">
-        <v>24</v>
+      <c r="P46">
+        <v>141.7</v>
       </c>
       <c r="Q46" t="s">
         <v>24</v>
       </c>
       <c r="R46" t="s">
         <v>24</v>
       </c>
       <c r="S46">
-        <v>130.07</v>
+        <v>277.38</v>
       </c>
     </row>
     <row r="47" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A47">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
-        <v>137</v>
+        <v>134</v>
+      </c>
+      <c r="D47">
+        <v>2077</v>
       </c>
       <c r="E47" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H47">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I47" t="b">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L47" t="s">
         <v>24</v>
       </c>
-      <c r="M47" t="s">
-[...3 lines deleted...]
-        <v>126.33</v>
+      <c r="M47">
+        <v>141.15</v>
+      </c>
+      <c r="N47" t="s">
+        <v>24</v>
       </c>
       <c r="O47" t="s">
         <v>24</v>
       </c>
       <c r="P47" t="s">
         <v>24</v>
       </c>
-      <c r="Q47" t="s">
-        <v>24</v>
+      <c r="Q47">
+        <v>126.23</v>
       </c>
       <c r="R47" t="s">
         <v>24</v>
       </c>
       <c r="S47">
-        <v>126.33</v>
+        <v>267.38</v>
       </c>
     </row>
     <row r="48" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A48">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="C48" t="s">
-        <v>139</v>
+        <v>136</v>
+      </c>
+      <c r="D48">
+        <v>1629</v>
       </c>
       <c r="E48" t="s">
-        <v>30</v>
+        <v>137</v>
       </c>
       <c r="F48" t="s">
         <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>23</v>
       </c>
       <c r="H48">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="I48" t="b">
         <v>0</v>
       </c>
       <c r="J48" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L48" t="s">
         <v>24</v>
       </c>
-      <c r="M48" t="s">
-[...3 lines deleted...]
-        <v>124.99</v>
+      <c r="M48">
+        <v>128.5</v>
+      </c>
+      <c r="N48" t="s">
+        <v>24</v>
       </c>
       <c r="O48" t="s">
         <v>24</v>
       </c>
-      <c r="P48" t="s">
-        <v>24</v>
+      <c r="P48">
+        <v>135.67</v>
       </c>
       <c r="Q48" t="s">
         <v>24</v>
       </c>
       <c r="R48" t="s">
         <v>24</v>
       </c>
       <c r="S48">
-        <v>124.99</v>
+        <v>264.17</v>
       </c>
     </row>
     <row r="49" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A49">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="C49" t="s">
-        <v>141</v>
+        <v>138</v>
+      </c>
+      <c r="D49">
+        <v>999</v>
       </c>
       <c r="E49" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F49" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G49" t="s">
         <v>23</v>
       </c>
       <c r="H49">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I49" t="b">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K49">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L49">
+        <v>120.46</v>
       </c>
       <c r="M49" t="s">
         <v>24</v>
       </c>
-      <c r="N49">
-        <v>124.29</v>
+      <c r="N49" t="s">
+        <v>24</v>
       </c>
       <c r="O49" t="s">
         <v>24</v>
       </c>
-      <c r="P49" t="s">
-        <v>24</v>
+      <c r="P49">
+        <v>133.05</v>
       </c>
       <c r="Q49" t="s">
         <v>24</v>
       </c>
       <c r="R49" t="s">
         <v>24</v>
       </c>
       <c r="S49">
-        <v>124.29</v>
+        <v>253.51</v>
       </c>
     </row>
     <row r="50" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A50">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C50" t="s">
-        <v>143</v>
+        <v>140</v>
+      </c>
+      <c r="D50">
+        <v>1753</v>
       </c>
       <c r="E50" t="s">
-        <v>144</v>
+        <v>21</v>
       </c>
       <c r="F50" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G50" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H50">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="I50" t="b">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K50">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>124.16</v>
+        <v>2</v>
+      </c>
+      <c r="L50" t="s">
+        <v>24</v>
       </c>
       <c r="M50" t="s">
         <v>24</v>
       </c>
       <c r="N50" t="s">
         <v>24</v>
       </c>
-      <c r="O50" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O50">
+        <v>121.85</v>
+      </c>
+      <c r="P50">
+        <v>129.53</v>
       </c>
       <c r="Q50" t="s">
         <v>24</v>
       </c>
       <c r="R50" t="s">
         <v>24</v>
       </c>
       <c r="S50">
-        <v>124.16</v>
+        <v>251.38</v>
       </c>
     </row>
     <row r="51" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A51">
-        <v>84</v>
+        <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C51" t="s">
-        <v>146</v>
+        <v>91</v>
       </c>
       <c r="D51">
-        <v>1721</v>
+        <v>1771</v>
       </c>
       <c r="E51" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F51" t="s">
         <v>22</v>
       </c>
       <c r="G51" t="s">
         <v>23</v>
       </c>
       <c r="H51">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="I51" t="b">
         <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K51">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L51">
+        <v>122.69</v>
+      </c>
+      <c r="M51">
+        <v>128.25</v>
       </c>
       <c r="N51" t="s">
         <v>24</v>
       </c>
       <c r="O51" t="s">
         <v>24</v>
       </c>
       <c r="P51" t="s">
         <v>24</v>
       </c>
-      <c r="Q51">
-        <v>121.94</v>
+      <c r="Q51" t="s">
+        <v>24</v>
       </c>
       <c r="R51" t="s">
         <v>24</v>
       </c>
       <c r="S51">
-        <v>121.94</v>
+        <v>250.94</v>
       </c>
     </row>
     <row r="52" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A52">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>145</v>
+        <v>25</v>
       </c>
       <c r="C52" t="s">
-        <v>147</v>
+        <v>142</v>
       </c>
       <c r="D52">
-        <v>2190</v>
+        <v>1677</v>
       </c>
       <c r="E52" t="s">
-        <v>97</v>
+        <v>143</v>
       </c>
       <c r="F52" t="s">
         <v>22</v>
       </c>
       <c r="G52" t="s">
         <v>23</v>
       </c>
       <c r="H52">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="I52" t="b">
         <v>0</v>
       </c>
       <c r="J52" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L52" t="s">
         <v>24</v>
       </c>
       <c r="M52" t="s">
         <v>24</v>
       </c>
-      <c r="N52" t="s">
-        <v>24</v>
+      <c r="N52">
+        <v>126.56</v>
       </c>
       <c r="O52" t="s">
         <v>24</v>
       </c>
       <c r="P52">
-        <v>160.28</v>
+        <v>121.3</v>
       </c>
       <c r="Q52" t="s">
         <v>24</v>
       </c>
       <c r="R52" t="s">
         <v>24</v>
       </c>
       <c r="S52">
-        <v>160.28</v>
+        <v>247.86</v>
       </c>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A53">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C53" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D53">
-        <v>2178</v>
+        <v>964</v>
       </c>
       <c r="E53" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="F53" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G53" t="s">
         <v>23</v>
       </c>
       <c r="H53">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K53">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L53" t="s">
         <v>24</v>
       </c>
       <c r="M53" t="s">
         <v>24</v>
       </c>
-      <c r="N53" t="s">
-        <v>24</v>
+      <c r="N53">
+        <v>129.53</v>
       </c>
       <c r="O53" t="s">
         <v>24</v>
       </c>
-      <c r="P53">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P53" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q53">
+        <v>113.77</v>
       </c>
       <c r="R53" t="s">
         <v>24</v>
       </c>
       <c r="S53">
-        <v>154.2</v>
+        <v>243.3</v>
       </c>
     </row>
     <row r="54" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A54">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>151</v>
+        <v>28</v>
       </c>
       <c r="C54" t="s">
-        <v>152</v>
+        <v>147</v>
+      </c>
+      <c r="D54">
+        <v>2320</v>
       </c>
       <c r="E54" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F54" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G54" t="s">
         <v>23</v>
       </c>
       <c r="H54">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I54" t="b">
         <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K54">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>121.82</v>
+        <v>2</v>
+      </c>
+      <c r="L54" t="s">
+        <v>24</v>
       </c>
       <c r="M54" t="s">
         <v>24</v>
       </c>
-      <c r="N54" t="s">
-        <v>24</v>
+      <c r="N54">
+        <v>122.19</v>
       </c>
       <c r="O54" t="s">
         <v>24</v>
       </c>
-      <c r="P54" t="s">
-        <v>24</v>
+      <c r="P54">
+        <v>117.09</v>
       </c>
       <c r="Q54" t="s">
         <v>24</v>
       </c>
       <c r="R54" t="s">
         <v>24</v>
       </c>
       <c r="S54">
-        <v>121.82</v>
+        <v>239.28</v>
       </c>
     </row>
     <row r="55" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A55">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>133</v>
+        <v>148</v>
       </c>
       <c r="C55" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="E55" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="F55" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G55" t="s">
         <v>23</v>
       </c>
       <c r="H55">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="I55" t="b">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K55">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L55" t="s">
+        <v>24</v>
+      </c>
+      <c r="M55">
+        <v>116.7</v>
       </c>
       <c r="N55" t="s">
         <v>24</v>
       </c>
       <c r="O55" t="s">
         <v>24</v>
       </c>
-      <c r="P55" t="s">
-        <v>24</v>
+      <c r="P55">
+        <v>118.35</v>
       </c>
       <c r="Q55" t="s">
         <v>24</v>
       </c>
       <c r="R55" t="s">
         <v>24</v>
       </c>
       <c r="S55">
-        <v>121.62</v>
+        <v>235.05</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A56">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C56" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E56" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="F56" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G56" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H56">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="I56" t="b">
         <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K56">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L56">
-        <v>120.9</v>
+        <v>106.97</v>
       </c>
       <c r="M56" t="s">
         <v>24</v>
       </c>
-      <c r="N56" t="s">
-        <v>24</v>
+      <c r="N56">
+        <v>128.03</v>
       </c>
       <c r="O56" t="s">
         <v>24</v>
       </c>
       <c r="P56" t="s">
         <v>24</v>
       </c>
       <c r="Q56" t="s">
         <v>24</v>
       </c>
       <c r="R56" t="s">
         <v>24</v>
       </c>
       <c r="S56">
-        <v>120.9</v>
+        <v>235</v>
       </c>
     </row>
     <row r="57" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A57">
-        <v>88</v>
+        <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>157</v>
+        <v>65</v>
       </c>
       <c r="C57" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="D57">
-        <v>1301</v>
+        <v>1007</v>
       </c>
       <c r="E57" t="s">
-        <v>159</v>
+        <v>50</v>
       </c>
       <c r="F57" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G57" t="s">
         <v>23</v>
       </c>
       <c r="H57">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="I57" t="b">
         <v>0</v>
       </c>
       <c r="J57" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K57">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L57" t="s">
         <v>24</v>
       </c>
-      <c r="M57" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M57">
+        <v>107.89</v>
+      </c>
+      <c r="N57">
+        <v>121.31</v>
       </c>
       <c r="O57" t="s">
         <v>24</v>
       </c>
-      <c r="P57">
-        <v>145.78</v>
+      <c r="P57" t="s">
+        <v>24</v>
       </c>
       <c r="Q57" t="s">
         <v>24</v>
       </c>
       <c r="R57" t="s">
         <v>24</v>
       </c>
       <c r="S57">
-        <v>145.78</v>
+        <v>229.2</v>
       </c>
     </row>
     <row r="58" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A58">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="C58" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>2059</v>
+        <v>155</v>
       </c>
       <c r="E58" t="s">
-        <v>97</v>
+        <v>50</v>
       </c>
       <c r="F58" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G58" t="s">
         <v>23</v>
       </c>
       <c r="H58">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="I58" t="b">
         <v>0</v>
       </c>
       <c r="J58" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K58">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L58" t="s">
         <v>24</v>
       </c>
-      <c r="M58" t="s">
-        <v>24</v>
+      <c r="M58">
+        <v>107.55</v>
       </c>
       <c r="N58" t="s">
         <v>24</v>
       </c>
       <c r="O58" t="s">
         <v>24</v>
       </c>
       <c r="P58">
-        <v>142.33</v>
+        <v>120.69</v>
       </c>
       <c r="Q58" t="s">
         <v>24</v>
       </c>
       <c r="R58" t="s">
         <v>24</v>
       </c>
       <c r="S58">
-        <v>142.33</v>
+        <v>228.24</v>
       </c>
     </row>
     <row r="59" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A59">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="C59" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="D59">
-        <v>1216</v>
+        <v>2460</v>
       </c>
       <c r="E59" t="s">
-        <v>30</v>
+        <v>158</v>
       </c>
       <c r="F59" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G59" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H59">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I59" t="b">
         <v>0</v>
       </c>
       <c r="J59" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L59" t="s">
         <v>24</v>
       </c>
       <c r="M59" t="s">
         <v>24</v>
       </c>
-      <c r="N59" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N59">
+        <v>116.16</v>
+      </c>
+      <c r="O59">
+        <v>111.18</v>
       </c>
       <c r="P59" t="s">
         <v>24</v>
       </c>
-      <c r="Q59">
-        <v>120.39</v>
+      <c r="Q59" t="s">
+        <v>24</v>
       </c>
       <c r="R59" t="s">
         <v>24</v>
       </c>
       <c r="S59">
-        <v>120.39</v>
+        <v>227.34</v>
       </c>
     </row>
     <row r="60" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A60">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="C60" t="s">
-        <v>165</v>
+        <v>160</v>
+      </c>
+      <c r="D60">
+        <v>1574</v>
       </c>
       <c r="E60" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="F60" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G60" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H60">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="I60" t="b">
         <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K60">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L60" t="s">
         <v>24</v>
       </c>
       <c r="M60" t="s">
         <v>24</v>
       </c>
       <c r="N60" t="s">
         <v>24</v>
       </c>
       <c r="O60" t="s">
         <v>24</v>
       </c>
-      <c r="P60" t="s">
-        <v>24</v>
+      <c r="P60">
+        <v>114.06</v>
       </c>
       <c r="Q60">
-        <v>119.5</v>
+        <v>111.41</v>
       </c>
       <c r="R60" t="s">
         <v>24</v>
       </c>
       <c r="S60">
-        <v>119.5</v>
+        <v>225.47</v>
       </c>
     </row>
     <row r="61" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A61">
-        <v>92</v>
+        <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>25</v>
+        <v>75</v>
       </c>
       <c r="C61" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="E61" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="F61" t="s">
         <v>27</v>
       </c>
       <c r="G61" t="s">
         <v>23</v>
       </c>
       <c r="H61">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="I61" t="b">
         <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L61">
-        <v>118.82</v>
+        <v>100.7</v>
       </c>
       <c r="M61" t="s">
         <v>24</v>
       </c>
-      <c r="N61" t="s">
-        <v>24</v>
+      <c r="N61">
+        <v>122.91</v>
       </c>
       <c r="O61" t="s">
         <v>24</v>
       </c>
       <c r="P61" t="s">
         <v>24</v>
       </c>
       <c r="Q61" t="s">
         <v>24</v>
       </c>
       <c r="R61" t="s">
         <v>24</v>
       </c>
       <c r="S61">
-        <v>118.82</v>
+        <v>223.61</v>
       </c>
     </row>
     <row r="62" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A62">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>169</v>
+        <v>35</v>
       </c>
       <c r="C62" t="s">
-        <v>170</v>
+        <v>164</v>
+      </c>
+      <c r="D62">
+        <v>2457</v>
       </c>
       <c r="E62" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F62" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G62" t="s">
         <v>23</v>
       </c>
       <c r="H62">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I62" t="b">
         <v>0</v>
       </c>
       <c r="J62" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K62">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L62" t="s">
         <v>24</v>
       </c>
-      <c r="M62" t="s">
-        <v>24</v>
+      <c r="M62">
+        <v>107.85</v>
       </c>
       <c r="N62" t="s">
         <v>24</v>
       </c>
       <c r="O62" t="s">
         <v>24</v>
       </c>
       <c r="P62" t="s">
         <v>24</v>
       </c>
       <c r="Q62">
-        <v>118.62</v>
+        <v>110.12</v>
       </c>
       <c r="R62" t="s">
         <v>24</v>
       </c>
       <c r="S62">
-        <v>118.62</v>
+        <v>217.97</v>
       </c>
     </row>
     <row r="63" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A63">
-        <v>94</v>
+        <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="C63" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>1205</v>
+        <v>166</v>
       </c>
       <c r="E63" t="s">
-        <v>173</v>
+        <v>113</v>
       </c>
       <c r="F63" t="s">
         <v>27</v>
       </c>
       <c r="G63" t="s">
         <v>23</v>
       </c>
       <c r="H63">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="I63" t="b">
         <v>0</v>
       </c>
       <c r="J63" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K63">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>118.4</v>
+        <v>2</v>
+      </c>
+      <c r="L63" t="s">
+        <v>24</v>
       </c>
       <c r="M63" t="s">
         <v>24</v>
       </c>
       <c r="N63" t="s">
         <v>24</v>
       </c>
       <c r="O63" t="s">
         <v>24</v>
       </c>
-      <c r="P63" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P63">
+        <v>108.24</v>
+      </c>
+      <c r="Q63">
+        <v>108.64</v>
       </c>
       <c r="R63" t="s">
         <v>24</v>
       </c>
       <c r="S63">
-        <v>118.4</v>
+        <v>216.88</v>
       </c>
     </row>
     <row r="64" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A64">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C64" t="s">
-        <v>175</v>
+        <v>168</v>
+      </c>
+      <c r="D64">
+        <v>2292</v>
       </c>
       <c r="E64" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="F64" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G64" t="s">
         <v>23</v>
       </c>
       <c r="H64">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="I64" t="b">
         <v>0</v>
       </c>
       <c r="J64" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K64">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L64" t="s">
         <v>24</v>
       </c>
-      <c r="M64" t="s">
-        <v>24</v>
+      <c r="M64">
+        <v>100.96</v>
       </c>
       <c r="N64" t="s">
         <v>24</v>
       </c>
       <c r="O64" t="s">
         <v>24</v>
       </c>
-      <c r="P64">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P64" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q64">
+        <v>114.66</v>
       </c>
       <c r="R64" t="s">
         <v>24</v>
       </c>
       <c r="S64">
-        <v>135.9</v>
+        <v>215.62</v>
       </c>
     </row>
     <row r="65" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A65">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>176</v>
+        <v>91</v>
       </c>
       <c r="C65" t="s">
-        <v>177</v>
+        <v>169</v>
+      </c>
+      <c r="D65">
+        <v>2182</v>
       </c>
       <c r="E65" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="F65" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G65" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H65">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I65" t="b">
         <v>0</v>
       </c>
       <c r="J65" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K65">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L65" t="s">
         <v>24</v>
       </c>
-      <c r="M65" t="s">
-        <v>24</v>
+      <c r="M65">
+        <v>102.97</v>
       </c>
       <c r="N65">
-        <v>118.34</v>
+        <v>111.65</v>
       </c>
       <c r="O65" t="s">
         <v>24</v>
       </c>
       <c r="P65" t="s">
         <v>24</v>
       </c>
       <c r="Q65" t="s">
         <v>24</v>
       </c>
       <c r="R65" t="s">
         <v>24</v>
       </c>
       <c r="S65">
-        <v>118.34</v>
+        <v>214.62</v>
       </c>
     </row>
     <row r="66" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A66">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>25</v>
+        <v>170</v>
       </c>
       <c r="C66" t="s">
-        <v>178</v>
+        <v>171</v>
+      </c>
+      <c r="D66">
+        <v>2187</v>
       </c>
       <c r="E66" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="F66" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G66" t="s">
         <v>23</v>
       </c>
       <c r="H66">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="I66" t="b">
         <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K66">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L66">
+        <v>100.04</v>
       </c>
       <c r="M66" t="s">
         <v>24</v>
       </c>
       <c r="N66" t="s">
         <v>24</v>
       </c>
       <c r="O66" t="s">
         <v>24</v>
       </c>
-      <c r="P66">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P66" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q66">
+        <v>112.27</v>
       </c>
       <c r="R66" t="s">
         <v>24</v>
       </c>
       <c r="S66">
-        <v>135.71</v>
+        <v>212.31</v>
       </c>
     </row>
     <row r="67" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A67">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C67" t="s">
-        <v>181</v>
+        <v>174</v>
+      </c>
+      <c r="D67">
+        <v>1303</v>
       </c>
       <c r="E67" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F67" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G67" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H67">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K67">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L67">
+        <v>98.21</v>
       </c>
       <c r="M67" t="s">
         <v>24</v>
       </c>
       <c r="N67">
-        <v>118.26</v>
+        <v>112.22</v>
       </c>
       <c r="O67" t="s">
         <v>24</v>
       </c>
       <c r="P67" t="s">
         <v>24</v>
       </c>
       <c r="Q67" t="s">
         <v>24</v>
       </c>
       <c r="R67" t="s">
         <v>24</v>
       </c>
       <c r="S67">
-        <v>118.26</v>
+        <v>210.43</v>
       </c>
     </row>
     <row r="68" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A68">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="C68" t="s">
-        <v>175</v>
+        <v>176</v>
+      </c>
+      <c r="D68">
+        <v>1446</v>
       </c>
       <c r="E68" t="s">
-        <v>159</v>
+        <v>50</v>
       </c>
       <c r="F68" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G68" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H68">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="I68" t="b">
         <v>0</v>
       </c>
       <c r="J68" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K68">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L68" t="s">
         <v>24</v>
       </c>
-      <c r="M68" t="s">
-        <v>24</v>
+      <c r="M68">
+        <v>0</v>
       </c>
       <c r="N68">
-        <v>115.4</v>
+        <v>111.4</v>
       </c>
       <c r="O68" t="s">
         <v>24</v>
       </c>
-      <c r="P68" t="s">
-        <v>24</v>
+      <c r="P68">
+        <v>96.02</v>
       </c>
       <c r="Q68" t="s">
         <v>24</v>
       </c>
       <c r="R68" t="s">
         <v>24</v>
       </c>
       <c r="S68">
-        <v>115.4</v>
+        <v>207.42</v>
       </c>
     </row>
     <row r="69" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A69">
-        <v>98</v>
+        <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>61</v>
+        <v>177</v>
       </c>
       <c r="C69" t="s">
-        <v>183</v>
+        <v>178</v>
+      </c>
+      <c r="D69">
+        <v>2209</v>
       </c>
       <c r="E69" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="F69" t="s">
         <v>27</v>
       </c>
       <c r="G69" t="s">
         <v>23</v>
       </c>
       <c r="H69">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="I69" t="b">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K69">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L69">
+        <v>96.26</v>
       </c>
       <c r="M69" t="s">
         <v>24</v>
       </c>
-      <c r="N69" t="s">
-        <v>24</v>
+      <c r="N69">
+        <v>109</v>
       </c>
       <c r="O69" t="s">
         <v>24</v>
       </c>
-      <c r="P69">
-        <v>133.91</v>
+      <c r="P69" t="s">
+        <v>24</v>
       </c>
       <c r="Q69" t="s">
         <v>24</v>
       </c>
       <c r="R69" t="s">
         <v>24</v>
       </c>
       <c r="S69">
-        <v>133.91</v>
+        <v>205.26</v>
       </c>
     </row>
     <row r="70" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A70">
-        <v>99</v>
+        <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C70" t="s">
-        <v>186</v>
+        <v>181</v>
+      </c>
+      <c r="D70">
+        <v>2130</v>
       </c>
       <c r="E70" t="s">
-        <v>168</v>
+        <v>24</v>
       </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G70" t="s">
         <v>23</v>
       </c>
       <c r="H70">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I70" t="b">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K70">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L70" t="s">
         <v>24</v>
       </c>
-      <c r="M70" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="M70">
+        <v>101.26</v>
+      </c>
+      <c r="N70" t="s">
+        <v>24</v>
+      </c>
+      <c r="O70">
+        <v>102.5</v>
       </c>
       <c r="P70" t="s">
         <v>24</v>
       </c>
       <c r="Q70" t="s">
         <v>24</v>
       </c>
       <c r="R70" t="s">
         <v>24</v>
       </c>
       <c r="S70">
-        <v>115.29</v>
+        <v>203.76</v>
       </c>
     </row>
     <row r="71" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A71">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="B71" t="s">
+        <v>182</v>
+      </c>
+      <c r="C71" t="s">
+        <v>183</v>
+      </c>
+      <c r="E71" t="s">
+        <v>124</v>
+      </c>
+      <c r="F71" t="s">
+        <v>22</v>
+      </c>
+      <c r="G71" t="s">
         <v>39</v>
       </c>
-      <c r="C71" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H71">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K71">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L71">
-        <v>115.2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>100.74</v>
+      </c>
+      <c r="M71">
+        <v>100.88</v>
       </c>
       <c r="N71" t="s">
         <v>24</v>
       </c>
       <c r="O71" t="s">
         <v>24</v>
       </c>
       <c r="P71" t="s">
         <v>24</v>
       </c>
       <c r="Q71" t="s">
         <v>24</v>
       </c>
       <c r="R71" t="s">
         <v>24</v>
       </c>
       <c r="S71">
-        <v>115.2</v>
+        <v>201.62</v>
       </c>
     </row>
     <row r="72" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A72">
-        <v>100</v>
+        <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="C72" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="D72">
-        <v>996</v>
+        <v>748</v>
       </c>
       <c r="E72" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="F72" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G72" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H72">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I72" t="b">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K72">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L72" t="s">
         <v>24</v>
       </c>
-      <c r="M72" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M72">
+        <v>94.6</v>
+      </c>
+      <c r="N72">
+        <v>100.39</v>
       </c>
       <c r="O72" t="s">
         <v>24</v>
       </c>
-      <c r="P72">
-        <v>132.05</v>
+      <c r="P72" t="s">
+        <v>24</v>
       </c>
       <c r="Q72" t="s">
         <v>24</v>
       </c>
       <c r="R72" t="s">
         <v>24</v>
       </c>
       <c r="S72">
-        <v>132.05</v>
+        <v>194.99</v>
       </c>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A73">
-        <v>101</v>
+        <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>191</v>
+        <v>40</v>
       </c>
       <c r="C73" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>1835</v>
+        <v>186</v>
       </c>
       <c r="E73" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="F73" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G73" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H73">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="I73" t="b">
         <v>0</v>
       </c>
       <c r="J73" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K73">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>114.61</v>
+        <v>2</v>
+      </c>
+      <c r="L73" t="s">
+        <v>24</v>
       </c>
       <c r="M73" t="s">
         <v>24</v>
       </c>
-      <c r="N73" t="s">
-        <v>24</v>
+      <c r="N73">
+        <v>99.57</v>
       </c>
       <c r="O73" t="s">
         <v>24</v>
       </c>
-      <c r="P73" t="s">
-        <v>24</v>
+      <c r="P73">
+        <v>93.77</v>
       </c>
       <c r="Q73" t="s">
         <v>24</v>
       </c>
       <c r="R73" t="s">
         <v>24</v>
       </c>
       <c r="S73">
-        <v>114.61</v>
+        <v>193.34</v>
       </c>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74">
-        <v>101</v>
+        <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="C74" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="D74">
-        <v>417</v>
+        <v>2322</v>
       </c>
       <c r="E74" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="F74" t="s">
         <v>27</v>
       </c>
       <c r="G74" t="s">
         <v>23</v>
       </c>
       <c r="H74">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K74">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
       <c r="M74" t="s">
         <v>24</v>
       </c>
       <c r="N74" t="s">
         <v>24</v>
       </c>
-      <c r="O74" t="s">
-        <v>24</v>
+      <c r="O74">
+        <v>93.33</v>
       </c>
       <c r="P74">
-        <v>131.87</v>
+        <v>97.26</v>
       </c>
       <c r="Q74" t="s">
         <v>24</v>
       </c>
       <c r="R74" t="s">
         <v>24</v>
       </c>
       <c r="S74">
-        <v>131.87</v>
+        <v>190.59</v>
       </c>
     </row>
     <row r="75" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A75">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="C75" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="D75">
-        <v>1898</v>
+        <v>2363</v>
       </c>
       <c r="E75" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="F75" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G75" t="s">
         <v>23</v>
       </c>
       <c r="H75">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="I75" t="b">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K75">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L75">
-        <v>114.6</v>
+        <v>89.96</v>
       </c>
       <c r="M75" t="s">
         <v>24</v>
       </c>
       <c r="N75" t="s">
         <v>24</v>
       </c>
       <c r="O75" t="s">
         <v>24</v>
       </c>
-      <c r="P75" t="s">
-        <v>24</v>
+      <c r="P75">
+        <v>99.45</v>
       </c>
       <c r="Q75" t="s">
         <v>24</v>
       </c>
       <c r="R75" t="s">
         <v>24</v>
       </c>
       <c r="S75">
-        <v>114.6</v>
+        <v>189.41</v>
       </c>
     </row>
     <row r="76" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A76">
-        <v>103</v>
+        <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>25</v>
+        <v>191</v>
       </c>
       <c r="C76" t="s">
-        <v>198</v>
+        <v>192</v>
+      </c>
+      <c r="D76">
+        <v>1179</v>
       </c>
       <c r="E76" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F76" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G76" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H76">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="I76" t="b">
         <v>0</v>
       </c>
       <c r="J76" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K76">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L76">
+        <v>90</v>
       </c>
       <c r="M76" t="s">
         <v>24</v>
       </c>
-      <c r="N76">
-        <v>114.51</v>
+      <c r="N76" t="s">
+        <v>24</v>
       </c>
       <c r="O76" t="s">
         <v>24</v>
       </c>
       <c r="P76" t="s">
         <v>24</v>
       </c>
-      <c r="Q76" t="s">
-        <v>24</v>
+      <c r="Q76">
+        <v>94.9</v>
       </c>
       <c r="R76" t="s">
         <v>24</v>
       </c>
       <c r="S76">
-        <v>114.51</v>
+        <v>184.9</v>
       </c>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A77">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>106</v>
+        <v>193</v>
       </c>
       <c r="C77" t="s">
-        <v>199</v>
+        <v>194</v>
+      </c>
+      <c r="D77">
+        <v>2364</v>
       </c>
       <c r="E77" t="s">
-        <v>30</v>
+        <v>195</v>
       </c>
       <c r="F77" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G77" t="s">
         <v>23</v>
       </c>
       <c r="H77">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="I77" t="b">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K77">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>114.35</v>
+        <v>2</v>
+      </c>
+      <c r="L77" t="s">
+        <v>24</v>
       </c>
       <c r="M77" t="s">
         <v>24</v>
       </c>
-      <c r="N77" t="s">
-        <v>24</v>
+      <c r="N77">
+        <v>86.94</v>
       </c>
       <c r="O77" t="s">
         <v>24</v>
       </c>
-      <c r="P77" t="s">
-        <v>24</v>
+      <c r="P77">
+        <v>84.65</v>
       </c>
       <c r="Q77" t="s">
         <v>24</v>
       </c>
       <c r="R77" t="s">
         <v>24</v>
       </c>
       <c r="S77">
-        <v>114.35</v>
+        <v>171.59</v>
       </c>
     </row>
     <row r="78" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A78">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>63</v>
+        <v>196</v>
       </c>
       <c r="C78" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D78">
-        <v>2317</v>
+        <v>719</v>
       </c>
       <c r="E78" t="s">
-        <v>97</v>
+        <v>198</v>
       </c>
       <c r="F78" t="s">
-        <v>35</v>
+        <v>107</v>
       </c>
       <c r="G78" t="s">
         <v>23</v>
       </c>
       <c r="H78">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="I78" t="b">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K78">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L78" t="s">
         <v>24</v>
       </c>
       <c r="M78" t="s">
         <v>24</v>
       </c>
-      <c r="N78" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N78">
+        <v>92.41</v>
+      </c>
+      <c r="O78">
+        <v>0</v>
       </c>
       <c r="P78">
-        <v>129.89</v>
+        <v>78.27</v>
       </c>
       <c r="Q78" t="s">
         <v>24</v>
       </c>
       <c r="R78" t="s">
         <v>24</v>
       </c>
       <c r="S78">
-        <v>129.89</v>
+        <v>170.68</v>
       </c>
     </row>
     <row r="79" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A79">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C79" t="s">
-        <v>202</v>
+        <v>200</v>
+      </c>
+      <c r="D79">
+        <v>734</v>
       </c>
       <c r="E79" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="F79" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G79" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H79">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="I79" t="b">
         <v>0</v>
       </c>
       <c r="J79" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K79">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L79">
+        <v>0</v>
+      </c>
+      <c r="M79">
+        <v>85.81</v>
       </c>
       <c r="N79" t="s">
         <v>24</v>
       </c>
       <c r="O79" t="s">
         <v>24</v>
       </c>
       <c r="P79" t="s">
         <v>24</v>
       </c>
       <c r="Q79">
-        <v>114.17</v>
+        <v>81.81</v>
       </c>
       <c r="R79" t="s">
         <v>24</v>
       </c>
       <c r="S79">
-        <v>114.17</v>
+        <v>167.62</v>
       </c>
     </row>
     <row r="80" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A80">
-        <v>105</v>
+        <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="C80" t="s">
-        <v>204</v>
+        <v>202</v>
+      </c>
+      <c r="D80">
+        <v>631</v>
       </c>
       <c r="E80" t="s">
-        <v>205</v>
+        <v>21</v>
       </c>
       <c r="F80" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G80" t="s">
         <v>23</v>
       </c>
       <c r="H80">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I80" t="b">
         <v>0</v>
       </c>
       <c r="J80" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L80" t="s">
         <v>24</v>
       </c>
       <c r="M80" t="s">
         <v>24</v>
       </c>
       <c r="N80" t="s">
         <v>24</v>
       </c>
       <c r="O80" t="s">
         <v>24</v>
       </c>
       <c r="P80">
-        <v>127.97</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>83.07</v>
+      </c>
+      <c r="Q80">
+        <v>82.18</v>
       </c>
       <c r="R80" t="s">
         <v>24</v>
       </c>
       <c r="S80">
-        <v>127.97</v>
+        <v>165.25</v>
       </c>
     </row>
     <row r="81" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A81">
-        <v>106</v>
+        <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>182</v>
+        <v>165</v>
       </c>
       <c r="C81" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>203</v>
       </c>
       <c r="E81" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="F81" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G81" t="s">
         <v>23</v>
       </c>
       <c r="H81">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="I81" t="b">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K81">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L81">
-        <v>114.17</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>85.36</v>
+      </c>
+      <c r="M81">
+        <v>79.39</v>
       </c>
       <c r="N81" t="s">
         <v>24</v>
       </c>
       <c r="O81" t="s">
         <v>24</v>
       </c>
       <c r="P81" t="s">
         <v>24</v>
       </c>
       <c r="Q81" t="s">
         <v>24</v>
       </c>
       <c r="R81" t="s">
         <v>24</v>
       </c>
       <c r="S81">
-        <v>114.17</v>
+        <v>164.75</v>
       </c>
     </row>
     <row r="82" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A82">
-        <v>107</v>
+        <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C82" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E82" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F82" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G82" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H82">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="I82" t="b">
         <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K82">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L82" t="s">
         <v>24</v>
       </c>
-      <c r="M82" t="s">
-        <v>24</v>
+      <c r="M82">
+        <v>81.78</v>
       </c>
       <c r="N82" t="s">
         <v>24</v>
       </c>
-      <c r="O82">
-        <v>113.71</v>
+      <c r="O82" t="s">
+        <v>24</v>
       </c>
       <c r="P82" t="s">
         <v>24</v>
       </c>
-      <c r="Q82" t="s">
-        <v>24</v>
+      <c r="Q82">
+        <v>82.39</v>
       </c>
       <c r="R82" t="s">
         <v>24</v>
       </c>
       <c r="S82">
-        <v>113.71</v>
+        <v>164.17</v>
       </c>
     </row>
     <row r="83" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A83">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="C83" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>60</v>
       </c>
       <c r="E83" t="s">
-        <v>211</v>
+        <v>24</v>
       </c>
       <c r="F83" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G83" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H83">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K83">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L83" t="s">
         <v>24</v>
       </c>
       <c r="M83" t="s">
         <v>24</v>
       </c>
-      <c r="N83" t="s">
-        <v>24</v>
+      <c r="N83">
+        <v>80.17</v>
       </c>
       <c r="O83" t="s">
         <v>24</v>
       </c>
       <c r="P83">
-        <v>126.1</v>
+        <v>83.21</v>
       </c>
       <c r="Q83" t="s">
         <v>24</v>
       </c>
       <c r="R83" t="s">
         <v>24</v>
       </c>
       <c r="S83">
-        <v>126.1</v>
+        <v>163.38</v>
       </c>
     </row>
     <row r="84" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A84">
-        <v>108</v>
+        <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>106</v>
+        <v>87</v>
       </c>
       <c r="C84" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="D84">
-        <v>1665</v>
+        <v>2190</v>
       </c>
       <c r="E84" t="s">
-        <v>213</v>
+        <v>143</v>
       </c>
       <c r="F84" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G84" t="s">
         <v>23</v>
       </c>
       <c r="H84">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I84" t="b">
         <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
-      <c r="L84">
-        <v>113.27</v>
+      <c r="L84" t="s">
+        <v>24</v>
       </c>
       <c r="M84" t="s">
         <v>24</v>
       </c>
       <c r="N84" t="s">
         <v>24</v>
       </c>
       <c r="O84" t="s">
         <v>24</v>
       </c>
-      <c r="P84" t="s">
-        <v>24</v>
+      <c r="P84">
+        <v>160.28</v>
       </c>
       <c r="Q84" t="s">
         <v>24</v>
       </c>
       <c r="R84" t="s">
         <v>24</v>
       </c>
       <c r="S84">
-        <v>113.27</v>
+        <v>160.28</v>
       </c>
     </row>
     <row r="85" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A85">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>90</v>
+        <v>208</v>
       </c>
       <c r="C85" t="s">
-        <v>214</v>
+        <v>209</v>
+      </c>
+      <c r="D85">
+        <v>2178</v>
       </c>
       <c r="E85" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="F85" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G85" t="s">
         <v>23</v>
       </c>
       <c r="H85">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I85" t="b">
         <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85" t="s">
         <v>24</v>
       </c>
       <c r="M85" t="s">
         <v>24</v>
       </c>
-      <c r="N85">
-        <v>113.15</v>
+      <c r="N85" t="s">
+        <v>24</v>
       </c>
       <c r="O85" t="s">
         <v>24</v>
       </c>
-      <c r="P85" t="s">
-        <v>24</v>
+      <c r="P85">
+        <v>154.2</v>
       </c>
       <c r="Q85" t="s">
         <v>24</v>
       </c>
       <c r="R85" t="s">
         <v>24</v>
       </c>
       <c r="S85">
-        <v>113.15</v>
+        <v>154.2</v>
       </c>
     </row>
     <row r="86" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A86">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C86" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="E86" t="s">
-        <v>24</v>
+        <v>213</v>
       </c>
       <c r="F86" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G86" t="s">
         <v>23</v>
       </c>
       <c r="H86">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I86" t="b">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86" t="s">
         <v>24</v>
       </c>
       <c r="M86" t="s">
         <v>24</v>
       </c>
       <c r="N86" t="s">
         <v>24</v>
       </c>
-      <c r="O86" t="s">
-[...3 lines deleted...]
-        <v>124.97</v>
+      <c r="O86">
+        <v>150.28</v>
+      </c>
+      <c r="P86" t="s">
+        <v>24</v>
       </c>
       <c r="Q86" t="s">
         <v>24</v>
       </c>
       <c r="R86" t="s">
         <v>24</v>
       </c>
       <c r="S86">
-        <v>124.97</v>
+        <v>150.28</v>
       </c>
     </row>
     <row r="87" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A87">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>55</v>
+        <v>214</v>
       </c>
       <c r="C87" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>2449</v>
+        <v>215</v>
       </c>
       <c r="E87" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="F87" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G87" t="s">
         <v>23</v>
       </c>
       <c r="H87">
         <v>21</v>
       </c>
       <c r="I87" t="b">
         <v>0</v>
       </c>
       <c r="J87" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
-      <c r="M87" t="s">
-        <v>24</v>
+      <c r="M87">
+        <v>149.72</v>
       </c>
       <c r="N87" t="s">
         <v>24</v>
       </c>
-      <c r="O87">
-        <v>113.03</v>
+      <c r="O87" t="s">
+        <v>24</v>
       </c>
       <c r="P87" t="s">
         <v>24</v>
       </c>
       <c r="Q87" t="s">
         <v>24</v>
       </c>
       <c r="R87" t="s">
         <v>24</v>
       </c>
       <c r="S87">
-        <v>113.03</v>
+        <v>149.72</v>
       </c>
     </row>
     <row r="88" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A88">
-        <v>111</v>
+        <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="C88" t="s">
-        <v>220</v>
+        <v>218</v>
+      </c>
+      <c r="D88">
+        <v>1301</v>
       </c>
       <c r="E88" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="F88" t="s">
         <v>22</v>
       </c>
       <c r="G88" t="s">
         <v>23</v>
       </c>
       <c r="H88">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I88" t="b">
         <v>0</v>
       </c>
       <c r="J88" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
-      <c r="L88">
-        <v>112.1</v>
+      <c r="L88" t="s">
+        <v>24</v>
       </c>
       <c r="M88" t="s">
         <v>24</v>
       </c>
       <c r="N88" t="s">
         <v>24</v>
       </c>
       <c r="O88" t="s">
         <v>24</v>
       </c>
-      <c r="P88" t="s">
-        <v>24</v>
+      <c r="P88">
+        <v>145.78</v>
       </c>
       <c r="Q88" t="s">
         <v>24</v>
       </c>
       <c r="R88" t="s">
         <v>24</v>
       </c>
       <c r="S88">
-        <v>112.1</v>
+        <v>145.78</v>
       </c>
     </row>
     <row r="89" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A89">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C89" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D89">
-        <v>2339</v>
+        <v>2059</v>
       </c>
       <c r="E89" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="F89" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="G89" t="s">
         <v>23</v>
       </c>
       <c r="H89">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="I89" t="b">
         <v>0</v>
       </c>
       <c r="J89" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89" t="s">
         <v>24</v>
       </c>
       <c r="M89" t="s">
         <v>24</v>
       </c>
       <c r="N89" t="s">
         <v>24</v>
       </c>
       <c r="O89" t="s">
         <v>24</v>
       </c>
       <c r="P89">
-        <v>124.16</v>
+        <v>142.33</v>
       </c>
       <c r="Q89" t="s">
         <v>24</v>
       </c>
       <c r="R89" t="s">
         <v>24</v>
       </c>
       <c r="S89">
-        <v>124.16</v>
+        <v>142.33</v>
       </c>
     </row>
     <row r="90" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A90">
-        <v>113</v>
+        <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C90" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="E90" t="s">
-        <v>24</v>
+        <v>158</v>
       </c>
       <c r="F90" t="s">
         <v>22</v>
       </c>
       <c r="G90" t="s">
         <v>23</v>
       </c>
       <c r="H90">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I90" t="b">
         <v>0</v>
       </c>
       <c r="J90" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K90">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L90">
+        <v>0</v>
       </c>
       <c r="M90" t="s">
         <v>24</v>
       </c>
-      <c r="N90" t="s">
-        <v>24</v>
+      <c r="N90">
+        <v>141.11</v>
       </c>
       <c r="O90" t="s">
         <v>24</v>
       </c>
-      <c r="P90">
-        <v>123.93</v>
+      <c r="P90" t="s">
+        <v>24</v>
       </c>
       <c r="Q90" t="s">
         <v>24</v>
       </c>
       <c r="R90" t="s">
         <v>24</v>
       </c>
       <c r="S90">
-        <v>123.93</v>
+        <v>141.11</v>
       </c>
     </row>
     <row r="91" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A91">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>225</v>
+        <v>193</v>
       </c>
       <c r="C91" t="s">
-        <v>226</v>
+        <v>223</v>
+      </c>
+      <c r="D91">
+        <v>2217</v>
       </c>
       <c r="E91" t="s">
-        <v>168</v>
+        <v>24</v>
       </c>
       <c r="F91" t="s">
         <v>22</v>
       </c>
       <c r="G91" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H91">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="I91" t="b">
         <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
-      <c r="L91">
-        <v>110.69</v>
+      <c r="L91" t="s">
+        <v>24</v>
       </c>
       <c r="M91" t="s">
         <v>24</v>
       </c>
-      <c r="N91" t="s">
-        <v>24</v>
+      <c r="N91">
+        <v>138.68</v>
       </c>
       <c r="O91" t="s">
         <v>24</v>
       </c>
       <c r="P91" t="s">
         <v>24</v>
       </c>
       <c r="Q91" t="s">
         <v>24</v>
       </c>
       <c r="R91" t="s">
         <v>24</v>
       </c>
       <c r="S91">
-        <v>110.69</v>
+        <v>138.68</v>
       </c>
     </row>
     <row r="92" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A92">
-        <v>115</v>
+        <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C92" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D92">
-        <v>2452</v>
+        <v>2066</v>
       </c>
       <c r="E92" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="F92" t="s">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="G92" t="s">
         <v>23</v>
       </c>
       <c r="H92">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="I92" t="b">
         <v>0</v>
       </c>
       <c r="J92" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K92">
         <v>1</v>
       </c>
       <c r="L92" t="s">
         <v>24</v>
       </c>
       <c r="M92" t="s">
         <v>24</v>
       </c>
-      <c r="N92">
-        <v>109.57</v>
+      <c r="N92" t="s">
+        <v>24</v>
       </c>
       <c r="O92" t="s">
         <v>24</v>
       </c>
       <c r="P92" t="s">
         <v>24</v>
       </c>
-      <c r="Q92" t="s">
-        <v>24</v>
+      <c r="Q92">
+        <v>138.12</v>
       </c>
       <c r="R92" t="s">
         <v>24</v>
       </c>
       <c r="S92">
-        <v>109.57</v>
+        <v>138.12</v>
       </c>
     </row>
     <row r="93" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A93">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="C93" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E93" t="s">
         <v>24</v>
       </c>
       <c r="F93" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>23</v>
       </c>
       <c r="H93">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="I93" t="b">
         <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93" t="s">
         <v>24</v>
       </c>
-      <c r="M93">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M93" t="s">
+        <v>24</v>
+      </c>
+      <c r="N93">
+        <v>136.32</v>
       </c>
       <c r="O93" t="s">
         <v>24</v>
       </c>
       <c r="P93" t="s">
         <v>24</v>
       </c>
       <c r="Q93" t="s">
         <v>24</v>
       </c>
       <c r="R93" t="s">
         <v>24</v>
       </c>
       <c r="S93">
-        <v>108.56</v>
+        <v>136.32</v>
       </c>
     </row>
     <row r="94" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A94">
-        <v>118</v>
+        <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>62</v>
+        <v>129</v>
       </c>
       <c r="C94" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>1468</v>
+        <v>229</v>
       </c>
       <c r="E94" t="s">
-        <v>21</v>
+        <v>143</v>
       </c>
       <c r="F94" t="s">
+        <v>22</v>
+      </c>
+      <c r="G94" t="s">
+        <v>23</v>
+      </c>
+      <c r="H94">
         <v>27</v>
       </c>
-      <c r="G94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I94" t="b">
         <v>0</v>
       </c>
       <c r="J94" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
-      <c r="L94">
-        <v>108.47</v>
+      <c r="L94" t="s">
+        <v>24</v>
       </c>
       <c r="M94" t="s">
         <v>24</v>
       </c>
       <c r="N94" t="s">
         <v>24</v>
       </c>
       <c r="O94" t="s">
         <v>24</v>
       </c>
-      <c r="P94" t="s">
-        <v>24</v>
+      <c r="P94">
+        <v>135.9</v>
       </c>
       <c r="Q94" t="s">
         <v>24</v>
       </c>
       <c r="R94" t="s">
         <v>24</v>
       </c>
       <c r="S94">
-        <v>108.47</v>
+        <v>135.9</v>
       </c>
     </row>
     <row r="95" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A95">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>232</v>
+        <v>25</v>
       </c>
       <c r="C95" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>2108</v>
+        <v>230</v>
       </c>
       <c r="E95" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="F95" t="s">
         <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>23</v>
       </c>
       <c r="H95">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I95" t="b">
         <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
-      <c r="L95">
-        <v>108.3</v>
+      <c r="L95" t="s">
+        <v>24</v>
       </c>
       <c r="M95" t="s">
         <v>24</v>
       </c>
       <c r="N95" t="s">
         <v>24</v>
       </c>
       <c r="O95" t="s">
         <v>24</v>
       </c>
-      <c r="P95" t="s">
-        <v>24</v>
+      <c r="P95">
+        <v>135.71</v>
       </c>
       <c r="Q95" t="s">
         <v>24</v>
       </c>
       <c r="R95" t="s">
         <v>24</v>
       </c>
       <c r="S95">
-        <v>108.3</v>
+        <v>135.71</v>
       </c>
     </row>
     <row r="96" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A96">
-        <v>120</v>
+        <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C96" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>1513</v>
+        <v>233</v>
       </c>
       <c r="E96" t="s">
-        <v>30</v>
+        <v>234</v>
       </c>
       <c r="F96" t="s">
         <v>22</v>
       </c>
       <c r="G96" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H96">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I96" t="b">
         <v>0</v>
       </c>
       <c r="J96" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K96">
         <v>1</v>
       </c>
       <c r="L96" t="s">
         <v>24</v>
       </c>
-      <c r="M96">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M96" t="s">
+        <v>24</v>
+      </c>
+      <c r="N96">
+        <v>135.64</v>
       </c>
       <c r="O96" t="s">
         <v>24</v>
       </c>
       <c r="P96" t="s">
         <v>24</v>
       </c>
       <c r="Q96" t="s">
         <v>24</v>
       </c>
       <c r="R96" t="s">
         <v>24</v>
       </c>
       <c r="S96">
-        <v>108.1</v>
+        <v>135.64</v>
       </c>
     </row>
     <row r="97" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A97">
-        <v>121</v>
+        <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C97" t="s">
-        <v>155</v>
+        <v>236</v>
+      </c>
+      <c r="D97">
+        <v>2474</v>
       </c>
       <c r="E97" t="s">
-        <v>21</v>
+        <v>55</v>
       </c>
       <c r="F97" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>23</v>
       </c>
       <c r="H97">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="I97" t="b">
         <v>0</v>
       </c>
       <c r="J97" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K97">
         <v>1</v>
       </c>
       <c r="L97" t="s">
         <v>24</v>
       </c>
       <c r="M97" t="s">
         <v>24</v>
       </c>
-      <c r="N97" t="s">
-        <v>24</v>
+      <c r="N97">
+        <v>134.35</v>
       </c>
       <c r="O97" t="s">
         <v>24</v>
       </c>
       <c r="P97" t="s">
         <v>24</v>
       </c>
-      <c r="Q97">
-        <v>108.06</v>
+      <c r="Q97" t="s">
+        <v>24</v>
       </c>
       <c r="R97" t="s">
         <v>24</v>
       </c>
       <c r="S97">
-        <v>108.06</v>
+        <v>134.35</v>
       </c>
     </row>
     <row r="98" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A98">
-        <v>123</v>
+        <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>74</v>
+        <v>141</v>
       </c>
       <c r="C98" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="E98" t="s">
-        <v>24</v>
+        <v>118</v>
       </c>
       <c r="F98" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G98" t="s">
         <v>23</v>
       </c>
       <c r="H98">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="I98" t="b">
         <v>0</v>
       </c>
       <c r="J98" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
-      <c r="L98">
-        <v>107.23</v>
+      <c r="L98" t="s">
+        <v>24</v>
       </c>
       <c r="M98" t="s">
         <v>24</v>
       </c>
       <c r="N98" t="s">
         <v>24</v>
       </c>
       <c r="O98" t="s">
         <v>24</v>
       </c>
-      <c r="P98" t="s">
-        <v>24</v>
+      <c r="P98">
+        <v>133.91</v>
       </c>
       <c r="Q98" t="s">
         <v>24</v>
       </c>
       <c r="R98" t="s">
         <v>24</v>
       </c>
       <c r="S98">
-        <v>107.23</v>
+        <v>133.91</v>
       </c>
     </row>
     <row r="99" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A99">
-        <v>124</v>
+        <v>98</v>
       </c>
       <c r="B99" t="s">
+        <v>238</v>
+      </c>
+      <c r="C99" t="s">
         <v>239</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99">
+        <v>1779</v>
+      </c>
+      <c r="E99" t="s">
         <v>240</v>
       </c>
-      <c r="E99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G99" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H99">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="I99" t="b">
         <v>0</v>
       </c>
       <c r="J99" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
-      <c r="L99">
-        <v>107.11</v>
+      <c r="L99" t="s">
+        <v>24</v>
       </c>
       <c r="M99" t="s">
         <v>24</v>
       </c>
-      <c r="N99" t="s">
-        <v>24</v>
+      <c r="N99">
+        <v>132.34</v>
       </c>
       <c r="O99" t="s">
         <v>24</v>
       </c>
       <c r="P99" t="s">
         <v>24</v>
       </c>
       <c r="Q99" t="s">
         <v>24</v>
       </c>
       <c r="R99" t="s">
         <v>24</v>
       </c>
       <c r="S99">
-        <v>107.11</v>
+        <v>132.34</v>
       </c>
     </row>
     <row r="100" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A100">
-        <v>125</v>
+        <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>25</v>
+        <v>241</v>
       </c>
       <c r="C100" t="s">
         <v>242</v>
       </c>
+      <c r="D100">
+        <v>996</v>
+      </c>
       <c r="E100" t="s">
-        <v>243</v>
+        <v>86</v>
       </c>
       <c r="F100" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G100" t="s">
         <v>23</v>
       </c>
       <c r="H100">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I100" t="b">
         <v>0</v>
       </c>
       <c r="J100" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100" t="s">
         <v>24</v>
       </c>
       <c r="M100" t="s">
         <v>24</v>
       </c>
-      <c r="N100">
-        <v>107.08</v>
+      <c r="N100" t="s">
+        <v>24</v>
       </c>
       <c r="O100" t="s">
         <v>24</v>
       </c>
-      <c r="P100" t="s">
-        <v>24</v>
+      <c r="P100">
+        <v>132.05</v>
       </c>
       <c r="Q100" t="s">
         <v>24</v>
       </c>
       <c r="R100" t="s">
         <v>24</v>
       </c>
       <c r="S100">
-        <v>107.08</v>
+        <v>132.05</v>
       </c>
     </row>
     <row r="101" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A101">
-        <v>126</v>
+        <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>215</v>
+        <v>65</v>
       </c>
       <c r="C101" t="s">
-        <v>244</v>
+        <v>243</v>
+      </c>
+      <c r="D101">
+        <v>417</v>
       </c>
       <c r="E101" t="s">
-        <v>245</v>
+        <v>50</v>
       </c>
       <c r="F101" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G101" t="s">
         <v>23</v>
       </c>
       <c r="H101">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I101" t="b">
         <v>0</v>
       </c>
       <c r="J101" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
-      <c r="L101">
-        <v>107.01</v>
+      <c r="L101" t="s">
+        <v>24</v>
       </c>
       <c r="M101" t="s">
         <v>24</v>
       </c>
       <c r="N101" t="s">
         <v>24</v>
       </c>
       <c r="O101" t="s">
         <v>24</v>
       </c>
-      <c r="P101" t="s">
-        <v>24</v>
+      <c r="P101">
+        <v>131.87</v>
       </c>
       <c r="Q101" t="s">
         <v>24</v>
       </c>
       <c r="R101" t="s">
         <v>24</v>
       </c>
       <c r="S101">
-        <v>107.01</v>
+        <v>131.87</v>
       </c>
     </row>
     <row r="102" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A102">
-        <v>127</v>
+        <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C102" t="s">
-        <v>247</v>
+        <v>245</v>
+      </c>
+      <c r="D102">
+        <v>2146</v>
       </c>
       <c r="E102" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="F102" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G102" t="s">
         <v>23</v>
       </c>
       <c r="H102">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
-        <v>106.45</v>
+        <v>131.53</v>
       </c>
       <c r="M102" t="s">
         <v>24</v>
       </c>
       <c r="N102" t="s">
         <v>24</v>
       </c>
       <c r="O102" t="s">
         <v>24</v>
       </c>
       <c r="P102" t="s">
         <v>24</v>
       </c>
       <c r="Q102" t="s">
         <v>24</v>
       </c>
       <c r="R102" t="s">
         <v>24</v>
       </c>
       <c r="S102">
-        <v>106.45</v>
+        <v>131.53</v>
       </c>
     </row>
     <row r="103" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A103">
-        <v>128</v>
+        <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>47</v>
+        <v>246</v>
       </c>
       <c r="C103" t="s">
+        <v>247</v>
+      </c>
+      <c r="E103" t="s">
         <v>248</v>
       </c>
-      <c r="E103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F103" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G103" t="s">
         <v>23</v>
       </c>
       <c r="H103">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
-      <c r="L103" t="s">
-        <v>24</v>
+      <c r="L103">
+        <v>130.07</v>
       </c>
       <c r="M103" t="s">
         <v>24</v>
       </c>
-      <c r="N103">
-        <v>106.12</v>
+      <c r="N103" t="s">
+        <v>24</v>
       </c>
       <c r="O103" t="s">
         <v>24</v>
       </c>
       <c r="P103" t="s">
         <v>24</v>
       </c>
       <c r="Q103" t="s">
         <v>24</v>
       </c>
       <c r="R103" t="s">
         <v>24</v>
       </c>
       <c r="S103">
-        <v>106.12</v>
+        <v>130.07</v>
       </c>
     </row>
     <row r="104" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A104">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="B104" t="s">
+        <v>144</v>
+      </c>
+      <c r="C104" t="s">
         <v>249</v>
       </c>
-      <c r="C104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D104">
-        <v>1463</v>
+        <v>2317</v>
       </c>
       <c r="E104" t="s">
-        <v>21</v>
+        <v>143</v>
       </c>
       <c r="F104" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G104" t="s">
         <v>23</v>
       </c>
       <c r="H104">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I104" t="b">
         <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
-      <c r="L104">
-        <v>106.05</v>
+      <c r="L104" t="s">
+        <v>24</v>
       </c>
       <c r="M104" t="s">
         <v>24</v>
       </c>
       <c r="N104" t="s">
         <v>24</v>
       </c>
       <c r="O104" t="s">
         <v>24</v>
       </c>
-      <c r="P104" t="s">
-        <v>24</v>
+      <c r="P104">
+        <v>129.89</v>
       </c>
       <c r="Q104" t="s">
         <v>24</v>
       </c>
       <c r="R104" t="s">
         <v>24</v>
       </c>
       <c r="S104">
-        <v>106.05</v>
+        <v>129.89</v>
       </c>
     </row>
     <row r="105" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A105">
-        <v>130</v>
+        <v>104</v>
       </c>
       <c r="B105" t="s">
+        <v>250</v>
+      </c>
+      <c r="C105" t="s">
         <v>251</v>
       </c>
-      <c r="C105" t="s">
+      <c r="E105" t="s">
         <v>252</v>
       </c>
-      <c r="D105">
-[...4 lines deleted...]
-      </c>
       <c r="F105" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G105" t="s">
         <v>23</v>
       </c>
       <c r="H105">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I105" t="b">
         <v>0</v>
       </c>
       <c r="J105" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
-      <c r="L105">
-        <v>105.73</v>
+      <c r="L105" t="s">
+        <v>24</v>
       </c>
       <c r="M105" t="s">
         <v>24</v>
       </c>
       <c r="N105" t="s">
         <v>24</v>
       </c>
       <c r="O105" t="s">
         <v>24</v>
       </c>
-      <c r="P105" t="s">
-        <v>24</v>
+      <c r="P105">
+        <v>127.97</v>
       </c>
       <c r="Q105" t="s">
         <v>24</v>
       </c>
       <c r="R105" t="s">
         <v>24</v>
       </c>
       <c r="S105">
-        <v>105.73</v>
+        <v>127.97</v>
       </c>
     </row>
     <row r="106" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A106">
-        <v>131</v>
+        <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>63</v>
+        <v>253</v>
       </c>
       <c r="C106" t="s">
         <v>254</v>
       </c>
-      <c r="D106">
-[...1 lines deleted...]
-      </c>
       <c r="E106" t="s">
-        <v>188</v>
+        <v>24</v>
       </c>
       <c r="F106" t="s">
         <v>22</v>
       </c>
       <c r="G106" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H106">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
-      <c r="L106">
-        <v>105.45</v>
+      <c r="L106" t="s">
+        <v>24</v>
       </c>
       <c r="M106" t="s">
         <v>24</v>
       </c>
-      <c r="N106" t="s">
-        <v>24</v>
+      <c r="N106">
+        <v>126.33</v>
       </c>
       <c r="O106" t="s">
         <v>24</v>
       </c>
       <c r="P106" t="s">
         <v>24</v>
       </c>
       <c r="Q106" t="s">
         <v>24</v>
       </c>
       <c r="R106" t="s">
         <v>24</v>
       </c>
       <c r="S106">
-        <v>105.45</v>
+        <v>126.33</v>
       </c>
     </row>
     <row r="107" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A107">
-        <v>132</v>
+        <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>138</v>
+        <v>255</v>
       </c>
       <c r="C107" t="s">
-        <v>255</v>
+        <v>256</v>
+      </c>
+      <c r="D107">
+        <v>1300</v>
       </c>
       <c r="E107" t="s">
-        <v>97</v>
+        <v>257</v>
       </c>
       <c r="F107" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G107" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H107">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107" t="s">
         <v>24</v>
       </c>
-      <c r="M107">
-        <v>105.07</v>
+      <c r="M107" t="s">
+        <v>24</v>
       </c>
       <c r="N107" t="s">
         <v>24</v>
       </c>
       <c r="O107" t="s">
         <v>24</v>
       </c>
-      <c r="P107" t="s">
-        <v>24</v>
+      <c r="P107">
+        <v>126.1</v>
       </c>
       <c r="Q107" t="s">
         <v>24</v>
       </c>
       <c r="R107" t="s">
         <v>24</v>
       </c>
       <c r="S107">
-        <v>105.07</v>
+        <v>126.1</v>
       </c>
     </row>
     <row r="108" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A108">
-        <v>133</v>
+        <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>182</v>
+        <v>48</v>
       </c>
       <c r="C108" t="s">
-        <v>256</v>
+        <v>76</v>
       </c>
       <c r="E108" t="s">
-        <v>257</v>
+        <v>42</v>
       </c>
       <c r="F108" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G108" t="s">
         <v>23</v>
       </c>
       <c r="H108">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="I108" t="b">
         <v>0</v>
       </c>
       <c r="J108" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
       <c r="M108" t="s">
         <v>24</v>
       </c>
-      <c r="N108" t="s">
-        <v>24</v>
+      <c r="N108">
+        <v>124.99</v>
       </c>
       <c r="O108" t="s">
         <v>24</v>
       </c>
       <c r="P108" t="s">
         <v>24</v>
       </c>
-      <c r="Q108">
-        <v>104.96</v>
+      <c r="Q108" t="s">
+        <v>24</v>
       </c>
       <c r="R108" t="s">
         <v>24</v>
       </c>
       <c r="S108">
-        <v>104.96</v>
+        <v>124.99</v>
       </c>
     </row>
     <row r="109" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A109">
-        <v>134</v>
+        <v>108</v>
       </c>
       <c r="B109" t="s">
+        <v>196</v>
+      </c>
+      <c r="C109" t="s">
         <v>258</v>
       </c>
-      <c r="C109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F109" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G109" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H109">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109" t="s">
         <v>24</v>
       </c>
       <c r="M109" t="s">
         <v>24</v>
       </c>
-      <c r="N109">
-        <v>104.74</v>
+      <c r="N109" t="s">
+        <v>24</v>
       </c>
       <c r="O109" t="s">
         <v>24</v>
       </c>
-      <c r="P109" t="s">
-        <v>24</v>
+      <c r="P109">
+        <v>124.97</v>
       </c>
       <c r="Q109" t="s">
         <v>24</v>
       </c>
       <c r="R109" t="s">
         <v>24</v>
       </c>
       <c r="S109">
-        <v>104.74</v>
+        <v>124.97</v>
       </c>
     </row>
     <row r="110" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A110">
-        <v>135</v>
+        <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>62</v>
+        <v>259</v>
       </c>
       <c r="C110" t="s">
-        <v>113</v>
+        <v>260</v>
       </c>
       <c r="E110" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="F110" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G110" t="s">
         <v>23</v>
       </c>
       <c r="H110">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="I110" t="b">
         <v>0</v>
       </c>
       <c r="J110" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
-      <c r="L110">
-        <v>104.29</v>
+      <c r="L110" t="s">
+        <v>24</v>
       </c>
       <c r="M110" t="s">
         <v>24</v>
       </c>
-      <c r="N110" t="s">
-        <v>24</v>
+      <c r="N110">
+        <v>124.29</v>
       </c>
       <c r="O110" t="s">
         <v>24</v>
       </c>
       <c r="P110" t="s">
         <v>24</v>
       </c>
       <c r="Q110" t="s">
         <v>24</v>
       </c>
       <c r="R110" t="s">
         <v>24</v>
       </c>
       <c r="S110">
-        <v>104.29</v>
+        <v>124.29</v>
       </c>
     </row>
     <row r="111" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A111">
-        <v>136</v>
+        <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>227</v>
+        <v>261</v>
       </c>
       <c r="C111" t="s">
-        <v>62</v>
+        <v>262</v>
       </c>
       <c r="D111">
-        <v>1755</v>
+        <v>2339</v>
       </c>
       <c r="E111" t="s">
-        <v>260</v>
+        <v>50</v>
       </c>
       <c r="F111" t="s">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="G111" t="s">
         <v>23</v>
       </c>
       <c r="H111">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="I111" t="b">
         <v>0</v>
       </c>
       <c r="J111" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K111">
         <v>1</v>
       </c>
       <c r="L111" t="s">
         <v>24</v>
       </c>
       <c r="M111" t="s">
         <v>24</v>
       </c>
-      <c r="N111">
-        <v>103.66</v>
+      <c r="N111" t="s">
+        <v>24</v>
       </c>
       <c r="O111" t="s">
         <v>24</v>
       </c>
-      <c r="P111" t="s">
-        <v>24</v>
+      <c r="P111">
+        <v>124.16</v>
       </c>
       <c r="Q111" t="s">
         <v>24</v>
       </c>
       <c r="R111" t="s">
         <v>24</v>
       </c>
       <c r="S111">
-        <v>103.66</v>
+        <v>124.16</v>
       </c>
     </row>
     <row r="112" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A112">
-        <v>137</v>
+        <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>28</v>
+        <v>135</v>
       </c>
       <c r="C112" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E112" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F112" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G112" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H112">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
-      <c r="L112" t="s">
-        <v>24</v>
+      <c r="L112">
+        <v>124.16</v>
       </c>
       <c r="M112" t="s">
         <v>24</v>
       </c>
-      <c r="N112">
-        <v>103.21</v>
+      <c r="N112" t="s">
+        <v>24</v>
       </c>
       <c r="O112" t="s">
         <v>24</v>
       </c>
       <c r="P112" t="s">
         <v>24</v>
       </c>
       <c r="Q112" t="s">
         <v>24</v>
       </c>
       <c r="R112" t="s">
         <v>24</v>
       </c>
       <c r="S112">
-        <v>103.21</v>
+        <v>124.16</v>
       </c>
     </row>
     <row r="113" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A113">
-        <v>138</v>
+        <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C113" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E113" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F113" t="s">
         <v>22</v>
       </c>
       <c r="G113" t="s">
         <v>23</v>
       </c>
       <c r="H113">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="I113" t="b">
         <v>0</v>
       </c>
       <c r="J113" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
         <v>24</v>
       </c>
-      <c r="M113">
-        <v>102.83</v>
+      <c r="M113" t="s">
+        <v>24</v>
       </c>
       <c r="N113" t="s">
         <v>24</v>
       </c>
       <c r="O113" t="s">
         <v>24</v>
       </c>
-      <c r="P113" t="s">
-        <v>24</v>
+      <c r="P113">
+        <v>123.93</v>
       </c>
       <c r="Q113" t="s">
         <v>24</v>
       </c>
       <c r="R113" t="s">
         <v>24</v>
       </c>
       <c r="S113">
-        <v>102.83</v>
+        <v>123.93</v>
       </c>
     </row>
     <row r="114" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A114">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>264</v>
+        <v>87</v>
       </c>
       <c r="C114" t="s">
-        <v>265</v>
+        <v>117</v>
+      </c>
+      <c r="D114">
+        <v>1721</v>
       </c>
       <c r="E114" t="s">
-        <v>266</v>
+        <v>42</v>
       </c>
       <c r="F114" t="s">
         <v>22</v>
       </c>
       <c r="G114" t="s">
         <v>23</v>
       </c>
       <c r="H114">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="I114" t="b">
         <v>0</v>
       </c>
       <c r="J114" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
-      <c r="L114">
-        <v>102.54</v>
+      <c r="L114" t="s">
+        <v>24</v>
       </c>
       <c r="M114" t="s">
         <v>24</v>
       </c>
       <c r="N114" t="s">
         <v>24</v>
       </c>
       <c r="O114" t="s">
         <v>24</v>
       </c>
       <c r="P114" t="s">
         <v>24</v>
       </c>
-      <c r="Q114" t="s">
-        <v>24</v>
+      <c r="Q114">
+        <v>121.94</v>
       </c>
       <c r="R114" t="s">
         <v>24</v>
       </c>
       <c r="S114">
-        <v>102.54</v>
+        <v>121.94</v>
       </c>
     </row>
     <row r="115" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A115">
-        <v>140</v>
+        <v>114</v>
       </c>
       <c r="B115" t="s">
+        <v>266</v>
+      </c>
+      <c r="C115" t="s">
         <v>267</v>
       </c>
-      <c r="C115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E115" t="s">
-        <v>269</v>
+        <v>42</v>
       </c>
       <c r="F115" t="s">
         <v>27</v>
       </c>
       <c r="G115" t="s">
         <v>23</v>
       </c>
       <c r="H115">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="I115" t="b">
         <v>0</v>
       </c>
       <c r="J115" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
       <c r="L115">
-        <v>102.5</v>
+        <v>121.82</v>
       </c>
       <c r="M115" t="s">
         <v>24</v>
       </c>
       <c r="N115" t="s">
         <v>24</v>
       </c>
       <c r="O115" t="s">
         <v>24</v>
       </c>
       <c r="P115" t="s">
         <v>24</v>
       </c>
       <c r="Q115" t="s">
         <v>24</v>
       </c>
       <c r="R115" t="s">
         <v>24</v>
       </c>
       <c r="S115">
-        <v>102.5</v>
+        <v>121.82</v>
       </c>
     </row>
     <row r="116" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A116">
-        <v>141</v>
+        <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="C116" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>268</v>
       </c>
       <c r="E116" t="s">
-        <v>272</v>
+        <v>24</v>
       </c>
       <c r="F116" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G116" t="s">
         <v>23</v>
       </c>
       <c r="H116">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="I116" t="b">
         <v>0</v>
       </c>
       <c r="J116" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K116">
         <v>1</v>
       </c>
       <c r="L116">
-        <v>102.48</v>
+        <v>121.62</v>
       </c>
       <c r="M116" t="s">
         <v>24</v>
       </c>
       <c r="N116" t="s">
         <v>24</v>
       </c>
       <c r="O116" t="s">
         <v>24</v>
       </c>
       <c r="P116" t="s">
         <v>24</v>
       </c>
       <c r="Q116" t="s">
         <v>24</v>
       </c>
       <c r="R116" t="s">
         <v>24</v>
       </c>
       <c r="S116">
-        <v>102.48</v>
+        <v>121.62</v>
       </c>
     </row>
     <row r="117" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A117">
-        <v>141</v>
+        <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C117" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>2308</v>
+        <v>270</v>
       </c>
       <c r="E117" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F117" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G117" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H117">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="I117" t="b">
         <v>0</v>
       </c>
       <c r="J117" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K117">
         <v>1</v>
       </c>
-      <c r="L117" t="s">
-        <v>24</v>
+      <c r="L117">
+        <v>120.9</v>
       </c>
       <c r="M117" t="s">
         <v>24</v>
       </c>
       <c r="N117" t="s">
         <v>24</v>
       </c>
       <c r="O117" t="s">
         <v>24</v>
       </c>
-      <c r="P117">
-        <v>109.31</v>
+      <c r="P117" t="s">
+        <v>24</v>
       </c>
       <c r="Q117" t="s">
         <v>24</v>
       </c>
       <c r="R117" t="s">
         <v>24</v>
       </c>
       <c r="S117">
-        <v>109.31</v>
+        <v>120.9</v>
       </c>
     </row>
     <row r="118" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A118">
-        <v>142</v>
+        <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>190</v>
+        <v>89</v>
       </c>
       <c r="C118" t="s">
-        <v>276</v>
+        <v>272</v>
+      </c>
+      <c r="D118">
+        <v>1216</v>
       </c>
       <c r="E118" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F118" t="s">
         <v>27</v>
       </c>
       <c r="G118" t="s">
         <v>23</v>
       </c>
       <c r="H118">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="I118" t="b">
         <v>0</v>
       </c>
       <c r="J118" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K118">
         <v>1</v>
       </c>
-      <c r="L118">
-        <v>102.24</v>
+      <c r="L118" t="s">
+        <v>24</v>
       </c>
       <c r="M118" t="s">
         <v>24</v>
       </c>
       <c r="N118" t="s">
         <v>24</v>
       </c>
       <c r="O118" t="s">
         <v>24</v>
       </c>
       <c r="P118" t="s">
         <v>24</v>
       </c>
-      <c r="Q118" t="s">
-        <v>24</v>
+      <c r="Q118">
+        <v>120.39</v>
       </c>
       <c r="R118" t="s">
         <v>24</v>
       </c>
       <c r="S118">
-        <v>102.24</v>
+        <v>120.39</v>
       </c>
     </row>
     <row r="119" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A119">
-        <v>143</v>
+        <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>25</v>
+        <v>273</v>
       </c>
       <c r="C119" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="E119" t="s">
-        <v>132</v>
+        <v>275</v>
       </c>
       <c r="F119" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G119" t="s">
         <v>23</v>
       </c>
       <c r="H119">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="I119" t="b">
         <v>0</v>
       </c>
       <c r="J119" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K119">
         <v>1</v>
       </c>
       <c r="L119" t="s">
         <v>24</v>
       </c>
       <c r="M119" t="s">
         <v>24</v>
       </c>
       <c r="N119" t="s">
         <v>24</v>
       </c>
       <c r="O119" t="s">
         <v>24</v>
       </c>
       <c r="P119" t="s">
         <v>24</v>
       </c>
       <c r="Q119">
-        <v>102.04</v>
+        <v>119.5</v>
       </c>
       <c r="R119" t="s">
         <v>24</v>
       </c>
       <c r="S119">
-        <v>102.04</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="120" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A120">
-        <v>144</v>
+        <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>278</v>
+        <v>25</v>
       </c>
       <c r="C120" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>1826</v>
+        <v>276</v>
       </c>
       <c r="E120" t="s">
-        <v>21</v>
+        <v>277</v>
       </c>
       <c r="F120" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G120" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H120">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="I120" t="b">
         <v>0</v>
       </c>
       <c r="J120" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K120">
         <v>1</v>
       </c>
-      <c r="L120" t="s">
-        <v>24</v>
+      <c r="L120">
+        <v>118.82</v>
       </c>
       <c r="M120" t="s">
         <v>24</v>
       </c>
-      <c r="N120">
-        <v>101.99</v>
+      <c r="N120" t="s">
+        <v>24</v>
       </c>
       <c r="O120" t="s">
         <v>24</v>
       </c>
       <c r="P120" t="s">
         <v>24</v>
       </c>
       <c r="Q120" t="s">
         <v>24</v>
       </c>
       <c r="R120" t="s">
         <v>24</v>
       </c>
       <c r="S120">
-        <v>101.99</v>
+        <v>118.82</v>
       </c>
     </row>
     <row r="121" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A121">
-        <v>145</v>
+        <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C121" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="E121" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="F121" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G121" t="s">
         <v>23</v>
       </c>
       <c r="H121">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="I121" t="b">
         <v>0</v>
       </c>
       <c r="J121" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K121">
         <v>1</v>
       </c>
-      <c r="L121">
-        <v>101.99</v>
+      <c r="L121" t="s">
+        <v>24</v>
       </c>
       <c r="M121" t="s">
         <v>24</v>
       </c>
       <c r="N121" t="s">
         <v>24</v>
       </c>
       <c r="O121" t="s">
         <v>24</v>
       </c>
       <c r="P121" t="s">
         <v>24</v>
       </c>
-      <c r="Q121" t="s">
-        <v>24</v>
+      <c r="Q121">
+        <v>118.62</v>
       </c>
       <c r="R121" t="s">
         <v>24</v>
       </c>
       <c r="S121">
-        <v>101.99</v>
+        <v>118.62</v>
       </c>
     </row>
     <row r="122" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A122">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>90</v>
+        <v>280</v>
       </c>
       <c r="C122" t="s">
-        <v>161</v>
+        <v>281</v>
+      </c>
+      <c r="D122">
+        <v>1205</v>
       </c>
       <c r="E122" t="s">
-        <v>97</v>
+        <v>282</v>
       </c>
       <c r="F122" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G122" t="s">
         <v>23</v>
       </c>
       <c r="H122">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I122" t="b">
         <v>0</v>
       </c>
       <c r="J122" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K122">
         <v>1</v>
       </c>
-      <c r="L122" t="s">
-        <v>24</v>
+      <c r="L122">
+        <v>118.4</v>
       </c>
       <c r="M122" t="s">
         <v>24</v>
       </c>
       <c r="N122" t="s">
         <v>24</v>
       </c>
       <c r="O122" t="s">
         <v>24</v>
       </c>
-      <c r="P122">
-        <v>108.14</v>
+      <c r="P122" t="s">
+        <v>24</v>
       </c>
       <c r="Q122" t="s">
         <v>24</v>
       </c>
       <c r="R122" t="s">
         <v>24</v>
       </c>
       <c r="S122">
-        <v>108.14</v>
+        <v>118.4</v>
       </c>
     </row>
     <row r="123" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A123">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>249</v>
+        <v>283</v>
       </c>
       <c r="C123" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>1686</v>
+        <v>149</v>
       </c>
       <c r="E123" t="s">
         <v>21</v>
       </c>
       <c r="F123" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G123" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H123">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="I123" t="b">
         <v>0</v>
       </c>
       <c r="J123" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K123">
         <v>1</v>
       </c>
-      <c r="L123">
-        <v>101.22</v>
+      <c r="L123" t="s">
+        <v>24</v>
       </c>
       <c r="M123" t="s">
         <v>24</v>
       </c>
-      <c r="N123" t="s">
-        <v>24</v>
+      <c r="N123">
+        <v>118.34</v>
       </c>
       <c r="O123" t="s">
         <v>24</v>
       </c>
       <c r="P123" t="s">
         <v>24</v>
       </c>
       <c r="Q123" t="s">
         <v>24</v>
       </c>
       <c r="R123" t="s">
         <v>24</v>
       </c>
       <c r="S123">
-        <v>101.22</v>
+        <v>118.34</v>
       </c>
     </row>
     <row r="124" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A124">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C124" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>1171</v>
+        <v>285</v>
       </c>
       <c r="E124" t="s">
-        <v>285</v>
+        <v>24</v>
       </c>
       <c r="F124" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G124" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H124">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I124" t="b">
         <v>0</v>
       </c>
       <c r="J124" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K124">
         <v>1</v>
       </c>
       <c r="L124" t="s">
         <v>24</v>
       </c>
       <c r="M124" t="s">
         <v>24</v>
       </c>
       <c r="N124">
-        <v>101</v>
+        <v>118.26</v>
       </c>
       <c r="O124" t="s">
         <v>24</v>
       </c>
       <c r="P124" t="s">
         <v>24</v>
       </c>
       <c r="Q124" t="s">
         <v>24</v>
       </c>
       <c r="R124" t="s">
         <v>24</v>
       </c>
       <c r="S124">
-        <v>101</v>
+        <v>118.26</v>
       </c>
     </row>
     <row r="125" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A125">
-        <v>148</v>
+        <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>286</v>
       </c>
       <c r="C125" t="s">
-        <v>172</v>
+        <v>229</v>
       </c>
       <c r="E125" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="F125" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G125" t="s">
         <v>23</v>
       </c>
       <c r="H125">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="I125" t="b">
         <v>0</v>
       </c>
       <c r="J125" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K125">
         <v>1</v>
       </c>
-      <c r="L125">
-        <v>100.9</v>
+      <c r="L125" t="s">
+        <v>24</v>
       </c>
       <c r="M125" t="s">
         <v>24</v>
       </c>
-      <c r="N125" t="s">
-        <v>24</v>
+      <c r="N125">
+        <v>115.4</v>
       </c>
       <c r="O125" t="s">
         <v>24</v>
       </c>
       <c r="P125" t="s">
         <v>24</v>
       </c>
       <c r="Q125" t="s">
         <v>24</v>
       </c>
       <c r="R125" t="s">
         <v>24</v>
       </c>
       <c r="S125">
-        <v>100.9</v>
+        <v>115.4</v>
       </c>
     </row>
     <row r="126" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A126">
-        <v>148</v>
+        <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>138</v>
+        <v>287</v>
       </c>
       <c r="C126" t="s">
-        <v>287</v>
-[...2 lines deleted...]
-        <v>2350</v>
+        <v>288</v>
       </c>
       <c r="E126" t="s">
-        <v>24</v>
+        <v>277</v>
       </c>
       <c r="F126" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G126" t="s">
         <v>23</v>
       </c>
       <c r="H126">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="I126" t="b">
         <v>0</v>
       </c>
       <c r="J126" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>24</v>
       </c>
       <c r="M126" t="s">
         <v>24</v>
       </c>
-      <c r="N126" t="s">
-        <v>24</v>
+      <c r="N126">
+        <v>115.29</v>
       </c>
       <c r="O126" t="s">
         <v>24</v>
       </c>
-      <c r="P126">
-        <v>108.02</v>
+      <c r="P126" t="s">
+        <v>24</v>
       </c>
       <c r="Q126" t="s">
         <v>24</v>
       </c>
       <c r="R126" t="s">
         <v>24</v>
       </c>
       <c r="S126">
-        <v>108.02</v>
+        <v>115.29</v>
       </c>
     </row>
     <row r="127" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A127">
-        <v>149</v>
+        <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>288</v>
+        <v>65</v>
       </c>
       <c r="C127" t="s">
         <v>289</v>
       </c>
       <c r="E127" t="s">
         <v>290</v>
       </c>
       <c r="F127" t="s">
         <v>27</v>
       </c>
       <c r="G127" t="s">
         <v>23</v>
       </c>
       <c r="H127">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I127" t="b">
         <v>0</v>
       </c>
       <c r="J127" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K127">
         <v>1</v>
       </c>
-      <c r="L127" t="s">
-        <v>24</v>
+      <c r="L127">
+        <v>115.2</v>
       </c>
       <c r="M127" t="s">
         <v>24</v>
       </c>
       <c r="N127" t="s">
         <v>24</v>
       </c>
       <c r="O127" t="s">
         <v>24</v>
       </c>
       <c r="P127" t="s">
         <v>24</v>
       </c>
-      <c r="Q127">
-        <v>100.83</v>
+      <c r="Q127" t="s">
+        <v>24</v>
       </c>
       <c r="R127" t="s">
         <v>24</v>
       </c>
       <c r="S127">
-        <v>100.83</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="128" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A128">
-        <v>149</v>
+        <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>270</v>
+        <v>291</v>
       </c>
       <c r="C128" t="s">
-        <v>291</v>
+        <v>292</v>
+      </c>
+      <c r="D128">
+        <v>1835</v>
       </c>
       <c r="E128" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F128" t="s">
         <v>27</v>
       </c>
       <c r="G128" t="s">
         <v>23</v>
       </c>
       <c r="H128">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="I128" t="b">
         <v>0</v>
       </c>
       <c r="J128" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K128">
         <v>1</v>
       </c>
-      <c r="L128" t="s">
-        <v>24</v>
+      <c r="L128">
+        <v>114.61</v>
       </c>
       <c r="M128" t="s">
         <v>24</v>
       </c>
       <c r="N128" t="s">
         <v>24</v>
       </c>
       <c r="O128" t="s">
         <v>24</v>
       </c>
-      <c r="P128">
-        <v>107.41</v>
+      <c r="P128" t="s">
+        <v>24</v>
       </c>
       <c r="Q128" t="s">
         <v>24</v>
       </c>
       <c r="R128" t="s">
         <v>24</v>
       </c>
       <c r="S128">
-        <v>107.41</v>
+        <v>114.61</v>
       </c>
     </row>
     <row r="129" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A129">
-        <v>150</v>
+        <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C129" t="s">
-        <v>294</v>
+        <v>295</v>
+      </c>
+      <c r="D129">
+        <v>1898</v>
       </c>
       <c r="E129" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F129" t="s">
         <v>22</v>
       </c>
       <c r="G129" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H129">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="I129" t="b">
         <v>0</v>
       </c>
       <c r="J129" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
       <c r="L129">
-        <v>100.77</v>
+        <v>114.6</v>
       </c>
       <c r="M129" t="s">
         <v>24</v>
       </c>
       <c r="N129" t="s">
         <v>24</v>
       </c>
       <c r="O129" t="s">
         <v>24</v>
       </c>
       <c r="P129" t="s">
         <v>24</v>
       </c>
       <c r="Q129" t="s">
         <v>24</v>
       </c>
       <c r="R129" t="s">
         <v>24</v>
       </c>
       <c r="S129">
-        <v>100.77</v>
+        <v>114.6</v>
       </c>
     </row>
     <row r="130" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A130">
-        <v>151</v>
+        <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>296</v>
+        <v>25</v>
       </c>
       <c r="C130" t="s">
         <v>297</v>
       </c>
       <c r="E130" t="s">
         <v>24</v>
       </c>
       <c r="F130" t="s">
-        <v>119</v>
+        <v>22</v>
       </c>
       <c r="G130" t="s">
         <v>23</v>
       </c>
       <c r="H130">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="I130" t="b">
         <v>0</v>
       </c>
       <c r="J130" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" t="s">
         <v>24</v>
       </c>
-      <c r="M130">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M130" t="s">
+        <v>24</v>
+      </c>
+      <c r="N130">
+        <v>114.51</v>
       </c>
       <c r="O130" t="s">
         <v>24</v>
       </c>
       <c r="P130" t="s">
         <v>24</v>
       </c>
       <c r="Q130" t="s">
         <v>24</v>
       </c>
       <c r="R130" t="s">
         <v>24</v>
       </c>
       <c r="S130">
-        <v>99.66</v>
+        <v>114.51</v>
       </c>
     </row>
     <row r="131" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A131">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="B131" t="s">
+        <v>211</v>
+      </c>
+      <c r="C131" t="s">
         <v>298</v>
       </c>
-      <c r="C131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F131" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G131" t="s">
         <v>23</v>
       </c>
       <c r="H131">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="I131" t="b">
         <v>0</v>
       </c>
       <c r="J131" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K131">
         <v>1</v>
       </c>
       <c r="L131">
-        <v>99.65</v>
+        <v>114.35</v>
       </c>
       <c r="M131" t="s">
         <v>24</v>
       </c>
       <c r="N131" t="s">
         <v>24</v>
       </c>
       <c r="O131" t="s">
         <v>24</v>
       </c>
       <c r="P131" t="s">
         <v>24</v>
       </c>
       <c r="Q131" t="s">
         <v>24</v>
       </c>
       <c r="R131" t="s">
         <v>24</v>
       </c>
       <c r="S131">
-        <v>99.65</v>
+        <v>114.35</v>
       </c>
     </row>
     <row r="132" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A132">
-        <v>155</v>
+        <v>131</v>
       </c>
       <c r="B132" t="s">
+        <v>299</v>
+      </c>
+      <c r="C132" t="s">
         <v>300</v>
       </c>
-      <c r="C132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="F132" t="s">
         <v>22</v>
       </c>
       <c r="G132" t="s">
         <v>23</v>
       </c>
       <c r="H132">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="I132" t="b">
         <v>0</v>
       </c>
       <c r="J132" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K132">
         <v>1</v>
       </c>
       <c r="L132" t="s">
         <v>24</v>
       </c>
       <c r="M132" t="s">
         <v>24</v>
       </c>
-      <c r="N132">
-        <v>99.07</v>
+      <c r="N132" t="s">
+        <v>24</v>
       </c>
       <c r="O132" t="s">
         <v>24</v>
       </c>
       <c r="P132" t="s">
         <v>24</v>
       </c>
-      <c r="Q132" t="s">
-        <v>24</v>
+      <c r="Q132">
+        <v>114.17</v>
       </c>
       <c r="R132" t="s">
         <v>24</v>
       </c>
       <c r="S132">
-        <v>99.07</v>
+        <v>114.17</v>
       </c>
     </row>
     <row r="133" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A133">
-        <v>156</v>
+        <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>302</v>
+        <v>286</v>
       </c>
       <c r="C133" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D133">
-        <v>2458</v>
+        <v>638</v>
       </c>
       <c r="E133" t="s">
-        <v>304</v>
+        <v>172</v>
       </c>
       <c r="F133" t="s">
         <v>27</v>
       </c>
       <c r="G133" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H133">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="I133" t="b">
         <v>0</v>
       </c>
       <c r="J133" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K133">
         <v>1</v>
       </c>
-      <c r="L133" t="s">
-        <v>24</v>
+      <c r="L133">
+        <v>114.17</v>
       </c>
       <c r="M133" t="s">
         <v>24</v>
       </c>
-      <c r="N133">
-        <v>98.96</v>
+      <c r="N133" t="s">
+        <v>24</v>
       </c>
       <c r="O133" t="s">
         <v>24</v>
       </c>
       <c r="P133" t="s">
         <v>24</v>
       </c>
       <c r="Q133" t="s">
         <v>24</v>
       </c>
       <c r="R133" t="s">
         <v>24</v>
       </c>
       <c r="S133">
-        <v>98.96</v>
+        <v>114.17</v>
       </c>
     </row>
     <row r="134" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A134">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>305</v>
+        <v>122</v>
       </c>
       <c r="C134" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="E134" t="s">
         <v>24</v>
       </c>
       <c r="F134" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G134" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H134">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I134" t="b">
         <v>0</v>
       </c>
       <c r="J134" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K134">
         <v>1</v>
       </c>
-      <c r="L134">
-        <v>98.84</v>
+      <c r="L134" t="s">
+        <v>24</v>
       </c>
       <c r="M134" t="s">
         <v>24</v>
       </c>
       <c r="N134" t="s">
         <v>24</v>
       </c>
-      <c r="O134" t="s">
-        <v>24</v>
+      <c r="O134">
+        <v>113.71</v>
       </c>
       <c r="P134" t="s">
         <v>24</v>
       </c>
       <c r="Q134" t="s">
         <v>24</v>
       </c>
       <c r="R134" t="s">
         <v>24</v>
       </c>
       <c r="S134">
-        <v>98.84</v>
+        <v>113.71</v>
       </c>
     </row>
     <row r="135" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A135">
-        <v>157</v>
+        <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>307</v>
+        <v>211</v>
       </c>
       <c r="C135" t="s">
-        <v>308</v>
+        <v>303</v>
+      </c>
+      <c r="D135">
+        <v>1665</v>
       </c>
       <c r="E135" t="s">
-        <v>70</v>
+        <v>304</v>
       </c>
       <c r="F135" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G135" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H135">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="I135" t="b">
         <v>0</v>
       </c>
       <c r="J135" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K135">
         <v>1</v>
       </c>
-      <c r="L135" t="s">
-        <v>24</v>
+      <c r="L135">
+        <v>113.27</v>
       </c>
       <c r="M135" t="s">
         <v>24</v>
       </c>
       <c r="N135" t="s">
         <v>24</v>
       </c>
       <c r="O135" t="s">
         <v>24</v>
       </c>
-      <c r="P135">
-        <v>105.93</v>
+      <c r="P135" t="s">
+        <v>24</v>
       </c>
       <c r="Q135" t="s">
         <v>24</v>
       </c>
       <c r="R135" t="s">
         <v>24</v>
       </c>
       <c r="S135">
-        <v>105.93</v>
+        <v>113.27</v>
       </c>
     </row>
     <row r="136" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A136">
-        <v>158</v>
+        <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>77</v>
+        <v>180</v>
       </c>
       <c r="C136" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>305</v>
       </c>
       <c r="E136" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F136" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G136" t="s">
         <v>23</v>
       </c>
       <c r="H136">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="I136" t="b">
         <v>0</v>
       </c>
       <c r="J136" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
       <c r="L136" t="s">
         <v>24</v>
       </c>
       <c r="M136" t="s">
         <v>24</v>
       </c>
       <c r="N136">
-        <v>96.74</v>
+        <v>113.15</v>
       </c>
       <c r="O136" t="s">
         <v>24</v>
       </c>
       <c r="P136" t="s">
         <v>24</v>
       </c>
       <c r="Q136" t="s">
         <v>24</v>
       </c>
       <c r="R136" t="s">
         <v>24</v>
       </c>
       <c r="S136">
-        <v>96.74</v>
+        <v>113.15</v>
       </c>
     </row>
     <row r="137" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A137">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="C137" t="s">
-        <v>310</v>
+        <v>306</v>
+      </c>
+      <c r="D137">
+        <v>2449</v>
       </c>
       <c r="E137" t="s">
-        <v>311</v>
+        <v>198</v>
       </c>
       <c r="F137" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G137" t="s">
         <v>23</v>
       </c>
       <c r="H137">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="I137" t="b">
         <v>0</v>
       </c>
       <c r="J137" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K137">
         <v>1</v>
       </c>
-      <c r="L137">
-        <v>96.6</v>
+      <c r="L137" t="s">
+        <v>24</v>
       </c>
       <c r="M137" t="s">
         <v>24</v>
       </c>
       <c r="N137" t="s">
         <v>24</v>
       </c>
-      <c r="O137" t="s">
-        <v>24</v>
+      <c r="O137">
+        <v>113.03</v>
       </c>
       <c r="P137" t="s">
         <v>24</v>
       </c>
       <c r="Q137" t="s">
         <v>24</v>
       </c>
       <c r="R137" t="s">
         <v>24</v>
       </c>
       <c r="S137">
-        <v>96.6</v>
+        <v>113.03</v>
       </c>
     </row>
     <row r="138" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A138">
-        <v>159</v>
+        <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>106</v>
+        <v>307</v>
       </c>
       <c r="C138" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="E138" t="s">
-        <v>313</v>
+        <v>158</v>
       </c>
       <c r="F138" t="s">
         <v>22</v>
       </c>
       <c r="G138" t="s">
         <v>23</v>
       </c>
       <c r="H138">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="I138" t="b">
         <v>0</v>
       </c>
       <c r="J138" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
-      <c r="L138" t="s">
-        <v>24</v>
+      <c r="L138">
+        <v>112.1</v>
       </c>
       <c r="M138" t="s">
         <v>24</v>
       </c>
       <c r="N138" t="s">
         <v>24</v>
       </c>
       <c r="O138" t="s">
         <v>24</v>
       </c>
-      <c r="P138">
-        <v>105.5</v>
+      <c r="P138" t="s">
+        <v>24</v>
       </c>
       <c r="Q138" t="s">
         <v>24</v>
       </c>
       <c r="R138" t="s">
         <v>24</v>
       </c>
       <c r="S138">
-        <v>105.5</v>
+        <v>112.1</v>
       </c>
     </row>
     <row r="139" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A139">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>182</v>
+        <v>309</v>
       </c>
       <c r="C139" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="E139" t="s">
-        <v>315</v>
+        <v>277</v>
       </c>
       <c r="F139" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G139" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H139">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="I139" t="b">
         <v>0</v>
       </c>
       <c r="J139" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K139">
         <v>1</v>
       </c>
-      <c r="L139" t="s">
-[...3 lines deleted...]
-        <v>96.53</v>
+      <c r="L139">
+        <v>110.69</v>
+      </c>
+      <c r="M139" t="s">
+        <v>24</v>
       </c>
       <c r="N139" t="s">
         <v>24</v>
       </c>
       <c r="O139" t="s">
         <v>24</v>
       </c>
       <c r="P139" t="s">
         <v>24</v>
       </c>
       <c r="Q139" t="s">
         <v>24</v>
       </c>
       <c r="R139" t="s">
         <v>24</v>
       </c>
       <c r="S139">
-        <v>96.53</v>
+        <v>110.69</v>
       </c>
     </row>
     <row r="140" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A140">
-        <v>161</v>
+        <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>316</v>
+        <v>106</v>
       </c>
       <c r="C140" t="s">
-        <v>317</v>
+        <v>311</v>
+      </c>
+      <c r="D140">
+        <v>2452</v>
       </c>
       <c r="E140" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="F140" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G140" t="s">
         <v>23</v>
       </c>
       <c r="H140">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="I140" t="b">
         <v>0</v>
       </c>
       <c r="J140" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
-      <c r="L140">
-        <v>96.51</v>
+      <c r="L140" t="s">
+        <v>24</v>
       </c>
       <c r="M140" t="s">
         <v>24</v>
       </c>
-      <c r="N140" t="s">
-        <v>24</v>
+      <c r="N140">
+        <v>109.57</v>
       </c>
       <c r="O140" t="s">
         <v>24</v>
       </c>
       <c r="P140" t="s">
         <v>24</v>
       </c>
       <c r="Q140" t="s">
         <v>24</v>
       </c>
       <c r="R140" t="s">
         <v>24</v>
       </c>
       <c r="S140">
-        <v>96.51</v>
+        <v>109.57</v>
       </c>
     </row>
     <row r="141" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A141">
-        <v>162</v>
+        <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>90</v>
+        <v>312</v>
       </c>
       <c r="C141" t="s">
-        <v>318</v>
+        <v>313</v>
+      </c>
+      <c r="D141">
+        <v>2308</v>
       </c>
       <c r="E141" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="F141" t="s">
+        <v>31</v>
+      </c>
+      <c r="G141" t="s">
+        <v>23</v>
+      </c>
+      <c r="H141">
         <v>27</v>
       </c>
-      <c r="G141" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I141" t="b">
         <v>0</v>
       </c>
       <c r="J141" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
-      <c r="L141">
-        <v>96.42</v>
+      <c r="L141" t="s">
+        <v>24</v>
       </c>
       <c r="M141" t="s">
         <v>24</v>
       </c>
       <c r="N141" t="s">
         <v>24</v>
       </c>
       <c r="O141" t="s">
         <v>24</v>
       </c>
-      <c r="P141" t="s">
-        <v>24</v>
+      <c r="P141">
+        <v>109.31</v>
       </c>
       <c r="Q141" t="s">
         <v>24</v>
       </c>
       <c r="R141" t="s">
         <v>24</v>
       </c>
       <c r="S141">
-        <v>96.42</v>
+        <v>109.31</v>
       </c>
     </row>
     <row r="142" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A142">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="C142" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="E142" t="s">
-        <v>319</v>
+        <v>24</v>
       </c>
       <c r="F142" t="s">
-        <v>35</v>
+        <v>128</v>
       </c>
       <c r="G142" t="s">
         <v>23</v>
       </c>
       <c r="H142">
-        <v>32</v>
+        <v>4</v>
       </c>
       <c r="I142" t="b">
         <v>0</v>
       </c>
       <c r="J142" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K142">
         <v>1</v>
       </c>
-      <c r="L142">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L142" t="s">
+        <v>24</v>
+      </c>
+      <c r="M142">
+        <v>108.56</v>
       </c>
       <c r="N142" t="s">
         <v>24</v>
       </c>
       <c r="O142" t="s">
         <v>24</v>
       </c>
       <c r="P142" t="s">
         <v>24</v>
       </c>
       <c r="Q142" t="s">
         <v>24</v>
       </c>
       <c r="R142" t="s">
         <v>24</v>
       </c>
       <c r="S142">
-        <v>96.36</v>
+        <v>108.56</v>
       </c>
     </row>
     <row r="143" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A143">
-        <v>164</v>
+        <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>322</v>
+        <v>91</v>
       </c>
       <c r="C143" t="s">
-        <v>323</v>
+        <v>299</v>
+      </c>
+      <c r="D143">
+        <v>1468</v>
       </c>
       <c r="E143" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F143" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G143" t="s">
         <v>23</v>
       </c>
       <c r="H143">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="I143" t="b">
         <v>0</v>
       </c>
       <c r="J143" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K143">
         <v>1</v>
       </c>
       <c r="L143">
-        <v>96.33</v>
+        <v>108.47</v>
       </c>
       <c r="M143" t="s">
         <v>24</v>
       </c>
       <c r="N143" t="s">
         <v>24</v>
       </c>
       <c r="O143" t="s">
         <v>24</v>
       </c>
       <c r="P143" t="s">
         <v>24</v>
       </c>
       <c r="Q143" t="s">
         <v>24</v>
       </c>
       <c r="R143" t="s">
         <v>24</v>
       </c>
       <c r="S143">
-        <v>96.33</v>
+        <v>108.47</v>
       </c>
     </row>
     <row r="144" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A144">
-        <v>164</v>
+        <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="C144" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="D144">
-        <v>2343</v>
+        <v>2108</v>
       </c>
       <c r="E144" t="s">
-        <v>30</v>
+        <v>319</v>
       </c>
       <c r="F144" t="s">
         <v>22</v>
       </c>
       <c r="G144" t="s">
         <v>23</v>
       </c>
       <c r="H144">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="I144" t="b">
         <v>0</v>
       </c>
       <c r="J144" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
-      <c r="L144" t="s">
-        <v>24</v>
+      <c r="L144">
+        <v>108.3</v>
       </c>
       <c r="M144" t="s">
         <v>24</v>
       </c>
       <c r="N144" t="s">
         <v>24</v>
       </c>
       <c r="O144" t="s">
         <v>24</v>
       </c>
-      <c r="P144">
-        <v>104.53</v>
+      <c r="P144" t="s">
+        <v>24</v>
       </c>
       <c r="Q144" t="s">
         <v>24</v>
       </c>
       <c r="R144" t="s">
         <v>24</v>
       </c>
       <c r="S144">
-        <v>104.53</v>
+        <v>108.3</v>
       </c>
     </row>
     <row r="145" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A145">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>326</v>
+        <v>180</v>
       </c>
       <c r="C145" t="s">
-        <v>327</v>
+        <v>220</v>
       </c>
       <c r="E145" t="s">
-        <v>328</v>
+        <v>143</v>
       </c>
       <c r="F145" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G145" t="s">
         <v>23</v>
       </c>
       <c r="H145">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="I145" t="b">
         <v>0</v>
       </c>
       <c r="J145" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K145">
         <v>1</v>
       </c>
-      <c r="L145">
-        <v>96.28</v>
+      <c r="L145" t="s">
+        <v>24</v>
       </c>
       <c r="M145" t="s">
         <v>24</v>
       </c>
       <c r="N145" t="s">
         <v>24</v>
       </c>
       <c r="O145" t="s">
         <v>24</v>
       </c>
-      <c r="P145" t="s">
-        <v>24</v>
+      <c r="P145">
+        <v>108.14</v>
       </c>
       <c r="Q145" t="s">
         <v>24</v>
       </c>
       <c r="R145" t="s">
         <v>24</v>
       </c>
       <c r="S145">
-        <v>96.28</v>
+        <v>108.14</v>
       </c>
     </row>
     <row r="146" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A146">
-        <v>166</v>
+        <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>329</v>
+        <v>320</v>
       </c>
       <c r="C146" t="s">
-        <v>330</v>
+        <v>321</v>
+      </c>
+      <c r="D146">
+        <v>1513</v>
       </c>
       <c r="E146" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="F146" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G146" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H146">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="I146" t="b">
         <v>0</v>
       </c>
       <c r="J146" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
-      <c r="L146">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L146" t="s">
+        <v>24</v>
+      </c>
+      <c r="M146">
+        <v>108.1</v>
       </c>
       <c r="N146" t="s">
         <v>24</v>
       </c>
       <c r="O146" t="s">
         <v>24</v>
       </c>
       <c r="P146" t="s">
         <v>24</v>
       </c>
       <c r="Q146" t="s">
         <v>24</v>
       </c>
       <c r="R146" t="s">
         <v>24</v>
       </c>
       <c r="S146">
-        <v>95.92</v>
+        <v>108.1</v>
       </c>
     </row>
     <row r="147" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A147">
-        <v>167</v>
+        <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>87</v>
+        <v>322</v>
       </c>
       <c r="C147" t="s">
-        <v>331</v>
+        <v>270</v>
       </c>
       <c r="E147" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="F147" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G147" t="s">
         <v>23</v>
       </c>
       <c r="H147">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="I147" t="b">
         <v>0</v>
       </c>
       <c r="J147" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
       <c r="L147" t="s">
         <v>24</v>
       </c>
-      <c r="M147">
-        <v>95.68</v>
+      <c r="M147" t="s">
+        <v>24</v>
       </c>
       <c r="N147" t="s">
         <v>24</v>
       </c>
       <c r="O147" t="s">
         <v>24</v>
       </c>
       <c r="P147" t="s">
         <v>24</v>
       </c>
-      <c r="Q147" t="s">
-        <v>24</v>
+      <c r="Q147">
+        <v>108.06</v>
       </c>
       <c r="R147" t="s">
         <v>24</v>
       </c>
       <c r="S147">
-        <v>95.68</v>
+        <v>108.06</v>
       </c>
     </row>
     <row r="148" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A148">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>332</v>
+        <v>48</v>
       </c>
       <c r="C148" t="s">
-        <v>333</v>
+        <v>323</v>
+      </c>
+      <c r="D148">
+        <v>2350</v>
       </c>
       <c r="E148" t="s">
         <v>24</v>
       </c>
       <c r="F148" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G148" t="s">
         <v>23</v>
       </c>
       <c r="H148">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I148" t="b">
         <v>0</v>
       </c>
       <c r="J148" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K148">
         <v>1</v>
       </c>
       <c r="L148" t="s">
         <v>24</v>
       </c>
       <c r="M148" t="s">
         <v>24</v>
       </c>
-      <c r="N148">
-        <v>95.56</v>
+      <c r="N148" t="s">
+        <v>24</v>
       </c>
       <c r="O148" t="s">
         <v>24</v>
       </c>
-      <c r="P148" t="s">
-        <v>24</v>
+      <c r="P148">
+        <v>108.02</v>
       </c>
       <c r="Q148" t="s">
         <v>24</v>
       </c>
       <c r="R148" t="s">
         <v>24</v>
       </c>
       <c r="S148">
-        <v>95.56</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="149" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A149">
-        <v>168</v>
+        <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="C149" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>1476</v>
+        <v>325</v>
       </c>
       <c r="E149" t="s">
-        <v>257</v>
+        <v>195</v>
       </c>
       <c r="F149" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G149" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H149">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="I149" t="b">
         <v>0</v>
       </c>
       <c r="J149" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K149">
         <v>1</v>
       </c>
       <c r="L149" t="s">
         <v>24</v>
       </c>
       <c r="M149" t="s">
         <v>24</v>
       </c>
       <c r="N149" t="s">
         <v>24</v>
       </c>
       <c r="O149" t="s">
         <v>24</v>
       </c>
       <c r="P149">
-        <v>103.03</v>
+        <v>107.41</v>
       </c>
       <c r="Q149" t="s">
         <v>24</v>
       </c>
       <c r="R149" t="s">
         <v>24</v>
       </c>
       <c r="S149">
-        <v>103.03</v>
+        <v>107.41</v>
       </c>
     </row>
     <row r="150" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A150">
-        <v>169</v>
+        <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>336</v>
+        <v>75</v>
       </c>
       <c r="C150" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
       <c r="E150" t="s">
         <v>24</v>
       </c>
       <c r="F150" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G150" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H150">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="I150" t="b">
         <v>0</v>
       </c>
       <c r="J150" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K150">
         <v>1</v>
       </c>
-      <c r="L150" t="s">
-        <v>24</v>
+      <c r="L150">
+        <v>107.23</v>
       </c>
       <c r="M150" t="s">
         <v>24</v>
       </c>
-      <c r="N150">
-        <v>95.48</v>
+      <c r="N150" t="s">
+        <v>24</v>
       </c>
       <c r="O150" t="s">
         <v>24</v>
       </c>
       <c r="P150" t="s">
         <v>24</v>
       </c>
       <c r="Q150" t="s">
         <v>24</v>
       </c>
       <c r="R150" t="s">
         <v>24</v>
       </c>
       <c r="S150">
-        <v>95.48</v>
+        <v>107.23</v>
       </c>
     </row>
     <row r="151" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A151">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="C151" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-        <v>1167</v>
+        <v>328</v>
       </c>
       <c r="E151" t="s">
-        <v>97</v>
+        <v>329</v>
       </c>
       <c r="F151" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G151" t="s">
         <v>23</v>
       </c>
       <c r="H151">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="I151" t="b">
         <v>0</v>
       </c>
       <c r="J151" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K151">
         <v>1</v>
       </c>
-      <c r="L151" t="s">
-        <v>24</v>
+      <c r="L151">
+        <v>107.11</v>
       </c>
       <c r="M151" t="s">
         <v>24</v>
       </c>
       <c r="N151" t="s">
         <v>24</v>
       </c>
-      <c r="O151">
-        <v>95.15</v>
+      <c r="O151" t="s">
+        <v>24</v>
       </c>
       <c r="P151" t="s">
         <v>24</v>
       </c>
       <c r="Q151" t="s">
         <v>24</v>
       </c>
       <c r="R151" t="s">
         <v>24</v>
       </c>
       <c r="S151">
-        <v>95.15</v>
+        <v>107.11</v>
       </c>
     </row>
     <row r="152" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A152">
-        <v>171</v>
+        <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>340</v>
+        <v>25</v>
       </c>
       <c r="C152" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="E152" t="s">
-        <v>218</v>
+        <v>190</v>
       </c>
       <c r="F152" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G152" t="s">
         <v>23</v>
       </c>
       <c r="H152">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="I152" t="b">
         <v>0</v>
       </c>
       <c r="J152" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K152">
         <v>1</v>
       </c>
       <c r="L152" t="s">
         <v>24</v>
       </c>
       <c r="M152" t="s">
         <v>24</v>
       </c>
-      <c r="N152" t="s">
-[...3 lines deleted...]
-        <v>94.54</v>
+      <c r="N152">
+        <v>107.08</v>
+      </c>
+      <c r="O152" t="s">
+        <v>24</v>
       </c>
       <c r="P152" t="s">
         <v>24</v>
       </c>
       <c r="Q152" t="s">
         <v>24</v>
       </c>
       <c r="R152" t="s">
         <v>24</v>
       </c>
       <c r="S152">
-        <v>94.54</v>
+        <v>107.08</v>
       </c>
     </row>
     <row r="153" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A153">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>342</v>
+        <v>196</v>
       </c>
       <c r="C153" t="s">
-        <v>343</v>
+        <v>331</v>
       </c>
       <c r="E153" t="s">
-        <v>295</v>
+        <v>332</v>
       </c>
       <c r="F153" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G153" t="s">
         <v>23</v>
       </c>
       <c r="H153">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="I153" t="b">
         <v>0</v>
       </c>
       <c r="J153" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K153">
         <v>1</v>
       </c>
-      <c r="L153" t="s">
-[...3 lines deleted...]
-        <v>94.25</v>
+      <c r="L153">
+        <v>107.01</v>
+      </c>
+      <c r="M153" t="s">
+        <v>24</v>
       </c>
       <c r="N153" t="s">
         <v>24</v>
       </c>
       <c r="O153" t="s">
         <v>24</v>
       </c>
       <c r="P153" t="s">
         <v>24</v>
       </c>
       <c r="Q153" t="s">
         <v>24</v>
       </c>
       <c r="R153" t="s">
         <v>24</v>
       </c>
       <c r="S153">
-        <v>94.25</v>
+        <v>107.01</v>
       </c>
     </row>
     <row r="154" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A154">
-        <v>173</v>
+        <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>344</v>
+        <v>333</v>
       </c>
       <c r="C154" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="E154" t="s">
-        <v>346</v>
+        <v>24</v>
       </c>
       <c r="F154" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G154" t="s">
         <v>23</v>
       </c>
       <c r="H154">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="I154" t="b">
         <v>0</v>
       </c>
       <c r="J154" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K154">
         <v>1</v>
       </c>
       <c r="L154">
-        <v>93.95</v>
+        <v>106.45</v>
       </c>
       <c r="M154" t="s">
         <v>24</v>
       </c>
       <c r="N154" t="s">
         <v>24</v>
       </c>
       <c r="O154" t="s">
         <v>24</v>
       </c>
       <c r="P154" t="s">
         <v>24</v>
       </c>
       <c r="Q154" t="s">
         <v>24</v>
       </c>
       <c r="R154" t="s">
         <v>24</v>
       </c>
       <c r="S154">
-        <v>93.95</v>
+        <v>106.45</v>
       </c>
     </row>
     <row r="155" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A155">
-        <v>174</v>
+        <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="C155" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
       <c r="E155" t="s">
         <v>24</v>
       </c>
       <c r="F155" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G155" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H155">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="I155" t="b">
         <v>0</v>
       </c>
       <c r="J155" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
       <c r="L155" t="s">
         <v>24</v>
       </c>
       <c r="M155" t="s">
         <v>24</v>
       </c>
       <c r="N155">
-        <v>93.91</v>
+        <v>106.12</v>
       </c>
       <c r="O155" t="s">
         <v>24</v>
       </c>
       <c r="P155" t="s">
         <v>24</v>
       </c>
       <c r="Q155" t="s">
         <v>24</v>
       </c>
       <c r="R155" t="s">
         <v>24</v>
       </c>
       <c r="S155">
-        <v>93.91</v>
+        <v>106.12</v>
       </c>
     </row>
     <row r="156" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A156">
-        <v>175</v>
+        <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>348</v>
+        <v>336</v>
       </c>
       <c r="C156" t="s">
-        <v>349</v>
+        <v>337</v>
+      </c>
+      <c r="D156">
+        <v>1463</v>
       </c>
       <c r="E156" t="s">
-        <v>350</v>
+        <v>21</v>
       </c>
       <c r="F156" t="s">
-        <v>351</v>
+        <v>27</v>
       </c>
       <c r="G156" t="s">
         <v>23</v>
       </c>
       <c r="H156">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="I156" t="b">
         <v>0</v>
       </c>
       <c r="J156" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K156">
         <v>1</v>
       </c>
-      <c r="L156" t="s">
-        <v>24</v>
+      <c r="L156">
+        <v>106.05</v>
       </c>
       <c r="M156" t="s">
         <v>24</v>
       </c>
-      <c r="N156">
-        <v>93.51</v>
+      <c r="N156" t="s">
+        <v>24</v>
       </c>
       <c r="O156" t="s">
         <v>24</v>
       </c>
       <c r="P156" t="s">
         <v>24</v>
       </c>
       <c r="Q156" t="s">
         <v>24</v>
       </c>
       <c r="R156" t="s">
         <v>24</v>
       </c>
       <c r="S156">
-        <v>93.51</v>
+        <v>106.05</v>
       </c>
     </row>
     <row r="157" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A157">
-        <v>176</v>
+        <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C157" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="E157" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="F157" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G157" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H157">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="I157" t="b">
         <v>0</v>
       </c>
       <c r="J157" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K157">
         <v>1</v>
       </c>
       <c r="L157" t="s">
         <v>24</v>
       </c>
       <c r="M157" t="s">
         <v>24</v>
       </c>
-      <c r="N157">
-        <v>93.44</v>
+      <c r="N157" t="s">
+        <v>24</v>
       </c>
       <c r="O157" t="s">
         <v>24</v>
       </c>
-      <c r="P157" t="s">
-        <v>24</v>
+      <c r="P157">
+        <v>105.93</v>
       </c>
       <c r="Q157" t="s">
         <v>24</v>
       </c>
       <c r="R157" t="s">
         <v>24</v>
       </c>
       <c r="S157">
-        <v>93.44</v>
+        <v>105.93</v>
       </c>
     </row>
     <row r="158" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A158">
-        <v>178</v>
+        <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>353</v>
+        <v>51</v>
       </c>
       <c r="C158" t="s">
-        <v>354</v>
+        <v>340</v>
+      </c>
+      <c r="D158">
+        <v>2346</v>
       </c>
       <c r="E158" t="s">
-        <v>24</v>
+        <v>341</v>
       </c>
       <c r="F158" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G158" t="s">
         <v>23</v>
       </c>
       <c r="H158">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I158" t="b">
         <v>0</v>
       </c>
       <c r="J158" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K158">
         <v>1</v>
       </c>
-      <c r="L158" t="s">
-[...3 lines deleted...]
-        <v>93.1</v>
+      <c r="L158">
+        <v>105.73</v>
+      </c>
+      <c r="M158" t="s">
+        <v>24</v>
       </c>
       <c r="N158" t="s">
         <v>24</v>
       </c>
       <c r="O158" t="s">
         <v>24</v>
       </c>
       <c r="P158" t="s">
         <v>24</v>
       </c>
       <c r="Q158" t="s">
         <v>24</v>
       </c>
       <c r="R158" t="s">
         <v>24</v>
       </c>
       <c r="S158">
-        <v>93.1</v>
+        <v>105.73</v>
       </c>
     </row>
     <row r="159" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A159">
-        <v>179</v>
+        <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>355</v>
+        <v>211</v>
       </c>
       <c r="C159" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>342</v>
       </c>
       <c r="E159" t="s">
-        <v>292</v>
+        <v>343</v>
       </c>
       <c r="F159" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G159" t="s">
         <v>23</v>
       </c>
       <c r="H159">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="I159" t="b">
         <v>0</v>
       </c>
       <c r="J159" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K159">
         <v>1</v>
       </c>
       <c r="L159" t="s">
         <v>24</v>
       </c>
       <c r="M159" t="s">
         <v>24</v>
       </c>
-      <c r="N159">
-        <v>93.1</v>
+      <c r="N159" t="s">
+        <v>24</v>
       </c>
       <c r="O159" t="s">
         <v>24</v>
       </c>
-      <c r="P159" t="s">
-        <v>24</v>
+      <c r="P159">
+        <v>105.5</v>
       </c>
       <c r="Q159" t="s">
         <v>24</v>
       </c>
       <c r="R159" t="s">
         <v>24</v>
       </c>
       <c r="S159">
-        <v>93.1</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="160" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A160">
-        <v>180</v>
+        <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>357</v>
+        <v>144</v>
       </c>
       <c r="C160" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
       <c r="D160">
-        <v>575</v>
+        <v>1647</v>
       </c>
       <c r="E160" t="s">
-        <v>70</v>
+        <v>290</v>
       </c>
       <c r="F160" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G160" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H160">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="I160" t="b">
         <v>0</v>
       </c>
       <c r="J160" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K160">
         <v>1</v>
       </c>
-      <c r="L160" t="s">
-[...3 lines deleted...]
-        <v>93.05</v>
+      <c r="L160">
+        <v>105.45</v>
+      </c>
+      <c r="M160" t="s">
+        <v>24</v>
       </c>
       <c r="N160" t="s">
         <v>24</v>
       </c>
       <c r="O160" t="s">
         <v>24</v>
       </c>
       <c r="P160" t="s">
         <v>24</v>
       </c>
       <c r="Q160" t="s">
         <v>24</v>
       </c>
       <c r="R160" t="s">
         <v>24</v>
       </c>
       <c r="S160">
-        <v>93.05</v>
+        <v>105.45</v>
       </c>
     </row>
     <row r="161" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A161">
-        <v>181</v>
+        <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>359</v>
+        <v>48</v>
       </c>
       <c r="C161" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>1558</v>
+        <v>345</v>
       </c>
       <c r="E161" t="s">
-        <v>315</v>
+        <v>143</v>
       </c>
       <c r="F161" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G161" t="s">
         <v>23</v>
       </c>
       <c r="H161">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="I161" t="b">
         <v>0</v>
       </c>
       <c r="J161" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K161">
         <v>1</v>
       </c>
-      <c r="L161">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L161" t="s">
+        <v>24</v>
+      </c>
+      <c r="M161">
+        <v>105.07</v>
       </c>
       <c r="N161" t="s">
         <v>24</v>
       </c>
       <c r="O161" t="s">
         <v>24</v>
       </c>
       <c r="P161" t="s">
         <v>24</v>
       </c>
       <c r="Q161" t="s">
         <v>24</v>
       </c>
       <c r="R161" t="s">
         <v>24</v>
       </c>
       <c r="S161">
-        <v>92.89</v>
+        <v>105.07</v>
       </c>
     </row>
     <row r="162" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A162">
-        <v>182</v>
+        <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>361</v>
+        <v>286</v>
       </c>
       <c r="C162" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="E162" t="s">
-        <v>363</v>
+        <v>109</v>
       </c>
       <c r="F162" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G162" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H162">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I162" t="b">
         <v>0</v>
       </c>
       <c r="J162" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K162">
         <v>1</v>
       </c>
       <c r="L162" t="s">
         <v>24</v>
       </c>
       <c r="M162" t="s">
         <v>24</v>
       </c>
-      <c r="N162">
-        <v>92.88</v>
+      <c r="N162" t="s">
+        <v>24</v>
       </c>
       <c r="O162" t="s">
         <v>24</v>
       </c>
       <c r="P162" t="s">
         <v>24</v>
       </c>
-      <c r="Q162" t="s">
-        <v>24</v>
+      <c r="Q162">
+        <v>104.96</v>
       </c>
       <c r="R162" t="s">
         <v>24</v>
       </c>
       <c r="S162">
-        <v>92.88</v>
+        <v>104.96</v>
       </c>
     </row>
     <row r="163" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A163">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>364</v>
+        <v>139</v>
       </c>
       <c r="C163" t="s">
-        <v>365</v>
+        <v>347</v>
       </c>
       <c r="E163" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="F163" t="s">
         <v>22</v>
       </c>
       <c r="G163" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H163">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="I163" t="b">
         <v>0</v>
       </c>
       <c r="J163" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163" t="s">
         <v>24</v>
       </c>
       <c r="M163" t="s">
         <v>24</v>
       </c>
-      <c r="N163" t="s">
-        <v>24</v>
+      <c r="N163">
+        <v>104.74</v>
       </c>
       <c r="O163" t="s">
         <v>24</v>
       </c>
-      <c r="P163">
-        <v>100.06</v>
+      <c r="P163" t="s">
+        <v>24</v>
       </c>
       <c r="Q163" t="s">
         <v>24</v>
       </c>
       <c r="R163" t="s">
         <v>24</v>
       </c>
       <c r="S163">
-        <v>100.06</v>
+        <v>104.74</v>
       </c>
     </row>
     <row r="164" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A164">
-        <v>183</v>
+        <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>366</v>
+        <v>348</v>
       </c>
       <c r="C164" t="s">
-        <v>367</v>
+        <v>349</v>
       </c>
       <c r="D164">
-        <v>931</v>
+        <v>2343</v>
       </c>
       <c r="E164" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F164" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G164" t="s">
         <v>23</v>
       </c>
       <c r="H164">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I164" t="b">
         <v>0</v>
       </c>
       <c r="J164" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K164">
         <v>1</v>
       </c>
-      <c r="L164">
-        <v>92.81</v>
+      <c r="L164" t="s">
+        <v>24</v>
       </c>
       <c r="M164" t="s">
         <v>24</v>
       </c>
       <c r="N164" t="s">
         <v>24</v>
       </c>
       <c r="O164" t="s">
         <v>24</v>
       </c>
-      <c r="P164" t="s">
-        <v>24</v>
+      <c r="P164">
+        <v>104.53</v>
       </c>
       <c r="Q164" t="s">
         <v>24</v>
       </c>
       <c r="R164" t="s">
         <v>24</v>
       </c>
       <c r="S164">
-        <v>92.81</v>
+        <v>104.53</v>
       </c>
     </row>
     <row r="165" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A165">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>368</v>
+        <v>91</v>
       </c>
       <c r="C165" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>1697</v>
+        <v>222</v>
       </c>
       <c r="E165" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="F165" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G165" t="s">
         <v>23</v>
       </c>
       <c r="H165">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I165" t="b">
         <v>0</v>
       </c>
       <c r="J165" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
-      <c r="L165" t="s">
-        <v>24</v>
+      <c r="L165">
+        <v>104.29</v>
       </c>
       <c r="M165" t="s">
         <v>24</v>
       </c>
       <c r="N165" t="s">
         <v>24</v>
       </c>
       <c r="O165" t="s">
         <v>24</v>
       </c>
-      <c r="P165">
-        <v>99.66</v>
+      <c r="P165" t="s">
+        <v>24</v>
       </c>
       <c r="Q165" t="s">
         <v>24</v>
       </c>
       <c r="R165" t="s">
         <v>24</v>
       </c>
       <c r="S165">
-        <v>99.66</v>
+        <v>104.29</v>
       </c>
     </row>
     <row r="166" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A166">
-        <v>184</v>
+        <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>370</v>
+        <v>106</v>
       </c>
       <c r="C166" t="s">
-        <v>371</v>
+        <v>91</v>
+      </c>
+      <c r="D166">
+        <v>1755</v>
       </c>
       <c r="E166" t="s">
-        <v>372</v>
+        <v>350</v>
       </c>
       <c r="F166" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G166" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H166">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="I166" t="b">
         <v>0</v>
       </c>
       <c r="J166" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K166">
         <v>1</v>
       </c>
       <c r="L166" t="s">
         <v>24</v>
       </c>
       <c r="M166" t="s">
         <v>24</v>
       </c>
       <c r="N166">
-        <v>92.78</v>
+        <v>103.66</v>
       </c>
       <c r="O166" t="s">
         <v>24</v>
       </c>
       <c r="P166" t="s">
         <v>24</v>
       </c>
       <c r="Q166" t="s">
         <v>24</v>
       </c>
       <c r="R166" t="s">
         <v>24</v>
       </c>
       <c r="S166">
-        <v>92.78</v>
+        <v>103.66</v>
       </c>
     </row>
     <row r="167" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A167">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>145</v>
+        <v>40</v>
       </c>
       <c r="C167" t="s">
-        <v>373</v>
+        <v>351</v>
       </c>
       <c r="E167" t="s">
         <v>24</v>
       </c>
       <c r="F167" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G167" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H167">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="I167" t="b">
         <v>0</v>
       </c>
       <c r="J167" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K167">
         <v>1</v>
       </c>
-      <c r="L167">
-        <v>92.76</v>
+      <c r="L167" t="s">
+        <v>24</v>
       </c>
       <c r="M167" t="s">
         <v>24</v>
       </c>
-      <c r="N167" t="s">
-        <v>24</v>
+      <c r="N167">
+        <v>103.21</v>
       </c>
       <c r="O167" t="s">
         <v>24</v>
       </c>
       <c r="P167" t="s">
         <v>24</v>
       </c>
       <c r="Q167" t="s">
         <v>24</v>
       </c>
       <c r="R167" t="s">
         <v>24</v>
       </c>
       <c r="S167">
-        <v>92.76</v>
+        <v>103.21</v>
       </c>
     </row>
     <row r="168" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A168">
-        <v>187</v>
+        <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>374</v>
+        <v>352</v>
       </c>
       <c r="C168" t="s">
-        <v>375</v>
+        <v>353</v>
       </c>
       <c r="D168">
-        <v>2151</v>
+        <v>1476</v>
       </c>
       <c r="E168" t="s">
-        <v>241</v>
+        <v>109</v>
       </c>
       <c r="F168" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G168" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H168">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="I168" t="b">
         <v>0</v>
       </c>
       <c r="J168" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K168">
         <v>1</v>
       </c>
       <c r="L168" t="s">
         <v>24</v>
       </c>
       <c r="M168" t="s">
         <v>24</v>
       </c>
-      <c r="N168">
-        <v>92.34</v>
+      <c r="N168" t="s">
+        <v>24</v>
       </c>
       <c r="O168" t="s">
         <v>24</v>
       </c>
-      <c r="P168" t="s">
-        <v>24</v>
+      <c r="P168">
+        <v>103.03</v>
       </c>
       <c r="Q168" t="s">
         <v>24</v>
       </c>
       <c r="R168" t="s">
         <v>24</v>
       </c>
       <c r="S168">
-        <v>92.34</v>
+        <v>103.03</v>
       </c>
     </row>
     <row r="169" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A169">
-        <v>188</v>
+        <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>376</v>
+        <v>354</v>
       </c>
       <c r="C169" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>1813</v>
+        <v>355</v>
       </c>
       <c r="E169" t="s">
-        <v>377</v>
+        <v>42</v>
       </c>
       <c r="F169" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G169" t="s">
         <v>23</v>
       </c>
       <c r="H169">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I169" t="b">
         <v>0</v>
       </c>
       <c r="J169" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K169">
         <v>1</v>
       </c>
-      <c r="L169">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L169" t="s">
+        <v>24</v>
+      </c>
+      <c r="M169">
+        <v>102.83</v>
       </c>
       <c r="N169" t="s">
         <v>24</v>
       </c>
       <c r="O169" t="s">
         <v>24</v>
       </c>
       <c r="P169" t="s">
         <v>24</v>
       </c>
       <c r="Q169" t="s">
         <v>24</v>
       </c>
       <c r="R169" t="s">
         <v>24</v>
       </c>
       <c r="S169">
-        <v>92.27</v>
+        <v>102.83</v>
       </c>
     </row>
     <row r="170" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A170">
-        <v>188</v>
+        <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>90</v>
+        <v>356</v>
       </c>
       <c r="C170" t="s">
-        <v>378</v>
+        <v>357</v>
       </c>
       <c r="E170" t="s">
-        <v>97</v>
+        <v>358</v>
       </c>
       <c r="F170" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G170" t="s">
         <v>23</v>
       </c>
       <c r="H170">
-        <v>13</v>
+        <v>49</v>
       </c>
       <c r="I170" t="b">
         <v>0</v>
       </c>
       <c r="J170" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K170">
         <v>1</v>
       </c>
-      <c r="L170" t="s">
-        <v>24</v>
+      <c r="L170">
+        <v>102.54</v>
       </c>
       <c r="M170" t="s">
         <v>24</v>
       </c>
       <c r="N170" t="s">
         <v>24</v>
       </c>
       <c r="O170" t="s">
         <v>24</v>
       </c>
-      <c r="P170">
-        <v>98.9</v>
+      <c r="P170" t="s">
+        <v>24</v>
       </c>
       <c r="Q170" t="s">
         <v>24</v>
       </c>
       <c r="R170" t="s">
         <v>24</v>
       </c>
       <c r="S170">
-        <v>98.9</v>
+        <v>102.54</v>
       </c>
     </row>
     <row r="171" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A171">
-        <v>189</v>
+        <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>379</v>
+        <v>359</v>
       </c>
       <c r="C171" t="s">
-        <v>88</v>
+        <v>360</v>
       </c>
       <c r="E171" t="s">
-        <v>380</v>
+        <v>361</v>
       </c>
       <c r="F171" t="s">
         <v>27</v>
       </c>
       <c r="G171" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H171">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="I171" t="b">
         <v>0</v>
       </c>
       <c r="J171" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K171">
         <v>1</v>
       </c>
-      <c r="L171" t="s">
-        <v>24</v>
+      <c r="L171">
+        <v>102.5</v>
       </c>
       <c r="M171" t="s">
         <v>24</v>
       </c>
-      <c r="N171">
-        <v>91.67</v>
+      <c r="N171" t="s">
+        <v>24</v>
       </c>
       <c r="O171" t="s">
         <v>24</v>
       </c>
       <c r="P171" t="s">
         <v>24</v>
       </c>
       <c r="Q171" t="s">
         <v>24</v>
       </c>
       <c r="R171" t="s">
         <v>24</v>
       </c>
       <c r="S171">
-        <v>91.67</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="172" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A172">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>267</v>
+        <v>324</v>
       </c>
       <c r="C172" t="s">
-        <v>105</v>
+        <v>362</v>
+      </c>
+      <c r="D172">
+        <v>1514</v>
       </c>
       <c r="E172" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="F172" t="s">
-        <v>351</v>
+        <v>31</v>
       </c>
       <c r="G172" t="s">
         <v>23</v>
       </c>
       <c r="H172">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="I172" t="b">
         <v>0</v>
       </c>
       <c r="J172" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K172">
         <v>1</v>
       </c>
-      <c r="L172" t="s">
-        <v>24</v>
+      <c r="L172">
+        <v>102.48</v>
       </c>
       <c r="M172" t="s">
         <v>24</v>
       </c>
-      <c r="N172">
-        <v>91.29</v>
+      <c r="N172" t="s">
+        <v>24</v>
       </c>
       <c r="O172" t="s">
         <v>24</v>
       </c>
       <c r="P172" t="s">
         <v>24</v>
       </c>
       <c r="Q172" t="s">
         <v>24</v>
       </c>
       <c r="R172" t="s">
         <v>24</v>
       </c>
       <c r="S172">
-        <v>91.29</v>
+        <v>102.48</v>
       </c>
     </row>
     <row r="173" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A173">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>273</v>
+        <v>242</v>
       </c>
       <c r="C173" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>1796</v>
+        <v>364</v>
       </c>
       <c r="E173" t="s">
         <v>24</v>
       </c>
       <c r="F173" t="s">
         <v>27</v>
       </c>
       <c r="G173" t="s">
         <v>23</v>
       </c>
       <c r="H173">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="I173" t="b">
         <v>0</v>
       </c>
       <c r="J173" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K173">
         <v>1</v>
       </c>
-      <c r="L173" t="s">
-        <v>24</v>
+      <c r="L173">
+        <v>102.24</v>
       </c>
       <c r="M173" t="s">
         <v>24</v>
       </c>
       <c r="N173" t="s">
         <v>24</v>
       </c>
       <c r="O173" t="s">
         <v>24</v>
       </c>
-      <c r="P173">
-        <v>97.92</v>
+      <c r="P173" t="s">
+        <v>24</v>
       </c>
       <c r="Q173" t="s">
         <v>24</v>
       </c>
       <c r="R173" t="s">
         <v>24</v>
       </c>
       <c r="S173">
-        <v>97.92</v>
+        <v>102.24</v>
       </c>
     </row>
     <row r="174" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A174">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>382</v>
+        <v>25</v>
       </c>
       <c r="C174" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-        <v>1960</v>
+        <v>365</v>
       </c>
       <c r="E174" t="s">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="F174" t="s">
         <v>22</v>
       </c>
       <c r="G174" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H174">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I174" t="b">
         <v>0</v>
       </c>
       <c r="J174" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K174">
         <v>1</v>
       </c>
       <c r="L174" t="s">
         <v>24</v>
       </c>
-      <c r="M174">
-        <v>91.22</v>
+      <c r="M174" t="s">
+        <v>24</v>
       </c>
       <c r="N174" t="s">
         <v>24</v>
       </c>
       <c r="O174" t="s">
         <v>24</v>
       </c>
       <c r="P174" t="s">
         <v>24</v>
       </c>
-      <c r="Q174" t="s">
-        <v>24</v>
+      <c r="Q174">
+        <v>102.04</v>
       </c>
       <c r="R174" t="s">
         <v>24</v>
       </c>
       <c r="S174">
-        <v>91.22</v>
+        <v>102.04</v>
       </c>
     </row>
     <row r="175" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A175">
-        <v>192</v>
+        <v>174</v>
       </c>
       <c r="B175" t="s">
         <v>366</v>
       </c>
       <c r="C175" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="D175">
-        <v>1429</v>
+        <v>1826</v>
       </c>
       <c r="E175" t="s">
-        <v>384</v>
+        <v>21</v>
       </c>
       <c r="F175" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G175" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H175">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="I175" t="b">
         <v>0</v>
       </c>
       <c r="J175" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K175">
         <v>1</v>
       </c>
       <c r="L175" t="s">
         <v>24</v>
       </c>
-      <c r="M175">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M175" t="s">
+        <v>24</v>
+      </c>
+      <c r="N175">
+        <v>101.99</v>
       </c>
       <c r="O175" t="s">
         <v>24</v>
       </c>
       <c r="P175" t="s">
         <v>24</v>
       </c>
       <c r="Q175" t="s">
         <v>24</v>
       </c>
       <c r="R175" t="s">
         <v>24</v>
       </c>
       <c r="S175">
-        <v>91.14</v>
+        <v>101.99</v>
       </c>
     </row>
     <row r="176" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A176">
-        <v>193</v>
+        <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>47</v>
+        <v>368</v>
       </c>
       <c r="C176" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="E176" t="s">
-        <v>257</v>
+        <v>24</v>
       </c>
       <c r="F176" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G176" t="s">
         <v>23</v>
       </c>
       <c r="H176">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="I176" t="b">
         <v>0</v>
       </c>
       <c r="J176" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K176">
         <v>1</v>
       </c>
       <c r="L176">
-        <v>91.06</v>
+        <v>101.99</v>
       </c>
       <c r="M176" t="s">
         <v>24</v>
       </c>
       <c r="N176" t="s">
         <v>24</v>
       </c>
       <c r="O176" t="s">
         <v>24</v>
       </c>
       <c r="P176" t="s">
         <v>24</v>
       </c>
       <c r="Q176" t="s">
         <v>24</v>
       </c>
       <c r="R176" t="s">
         <v>24</v>
       </c>
       <c r="S176">
-        <v>91.06</v>
+        <v>101.99</v>
       </c>
     </row>
     <row r="177" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A177">
-        <v>194</v>
+        <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>386</v>
+        <v>336</v>
       </c>
       <c r="C177" t="s">
-        <v>385</v>
+        <v>370</v>
+      </c>
+      <c r="D177">
+        <v>1686</v>
       </c>
       <c r="E177" t="s">
-        <v>257</v>
+        <v>21</v>
       </c>
       <c r="F177" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G177" t="s">
         <v>23</v>
       </c>
       <c r="H177">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="I177" t="b">
         <v>0</v>
       </c>
       <c r="J177" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K177">
         <v>1</v>
       </c>
       <c r="L177">
-        <v>91.04</v>
+        <v>101.22</v>
       </c>
       <c r="M177" t="s">
         <v>24</v>
       </c>
       <c r="N177" t="s">
         <v>24</v>
       </c>
       <c r="O177" t="s">
         <v>24</v>
       </c>
       <c r="P177" t="s">
         <v>24</v>
       </c>
       <c r="Q177" t="s">
         <v>24</v>
       </c>
       <c r="R177" t="s">
         <v>24</v>
       </c>
       <c r="S177">
-        <v>91.04</v>
+        <v>101.22</v>
       </c>
     </row>
     <row r="178" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A178">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>32</v>
+        <v>371</v>
       </c>
       <c r="C178" t="s">
-        <v>387</v>
+        <v>372</v>
+      </c>
+      <c r="D178">
+        <v>1171</v>
       </c>
       <c r="E178" t="s">
-        <v>388</v>
+        <v>373</v>
       </c>
       <c r="F178" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G178" t="s">
         <v>23</v>
       </c>
       <c r="H178">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="I178" t="b">
         <v>0</v>
       </c>
       <c r="J178" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K178">
         <v>1</v>
       </c>
-      <c r="L178">
-        <v>90.84</v>
+      <c r="L178" t="s">
+        <v>24</v>
       </c>
       <c r="M178" t="s">
         <v>24</v>
       </c>
-      <c r="N178" t="s">
-        <v>24</v>
+      <c r="N178">
+        <v>101</v>
       </c>
       <c r="O178" t="s">
         <v>24</v>
       </c>
       <c r="P178" t="s">
         <v>24</v>
       </c>
       <c r="Q178" t="s">
         <v>24</v>
       </c>
       <c r="R178" t="s">
         <v>24</v>
       </c>
       <c r="S178">
-        <v>90.84</v>
+        <v>101</v>
       </c>
     </row>
     <row r="179" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A179">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>389</v>
+        <v>374</v>
       </c>
       <c r="C179" t="s">
-        <v>390</v>
+        <v>281</v>
       </c>
       <c r="E179" t="s">
-        <v>391</v>
+        <v>24</v>
       </c>
       <c r="F179" t="s">
         <v>22</v>
       </c>
       <c r="G179" t="s">
         <v>23</v>
       </c>
       <c r="H179">
         <v>52</v>
       </c>
       <c r="I179" t="b">
         <v>0</v>
       </c>
       <c r="J179" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K179">
         <v>1</v>
       </c>
-      <c r="L179" t="s">
-[...3 lines deleted...]
-        <v>90.25</v>
+      <c r="L179">
+        <v>100.9</v>
+      </c>
+      <c r="M179" t="s">
+        <v>24</v>
       </c>
       <c r="N179" t="s">
         <v>24</v>
       </c>
       <c r="O179" t="s">
         <v>24</v>
       </c>
       <c r="P179" t="s">
         <v>24</v>
       </c>
       <c r="Q179" t="s">
         <v>24</v>
       </c>
       <c r="R179" t="s">
         <v>24</v>
       </c>
       <c r="S179">
-        <v>90.25</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="180" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A180">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>353</v>
+        <v>43</v>
       </c>
       <c r="C180" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>1370</v>
+        <v>375</v>
       </c>
       <c r="E180" t="s">
-        <v>229</v>
+        <v>376</v>
       </c>
       <c r="F180" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G180" t="s">
         <v>23</v>
       </c>
       <c r="H180">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I180" t="b">
         <v>0</v>
       </c>
       <c r="J180" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
       <c r="L180" t="s">
         <v>24</v>
       </c>
       <c r="M180" t="s">
         <v>24</v>
       </c>
       <c r="N180" t="s">
         <v>24</v>
       </c>
       <c r="O180" t="s">
         <v>24</v>
       </c>
       <c r="P180" t="s">
         <v>24</v>
       </c>
       <c r="Q180">
-        <v>90.23</v>
+        <v>100.83</v>
       </c>
       <c r="R180" t="s">
         <v>24</v>
       </c>
       <c r="S180">
-        <v>90.23</v>
+        <v>100.83</v>
       </c>
     </row>
     <row r="181" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A181">
-        <v>197</v>
+        <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>52</v>
+        <v>377</v>
       </c>
       <c r="C181" t="s">
-        <v>190</v>
+        <v>378</v>
       </c>
       <c r="E181" t="s">
-        <v>70</v>
+        <v>379</v>
       </c>
       <c r="F181" t="s">
-        <v>351</v>
+        <v>22</v>
       </c>
       <c r="G181" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H181">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="I181" t="b">
         <v>0</v>
       </c>
       <c r="J181" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K181">
         <v>1</v>
       </c>
-      <c r="L181" t="s">
-        <v>24</v>
+      <c r="L181">
+        <v>100.77</v>
       </c>
       <c r="M181" t="s">
         <v>24</v>
       </c>
       <c r="N181" t="s">
         <v>24</v>
       </c>
       <c r="O181" t="s">
         <v>24</v>
       </c>
-      <c r="P181">
-        <v>96.33</v>
+      <c r="P181" t="s">
+        <v>24</v>
       </c>
       <c r="Q181" t="s">
         <v>24</v>
       </c>
       <c r="R181" t="s">
         <v>24</v>
       </c>
       <c r="S181">
-        <v>96.33</v>
+        <v>100.77</v>
       </c>
     </row>
     <row r="182" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A182">
-        <v>199</v>
+        <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>392</v>
+        <v>45</v>
       </c>
       <c r="C182" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>1785</v>
+        <v>380</v>
       </c>
       <c r="E182" t="s">
-        <v>243</v>
+        <v>98</v>
       </c>
       <c r="F182" t="s">
         <v>22</v>
       </c>
       <c r="G182" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H182">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="I182" t="b">
         <v>0</v>
       </c>
       <c r="J182" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K182">
         <v>1</v>
       </c>
-      <c r="L182">
-        <v>89.95</v>
+      <c r="L182" t="s">
+        <v>24</v>
       </c>
       <c r="M182" t="s">
         <v>24</v>
       </c>
       <c r="N182" t="s">
         <v>24</v>
       </c>
       <c r="O182" t="s">
         <v>24</v>
       </c>
-      <c r="P182" t="s">
-        <v>24</v>
+      <c r="P182">
+        <v>100.06</v>
       </c>
       <c r="Q182" t="s">
         <v>24</v>
       </c>
       <c r="R182" t="s">
         <v>24</v>
       </c>
       <c r="S182">
-        <v>89.95</v>
+        <v>100.06</v>
       </c>
     </row>
     <row r="183" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A183">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="C183" t="s">
-        <v>395</v>
+        <v>104</v>
+      </c>
+      <c r="D183">
+        <v>1697</v>
       </c>
       <c r="E183" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="F183" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G183" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H183">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="I183" t="b">
         <v>0</v>
       </c>
       <c r="J183" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K183">
         <v>1</v>
       </c>
       <c r="L183" t="s">
         <v>24</v>
       </c>
       <c r="M183" t="s">
         <v>24</v>
       </c>
-      <c r="N183">
-        <v>89.56</v>
+      <c r="N183" t="s">
+        <v>24</v>
       </c>
       <c r="O183" t="s">
         <v>24</v>
       </c>
-      <c r="P183" t="s">
-        <v>24</v>
+      <c r="P183">
+        <v>99.66</v>
       </c>
       <c r="Q183" t="s">
         <v>24</v>
       </c>
       <c r="R183" t="s">
         <v>24</v>
       </c>
       <c r="S183">
-        <v>89.56</v>
+        <v>99.66</v>
       </c>
     </row>
     <row r="184" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A184">
-        <v>201</v>
+        <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>160</v>
+        <v>382</v>
       </c>
       <c r="C184" t="s">
-        <v>396</v>
+        <v>383</v>
       </c>
       <c r="E184" t="s">
         <v>24</v>
       </c>
       <c r="F184" t="s">
-        <v>22</v>
+        <v>128</v>
       </c>
       <c r="G184" t="s">
         <v>23</v>
       </c>
       <c r="H184">
-        <v>53</v>
+        <v>5</v>
       </c>
       <c r="I184" t="b">
         <v>0</v>
       </c>
       <c r="J184" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K184">
         <v>1</v>
       </c>
-      <c r="L184">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L184" t="s">
+        <v>24</v>
+      </c>
+      <c r="M184">
+        <v>99.66</v>
       </c>
       <c r="N184" t="s">
         <v>24</v>
       </c>
       <c r="O184" t="s">
         <v>24</v>
       </c>
       <c r="P184" t="s">
         <v>24</v>
       </c>
       <c r="Q184" t="s">
         <v>24</v>
       </c>
       <c r="R184" t="s">
         <v>24</v>
       </c>
       <c r="S184">
-        <v>89.08</v>
+        <v>99.66</v>
       </c>
     </row>
     <row r="185" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A185">
-        <v>202</v>
+        <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>397</v>
+        <v>384</v>
       </c>
       <c r="C185" t="s">
-        <v>398</v>
+        <v>385</v>
       </c>
       <c r="E185" t="s">
         <v>24</v>
       </c>
       <c r="F185" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G185" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H185">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="I185" t="b">
         <v>0</v>
       </c>
       <c r="J185" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K185">
         <v>1</v>
       </c>
-      <c r="L185" t="s">
-        <v>24</v>
+      <c r="L185">
+        <v>99.65</v>
       </c>
       <c r="M185" t="s">
         <v>24</v>
       </c>
-      <c r="N185">
-        <v>89.06</v>
+      <c r="N185" t="s">
+        <v>24</v>
       </c>
       <c r="O185" t="s">
         <v>24</v>
       </c>
       <c r="P185" t="s">
         <v>24</v>
       </c>
       <c r="Q185" t="s">
         <v>24</v>
       </c>
       <c r="R185" t="s">
         <v>24</v>
       </c>
       <c r="S185">
-        <v>89.06</v>
+        <v>99.65</v>
       </c>
     </row>
     <row r="186" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A186">
-        <v>203</v>
+        <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>399</v>
+        <v>386</v>
       </c>
       <c r="C186" t="s">
-        <v>400</v>
+        <v>387</v>
       </c>
       <c r="E186" t="s">
-        <v>229</v>
+        <v>24</v>
       </c>
       <c r="F186" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G186" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H186">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="I186" t="b">
         <v>0</v>
       </c>
       <c r="J186" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K186">
         <v>1</v>
       </c>
       <c r="L186" t="s">
         <v>24</v>
       </c>
       <c r="M186" t="s">
         <v>24</v>
       </c>
-      <c r="N186" t="s">
-        <v>24</v>
+      <c r="N186">
+        <v>99.07</v>
       </c>
       <c r="O186" t="s">
         <v>24</v>
       </c>
       <c r="P186" t="s">
         <v>24</v>
       </c>
-      <c r="Q186">
-        <v>88.89</v>
+      <c r="Q186" t="s">
+        <v>24</v>
       </c>
       <c r="R186" t="s">
         <v>24</v>
       </c>
       <c r="S186">
-        <v>88.89</v>
+        <v>99.07</v>
       </c>
     </row>
     <row r="187" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A187">
-        <v>204</v>
+        <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>401</v>
+        <v>388</v>
       </c>
       <c r="C187" t="s">
-        <v>42</v>
+        <v>389</v>
+      </c>
+      <c r="D187">
+        <v>2458</v>
       </c>
       <c r="E187" t="s">
-        <v>43</v>
+        <v>390</v>
       </c>
       <c r="F187" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G187" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H187">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="I187" t="b">
         <v>0</v>
       </c>
       <c r="J187" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K187">
         <v>1</v>
       </c>
       <c r="L187" t="s">
         <v>24</v>
       </c>
       <c r="M187" t="s">
         <v>24</v>
       </c>
-      <c r="N187" t="s">
-[...3 lines deleted...]
-        <v>88.48</v>
+      <c r="N187">
+        <v>98.96</v>
+      </c>
+      <c r="O187" t="s">
+        <v>24</v>
       </c>
       <c r="P187" t="s">
         <v>24</v>
       </c>
       <c r="Q187" t="s">
         <v>24</v>
       </c>
       <c r="R187" t="s">
         <v>24</v>
       </c>
       <c r="S187">
-        <v>88.48</v>
+        <v>98.96</v>
       </c>
     </row>
     <row r="188" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A188">
-        <v>205</v>
+        <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>402</v>
+        <v>180</v>
       </c>
       <c r="C188" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-        <v>1426</v>
+        <v>391</v>
       </c>
       <c r="E188" t="s">
-        <v>404</v>
+        <v>143</v>
       </c>
       <c r="F188" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G188" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H188">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I188" t="b">
         <v>0</v>
       </c>
       <c r="J188" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K188">
         <v>1</v>
       </c>
       <c r="L188" t="s">
         <v>24</v>
       </c>
       <c r="M188" t="s">
         <v>24</v>
       </c>
       <c r="N188" t="s">
         <v>24</v>
       </c>
       <c r="O188" t="s">
         <v>24</v>
       </c>
-      <c r="P188" t="s">
-[...3 lines deleted...]
-        <v>88.3</v>
+      <c r="P188">
+        <v>98.9</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>24</v>
       </c>
       <c r="R188" t="s">
         <v>24</v>
       </c>
       <c r="S188">
-        <v>88.3</v>
+        <v>98.9</v>
       </c>
     </row>
     <row r="189" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A189">
-        <v>205</v>
+        <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>405</v>
+        <v>392</v>
       </c>
       <c r="C189" t="s">
-        <v>406</v>
+        <v>393</v>
       </c>
       <c r="E189" t="s">
-        <v>407</v>
+        <v>24</v>
       </c>
       <c r="F189" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G189" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H189">
         <v>9</v>
       </c>
       <c r="I189" t="b">
         <v>0</v>
       </c>
       <c r="J189" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K189">
         <v>1</v>
       </c>
-      <c r="L189" t="s">
-        <v>24</v>
+      <c r="L189">
+        <v>98.84</v>
       </c>
       <c r="M189" t="s">
         <v>24</v>
       </c>
       <c r="N189" t="s">
         <v>24</v>
       </c>
       <c r="O189" t="s">
         <v>24</v>
       </c>
-      <c r="P189">
-        <v>95</v>
+      <c r="P189" t="s">
+        <v>24</v>
       </c>
       <c r="Q189" t="s">
         <v>24</v>
       </c>
       <c r="R189" t="s">
         <v>24</v>
       </c>
       <c r="S189">
-        <v>95</v>
+        <v>98.84</v>
       </c>
     </row>
     <row r="190" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A190">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>408</v>
+        <v>312</v>
       </c>
       <c r="C190" t="s">
-        <v>409</v>
+        <v>394</v>
+      </c>
+      <c r="D190">
+        <v>1796</v>
       </c>
       <c r="E190" t="s">
-        <v>350</v>
+        <v>24</v>
       </c>
       <c r="F190" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G190" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H190">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="I190" t="b">
         <v>0</v>
       </c>
       <c r="J190" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K190">
         <v>1</v>
       </c>
       <c r="L190" t="s">
         <v>24</v>
       </c>
       <c r="M190" t="s">
         <v>24</v>
       </c>
-      <c r="N190">
-        <v>88.28</v>
+      <c r="N190" t="s">
+        <v>24</v>
       </c>
       <c r="O190" t="s">
         <v>24</v>
       </c>
-      <c r="P190" t="s">
-        <v>24</v>
+      <c r="P190">
+        <v>97.92</v>
       </c>
       <c r="Q190" t="s">
         <v>24</v>
       </c>
       <c r="R190" t="s">
         <v>24</v>
       </c>
       <c r="S190">
-        <v>88.28</v>
+        <v>97.92</v>
       </c>
     </row>
     <row r="191" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A191">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>389</v>
+        <v>35</v>
       </c>
       <c r="C191" t="s">
-        <v>410</v>
+        <v>395</v>
       </c>
       <c r="D191">
-        <v>2475</v>
+        <v>869</v>
       </c>
       <c r="E191" t="s">
-        <v>70</v>
+        <v>42</v>
       </c>
       <c r="F191" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G191" t="s">
         <v>23</v>
       </c>
       <c r="H191">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="I191" t="b">
         <v>0</v>
       </c>
       <c r="J191" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K191">
         <v>1</v>
       </c>
       <c r="L191" t="s">
         <v>24</v>
       </c>
       <c r="M191" t="s">
         <v>24</v>
       </c>
-      <c r="N191" t="s">
-        <v>24</v>
+      <c r="N191">
+        <v>96.74</v>
       </c>
       <c r="O191" t="s">
         <v>24</v>
       </c>
-      <c r="P191">
-        <v>94.64</v>
+      <c r="P191" t="s">
+        <v>24</v>
       </c>
       <c r="Q191" t="s">
         <v>24</v>
       </c>
       <c r="R191" t="s">
         <v>24</v>
       </c>
       <c r="S191">
-        <v>94.64</v>
+        <v>96.74</v>
       </c>
     </row>
     <row r="192" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A192">
-        <v>207</v>
+        <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>411</v>
+        <v>180</v>
       </c>
       <c r="C192" t="s">
-        <v>412</v>
+        <v>396</v>
       </c>
       <c r="E192" t="s">
-        <v>413</v>
+        <v>397</v>
       </c>
       <c r="F192" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G192" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H192">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="I192" t="b">
         <v>0</v>
       </c>
       <c r="J192" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K192">
         <v>1</v>
       </c>
-      <c r="L192" t="s">
-        <v>24</v>
+      <c r="L192">
+        <v>96.6</v>
       </c>
       <c r="M192" t="s">
         <v>24</v>
       </c>
       <c r="N192" t="s">
         <v>24</v>
       </c>
       <c r="O192" t="s">
         <v>24</v>
       </c>
       <c r="P192" t="s">
         <v>24</v>
       </c>
-      <c r="Q192">
-        <v>87.44</v>
+      <c r="Q192" t="s">
+        <v>24</v>
       </c>
       <c r="R192" t="s">
         <v>24</v>
       </c>
       <c r="S192">
-        <v>87.44</v>
+        <v>96.6</v>
       </c>
     </row>
     <row r="193" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A193">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>176</v>
+        <v>286</v>
       </c>
       <c r="C193" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>2476</v>
+        <v>398</v>
       </c>
       <c r="E193" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="F193" t="s">
         <v>27</v>
       </c>
       <c r="G193" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H193">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="I193" t="b">
         <v>0</v>
       </c>
       <c r="J193" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K193">
         <v>1</v>
       </c>
       <c r="L193" t="s">
         <v>24</v>
       </c>
-      <c r="M193" t="s">
-        <v>24</v>
+      <c r="M193">
+        <v>96.53</v>
       </c>
       <c r="N193" t="s">
         <v>24</v>
       </c>
       <c r="O193" t="s">
         <v>24</v>
       </c>
-      <c r="P193">
-        <v>94.42</v>
+      <c r="P193" t="s">
+        <v>24</v>
       </c>
       <c r="Q193" t="s">
         <v>24</v>
       </c>
       <c r="R193" t="s">
         <v>24</v>
       </c>
       <c r="S193">
-        <v>94.42</v>
+        <v>96.53</v>
       </c>
     </row>
     <row r="194" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A194">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>415</v>
+        <v>399</v>
       </c>
       <c r="C194" t="s">
-        <v>416</v>
-[...2 lines deleted...]
-        <v>1797</v>
+        <v>400</v>
       </c>
       <c r="E194" t="s">
-        <v>350</v>
+        <v>24</v>
       </c>
       <c r="F194" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G194" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H194">
-        <v>9</v>
+        <v>56</v>
       </c>
       <c r="I194" t="b">
         <v>0</v>
       </c>
       <c r="J194" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K194">
         <v>1</v>
       </c>
-      <c r="L194" t="s">
-        <v>24</v>
+      <c r="L194">
+        <v>96.51</v>
       </c>
       <c r="M194" t="s">
         <v>24</v>
       </c>
-      <c r="N194">
-        <v>85.92</v>
+      <c r="N194" t="s">
+        <v>24</v>
       </c>
       <c r="O194" t="s">
         <v>24</v>
       </c>
       <c r="P194" t="s">
         <v>24</v>
       </c>
       <c r="Q194" t="s">
         <v>24</v>
       </c>
       <c r="R194" t="s">
         <v>24</v>
       </c>
       <c r="S194">
-        <v>85.92</v>
+        <v>96.51</v>
       </c>
     </row>
     <row r="195" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A195">
-        <v>209</v>
+        <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>417</v>
+        <v>180</v>
       </c>
       <c r="C195" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>2047</v>
+        <v>401</v>
       </c>
       <c r="E195" t="s">
-        <v>21</v>
+        <v>402</v>
       </c>
       <c r="F195" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G195" t="s">
         <v>23</v>
       </c>
       <c r="H195">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I195" t="b">
         <v>0</v>
       </c>
       <c r="J195" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K195">
         <v>1</v>
       </c>
-      <c r="L195" t="s">
-        <v>24</v>
+      <c r="L195">
+        <v>96.42</v>
       </c>
       <c r="M195" t="s">
         <v>24</v>
       </c>
       <c r="N195" t="s">
         <v>24</v>
       </c>
       <c r="O195" t="s">
         <v>24</v>
       </c>
-      <c r="P195">
-        <v>94.34</v>
+      <c r="P195" t="s">
+        <v>24</v>
       </c>
       <c r="Q195" t="s">
         <v>24</v>
       </c>
       <c r="R195" t="s">
         <v>24</v>
       </c>
       <c r="S195">
-        <v>94.34</v>
+        <v>96.42</v>
       </c>
     </row>
     <row r="196" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A196">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>370</v>
+        <v>403</v>
       </c>
       <c r="C196" t="s">
-        <v>419</v>
+        <v>404</v>
       </c>
       <c r="E196" t="s">
-        <v>24</v>
+        <v>402</v>
       </c>
       <c r="F196" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G196" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H196">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="I196" t="b">
         <v>0</v>
       </c>
       <c r="J196" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K196">
         <v>1</v>
       </c>
-      <c r="L196" t="s">
-        <v>24</v>
+      <c r="L196">
+        <v>96.36</v>
       </c>
       <c r="M196" t="s">
         <v>24</v>
       </c>
-      <c r="N196">
-        <v>85.26</v>
+      <c r="N196" t="s">
+        <v>24</v>
       </c>
       <c r="O196" t="s">
         <v>24</v>
       </c>
       <c r="P196" t="s">
         <v>24</v>
       </c>
       <c r="Q196" t="s">
         <v>24</v>
       </c>
       <c r="R196" t="s">
         <v>24</v>
       </c>
       <c r="S196">
-        <v>85.26</v>
+        <v>96.36</v>
       </c>
     </row>
     <row r="197" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A197">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>420</v>
+        <v>62</v>
       </c>
       <c r="C197" t="s">
-        <v>308</v>
+        <v>242</v>
       </c>
       <c r="E197" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="F197" t="s">
-        <v>27</v>
+        <v>119</v>
       </c>
       <c r="G197" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H197">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="I197" t="b">
         <v>0</v>
       </c>
       <c r="J197" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K197">
         <v>1</v>
       </c>
       <c r="L197" t="s">
         <v>24</v>
       </c>
       <c r="M197" t="s">
         <v>24</v>
       </c>
       <c r="N197" t="s">
         <v>24</v>
       </c>
-      <c r="O197">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O197" t="s">
+        <v>24</v>
+      </c>
+      <c r="P197">
+        <v>96.33</v>
       </c>
       <c r="Q197" t="s">
         <v>24</v>
       </c>
       <c r="R197" t="s">
         <v>24</v>
       </c>
       <c r="S197">
-        <v>85.16</v>
+        <v>96.33</v>
       </c>
     </row>
     <row r="198" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A198">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>421</v>
+        <v>405</v>
       </c>
       <c r="C198" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>1492</v>
+        <v>406</v>
       </c>
       <c r="E198" t="s">
-        <v>422</v>
+        <v>24</v>
       </c>
       <c r="F198" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G198" t="s">
         <v>23</v>
       </c>
       <c r="H198">
-        <v>18</v>
+        <v>57</v>
       </c>
       <c r="I198" t="b">
         <v>0</v>
       </c>
       <c r="J198" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K198">
         <v>1</v>
       </c>
       <c r="L198">
-        <v>85.06</v>
+        <v>96.33</v>
       </c>
       <c r="M198" t="s">
         <v>24</v>
       </c>
       <c r="N198" t="s">
         <v>24</v>
       </c>
       <c r="O198" t="s">
         <v>24</v>
       </c>
       <c r="P198" t="s">
         <v>24</v>
       </c>
       <c r="Q198" t="s">
         <v>24</v>
       </c>
       <c r="R198" t="s">
         <v>24</v>
       </c>
       <c r="S198">
-        <v>85.06</v>
+        <v>96.33</v>
       </c>
     </row>
     <row r="199" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A199">
-        <v>213</v>
+        <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>162</v>
+        <v>407</v>
       </c>
       <c r="C199" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="E199" t="s">
-        <v>73</v>
+        <v>408</v>
       </c>
       <c r="F199" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G199" t="s">
         <v>23</v>
       </c>
       <c r="H199">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="I199" t="b">
         <v>0</v>
       </c>
       <c r="J199" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K199">
         <v>1</v>
       </c>
       <c r="L199">
-        <v>84.87</v>
+        <v>96.28</v>
       </c>
       <c r="M199" t="s">
         <v>24</v>
       </c>
       <c r="N199" t="s">
         <v>24</v>
       </c>
       <c r="O199" t="s">
         <v>24</v>
       </c>
       <c r="P199" t="s">
         <v>24</v>
       </c>
       <c r="Q199" t="s">
         <v>24</v>
       </c>
       <c r="R199" t="s">
         <v>24</v>
       </c>
       <c r="S199">
-        <v>84.87</v>
+        <v>96.28</v>
       </c>
     </row>
     <row r="200" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A200">
-        <v>213</v>
+        <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>267</v>
+        <v>409</v>
       </c>
       <c r="C200" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>1612</v>
+        <v>410</v>
       </c>
       <c r="E200" t="s">
         <v>21</v>
       </c>
       <c r="F200" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="G200" t="s">
         <v>23</v>
       </c>
       <c r="H200">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="I200" t="b">
         <v>0</v>
       </c>
       <c r="J200" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K200">
         <v>1</v>
       </c>
-      <c r="L200" t="s">
-        <v>24</v>
+      <c r="L200">
+        <v>95.92</v>
       </c>
       <c r="M200" t="s">
         <v>24</v>
       </c>
       <c r="N200" t="s">
         <v>24</v>
       </c>
       <c r="O200" t="s">
         <v>24</v>
       </c>
-      <c r="P200">
-        <v>93.66</v>
+      <c r="P200" t="s">
+        <v>24</v>
       </c>
       <c r="Q200" t="s">
         <v>24</v>
       </c>
       <c r="R200" t="s">
         <v>24</v>
       </c>
       <c r="S200">
-        <v>93.66</v>
+        <v>95.92</v>
       </c>
     </row>
     <row r="201" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A201">
-        <v>214</v>
+        <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>424</v>
+        <v>177</v>
       </c>
       <c r="C201" t="s">
-        <v>192</v>
+        <v>411</v>
       </c>
       <c r="E201" t="s">
-        <v>24</v>
+        <v>143</v>
       </c>
       <c r="F201" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G201" t="s">
         <v>23</v>
       </c>
       <c r="H201">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="I201" t="b">
         <v>0</v>
       </c>
       <c r="J201" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K201">
         <v>1</v>
       </c>
-      <c r="L201">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L201" t="s">
+        <v>24</v>
+      </c>
+      <c r="M201">
+        <v>95.68</v>
       </c>
       <c r="N201" t="s">
         <v>24</v>
       </c>
       <c r="O201" t="s">
         <v>24</v>
       </c>
       <c r="P201" t="s">
         <v>24</v>
       </c>
       <c r="Q201" t="s">
         <v>24</v>
       </c>
       <c r="R201" t="s">
         <v>24</v>
       </c>
       <c r="S201">
-        <v>84.45</v>
+        <v>95.68</v>
       </c>
     </row>
     <row r="202" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A202">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="C202" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="E202" t="s">
         <v>24</v>
       </c>
       <c r="F202" t="s">
         <v>22</v>
       </c>
       <c r="G202" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H202">
-        <v>14</v>
+        <v>58</v>
       </c>
       <c r="I202" t="b">
         <v>0</v>
       </c>
       <c r="J202" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K202">
         <v>1</v>
       </c>
       <c r="L202" t="s">
         <v>24</v>
       </c>
       <c r="M202" t="s">
         <v>24</v>
       </c>
-      <c r="N202" t="s">
-        <v>24</v>
+      <c r="N202">
+        <v>95.56</v>
       </c>
       <c r="O202" t="s">
         <v>24</v>
       </c>
-      <c r="P202">
-        <v>93.66</v>
+      <c r="P202" t="s">
+        <v>24</v>
       </c>
       <c r="Q202" t="s">
         <v>24</v>
       </c>
       <c r="R202" t="s">
         <v>24</v>
       </c>
       <c r="S202">
-        <v>93.66</v>
+        <v>95.56</v>
       </c>
     </row>
     <row r="203" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A203">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="C203" t="s">
-        <v>428</v>
+        <v>415</v>
       </c>
       <c r="E203" t="s">
         <v>24</v>
       </c>
       <c r="F203" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G203" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H203">
         <v>10</v>
       </c>
       <c r="I203" t="b">
         <v>0</v>
       </c>
       <c r="J203" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K203">
         <v>1</v>
       </c>
       <c r="L203" t="s">
         <v>24</v>
       </c>
       <c r="M203" t="s">
         <v>24</v>
       </c>
       <c r="N203">
-        <v>84.38</v>
+        <v>95.48</v>
       </c>
       <c r="O203" t="s">
         <v>24</v>
       </c>
       <c r="P203" t="s">
         <v>24</v>
       </c>
       <c r="Q203" t="s">
         <v>24</v>
       </c>
       <c r="R203" t="s">
         <v>24</v>
       </c>
       <c r="S203">
-        <v>84.38</v>
+        <v>95.48</v>
       </c>
     </row>
     <row r="204" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A204">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>429</v>
+        <v>416</v>
       </c>
       <c r="C204" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
       <c r="D204">
-        <v>2231</v>
+        <v>1167</v>
       </c>
       <c r="E204" t="s">
-        <v>24</v>
+        <v>143</v>
       </c>
       <c r="F204" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G204" t="s">
         <v>23</v>
       </c>
       <c r="H204">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="I204" t="b">
         <v>0</v>
       </c>
       <c r="J204" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K204">
         <v>1</v>
       </c>
-      <c r="L204">
-        <v>82.53</v>
+      <c r="L204" t="s">
+        <v>24</v>
       </c>
       <c r="M204" t="s">
         <v>24</v>
       </c>
       <c r="N204" t="s">
         <v>24</v>
       </c>
-      <c r="O204" t="s">
-        <v>24</v>
+      <c r="O204">
+        <v>95.15</v>
       </c>
       <c r="P204" t="s">
         <v>24</v>
       </c>
       <c r="Q204" t="s">
         <v>24</v>
       </c>
       <c r="R204" t="s">
         <v>24</v>
       </c>
       <c r="S204">
-        <v>82.53</v>
+        <v>95.15</v>
       </c>
     </row>
     <row r="205" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A205">
-        <v>217</v>
+        <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>431</v>
+        <v>418</v>
       </c>
       <c r="C205" t="s">
-        <v>432</v>
+        <v>419</v>
       </c>
       <c r="E205" t="s">
-        <v>24</v>
+        <v>420</v>
       </c>
       <c r="F205" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G205" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H205">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="I205" t="b">
         <v>0</v>
       </c>
       <c r="J205" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K205">
         <v>1</v>
       </c>
       <c r="L205" t="s">
         <v>24</v>
       </c>
       <c r="M205" t="s">
         <v>24</v>
       </c>
       <c r="N205" t="s">
         <v>24</v>
       </c>
       <c r="O205" t="s">
         <v>24</v>
       </c>
       <c r="P205">
-        <v>93.34</v>
+        <v>95</v>
       </c>
       <c r="Q205" t="s">
         <v>24</v>
       </c>
       <c r="R205" t="s">
         <v>24</v>
       </c>
       <c r="S205">
-        <v>93.34</v>
+        <v>95</v>
       </c>
     </row>
     <row r="206" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A206">
-        <v>218</v>
+        <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>433</v>
+        <v>421</v>
       </c>
       <c r="C206" t="s">
-        <v>434</v>
+        <v>99</v>
+      </c>
+      <c r="D206">
+        <v>2475</v>
       </c>
       <c r="E206" t="s">
-        <v>292</v>
+        <v>50</v>
       </c>
       <c r="F206" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G206" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H206">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="I206" t="b">
         <v>0</v>
       </c>
       <c r="J206" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K206">
         <v>1</v>
       </c>
       <c r="L206" t="s">
         <v>24</v>
       </c>
       <c r="M206" t="s">
         <v>24</v>
       </c>
-      <c r="N206">
-        <v>82.13</v>
+      <c r="N206" t="s">
+        <v>24</v>
       </c>
       <c r="O206" t="s">
         <v>24</v>
       </c>
-      <c r="P206" t="s">
-        <v>24</v>
+      <c r="P206">
+        <v>94.64</v>
       </c>
       <c r="Q206" t="s">
         <v>24</v>
       </c>
       <c r="R206" t="s">
         <v>24</v>
       </c>
       <c r="S206">
-        <v>82.13</v>
+        <v>94.64</v>
       </c>
     </row>
     <row r="207" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A207">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>237</v>
+        <v>422</v>
       </c>
       <c r="C207" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>2189</v>
+        <v>423</v>
       </c>
       <c r="E207" t="s">
-        <v>97</v>
+        <v>198</v>
       </c>
       <c r="F207" t="s">
-        <v>351</v>
+        <v>58</v>
       </c>
       <c r="G207" t="s">
         <v>23</v>
       </c>
       <c r="H207">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="I207" t="b">
         <v>0</v>
       </c>
       <c r="J207" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K207">
         <v>1</v>
       </c>
       <c r="L207" t="s">
         <v>24</v>
       </c>
-      <c r="M207">
-        <v>81.86</v>
+      <c r="M207" t="s">
+        <v>24</v>
       </c>
       <c r="N207" t="s">
         <v>24</v>
       </c>
-      <c r="O207" t="s">
-        <v>24</v>
+      <c r="O207">
+        <v>94.54</v>
       </c>
       <c r="P207" t="s">
         <v>24</v>
       </c>
       <c r="Q207" t="s">
         <v>24</v>
       </c>
       <c r="R207" t="s">
         <v>24</v>
       </c>
       <c r="S207">
-        <v>81.86</v>
+        <v>94.54</v>
       </c>
     </row>
     <row r="208" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A208">
-        <v>220</v>
+        <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>436</v>
+        <v>283</v>
       </c>
       <c r="C208" t="s">
-        <v>437</v>
+        <v>424</v>
+      </c>
+      <c r="D208">
+        <v>2476</v>
       </c>
       <c r="E208" t="s">
         <v>24</v>
       </c>
       <c r="F208" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G208" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H208">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="I208" t="b">
         <v>0</v>
       </c>
       <c r="J208" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K208">
         <v>1</v>
       </c>
-      <c r="L208">
-        <v>81.22</v>
+      <c r="L208" t="s">
+        <v>24</v>
       </c>
       <c r="M208" t="s">
         <v>24</v>
       </c>
       <c r="N208" t="s">
         <v>24</v>
       </c>
       <c r="O208" t="s">
         <v>24</v>
       </c>
-      <c r="P208" t="s">
-        <v>24</v>
+      <c r="P208">
+        <v>94.42</v>
       </c>
       <c r="Q208" t="s">
         <v>24</v>
       </c>
       <c r="R208" t="s">
         <v>24</v>
       </c>
       <c r="S208">
-        <v>81.22</v>
+        <v>94.42</v>
       </c>
     </row>
     <row r="209" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A209">
-        <v>221</v>
+        <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>438</v>
+        <v>425</v>
       </c>
       <c r="C209" t="s">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="D209">
-        <v>610</v>
+        <v>2047</v>
       </c>
       <c r="E209" t="s">
-        <v>257</v>
+        <v>21</v>
       </c>
       <c r="F209" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G209" t="s">
         <v>23</v>
       </c>
       <c r="H209">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I209" t="b">
         <v>0</v>
       </c>
       <c r="J209" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K209">
         <v>1</v>
       </c>
-      <c r="L209">
-        <v>81.08</v>
+      <c r="L209" t="s">
+        <v>24</v>
       </c>
       <c r="M209" t="s">
         <v>24</v>
       </c>
       <c r="N209" t="s">
         <v>24</v>
       </c>
       <c r="O209" t="s">
         <v>24</v>
       </c>
-      <c r="P209" t="s">
-        <v>24</v>
+      <c r="P209">
+        <v>94.34</v>
       </c>
       <c r="Q209" t="s">
         <v>24</v>
       </c>
       <c r="R209" t="s">
         <v>24</v>
       </c>
       <c r="S209">
-        <v>81.08</v>
+        <v>94.34</v>
       </c>
     </row>
     <row r="210" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A210">
-        <v>222</v>
+        <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>440</v>
+        <v>111</v>
       </c>
       <c r="C210" t="s">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="E210" t="s">
-        <v>243</v>
+        <v>379</v>
       </c>
       <c r="F210" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G210" t="s">
         <v>23</v>
       </c>
       <c r="H210">
-        <v>41</v>
+        <v>59</v>
       </c>
       <c r="I210" t="b">
         <v>0</v>
       </c>
       <c r="J210" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K210">
         <v>1</v>
       </c>
-      <c r="L210">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L210" t="s">
+        <v>24</v>
+      </c>
+      <c r="M210">
+        <v>94.25</v>
       </c>
       <c r="N210" t="s">
         <v>24</v>
       </c>
       <c r="O210" t="s">
         <v>24</v>
       </c>
       <c r="P210" t="s">
         <v>24</v>
       </c>
       <c r="Q210" t="s">
         <v>24</v>
       </c>
       <c r="R210" t="s">
         <v>24</v>
       </c>
       <c r="S210">
-        <v>81.01</v>
+        <v>94.25</v>
       </c>
     </row>
     <row r="211" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A211">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>442</v>
+        <v>428</v>
       </c>
       <c r="C211" t="s">
-        <v>62</v>
+        <v>429</v>
       </c>
       <c r="E211" t="s">
-        <v>24</v>
+        <v>430</v>
       </c>
       <c r="F211" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G211" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H211">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="I211" t="b">
         <v>0</v>
       </c>
       <c r="J211" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K211">
         <v>1</v>
       </c>
-      <c r="L211" t="s">
-        <v>24</v>
+      <c r="L211">
+        <v>93.95</v>
       </c>
       <c r="M211" t="s">
         <v>24</v>
       </c>
-      <c r="N211">
-        <v>80.87</v>
+      <c r="N211" t="s">
+        <v>24</v>
       </c>
       <c r="O211" t="s">
         <v>24</v>
       </c>
       <c r="P211" t="s">
         <v>24</v>
       </c>
       <c r="Q211" t="s">
         <v>24</v>
       </c>
       <c r="R211" t="s">
         <v>24</v>
       </c>
       <c r="S211">
-        <v>80.87</v>
+        <v>93.95</v>
       </c>
     </row>
     <row r="212" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A212">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="C212" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="E212" t="s">
-        <v>444</v>
+        <v>24</v>
       </c>
       <c r="F212" t="s">
-        <v>351</v>
+        <v>31</v>
       </c>
       <c r="G212" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H212">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I212" t="b">
         <v>0</v>
       </c>
       <c r="J212" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K212">
         <v>1</v>
       </c>
       <c r="L212" t="s">
         <v>24</v>
       </c>
       <c r="M212" t="s">
         <v>24</v>
       </c>
-      <c r="N212" t="s">
-[...3 lines deleted...]
-        <v>80.72</v>
+      <c r="N212">
+        <v>93.91</v>
+      </c>
+      <c r="O212" t="s">
+        <v>24</v>
       </c>
       <c r="P212" t="s">
         <v>24</v>
       </c>
       <c r="Q212" t="s">
         <v>24</v>
       </c>
       <c r="R212" t="s">
         <v>24</v>
       </c>
       <c r="S212">
-        <v>80.72</v>
+        <v>93.91</v>
       </c>
     </row>
     <row r="213" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A213">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>39</v>
+        <v>359</v>
       </c>
       <c r="C213" t="s">
-        <v>186</v>
+        <v>432</v>
+      </c>
+      <c r="D213">
+        <v>1612</v>
       </c>
       <c r="E213" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F213" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G213" t="s">
         <v>23</v>
       </c>
       <c r="H213">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="I213" t="b">
         <v>0</v>
       </c>
       <c r="J213" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K213">
         <v>1</v>
       </c>
       <c r="L213" t="s">
         <v>24</v>
       </c>
       <c r="M213" t="s">
         <v>24</v>
       </c>
-      <c r="N213">
-        <v>80.37</v>
+      <c r="N213" t="s">
+        <v>24</v>
       </c>
       <c r="O213" t="s">
         <v>24</v>
       </c>
-      <c r="P213" t="s">
-        <v>24</v>
+      <c r="P213">
+        <v>93.66</v>
       </c>
       <c r="Q213" t="s">
         <v>24</v>
       </c>
       <c r="R213" t="s">
         <v>24</v>
       </c>
       <c r="S213">
-        <v>80.37</v>
+        <v>93.66</v>
       </c>
     </row>
     <row r="214" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A214">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>370</v>
+        <v>433</v>
       </c>
       <c r="C214" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="E214" t="s">
         <v>24</v>
       </c>
       <c r="F214" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G214" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H214">
         <v>14</v>
       </c>
       <c r="I214" t="b">
         <v>0</v>
       </c>
       <c r="J214" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K214">
         <v>1</v>
       </c>
       <c r="L214" t="s">
         <v>24</v>
       </c>
       <c r="M214" t="s">
         <v>24</v>
       </c>
-      <c r="N214">
-        <v>79.22</v>
+      <c r="N214" t="s">
+        <v>24</v>
       </c>
       <c r="O214" t="s">
         <v>24</v>
       </c>
-      <c r="P214" t="s">
-        <v>24</v>
+      <c r="P214">
+        <v>93.66</v>
       </c>
       <c r="Q214" t="s">
         <v>24</v>
       </c>
       <c r="R214" t="s">
         <v>24</v>
       </c>
       <c r="S214">
-        <v>79.22</v>
+        <v>93.66</v>
       </c>
     </row>
     <row r="215" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A215">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>408</v>
+        <v>435</v>
       </c>
       <c r="C215" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="E215" t="s">
-        <v>70</v>
+        <v>437</v>
       </c>
       <c r="F215" t="s">
-        <v>35</v>
+        <v>119</v>
       </c>
       <c r="G215" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H215">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="I215" t="b">
         <v>0</v>
       </c>
       <c r="J215" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K215">
         <v>1</v>
       </c>
       <c r="L215" t="s">
         <v>24</v>
       </c>
       <c r="M215" t="s">
         <v>24</v>
       </c>
-      <c r="N215" t="s">
-        <v>24</v>
+      <c r="N215">
+        <v>93.51</v>
       </c>
       <c r="O215" t="s">
         <v>24</v>
       </c>
-      <c r="P215">
-        <v>92.33</v>
+      <c r="P215" t="s">
+        <v>24</v>
       </c>
       <c r="Q215" t="s">
         <v>24</v>
       </c>
       <c r="R215" t="s">
         <v>24</v>
       </c>
       <c r="S215">
-        <v>92.33</v>
+        <v>93.51</v>
       </c>
     </row>
     <row r="216" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A216">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>447</v>
+        <v>422</v>
       </c>
       <c r="C216" t="s">
-        <v>369</v>
+        <v>438</v>
       </c>
       <c r="E216" t="s">
         <v>24</v>
       </c>
       <c r="F216" t="s">
         <v>22</v>
       </c>
       <c r="G216" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H216">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="I216" t="b">
         <v>0</v>
       </c>
       <c r="J216" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K216">
         <v>1</v>
       </c>
       <c r="L216" t="s">
         <v>24</v>
       </c>
       <c r="M216" t="s">
         <v>24</v>
       </c>
       <c r="N216">
-        <v>79.01</v>
+        <v>93.44</v>
       </c>
       <c r="O216" t="s">
         <v>24</v>
       </c>
       <c r="P216" t="s">
         <v>24</v>
       </c>
       <c r="Q216" t="s">
         <v>24</v>
       </c>
       <c r="R216" t="s">
         <v>24</v>
       </c>
       <c r="S216">
-        <v>79.01</v>
+        <v>93.44</v>
       </c>
     </row>
     <row r="217" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A217">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="C217" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="E217" t="s">
-        <v>450</v>
+        <v>24</v>
       </c>
       <c r="F217" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G217" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H217">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="I217" t="b">
         <v>0</v>
       </c>
       <c r="J217" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K217">
         <v>1</v>
       </c>
       <c r="L217" t="s">
         <v>24</v>
       </c>
       <c r="M217" t="s">
         <v>24</v>
       </c>
-      <c r="N217">
-        <v>78.9</v>
+      <c r="N217" t="s">
+        <v>24</v>
       </c>
       <c r="O217" t="s">
         <v>24</v>
       </c>
-      <c r="P217" t="s">
-        <v>24</v>
+      <c r="P217">
+        <v>93.34</v>
       </c>
       <c r="Q217" t="s">
         <v>24</v>
       </c>
       <c r="R217" t="s">
         <v>24</v>
       </c>
       <c r="S217">
-        <v>78.9</v>
+        <v>93.34</v>
       </c>
     </row>
     <row r="218" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A218">
-        <v>230</v>
+        <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>405</v>
+        <v>28</v>
       </c>
       <c r="C218" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="E218" t="s">
         <v>24</v>
       </c>
       <c r="F218" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G218" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H218">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="I218" t="b">
         <v>0</v>
       </c>
       <c r="J218" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K218">
         <v>1</v>
       </c>
       <c r="L218" t="s">
         <v>24</v>
       </c>
-      <c r="M218" t="s">
-[...3 lines deleted...]
-        <v>77.98</v>
+      <c r="M218">
+        <v>93.1</v>
+      </c>
+      <c r="N218" t="s">
+        <v>24</v>
       </c>
       <c r="O218" t="s">
         <v>24</v>
       </c>
       <c r="P218" t="s">
         <v>24</v>
       </c>
       <c r="Q218" t="s">
         <v>24</v>
       </c>
       <c r="R218" t="s">
         <v>24</v>
       </c>
       <c r="S218">
-        <v>77.98</v>
+        <v>93.1</v>
       </c>
     </row>
     <row r="219" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A219">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>62</v>
+        <v>442</v>
       </c>
       <c r="C219" t="s">
-        <v>452</v>
+        <v>443</v>
+      </c>
+      <c r="D219">
+        <v>453</v>
       </c>
       <c r="E219" t="s">
-        <v>24</v>
+        <v>195</v>
       </c>
       <c r="F219" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G219" t="s">
         <v>23</v>
       </c>
       <c r="H219">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="I219" t="b">
         <v>0</v>
       </c>
       <c r="J219" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K219">
         <v>1</v>
       </c>
       <c r="L219" t="s">
         <v>24</v>
       </c>
       <c r="M219" t="s">
         <v>24</v>
       </c>
-      <c r="N219" t="s">
-        <v>24</v>
+      <c r="N219">
+        <v>93.1</v>
       </c>
       <c r="O219" t="s">
         <v>24</v>
       </c>
-      <c r="P219">
-        <v>91.47</v>
+      <c r="P219" t="s">
+        <v>24</v>
       </c>
       <c r="Q219" t="s">
         <v>24</v>
       </c>
       <c r="R219" t="s">
         <v>24</v>
       </c>
       <c r="S219">
-        <v>91.47</v>
+        <v>93.1</v>
       </c>
     </row>
     <row r="220" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A220">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>61</v>
+        <v>444</v>
       </c>
       <c r="C220" t="s">
-        <v>121</v>
+        <v>49</v>
+      </c>
+      <c r="D220">
+        <v>575</v>
       </c>
       <c r="E220" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="F220" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G220" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H220">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="I220" t="b">
         <v>0</v>
       </c>
       <c r="J220" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K220">
         <v>1</v>
       </c>
       <c r="L220" t="s">
         <v>24</v>
       </c>
-      <c r="M220" t="s">
-[...3 lines deleted...]
-        <v>77.95</v>
+      <c r="M220">
+        <v>93.05</v>
+      </c>
+      <c r="N220" t="s">
+        <v>24</v>
       </c>
       <c r="O220" t="s">
         <v>24</v>
       </c>
       <c r="P220" t="s">
         <v>24</v>
       </c>
       <c r="Q220" t="s">
         <v>24</v>
       </c>
       <c r="R220" t="s">
         <v>24</v>
       </c>
       <c r="S220">
-        <v>77.95</v>
+        <v>93.05</v>
       </c>
     </row>
     <row r="221" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A221">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>190</v>
+        <v>445</v>
       </c>
       <c r="C221" t="s">
-        <v>172</v>
+        <v>446</v>
       </c>
       <c r="D221">
-        <v>898</v>
+        <v>1558</v>
       </c>
       <c r="E221" t="s">
-        <v>65</v>
+        <v>161</v>
       </c>
       <c r="F221" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G221" t="s">
         <v>23</v>
       </c>
       <c r="H221">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="I221" t="b">
         <v>0</v>
       </c>
       <c r="J221" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K221">
         <v>1</v>
       </c>
       <c r="L221">
-        <v>76.92</v>
+        <v>92.89</v>
       </c>
       <c r="M221" t="s">
         <v>24</v>
       </c>
       <c r="N221" t="s">
         <v>24</v>
       </c>
       <c r="O221" t="s">
         <v>24</v>
       </c>
       <c r="P221" t="s">
         <v>24</v>
       </c>
       <c r="Q221" t="s">
         <v>24</v>
       </c>
       <c r="R221" t="s">
         <v>24</v>
       </c>
       <c r="S221">
-        <v>76.92</v>
+        <v>92.89</v>
       </c>
     </row>
     <row r="222" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A222">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>215</v>
+        <v>447</v>
       </c>
       <c r="C222" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>1422</v>
+        <v>448</v>
       </c>
       <c r="E222" t="s">
-        <v>89</v>
+        <v>449</v>
       </c>
       <c r="F222" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G222" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H222">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="I222" t="b">
         <v>0</v>
       </c>
       <c r="J222" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K222">
         <v>1</v>
       </c>
-      <c r="L222">
-        <v>75.41</v>
+      <c r="L222" t="s">
+        <v>24</v>
       </c>
       <c r="M222" t="s">
         <v>24</v>
       </c>
-      <c r="N222" t="s">
-        <v>24</v>
+      <c r="N222">
+        <v>92.88</v>
       </c>
       <c r="O222" t="s">
         <v>24</v>
       </c>
       <c r="P222" t="s">
         <v>24</v>
       </c>
       <c r="Q222" t="s">
         <v>24</v>
       </c>
       <c r="R222" t="s">
         <v>24</v>
       </c>
       <c r="S222">
-        <v>75.41</v>
+        <v>92.88</v>
       </c>
     </row>
     <row r="223" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A223">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C223" t="s">
-        <v>454</v>
+        <v>451</v>
+      </c>
+      <c r="D223">
+        <v>931</v>
       </c>
       <c r="E223" t="s">
-        <v>455</v>
+        <v>42</v>
       </c>
       <c r="F223" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G223" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H223">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="I223" t="b">
         <v>0</v>
       </c>
       <c r="J223" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K223">
         <v>1</v>
       </c>
-      <c r="L223" t="s">
-[...3 lines deleted...]
-        <v>73.02</v>
+      <c r="L223">
+        <v>92.81</v>
+      </c>
+      <c r="M223" t="s">
+        <v>24</v>
       </c>
       <c r="N223" t="s">
         <v>24</v>
       </c>
       <c r="O223" t="s">
         <v>24</v>
       </c>
       <c r="P223" t="s">
         <v>24</v>
       </c>
       <c r="Q223" t="s">
         <v>24</v>
       </c>
       <c r="R223" t="s">
         <v>24</v>
       </c>
       <c r="S223">
-        <v>73.02</v>
+        <v>92.81</v>
       </c>
     </row>
     <row r="224" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A224">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="C224" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="E224" t="s">
-        <v>21</v>
+        <v>454</v>
       </c>
       <c r="F224" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G224" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H224">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="I224" t="b">
         <v>0</v>
       </c>
       <c r="J224" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K224">
         <v>1</v>
       </c>
       <c r="L224" t="s">
         <v>24</v>
       </c>
       <c r="M224" t="s">
         <v>24</v>
       </c>
-      <c r="N224" t="s">
-        <v>24</v>
+      <c r="N224">
+        <v>92.78</v>
       </c>
       <c r="O224" t="s">
         <v>24</v>
       </c>
       <c r="P224" t="s">
         <v>24</v>
       </c>
-      <c r="Q224">
-        <v>72.74</v>
+      <c r="Q224" t="s">
+        <v>24</v>
       </c>
       <c r="R224" t="s">
         <v>24</v>
       </c>
       <c r="S224">
-        <v>72.74</v>
+        <v>92.78</v>
       </c>
     </row>
     <row r="225" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A225">
-        <v>236</v>
+        <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>458</v>
+        <v>87</v>
       </c>
       <c r="C225" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="E225" t="s">
         <v>24</v>
       </c>
       <c r="F225" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G225" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H225">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="I225" t="b">
         <v>0</v>
       </c>
       <c r="J225" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K225">
         <v>1</v>
       </c>
-      <c r="L225" t="s">
-        <v>24</v>
+      <c r="L225">
+        <v>92.76</v>
       </c>
       <c r="M225" t="s">
         <v>24</v>
       </c>
-      <c r="N225">
-        <v>72.73</v>
+      <c r="N225" t="s">
+        <v>24</v>
       </c>
       <c r="O225" t="s">
         <v>24</v>
       </c>
       <c r="P225" t="s">
         <v>24</v>
       </c>
       <c r="Q225" t="s">
         <v>24</v>
       </c>
       <c r="R225" t="s">
         <v>24</v>
       </c>
       <c r="S225">
-        <v>72.73</v>
+        <v>92.76</v>
       </c>
     </row>
     <row r="226" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A226">
-        <v>237</v>
+        <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="C226" t="s">
-        <v>461</v>
+        <v>457</v>
+      </c>
+      <c r="D226">
+        <v>2151</v>
       </c>
       <c r="E226" t="s">
-        <v>462</v>
+        <v>329</v>
       </c>
       <c r="F226" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G226" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H226">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="I226" t="b">
         <v>0</v>
       </c>
       <c r="J226" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K226">
         <v>1</v>
       </c>
       <c r="L226" t="s">
         <v>24</v>
       </c>
       <c r="M226" t="s">
         <v>24</v>
       </c>
-      <c r="N226" t="s">
-[...3 lines deleted...]
-        <v>71.99</v>
+      <c r="N226">
+        <v>92.34</v>
+      </c>
+      <c r="O226" t="s">
+        <v>24</v>
       </c>
       <c r="P226" t="s">
         <v>24</v>
       </c>
       <c r="Q226" t="s">
         <v>24</v>
       </c>
       <c r="R226" t="s">
         <v>24</v>
       </c>
       <c r="S226">
-        <v>71.99</v>
+        <v>92.34</v>
       </c>
     </row>
     <row r="227" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A227">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>154</v>
+        <v>458</v>
       </c>
       <c r="C227" t="s">
-        <v>105</v>
+        <v>459</v>
       </c>
       <c r="E227" t="s">
-        <v>462</v>
+        <v>50</v>
       </c>
       <c r="F227" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G227" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H227">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="I227" t="b">
         <v>0</v>
       </c>
       <c r="J227" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K227">
         <v>1</v>
       </c>
       <c r="L227" t="s">
         <v>24</v>
       </c>
       <c r="M227" t="s">
         <v>24</v>
       </c>
       <c r="N227" t="s">
         <v>24</v>
       </c>
-      <c r="O227">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O227" t="s">
+        <v>24</v>
+      </c>
+      <c r="P227">
+        <v>92.33</v>
       </c>
       <c r="Q227" t="s">
         <v>24</v>
       </c>
       <c r="R227" t="s">
         <v>24</v>
       </c>
       <c r="S227">
-        <v>71.96</v>
+        <v>92.33</v>
       </c>
     </row>
     <row r="228" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A228">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>463</v>
+        <v>148</v>
       </c>
       <c r="C228" t="s">
-        <v>464</v>
+        <v>33</v>
+      </c>
+      <c r="D228">
+        <v>1813</v>
       </c>
       <c r="E228" t="s">
-        <v>24</v>
+        <v>460</v>
       </c>
       <c r="F228" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G228" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H228">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="I228" t="b">
         <v>0</v>
       </c>
       <c r="J228" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K228">
         <v>1</v>
       </c>
-      <c r="L228" t="s">
-        <v>24</v>
+      <c r="L228">
+        <v>92.27</v>
       </c>
       <c r="M228" t="s">
         <v>24</v>
       </c>
       <c r="N228" t="s">
         <v>24</v>
       </c>
-      <c r="O228">
-        <v>71.11</v>
+      <c r="O228" t="s">
+        <v>24</v>
       </c>
       <c r="P228" t="s">
         <v>24</v>
       </c>
       <c r="Q228" t="s">
         <v>24</v>
       </c>
       <c r="R228" t="s">
         <v>24</v>
       </c>
       <c r="S228">
-        <v>71.11</v>
+        <v>92.27</v>
       </c>
     </row>
     <row r="229" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A229">
-        <v>239</v>
+        <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="C229" t="s">
-        <v>466</v>
+        <v>178</v>
       </c>
       <c r="E229" t="s">
-        <v>24</v>
+        <v>462</v>
       </c>
       <c r="F229" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G229" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H229">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="I229" t="b">
         <v>0</v>
       </c>
       <c r="J229" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K229">
         <v>1</v>
       </c>
       <c r="L229" t="s">
         <v>24</v>
       </c>
       <c r="M229" t="s">
         <v>24</v>
       </c>
-      <c r="N229" t="s">
-        <v>24</v>
+      <c r="N229">
+        <v>91.67</v>
       </c>
       <c r="O229" t="s">
         <v>24</v>
       </c>
-      <c r="P229">
-        <v>89.97</v>
+      <c r="P229" t="s">
+        <v>24</v>
       </c>
       <c r="Q229" t="s">
         <v>24</v>
       </c>
       <c r="R229" t="s">
         <v>24</v>
       </c>
       <c r="S229">
-        <v>89.97</v>
+        <v>91.67</v>
       </c>
     </row>
     <row r="230" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A230">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>467</v>
+        <v>91</v>
       </c>
       <c r="C230" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="E230" t="s">
         <v>24</v>
       </c>
       <c r="F230" t="s">
         <v>22</v>
       </c>
       <c r="G230" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H230">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="I230" t="b">
         <v>0</v>
       </c>
       <c r="J230" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K230">
         <v>1</v>
       </c>
       <c r="L230" t="s">
         <v>24</v>
       </c>
       <c r="M230" t="s">
         <v>24</v>
       </c>
       <c r="N230" t="s">
         <v>24</v>
       </c>
-      <c r="O230">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O230" t="s">
+        <v>24</v>
+      </c>
+      <c r="P230">
+        <v>91.47</v>
       </c>
       <c r="Q230" t="s">
         <v>24</v>
       </c>
       <c r="R230" t="s">
         <v>24</v>
       </c>
       <c r="S230">
-        <v>71.07</v>
+        <v>91.47</v>
       </c>
     </row>
     <row r="231" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A231">
-        <v>241</v>
+        <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>469</v>
+        <v>359</v>
       </c>
       <c r="C231" t="s">
-        <v>470</v>
+        <v>205</v>
       </c>
       <c r="E231" t="s">
-        <v>24</v>
+        <v>437</v>
       </c>
       <c r="F231" t="s">
-        <v>22</v>
+        <v>119</v>
       </c>
       <c r="G231" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H231">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="I231" t="b">
         <v>0</v>
       </c>
       <c r="J231" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K231">
         <v>1</v>
       </c>
       <c r="L231" t="s">
         <v>24</v>
       </c>
       <c r="M231" t="s">
         <v>24</v>
       </c>
-      <c r="N231" t="s">
-[...3 lines deleted...]
-        <v>71.04</v>
+      <c r="N231">
+        <v>91.29</v>
+      </c>
+      <c r="O231" t="s">
+        <v>24</v>
       </c>
       <c r="P231" t="s">
         <v>24</v>
       </c>
       <c r="Q231" t="s">
         <v>24</v>
       </c>
       <c r="R231" t="s">
         <v>24</v>
       </c>
       <c r="S231">
-        <v>71.04</v>
+        <v>91.29</v>
       </c>
     </row>
     <row r="232" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A232">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="C232" t="s">
-        <v>105</v>
+        <v>387</v>
+      </c>
+      <c r="D232">
+        <v>1960</v>
       </c>
       <c r="E232" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="F232" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G232" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H232">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I232" t="b">
         <v>0</v>
       </c>
       <c r="J232" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K232">
         <v>1</v>
       </c>
       <c r="L232" t="s">
         <v>24</v>
       </c>
-      <c r="M232" t="s">
-        <v>24</v>
+      <c r="M232">
+        <v>91.22</v>
       </c>
       <c r="N232" t="s">
         <v>24</v>
       </c>
       <c r="O232" t="s">
         <v>24</v>
       </c>
-      <c r="P232">
-        <v>89.73</v>
+      <c r="P232" t="s">
+        <v>24</v>
       </c>
       <c r="Q232" t="s">
         <v>24</v>
       </c>
       <c r="R232" t="s">
         <v>24</v>
       </c>
       <c r="S232">
-        <v>89.73</v>
+        <v>91.22</v>
       </c>
     </row>
     <row r="233" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A233">
-        <v>242</v>
+        <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>376</v>
+        <v>450</v>
       </c>
       <c r="C233" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="D233">
-        <v>2406</v>
+        <v>1429</v>
       </c>
       <c r="E233" t="s">
-        <v>46</v>
+        <v>466</v>
       </c>
       <c r="F233" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G233" t="s">
         <v>23</v>
       </c>
       <c r="H233">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I233" t="b">
         <v>0</v>
       </c>
       <c r="J233" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K233">
         <v>1</v>
       </c>
       <c r="L233" t="s">
         <v>24</v>
       </c>
-      <c r="M233" t="s">
-        <v>24</v>
+      <c r="M233">
+        <v>91.14</v>
       </c>
       <c r="N233" t="s">
         <v>24</v>
       </c>
       <c r="O233" t="s">
         <v>24</v>
       </c>
       <c r="P233" t="s">
         <v>24</v>
       </c>
-      <c r="Q233">
-        <v>70.76</v>
+      <c r="Q233" t="s">
+        <v>24</v>
       </c>
       <c r="R233" t="s">
         <v>24</v>
       </c>
       <c r="S233">
-        <v>70.76</v>
+        <v>91.14</v>
       </c>
     </row>
     <row r="234" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A234">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>473</v>
+        <v>82</v>
       </c>
       <c r="C234" t="s">
-        <v>474</v>
+        <v>467</v>
       </c>
       <c r="E234" t="s">
-        <v>292</v>
+        <v>109</v>
       </c>
       <c r="F234" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G234" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H234">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="I234" t="b">
         <v>0</v>
       </c>
       <c r="J234" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K234">
         <v>1</v>
       </c>
-      <c r="L234" t="s">
-        <v>24</v>
+      <c r="L234">
+        <v>91.06</v>
       </c>
       <c r="M234" t="s">
         <v>24</v>
       </c>
-      <c r="N234">
-        <v>67.43</v>
+      <c r="N234" t="s">
+        <v>24</v>
       </c>
       <c r="O234" t="s">
         <v>24</v>
       </c>
       <c r="P234" t="s">
         <v>24</v>
       </c>
       <c r="Q234" t="s">
         <v>24</v>
       </c>
       <c r="R234" t="s">
         <v>24</v>
       </c>
       <c r="S234">
-        <v>67.43</v>
+        <v>91.06</v>
       </c>
     </row>
     <row r="235" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A235">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>55</v>
+        <v>468</v>
       </c>
       <c r="C235" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="E235" t="s">
-        <v>188</v>
+        <v>109</v>
       </c>
       <c r="F235" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G235" t="s">
         <v>23</v>
       </c>
       <c r="H235">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="I235" t="b">
         <v>0</v>
       </c>
       <c r="J235" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K235">
         <v>1</v>
       </c>
       <c r="L235">
-        <v>65.73</v>
+        <v>91.04</v>
       </c>
       <c r="M235" t="s">
         <v>24</v>
       </c>
       <c r="N235" t="s">
         <v>24</v>
       </c>
       <c r="O235" t="s">
         <v>24</v>
       </c>
       <c r="P235" t="s">
         <v>24</v>
       </c>
       <c r="Q235" t="s">
         <v>24</v>
       </c>
       <c r="R235" t="s">
         <v>24</v>
       </c>
       <c r="S235">
-        <v>65.73</v>
+        <v>91.04</v>
       </c>
     </row>
     <row r="236" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A236">
-        <v>245</v>
+        <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="C236" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
       <c r="E236" t="s">
-        <v>24</v>
+        <v>470</v>
       </c>
       <c r="F236" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G236" t="s">
         <v>23</v>
       </c>
       <c r="H236">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="I236" t="b">
         <v>0</v>
       </c>
       <c r="J236" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K236">
         <v>1</v>
       </c>
-      <c r="L236" t="s">
-        <v>24</v>
+      <c r="L236">
+        <v>90.84</v>
       </c>
       <c r="M236" t="s">
         <v>24</v>
       </c>
-      <c r="N236">
-        <v>57.06</v>
+      <c r="N236" t="s">
+        <v>24</v>
       </c>
       <c r="O236" t="s">
         <v>24</v>
       </c>
       <c r="P236" t="s">
         <v>24</v>
       </c>
       <c r="Q236" t="s">
         <v>24</v>
       </c>
       <c r="R236" t="s">
         <v>24</v>
       </c>
       <c r="S236">
-        <v>57.06</v>
+        <v>90.84</v>
       </c>
     </row>
     <row r="237" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A237">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>477</v>
+        <v>421</v>
       </c>
       <c r="C237" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="E237" t="s">
-        <v>24</v>
+        <v>472</v>
       </c>
       <c r="F237" t="s">
         <v>22</v>
       </c>
       <c r="G237" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H237">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="I237" t="b">
         <v>0</v>
       </c>
       <c r="J237" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K237">
         <v>1</v>
       </c>
       <c r="L237" t="s">
         <v>24</v>
       </c>
-      <c r="M237" t="s">
-[...3 lines deleted...]
-        <v>57.03</v>
+      <c r="M237">
+        <v>90.25</v>
+      </c>
+      <c r="N237" t="s">
+        <v>24</v>
       </c>
       <c r="O237" t="s">
         <v>24</v>
       </c>
       <c r="P237" t="s">
         <v>24</v>
       </c>
       <c r="Q237" t="s">
         <v>24</v>
       </c>
       <c r="R237" t="s">
         <v>24</v>
       </c>
       <c r="S237">
-        <v>57.03</v>
+        <v>90.25</v>
       </c>
     </row>
     <row r="238" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A238">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>478</v>
+        <v>28</v>
       </c>
       <c r="C238" t="s">
-        <v>479</v>
+        <v>229</v>
+      </c>
+      <c r="D238">
+        <v>1370</v>
       </c>
       <c r="E238" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="F238" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G238" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H238">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="I238" t="b">
         <v>0</v>
       </c>
       <c r="J238" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K238">
         <v>1</v>
       </c>
       <c r="L238" t="s">
         <v>24</v>
       </c>
       <c r="M238" t="s">
         <v>24</v>
       </c>
-      <c r="N238">
-        <v>57</v>
+      <c r="N238" t="s">
+        <v>24</v>
       </c>
       <c r="O238" t="s">
         <v>24</v>
       </c>
       <c r="P238" t="s">
         <v>24</v>
       </c>
-      <c r="Q238" t="s">
-        <v>24</v>
+      <c r="Q238">
+        <v>90.23</v>
       </c>
       <c r="R238" t="s">
         <v>24</v>
       </c>
       <c r="S238">
-        <v>57</v>
+        <v>90.23</v>
       </c>
     </row>
     <row r="239" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A239">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>324</v>
+        <v>473</v>
       </c>
       <c r="C239" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="E239" t="s">
-        <v>292</v>
+        <v>24</v>
       </c>
       <c r="F239" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G239" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H239">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="I239" t="b">
         <v>0</v>
       </c>
       <c r="J239" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K239">
         <v>1</v>
       </c>
       <c r="L239" t="s">
         <v>24</v>
       </c>
       <c r="M239" t="s">
         <v>24</v>
       </c>
       <c r="N239" t="s">
         <v>24</v>
       </c>
       <c r="O239" t="s">
         <v>24</v>
       </c>
       <c r="P239">
-        <v>88.38</v>
+        <v>89.97</v>
       </c>
       <c r="Q239" t="s">
         <v>24</v>
       </c>
       <c r="R239" t="s">
         <v>24</v>
       </c>
       <c r="S239">
-        <v>88.38</v>
+        <v>89.97</v>
       </c>
     </row>
     <row r="240" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A240">
-        <v>248</v>
+        <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>394</v>
+        <v>475</v>
       </c>
       <c r="C240" t="s">
-        <v>105</v>
+        <v>476</v>
+      </c>
+      <c r="D240">
+        <v>1785</v>
       </c>
       <c r="E240" t="s">
-        <v>229</v>
+        <v>190</v>
       </c>
       <c r="F240" t="s">
         <v>22</v>
       </c>
       <c r="G240" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H240">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="I240" t="b">
         <v>0</v>
       </c>
       <c r="J240" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K240">
         <v>1</v>
       </c>
-      <c r="L240" t="s">
-        <v>24</v>
+      <c r="L240">
+        <v>89.95</v>
       </c>
       <c r="M240" t="s">
         <v>24</v>
       </c>
       <c r="N240" t="s">
         <v>24</v>
       </c>
       <c r="O240" t="s">
         <v>24</v>
       </c>
       <c r="P240" t="s">
         <v>24</v>
       </c>
-      <c r="Q240">
-        <v>55.31</v>
+      <c r="Q240" t="s">
+        <v>24</v>
       </c>
       <c r="R240" t="s">
         <v>24</v>
       </c>
       <c r="S240">
-        <v>55.31</v>
+        <v>89.95</v>
       </c>
     </row>
     <row r="241" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A241">
-        <v>249</v>
+        <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="C241" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>2216</v>
+        <v>205</v>
       </c>
       <c r="E241" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="F241" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G241" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H241">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="I241" t="b">
         <v>0</v>
       </c>
       <c r="J241" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K241">
         <v>1</v>
       </c>
       <c r="L241" t="s">
         <v>24</v>
       </c>
-      <c r="M241">
-        <v>0</v>
+      <c r="M241" t="s">
+        <v>24</v>
       </c>
       <c r="N241" t="s">
         <v>24</v>
       </c>
       <c r="O241" t="s">
         <v>24</v>
       </c>
-      <c r="P241" t="s">
-        <v>24</v>
+      <c r="P241">
+        <v>89.73</v>
       </c>
       <c r="Q241" t="s">
         <v>24</v>
       </c>
       <c r="R241" t="s">
         <v>24</v>
       </c>
       <c r="S241">
-        <v>0</v>
+        <v>89.73</v>
       </c>
     </row>
     <row r="242" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A242">
-        <v>250</v>
+        <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="C242" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="E242" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="F242" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G242" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H242">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="I242" t="b">
         <v>0</v>
       </c>
       <c r="J242" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K242">
         <v>1</v>
       </c>
       <c r="L242" t="s">
         <v>24</v>
       </c>
       <c r="M242" t="s">
         <v>24</v>
       </c>
-      <c r="N242" t="s">
-        <v>24</v>
+      <c r="N242">
+        <v>89.56</v>
       </c>
       <c r="O242" t="s">
         <v>24</v>
       </c>
-      <c r="P242">
-        <v>87.65</v>
+      <c r="P242" t="s">
+        <v>24</v>
       </c>
       <c r="Q242" t="s">
         <v>24</v>
       </c>
       <c r="R242" t="s">
         <v>24</v>
       </c>
       <c r="S242">
-        <v>87.65</v>
+        <v>89.56</v>
       </c>
     </row>
     <row r="243" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A243">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>485</v>
+        <v>219</v>
       </c>
       <c r="C243" t="s">
-        <v>327</v>
+        <v>480</v>
       </c>
       <c r="E243" t="s">
-        <v>350</v>
+        <v>24</v>
       </c>
       <c r="F243" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G243" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H243">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="I243" t="b">
         <v>0</v>
       </c>
       <c r="J243" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K243">
         <v>1</v>
       </c>
-      <c r="L243" t="s">
-        <v>24</v>
+      <c r="L243">
+        <v>89.08</v>
       </c>
       <c r="M243" t="s">
         <v>24</v>
       </c>
       <c r="N243" t="s">
         <v>24</v>
       </c>
       <c r="O243" t="s">
         <v>24</v>
       </c>
-      <c r="P243">
-        <v>87.16</v>
+      <c r="P243" t="s">
+        <v>24</v>
       </c>
       <c r="Q243" t="s">
         <v>24</v>
       </c>
       <c r="R243" t="s">
         <v>24</v>
       </c>
       <c r="S243">
-        <v>87.16</v>
+        <v>89.08</v>
       </c>
     </row>
     <row r="244" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A244">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>122</v>
+        <v>481</v>
       </c>
       <c r="C244" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="E244" t="s">
-        <v>350</v>
+        <v>24</v>
       </c>
       <c r="F244" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G244" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H244">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="I244" t="b">
         <v>0</v>
       </c>
       <c r="J244" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K244">
         <v>1</v>
       </c>
       <c r="L244" t="s">
         <v>24</v>
       </c>
       <c r="M244" t="s">
         <v>24</v>
       </c>
-      <c r="N244" t="s">
-        <v>24</v>
+      <c r="N244">
+        <v>89.06</v>
       </c>
       <c r="O244" t="s">
         <v>24</v>
       </c>
-      <c r="P244">
-        <v>87.04</v>
+      <c r="P244" t="s">
+        <v>24</v>
       </c>
       <c r="Q244" t="s">
         <v>24</v>
       </c>
       <c r="R244" t="s">
         <v>24</v>
       </c>
       <c r="S244">
-        <v>87.04</v>
+        <v>89.06</v>
       </c>
     </row>
     <row r="245" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A245">
-        <v>261</v>
+        <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="C245" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-        <v>881</v>
+        <v>484</v>
       </c>
       <c r="E245" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="F245" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="G245" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H245">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="I245" t="b">
         <v>0</v>
       </c>
       <c r="J245" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K245">
         <v>1</v>
       </c>
       <c r="L245" t="s">
         <v>24</v>
       </c>
       <c r="M245" t="s">
         <v>24</v>
       </c>
       <c r="N245" t="s">
         <v>24</v>
       </c>
       <c r="O245" t="s">
         <v>24</v>
       </c>
-      <c r="P245">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P245" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q245">
+        <v>88.89</v>
       </c>
       <c r="R245" t="s">
         <v>24</v>
       </c>
       <c r="S245">
-        <v>83.92</v>
+        <v>88.89</v>
       </c>
     </row>
     <row r="246" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A246">
-        <v>262</v>
+        <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="C246" t="s">
-        <v>452</v>
+        <v>68</v>
       </c>
       <c r="E246" t="s">
-        <v>490</v>
+        <v>69</v>
       </c>
       <c r="F246" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G246" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H246">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="I246" t="b">
         <v>0</v>
       </c>
       <c r="J246" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K246">
         <v>1</v>
       </c>
       <c r="L246" t="s">
         <v>24</v>
       </c>
       <c r="M246" t="s">
         <v>24</v>
       </c>
       <c r="N246" t="s">
         <v>24</v>
       </c>
-      <c r="O246" t="s">
-[...3 lines deleted...]
-        <v>83.84</v>
+      <c r="O246">
+        <v>88.48</v>
+      </c>
+      <c r="P246" t="s">
+        <v>24</v>
       </c>
       <c r="Q246" t="s">
         <v>24</v>
       </c>
       <c r="R246" t="s">
         <v>24</v>
       </c>
       <c r="S246">
-        <v>83.84</v>
+        <v>88.48</v>
       </c>
     </row>
     <row r="247" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A247">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>491</v>
+        <v>348</v>
       </c>
       <c r="C247" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="E247" t="s">
-        <v>292</v>
+        <v>195</v>
       </c>
       <c r="F247" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G247" t="s">
         <v>23</v>
       </c>
       <c r="H247">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I247" t="b">
         <v>0</v>
       </c>
       <c r="J247" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K247">
         <v>1</v>
       </c>
       <c r="L247" t="s">
         <v>24</v>
       </c>
       <c r="M247" t="s">
         <v>24</v>
       </c>
       <c r="N247" t="s">
         <v>24</v>
       </c>
       <c r="O247" t="s">
         <v>24</v>
       </c>
       <c r="P247">
-        <v>83.83</v>
+        <v>88.38</v>
       </c>
       <c r="Q247" t="s">
         <v>24</v>
       </c>
       <c r="R247" t="s">
         <v>24</v>
       </c>
       <c r="S247">
-        <v>83.83</v>
+        <v>88.38</v>
       </c>
     </row>
     <row r="248" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A248">
-        <v>264</v>
+        <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="C248" t="s">
-        <v>494</v>
+        <v>488</v>
+      </c>
+      <c r="D248">
+        <v>1426</v>
       </c>
       <c r="E248" t="s">
-        <v>70</v>
+        <v>489</v>
       </c>
       <c r="F248" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G248" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H248">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="I248" t="b">
         <v>0</v>
       </c>
       <c r="J248" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K248">
         <v>1</v>
       </c>
       <c r="L248" t="s">
         <v>24</v>
       </c>
       <c r="M248" t="s">
         <v>24</v>
       </c>
       <c r="N248" t="s">
         <v>24</v>
       </c>
       <c r="O248" t="s">
         <v>24</v>
       </c>
-      <c r="P248">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P248" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q248">
+        <v>88.3</v>
       </c>
       <c r="R248" t="s">
         <v>24</v>
       </c>
       <c r="S248">
-        <v>83.64</v>
+        <v>88.3</v>
       </c>
     </row>
     <row r="249" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A249">
-        <v>268</v>
+        <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>495</v>
+        <v>458</v>
       </c>
       <c r="C249" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>1011</v>
+        <v>490</v>
       </c>
       <c r="E249" t="s">
-        <v>21</v>
+        <v>437</v>
       </c>
       <c r="F249" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="G249" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H249">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="I249" t="b">
         <v>0</v>
       </c>
       <c r="J249" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K249">
         <v>1</v>
       </c>
       <c r="L249" t="s">
         <v>24</v>
       </c>
       <c r="M249" t="s">
         <v>24</v>
       </c>
-      <c r="N249" t="s">
-        <v>24</v>
+      <c r="N249">
+        <v>88.28</v>
       </c>
       <c r="O249" t="s">
         <v>24</v>
       </c>
-      <c r="P249">
-        <v>81.51</v>
+      <c r="P249" t="s">
+        <v>24</v>
       </c>
       <c r="Q249" t="s">
         <v>24</v>
       </c>
       <c r="R249" t="s">
         <v>24</v>
       </c>
       <c r="S249">
-        <v>81.51</v>
+        <v>88.28</v>
       </c>
     </row>
     <row r="250" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A250">
-        <v>275</v>
+        <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>225</v>
+        <v>491</v>
       </c>
       <c r="C250" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="E250" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="F250" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G250" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H250">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="I250" t="b">
         <v>0</v>
       </c>
       <c r="J250" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
       <c r="L250" t="s">
         <v>24</v>
       </c>
       <c r="M250" t="s">
         <v>24</v>
       </c>
       <c r="N250" t="s">
         <v>24</v>
       </c>
       <c r="O250" t="s">
         <v>24</v>
       </c>
       <c r="P250">
-        <v>79.67</v>
+        <v>87.65</v>
       </c>
       <c r="Q250" t="s">
         <v>24</v>
       </c>
       <c r="R250" t="s">
         <v>24</v>
       </c>
       <c r="S250">
-        <v>79.67</v>
+        <v>87.65</v>
       </c>
     </row>
     <row r="251" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A251">
-        <v>292</v>
+        <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="C251" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>548</v>
+        <v>494</v>
       </c>
       <c r="E251" t="s">
-        <v>499</v>
+        <v>131</v>
       </c>
       <c r="F251" t="s">
-        <v>500</v>
+        <v>31</v>
       </c>
       <c r="G251" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H251">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="I251" t="b">
         <v>0</v>
       </c>
       <c r="J251" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K251">
         <v>1</v>
       </c>
       <c r="L251" t="s">
         <v>24</v>
       </c>
       <c r="M251" t="s">
         <v>24</v>
       </c>
       <c r="N251" t="s">
         <v>24</v>
       </c>
       <c r="O251" t="s">
         <v>24</v>
       </c>
-      <c r="P251">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P251" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q251">
+        <v>87.44</v>
       </c>
       <c r="R251" t="s">
         <v>24</v>
       </c>
       <c r="S251">
-        <v>70.2</v>
+        <v>87.44</v>
       </c>
     </row>
     <row r="252" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A252">
-        <v>293</v>
+        <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="C252" t="s">
-        <v>327</v>
+        <v>33</v>
       </c>
       <c r="E252" t="s">
-        <v>70</v>
+        <v>437</v>
       </c>
       <c r="F252" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="G252" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H252">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="I252" t="b">
         <v>0</v>
       </c>
       <c r="J252" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K252">
         <v>1</v>
       </c>
       <c r="L252" t="s">
         <v>24</v>
       </c>
       <c r="M252" t="s">
         <v>24</v>
       </c>
       <c r="N252" t="s">
         <v>24</v>
       </c>
       <c r="O252" t="s">
         <v>24</v>
       </c>
       <c r="P252">
-        <v>68.48</v>
+        <v>87.16</v>
       </c>
       <c r="Q252" t="s">
         <v>24</v>
       </c>
       <c r="R252" t="s">
         <v>24</v>
       </c>
       <c r="S252">
-        <v>68.48</v>
+        <v>87.16</v>
       </c>
     </row>
     <row r="253" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A253">
-        <v>294</v>
+        <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>90</v>
+        <v>232</v>
       </c>
       <c r="C253" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="E253" t="s">
-        <v>70</v>
+        <v>437</v>
       </c>
       <c r="F253" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G253" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H253">
-        <v>52</v>
+        <v>10</v>
       </c>
       <c r="I253" t="b">
         <v>0</v>
       </c>
       <c r="J253" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K253">
         <v>1</v>
       </c>
       <c r="L253" t="s">
         <v>24</v>
       </c>
       <c r="M253" t="s">
         <v>24</v>
       </c>
       <c r="N253" t="s">
         <v>24</v>
       </c>
       <c r="O253" t="s">
         <v>24</v>
       </c>
       <c r="P253">
-        <v>68.06</v>
+        <v>87.04</v>
       </c>
       <c r="Q253" t="s">
         <v>24</v>
       </c>
       <c r="R253" t="s">
         <v>24</v>
       </c>
       <c r="S253">
-        <v>68.06</v>
+        <v>87.04</v>
       </c>
     </row>
     <row r="254" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A254">
-        <v>295</v>
+        <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="C254" t="s">
-        <v>504</v>
+        <v>498</v>
+      </c>
+      <c r="D254">
+        <v>1797</v>
       </c>
       <c r="E254" t="s">
-        <v>70</v>
+        <v>437</v>
       </c>
       <c r="F254" t="s">
-        <v>351</v>
+        <v>58</v>
       </c>
       <c r="G254" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H254">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="I254" t="b">
         <v>0</v>
       </c>
       <c r="J254" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K254">
         <v>1</v>
       </c>
       <c r="L254" t="s">
         <v>24</v>
       </c>
       <c r="M254" t="s">
         <v>24</v>
       </c>
-      <c r="N254" t="s">
-        <v>24</v>
+      <c r="N254">
+        <v>85.92</v>
       </c>
       <c r="O254" t="s">
         <v>24</v>
       </c>
-      <c r="P254">
-        <v>67.91</v>
+      <c r="P254" t="s">
+        <v>24</v>
       </c>
       <c r="Q254" t="s">
         <v>24</v>
       </c>
       <c r="R254" t="s">
         <v>24</v>
       </c>
       <c r="S254">
-        <v>67.91</v>
+        <v>85.92</v>
       </c>
     </row>
     <row r="255" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A255">
-        <v>297</v>
+        <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>505</v>
+        <v>452</v>
       </c>
       <c r="C255" t="s">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="E255" t="s">
         <v>24</v>
       </c>
       <c r="F255" t="s">
         <v>22</v>
       </c>
       <c r="G255" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="H255">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="I255" t="b">
         <v>0</v>
       </c>
       <c r="J255" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K255">
         <v>1</v>
       </c>
       <c r="L255" t="s">
         <v>24</v>
       </c>
       <c r="M255" t="s">
         <v>24</v>
       </c>
-      <c r="N255" t="s">
-        <v>24</v>
+      <c r="N255">
+        <v>85.26</v>
       </c>
       <c r="O255" t="s">
         <v>24</v>
       </c>
-      <c r="P255">
-        <v>67.34</v>
+      <c r="P255" t="s">
+        <v>24</v>
       </c>
       <c r="Q255" t="s">
         <v>24</v>
       </c>
       <c r="R255" t="s">
         <v>24</v>
       </c>
       <c r="S255">
-        <v>67.34</v>
+        <v>85.26</v>
       </c>
     </row>
     <row r="256" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A256">
-        <v>298</v>
+        <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="C256" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>339</v>
       </c>
       <c r="E256" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
       <c r="F256" t="s">
-        <v>509</v>
+        <v>27</v>
       </c>
       <c r="G256" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H256">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I256" t="b">
         <v>0</v>
       </c>
       <c r="J256" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K256">
         <v>1</v>
       </c>
       <c r="L256" t="s">
         <v>24</v>
       </c>
       <c r="M256" t="s">
         <v>24</v>
       </c>
       <c r="N256" t="s">
         <v>24</v>
       </c>
-      <c r="O256" t="s">
-[...3 lines deleted...]
-        <v>66.89</v>
+      <c r="O256">
+        <v>85.16</v>
+      </c>
+      <c r="P256" t="s">
+        <v>24</v>
       </c>
       <c r="Q256" t="s">
         <v>24</v>
       </c>
       <c r="R256" t="s">
         <v>24</v>
       </c>
       <c r="S256">
-        <v>66.89</v>
+        <v>85.16</v>
       </c>
     </row>
     <row r="257" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A257">
-        <v>300</v>
+        <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>510</v>
+        <v>501</v>
       </c>
       <c r="C257" t="s">
-        <v>511</v>
+        <v>33</v>
       </c>
       <c r="D257">
-        <v>2477</v>
+        <v>1492</v>
       </c>
       <c r="E257" t="s">
-        <v>70</v>
+        <v>502</v>
       </c>
       <c r="F257" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G257" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H257">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I257" t="b">
         <v>0</v>
       </c>
       <c r="J257" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K257">
         <v>1</v>
       </c>
-      <c r="L257" t="s">
-        <v>24</v>
+      <c r="L257">
+        <v>85.06</v>
       </c>
       <c r="M257" t="s">
         <v>24</v>
       </c>
       <c r="N257" t="s">
         <v>24</v>
       </c>
       <c r="O257" t="s">
         <v>24</v>
       </c>
-      <c r="P257">
-        <v>64.1</v>
+      <c r="P257" t="s">
+        <v>24</v>
       </c>
       <c r="Q257" t="s">
         <v>24</v>
       </c>
       <c r="R257" t="s">
         <v>24</v>
       </c>
       <c r="S257">
-        <v>64.1</v>
+        <v>85.06</v>
       </c>
     </row>
     <row r="258" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A258">
-        <v>301</v>
+        <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>136</v>
+        <v>89</v>
       </c>
       <c r="C258" t="s">
-        <v>512</v>
+        <v>60</v>
       </c>
       <c r="E258" t="s">
-        <v>70</v>
+        <v>158</v>
       </c>
       <c r="F258" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="G258" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H258">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="I258" t="b">
         <v>0</v>
       </c>
       <c r="J258" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K258">
         <v>1</v>
       </c>
-      <c r="L258" t="s">
-        <v>24</v>
+      <c r="L258">
+        <v>84.87</v>
       </c>
       <c r="M258" t="s">
         <v>24</v>
       </c>
       <c r="N258" t="s">
         <v>24</v>
       </c>
       <c r="O258" t="s">
         <v>24</v>
       </c>
-      <c r="P258">
-        <v>63.98</v>
+      <c r="P258" t="s">
+        <v>24</v>
       </c>
       <c r="Q258" t="s">
         <v>24</v>
       </c>
       <c r="R258" t="s">
         <v>24</v>
       </c>
       <c r="S258">
-        <v>63.98</v>
+        <v>84.87</v>
       </c>
     </row>
     <row r="259" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A259">
-        <v>306</v>
+        <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>513</v>
+        <v>503</v>
       </c>
       <c r="C259" t="s">
-        <v>514</v>
+        <v>292</v>
       </c>
       <c r="E259" t="s">
-        <v>70</v>
+        <v>24</v>
       </c>
       <c r="F259" t="s">
-        <v>351</v>
+        <v>31</v>
       </c>
       <c r="G259" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="H259">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="I259" t="b">
         <v>0</v>
       </c>
       <c r="J259" t="s">
-        <v>60</v>
+        <v>125</v>
       </c>
       <c r="K259">
         <v>1</v>
       </c>
-      <c r="L259" t="s">
-        <v>24</v>
+      <c r="L259">
+        <v>84.45</v>
       </c>
       <c r="M259" t="s">
         <v>24</v>
       </c>
       <c r="N259" t="s">
         <v>24</v>
       </c>
       <c r="O259" t="s">
         <v>24</v>
       </c>
-      <c r="P259">
-        <v>55.21</v>
+      <c r="P259" t="s">
+        <v>24</v>
       </c>
       <c r="Q259" t="s">
         <v>24</v>
       </c>
       <c r="R259" t="s">
         <v>24</v>
       </c>
       <c r="S259">
-        <v>55.21</v>
+        <v>84.45</v>
       </c>
     </row>
     <row r="260" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A260">
+        <v>259</v>
+      </c>
+      <c r="B260" t="s">
+        <v>504</v>
+      </c>
+      <c r="C260" t="s">
+        <v>505</v>
+      </c>
+      <c r="E260" t="s">
+        <v>24</v>
+      </c>
+      <c r="F260" t="s">
+        <v>58</v>
+      </c>
+      <c r="G260" t="s">
+        <v>39</v>
+      </c>
+      <c r="H260">
+        <v>12</v>
+      </c>
+      <c r="I260" t="b">
+        <v>0</v>
+      </c>
+      <c r="J260" t="s">
+        <v>125</v>
+      </c>
+      <c r="K260">
+        <v>1</v>
+      </c>
+      <c r="L260" t="s">
+        <v>24</v>
+      </c>
+      <c r="M260" t="s">
+        <v>24</v>
+      </c>
+      <c r="N260">
+        <v>84.38</v>
+      </c>
+      <c r="O260" t="s">
+        <v>24</v>
+      </c>
+      <c r="P260" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q260" t="s">
+        <v>24</v>
+      </c>
+      <c r="R260" t="s">
+        <v>24</v>
+      </c>
+      <c r="S260">
+        <v>84.38</v>
+      </c>
+    </row>
+    <row r="261" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A261">
+        <v>260</v>
+      </c>
+      <c r="B261" t="s">
+        <v>506</v>
+      </c>
+      <c r="C261" t="s">
+        <v>507</v>
+      </c>
+      <c r="D261">
+        <v>881</v>
+      </c>
+      <c r="E261" t="s">
+        <v>42</v>
+      </c>
+      <c r="F261" t="s">
+        <v>58</v>
+      </c>
+      <c r="G261" t="s">
+        <v>23</v>
+      </c>
+      <c r="H261">
+        <v>21</v>
+      </c>
+      <c r="I261" t="b">
+        <v>0</v>
+      </c>
+      <c r="J261" t="s">
+        <v>125</v>
+      </c>
+      <c r="K261">
+        <v>1</v>
+      </c>
+      <c r="L261" t="s">
+        <v>24</v>
+      </c>
+      <c r="M261" t="s">
+        <v>24</v>
+      </c>
+      <c r="N261" t="s">
+        <v>24</v>
+      </c>
+      <c r="O261" t="s">
+        <v>24</v>
+      </c>
+      <c r="P261">
+        <v>83.92</v>
+      </c>
+      <c r="Q261" t="s">
+        <v>24</v>
+      </c>
+      <c r="R261" t="s">
+        <v>24</v>
+      </c>
+      <c r="S261">
+        <v>83.92</v>
+      </c>
+    </row>
+    <row r="262" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A262">
+        <v>261</v>
+      </c>
+      <c r="B262" t="s">
+        <v>508</v>
+      </c>
+      <c r="C262" t="s">
+        <v>463</v>
+      </c>
+      <c r="E262" t="s">
+        <v>509</v>
+      </c>
+      <c r="F262" t="s">
+        <v>58</v>
+      </c>
+      <c r="G262" t="s">
+        <v>23</v>
+      </c>
+      <c r="H262">
+        <v>22</v>
+      </c>
+      <c r="I262" t="b">
+        <v>0</v>
+      </c>
+      <c r="J262" t="s">
+        <v>125</v>
+      </c>
+      <c r="K262">
+        <v>1</v>
+      </c>
+      <c r="L262" t="s">
+        <v>24</v>
+      </c>
+      <c r="M262" t="s">
+        <v>24</v>
+      </c>
+      <c r="N262" t="s">
+        <v>24</v>
+      </c>
+      <c r="O262" t="s">
+        <v>24</v>
+      </c>
+      <c r="P262">
+        <v>83.84</v>
+      </c>
+      <c r="Q262" t="s">
+        <v>24</v>
+      </c>
+      <c r="R262" t="s">
+        <v>24</v>
+      </c>
+      <c r="S262">
+        <v>83.84</v>
+      </c>
+    </row>
+    <row r="263" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A263">
+        <v>262</v>
+      </c>
+      <c r="B263" t="s">
+        <v>510</v>
+      </c>
+      <c r="C263" t="s">
+        <v>511</v>
+      </c>
+      <c r="E263" t="s">
+        <v>195</v>
+      </c>
+      <c r="F263" t="s">
+        <v>27</v>
+      </c>
+      <c r="G263" t="s">
+        <v>23</v>
+      </c>
+      <c r="H263">
+        <v>46</v>
+      </c>
+      <c r="I263" t="b">
+        <v>0</v>
+      </c>
+      <c r="J263" t="s">
+        <v>125</v>
+      </c>
+      <c r="K263">
+        <v>1</v>
+      </c>
+      <c r="L263" t="s">
+        <v>24</v>
+      </c>
+      <c r="M263" t="s">
+        <v>24</v>
+      </c>
+      <c r="N263" t="s">
+        <v>24</v>
+      </c>
+      <c r="O263" t="s">
+        <v>24</v>
+      </c>
+      <c r="P263">
+        <v>83.83</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>24</v>
+      </c>
+      <c r="R263" t="s">
+        <v>24</v>
+      </c>
+      <c r="S263">
+        <v>83.83</v>
+      </c>
+    </row>
+    <row r="264" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A264">
+        <v>263</v>
+      </c>
+      <c r="B264" t="s">
+        <v>512</v>
+      </c>
+      <c r="C264" t="s">
+        <v>513</v>
+      </c>
+      <c r="E264" t="s">
+        <v>50</v>
+      </c>
+      <c r="F264" t="s">
+        <v>31</v>
+      </c>
+      <c r="G264" t="s">
+        <v>39</v>
+      </c>
+      <c r="H264">
+        <v>18</v>
+      </c>
+      <c r="I264" t="b">
+        <v>0</v>
+      </c>
+      <c r="J264" t="s">
+        <v>125</v>
+      </c>
+      <c r="K264">
+        <v>1</v>
+      </c>
+      <c r="L264" t="s">
+        <v>24</v>
+      </c>
+      <c r="M264" t="s">
+        <v>24</v>
+      </c>
+      <c r="N264" t="s">
+        <v>24</v>
+      </c>
+      <c r="O264" t="s">
+        <v>24</v>
+      </c>
+      <c r="P264">
+        <v>83.64</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>24</v>
+      </c>
+      <c r="R264" t="s">
+        <v>24</v>
+      </c>
+      <c r="S264">
+        <v>83.64</v>
+      </c>
+    </row>
+    <row r="265" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A265">
+        <v>264</v>
+      </c>
+      <c r="B265" t="s">
+        <v>514</v>
+      </c>
+      <c r="C265" t="s">
+        <v>515</v>
+      </c>
+      <c r="D265">
+        <v>2231</v>
+      </c>
+      <c r="E265" t="s">
+        <v>24</v>
+      </c>
+      <c r="F265" t="s">
+        <v>22</v>
+      </c>
+      <c r="G265" t="s">
+        <v>23</v>
+      </c>
+      <c r="H265">
+        <v>68</v>
+      </c>
+      <c r="I265" t="b">
+        <v>0</v>
+      </c>
+      <c r="J265" t="s">
+        <v>125</v>
+      </c>
+      <c r="K265">
+        <v>1</v>
+      </c>
+      <c r="L265">
+        <v>82.53</v>
+      </c>
+      <c r="M265" t="s">
+        <v>24</v>
+      </c>
+      <c r="N265" t="s">
+        <v>24</v>
+      </c>
+      <c r="O265" t="s">
+        <v>24</v>
+      </c>
+      <c r="P265" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>24</v>
+      </c>
+      <c r="R265" t="s">
+        <v>24</v>
+      </c>
+      <c r="S265">
+        <v>82.53</v>
+      </c>
+    </row>
+    <row r="266" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A266">
+        <v>265</v>
+      </c>
+      <c r="B266" t="s">
+        <v>516</v>
+      </c>
+      <c r="C266" t="s">
+        <v>517</v>
+      </c>
+      <c r="E266" t="s">
+        <v>195</v>
+      </c>
+      <c r="F266" t="s">
+        <v>31</v>
+      </c>
+      <c r="G266" t="s">
+        <v>39</v>
+      </c>
+      <c r="H266">
+        <v>19</v>
+      </c>
+      <c r="I266" t="b">
+        <v>0</v>
+      </c>
+      <c r="J266" t="s">
+        <v>125</v>
+      </c>
+      <c r="K266">
+        <v>1</v>
+      </c>
+      <c r="L266" t="s">
+        <v>24</v>
+      </c>
+      <c r="M266" t="s">
+        <v>24</v>
+      </c>
+      <c r="N266">
+        <v>82.13</v>
+      </c>
+      <c r="O266" t="s">
+        <v>24</v>
+      </c>
+      <c r="P266" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q266" t="s">
+        <v>24</v>
+      </c>
+      <c r="R266" t="s">
+        <v>24</v>
+      </c>
+      <c r="S266">
+        <v>82.13</v>
+      </c>
+    </row>
+    <row r="267" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A267">
+        <v>266</v>
+      </c>
+      <c r="B267" t="s">
+        <v>322</v>
+      </c>
+      <c r="C267" t="s">
+        <v>518</v>
+      </c>
+      <c r="D267">
+        <v>2189</v>
+      </c>
+      <c r="E267" t="s">
+        <v>143</v>
+      </c>
+      <c r="F267" t="s">
+        <v>119</v>
+      </c>
+      <c r="G267" t="s">
+        <v>23</v>
+      </c>
+      <c r="H267">
+        <v>5</v>
+      </c>
+      <c r="I267" t="b">
+        <v>0</v>
+      </c>
+      <c r="J267" t="s">
+        <v>125</v>
+      </c>
+      <c r="K267">
+        <v>1</v>
+      </c>
+      <c r="L267" t="s">
+        <v>24</v>
+      </c>
+      <c r="M267">
+        <v>81.86</v>
+      </c>
+      <c r="N267" t="s">
+        <v>24</v>
+      </c>
+      <c r="O267" t="s">
+        <v>24</v>
+      </c>
+      <c r="P267" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>24</v>
+      </c>
+      <c r="R267" t="s">
+        <v>24</v>
+      </c>
+      <c r="S267">
+        <v>81.86</v>
+      </c>
+    </row>
+    <row r="268" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A268">
+        <v>267</v>
+      </c>
+      <c r="B268" t="s">
+        <v>519</v>
+      </c>
+      <c r="C268" t="s">
+        <v>110</v>
+      </c>
+      <c r="D268">
+        <v>1011</v>
+      </c>
+      <c r="E268" t="s">
+        <v>21</v>
+      </c>
+      <c r="F268" t="s">
+        <v>31</v>
+      </c>
+      <c r="G268" t="s">
+        <v>39</v>
+      </c>
+      <c r="H268">
+        <v>20</v>
+      </c>
+      <c r="I268" t="b">
+        <v>0</v>
+      </c>
+      <c r="J268" t="s">
+        <v>125</v>
+      </c>
+      <c r="K268">
+        <v>1</v>
+      </c>
+      <c r="L268" t="s">
+        <v>24</v>
+      </c>
+      <c r="M268" t="s">
+        <v>24</v>
+      </c>
+      <c r="N268" t="s">
+        <v>24</v>
+      </c>
+      <c r="O268" t="s">
+        <v>24</v>
+      </c>
+      <c r="P268">
+        <v>81.51</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>24</v>
+      </c>
+      <c r="R268" t="s">
+        <v>24</v>
+      </c>
+      <c r="S268">
+        <v>81.51</v>
+      </c>
+    </row>
+    <row r="269" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A269">
+        <v>268</v>
+      </c>
+      <c r="B269" t="s">
+        <v>520</v>
+      </c>
+      <c r="C269" t="s">
+        <v>521</v>
+      </c>
+      <c r="E269" t="s">
+        <v>24</v>
+      </c>
+      <c r="F269" t="s">
+        <v>22</v>
+      </c>
+      <c r="G269" t="s">
+        <v>39</v>
+      </c>
+      <c r="H269">
+        <v>23</v>
+      </c>
+      <c r="I269" t="b">
+        <v>0</v>
+      </c>
+      <c r="J269" t="s">
+        <v>125</v>
+      </c>
+      <c r="K269">
+        <v>1</v>
+      </c>
+      <c r="L269">
+        <v>81.22</v>
+      </c>
+      <c r="M269" t="s">
+        <v>24</v>
+      </c>
+      <c r="N269" t="s">
+        <v>24</v>
+      </c>
+      <c r="O269" t="s">
+        <v>24</v>
+      </c>
+      <c r="P269" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>24</v>
+      </c>
+      <c r="R269" t="s">
+        <v>24</v>
+      </c>
+      <c r="S269">
+        <v>81.22</v>
+      </c>
+    </row>
+    <row r="270" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A270">
+        <v>269</v>
+      </c>
+      <c r="B270" t="s">
+        <v>522</v>
+      </c>
+      <c r="C270" t="s">
+        <v>523</v>
+      </c>
+      <c r="D270">
+        <v>610</v>
+      </c>
+      <c r="E270" t="s">
+        <v>109</v>
+      </c>
+      <c r="F270" t="s">
+        <v>31</v>
+      </c>
+      <c r="G270" t="s">
+        <v>23</v>
+      </c>
+      <c r="H270">
+        <v>51</v>
+      </c>
+      <c r="I270" t="b">
+        <v>0</v>
+      </c>
+      <c r="J270" t="s">
+        <v>125</v>
+      </c>
+      <c r="K270">
+        <v>1</v>
+      </c>
+      <c r="L270">
+        <v>81.08</v>
+      </c>
+      <c r="M270" t="s">
+        <v>24</v>
+      </c>
+      <c r="N270" t="s">
+        <v>24</v>
+      </c>
+      <c r="O270" t="s">
+        <v>24</v>
+      </c>
+      <c r="P270" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>24</v>
+      </c>
+      <c r="R270" t="s">
+        <v>24</v>
+      </c>
+      <c r="S270">
+        <v>81.08</v>
+      </c>
+    </row>
+    <row r="271" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A271">
+        <v>270</v>
+      </c>
+      <c r="B271" t="s">
+        <v>524</v>
+      </c>
+      <c r="C271" t="s">
+        <v>525</v>
+      </c>
+      <c r="E271" t="s">
+        <v>190</v>
+      </c>
+      <c r="F271" t="s">
+        <v>27</v>
+      </c>
+      <c r="G271" t="s">
+        <v>23</v>
+      </c>
+      <c r="H271">
+        <v>47</v>
+      </c>
+      <c r="I271" t="b">
+        <v>0</v>
+      </c>
+      <c r="J271" t="s">
+        <v>125</v>
+      </c>
+      <c r="K271">
+        <v>1</v>
+      </c>
+      <c r="L271">
+        <v>81.01</v>
+      </c>
+      <c r="M271" t="s">
+        <v>24</v>
+      </c>
+      <c r="N271" t="s">
+        <v>24</v>
+      </c>
+      <c r="O271" t="s">
+        <v>24</v>
+      </c>
+      <c r="P271" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>24</v>
+      </c>
+      <c r="R271" t="s">
+        <v>24</v>
+      </c>
+      <c r="S271">
+        <v>81.01</v>
+      </c>
+    </row>
+    <row r="272" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A272">
+        <v>271</v>
+      </c>
+      <c r="B272" t="s">
+        <v>526</v>
+      </c>
+      <c r="C272" t="s">
+        <v>91</v>
+      </c>
+      <c r="E272" t="s">
+        <v>24</v>
+      </c>
+      <c r="F272" t="s">
+        <v>31</v>
+      </c>
+      <c r="G272" t="s">
+        <v>39</v>
+      </c>
+      <c r="H272">
+        <v>21</v>
+      </c>
+      <c r="I272" t="b">
+        <v>0</v>
+      </c>
+      <c r="J272" t="s">
+        <v>125</v>
+      </c>
+      <c r="K272">
+        <v>1</v>
+      </c>
+      <c r="L272" t="s">
+        <v>24</v>
+      </c>
+      <c r="M272" t="s">
+        <v>24</v>
+      </c>
+      <c r="N272">
+        <v>80.87</v>
+      </c>
+      <c r="O272" t="s">
+        <v>24</v>
+      </c>
+      <c r="P272" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>24</v>
+      </c>
+      <c r="R272" t="s">
+        <v>24</v>
+      </c>
+      <c r="S272">
+        <v>80.87</v>
+      </c>
+    </row>
+    <row r="273" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A273">
+        <v>272</v>
+      </c>
+      <c r="B273" t="s">
+        <v>53</v>
+      </c>
+      <c r="C273" t="s">
+        <v>527</v>
+      </c>
+      <c r="E273" t="s">
+        <v>528</v>
+      </c>
+      <c r="F273" t="s">
+        <v>119</v>
+      </c>
+      <c r="G273" t="s">
+        <v>23</v>
+      </c>
+      <c r="H273">
+        <v>6</v>
+      </c>
+      <c r="I273" t="b">
+        <v>0</v>
+      </c>
+      <c r="J273" t="s">
+        <v>125</v>
+      </c>
+      <c r="K273">
+        <v>1</v>
+      </c>
+      <c r="L273" t="s">
+        <v>24</v>
+      </c>
+      <c r="M273" t="s">
+        <v>24</v>
+      </c>
+      <c r="N273" t="s">
+        <v>24</v>
+      </c>
+      <c r="O273">
+        <v>80.72</v>
+      </c>
+      <c r="P273" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>24</v>
+      </c>
+      <c r="R273" t="s">
+        <v>24</v>
+      </c>
+      <c r="S273">
+        <v>80.72</v>
+      </c>
+    </row>
+    <row r="274" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A274">
+        <v>273</v>
+      </c>
+      <c r="B274" t="s">
+        <v>65</v>
+      </c>
+      <c r="C274" t="s">
+        <v>288</v>
+      </c>
+      <c r="E274" t="s">
+        <v>24</v>
+      </c>
+      <c r="F274" t="s">
+        <v>58</v>
+      </c>
+      <c r="G274" t="s">
+        <v>23</v>
+      </c>
+      <c r="H274">
+        <v>23</v>
+      </c>
+      <c r="I274" t="b">
+        <v>0</v>
+      </c>
+      <c r="J274" t="s">
+        <v>125</v>
+      </c>
+      <c r="K274">
+        <v>1</v>
+      </c>
+      <c r="L274" t="s">
+        <v>24</v>
+      </c>
+      <c r="M274" t="s">
+        <v>24</v>
+      </c>
+      <c r="N274">
+        <v>80.37</v>
+      </c>
+      <c r="O274" t="s">
+        <v>24</v>
+      </c>
+      <c r="P274" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q274" t="s">
+        <v>24</v>
+      </c>
+      <c r="R274" t="s">
+        <v>24</v>
+      </c>
+      <c r="S274">
+        <v>80.37</v>
+      </c>
+    </row>
+    <row r="275" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A275">
+        <v>274</v>
+      </c>
+      <c r="B275" t="s">
+        <v>309</v>
+      </c>
+      <c r="C275" t="s">
+        <v>529</v>
+      </c>
+      <c r="E275" t="s">
+        <v>24</v>
+      </c>
+      <c r="F275" t="s">
+        <v>22</v>
+      </c>
+      <c r="G275" t="s">
+        <v>39</v>
+      </c>
+      <c r="H275">
+        <v>24</v>
+      </c>
+      <c r="I275" t="b">
+        <v>0</v>
+      </c>
+      <c r="J275" t="s">
+        <v>125</v>
+      </c>
+      <c r="K275">
+        <v>1</v>
+      </c>
+      <c r="L275" t="s">
+        <v>24</v>
+      </c>
+      <c r="M275" t="s">
+        <v>24</v>
+      </c>
+      <c r="N275" t="s">
+        <v>24</v>
+      </c>
+      <c r="O275" t="s">
+        <v>24</v>
+      </c>
+      <c r="P275">
+        <v>79.67</v>
+      </c>
+      <c r="Q275" t="s">
+        <v>24</v>
+      </c>
+      <c r="R275" t="s">
+        <v>24</v>
+      </c>
+      <c r="S275">
+        <v>79.67</v>
+      </c>
+    </row>
+    <row r="276" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A276">
+        <v>275</v>
+      </c>
+      <c r="B276" t="s">
+        <v>452</v>
+      </c>
+      <c r="C276" t="s">
+        <v>530</v>
+      </c>
+      <c r="E276" t="s">
+        <v>24</v>
+      </c>
+      <c r="F276" t="s">
+        <v>27</v>
+      </c>
+      <c r="G276" t="s">
+        <v>39</v>
+      </c>
+      <c r="H276">
+        <v>16</v>
+      </c>
+      <c r="I276" t="b">
+        <v>0</v>
+      </c>
+      <c r="J276" t="s">
+        <v>125</v>
+      </c>
+      <c r="K276">
+        <v>1</v>
+      </c>
+      <c r="L276" t="s">
+        <v>24</v>
+      </c>
+      <c r="M276" t="s">
+        <v>24</v>
+      </c>
+      <c r="N276">
+        <v>79.22</v>
+      </c>
+      <c r="O276" t="s">
+        <v>24</v>
+      </c>
+      <c r="P276" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q276" t="s">
+        <v>24</v>
+      </c>
+      <c r="R276" t="s">
+        <v>24</v>
+      </c>
+      <c r="S276">
+        <v>79.22</v>
+      </c>
+    </row>
+    <row r="277" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A277">
+        <v>276</v>
+      </c>
+      <c r="B277" t="s">
+        <v>531</v>
+      </c>
+      <c r="C277" t="s">
+        <v>104</v>
+      </c>
+      <c r="E277" t="s">
+        <v>24</v>
+      </c>
+      <c r="F277" t="s">
+        <v>22</v>
+      </c>
+      <c r="G277" t="s">
+        <v>39</v>
+      </c>
+      <c r="H277">
+        <v>25</v>
+      </c>
+      <c r="I277" t="b">
+        <v>0</v>
+      </c>
+      <c r="J277" t="s">
+        <v>125</v>
+      </c>
+      <c r="K277">
+        <v>1</v>
+      </c>
+      <c r="L277" t="s">
+        <v>24</v>
+      </c>
+      <c r="M277" t="s">
+        <v>24</v>
+      </c>
+      <c r="N277">
+        <v>79.01</v>
+      </c>
+      <c r="O277" t="s">
+        <v>24</v>
+      </c>
+      <c r="P277" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>24</v>
+      </c>
+      <c r="R277" t="s">
+        <v>24</v>
+      </c>
+      <c r="S277">
+        <v>79.01</v>
+      </c>
+    </row>
+    <row r="278" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A278">
+        <v>277</v>
+      </c>
+      <c r="B278" t="s">
+        <v>532</v>
+      </c>
+      <c r="C278" t="s">
+        <v>533</v>
+      </c>
+      <c r="E278" t="s">
+        <v>534</v>
+      </c>
+      <c r="F278" t="s">
+        <v>58</v>
+      </c>
+      <c r="G278" t="s">
+        <v>39</v>
+      </c>
+      <c r="H278">
+        <v>13</v>
+      </c>
+      <c r="I278" t="b">
+        <v>0</v>
+      </c>
+      <c r="J278" t="s">
+        <v>125</v>
+      </c>
+      <c r="K278">
+        <v>1</v>
+      </c>
+      <c r="L278" t="s">
+        <v>24</v>
+      </c>
+      <c r="M278" t="s">
+        <v>24</v>
+      </c>
+      <c r="N278">
+        <v>78.9</v>
+      </c>
+      <c r="O278" t="s">
+        <v>24</v>
+      </c>
+      <c r="P278" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q278" t="s">
+        <v>24</v>
+      </c>
+      <c r="R278" t="s">
+        <v>24</v>
+      </c>
+      <c r="S278">
+        <v>78.9</v>
+      </c>
+    </row>
+    <row r="279" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A279">
+        <v>278</v>
+      </c>
+      <c r="B279" t="s">
+        <v>418</v>
+      </c>
+      <c r="C279" t="s">
+        <v>535</v>
+      </c>
+      <c r="E279" t="s">
+        <v>24</v>
+      </c>
+      <c r="F279" t="s">
+        <v>31</v>
+      </c>
+      <c r="G279" t="s">
+        <v>39</v>
+      </c>
+      <c r="H279">
+        <v>22</v>
+      </c>
+      <c r="I279" t="b">
+        <v>0</v>
+      </c>
+      <c r="J279" t="s">
+        <v>125</v>
+      </c>
+      <c r="K279">
+        <v>1</v>
+      </c>
+      <c r="L279" t="s">
+        <v>24</v>
+      </c>
+      <c r="M279" t="s">
+        <v>24</v>
+      </c>
+      <c r="N279">
+        <v>77.98</v>
+      </c>
+      <c r="O279" t="s">
+        <v>24</v>
+      </c>
+      <c r="P279" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q279" t="s">
+        <v>24</v>
+      </c>
+      <c r="R279" t="s">
+        <v>24</v>
+      </c>
+      <c r="S279">
+        <v>77.98</v>
+      </c>
+    </row>
+    <row r="280" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A280">
+        <v>279</v>
+      </c>
+      <c r="B280" t="s">
+        <v>141</v>
+      </c>
+      <c r="C280" t="s">
+        <v>228</v>
+      </c>
+      <c r="E280" t="s">
+        <v>24</v>
+      </c>
+      <c r="F280" t="s">
+        <v>58</v>
+      </c>
+      <c r="G280" t="s">
+        <v>23</v>
+      </c>
+      <c r="H280">
+        <v>24</v>
+      </c>
+      <c r="I280" t="b">
+        <v>0</v>
+      </c>
+      <c r="J280" t="s">
+        <v>125</v>
+      </c>
+      <c r="K280">
+        <v>1</v>
+      </c>
+      <c r="L280" t="s">
+        <v>24</v>
+      </c>
+      <c r="M280" t="s">
+        <v>24</v>
+      </c>
+      <c r="N280">
+        <v>77.95</v>
+      </c>
+      <c r="O280" t="s">
+        <v>24</v>
+      </c>
+      <c r="P280" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q280" t="s">
+        <v>24</v>
+      </c>
+      <c r="R280" t="s">
+        <v>24</v>
+      </c>
+      <c r="S280">
+        <v>77.95</v>
+      </c>
+    </row>
+    <row r="281" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A281">
+        <v>280</v>
+      </c>
+      <c r="B281" t="s">
+        <v>242</v>
+      </c>
+      <c r="C281" t="s">
+        <v>281</v>
+      </c>
+      <c r="D281">
+        <v>898</v>
+      </c>
+      <c r="E281" t="s">
+        <v>146</v>
+      </c>
+      <c r="F281" t="s">
+        <v>58</v>
+      </c>
+      <c r="G281" t="s">
+        <v>23</v>
+      </c>
+      <c r="H281">
+        <v>25</v>
+      </c>
+      <c r="I281" t="b">
+        <v>0</v>
+      </c>
+      <c r="J281" t="s">
+        <v>125</v>
+      </c>
+      <c r="K281">
+        <v>1</v>
+      </c>
+      <c r="L281">
+        <v>76.92</v>
+      </c>
+      <c r="M281" t="s">
+        <v>24</v>
+      </c>
+      <c r="N281" t="s">
+        <v>24</v>
+      </c>
+      <c r="O281" t="s">
+        <v>24</v>
+      </c>
+      <c r="P281" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q281" t="s">
+        <v>24</v>
+      </c>
+      <c r="R281" t="s">
+        <v>24</v>
+      </c>
+      <c r="S281">
+        <v>76.92</v>
+      </c>
+    </row>
+    <row r="282" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A282">
+        <v>281</v>
+      </c>
+      <c r="B282" t="s">
+        <v>196</v>
+      </c>
+      <c r="C282" t="s">
+        <v>205</v>
+      </c>
+      <c r="D282">
+        <v>1422</v>
+      </c>
+      <c r="E282" t="s">
+        <v>179</v>
+      </c>
+      <c r="F282" t="s">
+        <v>31</v>
+      </c>
+      <c r="G282" t="s">
+        <v>23</v>
+      </c>
+      <c r="H282">
+        <v>52</v>
+      </c>
+      <c r="I282" t="b">
+        <v>0</v>
+      </c>
+      <c r="J282" t="s">
+        <v>125</v>
+      </c>
+      <c r="K282">
+        <v>1</v>
+      </c>
+      <c r="L282">
+        <v>75.41</v>
+      </c>
+      <c r="M282" t="s">
+        <v>24</v>
+      </c>
+      <c r="N282" t="s">
+        <v>24</v>
+      </c>
+      <c r="O282" t="s">
+        <v>24</v>
+      </c>
+      <c r="P282" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q282" t="s">
+        <v>24</v>
+      </c>
+      <c r="R282" t="s">
+        <v>24</v>
+      </c>
+      <c r="S282">
+        <v>75.41</v>
+      </c>
+    </row>
+    <row r="283" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A283">
+        <v>282</v>
+      </c>
+      <c r="B283" t="s">
+        <v>536</v>
+      </c>
+      <c r="C283" t="s">
+        <v>537</v>
+      </c>
+      <c r="E283" t="s">
+        <v>538</v>
+      </c>
+      <c r="F283" t="s">
+        <v>27</v>
+      </c>
+      <c r="G283" t="s">
+        <v>39</v>
+      </c>
+      <c r="H283">
+        <v>17</v>
+      </c>
+      <c r="I283" t="b">
+        <v>0</v>
+      </c>
+      <c r="J283" t="s">
+        <v>125</v>
+      </c>
+      <c r="K283">
+        <v>1</v>
+      </c>
+      <c r="L283" t="s">
+        <v>24</v>
+      </c>
+      <c r="M283">
+        <v>73.02</v>
+      </c>
+      <c r="N283" t="s">
+        <v>24</v>
+      </c>
+      <c r="O283" t="s">
+        <v>24</v>
+      </c>
+      <c r="P283" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q283" t="s">
+        <v>24</v>
+      </c>
+      <c r="R283" t="s">
+        <v>24</v>
+      </c>
+      <c r="S283">
+        <v>73.02</v>
+      </c>
+    </row>
+    <row r="284" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A284">
+        <v>283</v>
+      </c>
+      <c r="B284" t="s">
+        <v>539</v>
+      </c>
+      <c r="C284" t="s">
+        <v>540</v>
+      </c>
+      <c r="E284" t="s">
+        <v>21</v>
+      </c>
+      <c r="F284" t="s">
+        <v>58</v>
+      </c>
+      <c r="G284" t="s">
+        <v>39</v>
+      </c>
+      <c r="H284">
+        <v>14</v>
+      </c>
+      <c r="I284" t="b">
+        <v>0</v>
+      </c>
+      <c r="J284" t="s">
+        <v>125</v>
+      </c>
+      <c r="K284">
+        <v>1</v>
+      </c>
+      <c r="L284" t="s">
+        <v>24</v>
+      </c>
+      <c r="M284" t="s">
+        <v>24</v>
+      </c>
+      <c r="N284" t="s">
+        <v>24</v>
+      </c>
+      <c r="O284" t="s">
+        <v>24</v>
+      </c>
+      <c r="P284" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q284">
+        <v>72.74</v>
+      </c>
+      <c r="R284" t="s">
+        <v>24</v>
+      </c>
+      <c r="S284">
+        <v>72.74</v>
+      </c>
+    </row>
+    <row r="285" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A285">
+        <v>284</v>
+      </c>
+      <c r="B285" t="s">
+        <v>541</v>
+      </c>
+      <c r="C285" t="s">
+        <v>542</v>
+      </c>
+      <c r="E285" t="s">
+        <v>24</v>
+      </c>
+      <c r="F285" t="s">
+        <v>22</v>
+      </c>
+      <c r="G285" t="s">
+        <v>39</v>
+      </c>
+      <c r="H285">
+        <v>26</v>
+      </c>
+      <c r="I285" t="b">
+        <v>0</v>
+      </c>
+      <c r="J285" t="s">
+        <v>125</v>
+      </c>
+      <c r="K285">
+        <v>1</v>
+      </c>
+      <c r="L285" t="s">
+        <v>24</v>
+      </c>
+      <c r="M285" t="s">
+        <v>24</v>
+      </c>
+      <c r="N285">
+        <v>72.73</v>
+      </c>
+      <c r="O285" t="s">
+        <v>24</v>
+      </c>
+      <c r="P285" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q285" t="s">
+        <v>24</v>
+      </c>
+      <c r="R285" t="s">
+        <v>24</v>
+      </c>
+      <c r="S285">
+        <v>72.73</v>
+      </c>
+    </row>
+    <row r="286" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A286">
+        <v>285</v>
+      </c>
+      <c r="B286" t="s">
+        <v>543</v>
+      </c>
+      <c r="C286" t="s">
+        <v>544</v>
+      </c>
+      <c r="E286" t="s">
+        <v>545</v>
+      </c>
+      <c r="F286" t="s">
+        <v>31</v>
+      </c>
+      <c r="G286" t="s">
+        <v>39</v>
+      </c>
+      <c r="H286">
+        <v>23</v>
+      </c>
+      <c r="I286" t="b">
+        <v>0</v>
+      </c>
+      <c r="J286" t="s">
+        <v>125</v>
+      </c>
+      <c r="K286">
+        <v>1</v>
+      </c>
+      <c r="L286" t="s">
+        <v>24</v>
+      </c>
+      <c r="M286" t="s">
+        <v>24</v>
+      </c>
+      <c r="N286" t="s">
+        <v>24</v>
+      </c>
+      <c r="O286">
+        <v>71.99</v>
+      </c>
+      <c r="P286" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q286" t="s">
+        <v>24</v>
+      </c>
+      <c r="R286" t="s">
+        <v>24</v>
+      </c>
+      <c r="S286">
+        <v>71.99</v>
+      </c>
+    </row>
+    <row r="287" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A287">
+        <v>286</v>
+      </c>
+      <c r="B287" t="s">
+        <v>269</v>
+      </c>
+      <c r="C287" t="s">
+        <v>205</v>
+      </c>
+      <c r="E287" t="s">
+        <v>545</v>
+      </c>
+      <c r="F287" t="s">
+        <v>31</v>
+      </c>
+      <c r="G287" t="s">
+        <v>39</v>
+      </c>
+      <c r="H287">
+        <v>24</v>
+      </c>
+      <c r="I287" t="b">
+        <v>0</v>
+      </c>
+      <c r="J287" t="s">
+        <v>125</v>
+      </c>
+      <c r="K287">
+        <v>1</v>
+      </c>
+      <c r="L287" t="s">
+        <v>24</v>
+      </c>
+      <c r="M287" t="s">
+        <v>24</v>
+      </c>
+      <c r="N287" t="s">
+        <v>24</v>
+      </c>
+      <c r="O287">
+        <v>71.96</v>
+      </c>
+      <c r="P287" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q287" t="s">
+        <v>24</v>
+      </c>
+      <c r="R287" t="s">
+        <v>24</v>
+      </c>
+      <c r="S287">
+        <v>71.96</v>
+      </c>
+    </row>
+    <row r="288" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A288">
+        <v>287</v>
+      </c>
+      <c r="B288" t="s">
+        <v>546</v>
+      </c>
+      <c r="C288" t="s">
+        <v>547</v>
+      </c>
+      <c r="E288" t="s">
+        <v>24</v>
+      </c>
+      <c r="F288" t="s">
+        <v>22</v>
+      </c>
+      <c r="G288" t="s">
+        <v>39</v>
+      </c>
+      <c r="H288">
+        <v>27</v>
+      </c>
+      <c r="I288" t="b">
+        <v>0</v>
+      </c>
+      <c r="J288" t="s">
+        <v>125</v>
+      </c>
+      <c r="K288">
+        <v>1</v>
+      </c>
+      <c r="L288" t="s">
+        <v>24</v>
+      </c>
+      <c r="M288" t="s">
+        <v>24</v>
+      </c>
+      <c r="N288" t="s">
+        <v>24</v>
+      </c>
+      <c r="O288">
+        <v>71.11</v>
+      </c>
+      <c r="P288" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q288" t="s">
+        <v>24</v>
+      </c>
+      <c r="R288" t="s">
+        <v>24</v>
+      </c>
+      <c r="S288">
+        <v>71.11</v>
+      </c>
+    </row>
+    <row r="289" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A289">
+        <v>288</v>
+      </c>
+      <c r="B289" t="s">
+        <v>548</v>
+      </c>
+      <c r="C289" t="s">
+        <v>549</v>
+      </c>
+      <c r="E289" t="s">
+        <v>24</v>
+      </c>
+      <c r="F289" t="s">
+        <v>22</v>
+      </c>
+      <c r="G289" t="s">
+        <v>39</v>
+      </c>
+      <c r="H289">
+        <v>28</v>
+      </c>
+      <c r="I289" t="b">
+        <v>0</v>
+      </c>
+      <c r="J289" t="s">
+        <v>125</v>
+      </c>
+      <c r="K289">
+        <v>1</v>
+      </c>
+      <c r="L289" t="s">
+        <v>24</v>
+      </c>
+      <c r="M289" t="s">
+        <v>24</v>
+      </c>
+      <c r="N289" t="s">
+        <v>24</v>
+      </c>
+      <c r="O289">
+        <v>71.07</v>
+      </c>
+      <c r="P289" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q289" t="s">
+        <v>24</v>
+      </c>
+      <c r="R289" t="s">
+        <v>24</v>
+      </c>
+      <c r="S289">
+        <v>71.07</v>
+      </c>
+    </row>
+    <row r="290" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A290">
+        <v>289</v>
+      </c>
+      <c r="B290" t="s">
+        <v>550</v>
+      </c>
+      <c r="C290" t="s">
+        <v>551</v>
+      </c>
+      <c r="E290" t="s">
+        <v>24</v>
+      </c>
+      <c r="F290" t="s">
+        <v>22</v>
+      </c>
+      <c r="G290" t="s">
+        <v>39</v>
+      </c>
+      <c r="H290">
+        <v>29</v>
+      </c>
+      <c r="I290" t="b">
+        <v>0</v>
+      </c>
+      <c r="J290" t="s">
+        <v>125</v>
+      </c>
+      <c r="K290">
+        <v>1</v>
+      </c>
+      <c r="L290" t="s">
+        <v>24</v>
+      </c>
+      <c r="M290" t="s">
+        <v>24</v>
+      </c>
+      <c r="N290" t="s">
+        <v>24</v>
+      </c>
+      <c r="O290">
+        <v>71.04</v>
+      </c>
+      <c r="P290" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q290" t="s">
+        <v>24</v>
+      </c>
+      <c r="R290" t="s">
+        <v>24</v>
+      </c>
+      <c r="S290">
+        <v>71.04</v>
+      </c>
+    </row>
+    <row r="291" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A291">
+        <v>290</v>
+      </c>
+      <c r="B291" t="s">
+        <v>148</v>
+      </c>
+      <c r="C291" t="s">
+        <v>552</v>
+      </c>
+      <c r="D291">
+        <v>2406</v>
+      </c>
+      <c r="E291" t="s">
+        <v>72</v>
+      </c>
+      <c r="F291" t="s">
+        <v>58</v>
+      </c>
+      <c r="G291" t="s">
+        <v>23</v>
+      </c>
+      <c r="H291">
+        <v>26</v>
+      </c>
+      <c r="I291" t="b">
+        <v>0</v>
+      </c>
+      <c r="J291" t="s">
+        <v>125</v>
+      </c>
+      <c r="K291">
+        <v>1</v>
+      </c>
+      <c r="L291" t="s">
+        <v>24</v>
+      </c>
+      <c r="M291" t="s">
+        <v>24</v>
+      </c>
+      <c r="N291" t="s">
+        <v>24</v>
+      </c>
+      <c r="O291" t="s">
+        <v>24</v>
+      </c>
+      <c r="P291" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q291">
+        <v>70.76</v>
+      </c>
+      <c r="R291" t="s">
+        <v>24</v>
+      </c>
+      <c r="S291">
+        <v>70.76</v>
+      </c>
+    </row>
+    <row r="292" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A292">
+        <v>291</v>
+      </c>
+      <c r="B292" t="s">
+        <v>553</v>
+      </c>
+      <c r="C292" t="s">
+        <v>554</v>
+      </c>
+      <c r="D292">
+        <v>548</v>
+      </c>
+      <c r="E292" t="s">
+        <v>555</v>
+      </c>
+      <c r="F292" t="s">
+        <v>107</v>
+      </c>
+      <c r="G292" t="s">
+        <v>23</v>
+      </c>
+      <c r="H292">
+        <v>3</v>
+      </c>
+      <c r="I292" t="b">
+        <v>0</v>
+      </c>
+      <c r="J292" t="s">
+        <v>125</v>
+      </c>
+      <c r="K292">
+        <v>1</v>
+      </c>
+      <c r="L292" t="s">
+        <v>24</v>
+      </c>
+      <c r="M292" t="s">
+        <v>24</v>
+      </c>
+      <c r="N292" t="s">
+        <v>24</v>
+      </c>
+      <c r="O292" t="s">
+        <v>24</v>
+      </c>
+      <c r="P292">
+        <v>70.2</v>
+      </c>
+      <c r="Q292" t="s">
+        <v>24</v>
+      </c>
+      <c r="R292" t="s">
+        <v>24</v>
+      </c>
+      <c r="S292">
+        <v>70.2</v>
+      </c>
+    </row>
+    <row r="293" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A293">
+        <v>292</v>
+      </c>
+      <c r="B293" t="s">
+        <v>556</v>
+      </c>
+      <c r="C293" t="s">
+        <v>33</v>
+      </c>
+      <c r="E293" t="s">
+        <v>50</v>
+      </c>
+      <c r="F293" t="s">
+        <v>58</v>
+      </c>
+      <c r="G293" t="s">
+        <v>39</v>
+      </c>
+      <c r="H293">
+        <v>15</v>
+      </c>
+      <c r="I293" t="b">
+        <v>0</v>
+      </c>
+      <c r="J293" t="s">
+        <v>125</v>
+      </c>
+      <c r="K293">
+        <v>1</v>
+      </c>
+      <c r="L293" t="s">
+        <v>24</v>
+      </c>
+      <c r="M293" t="s">
+        <v>24</v>
+      </c>
+      <c r="N293" t="s">
+        <v>24</v>
+      </c>
+      <c r="O293" t="s">
+        <v>24</v>
+      </c>
+      <c r="P293">
+        <v>68.48</v>
+      </c>
+      <c r="Q293" t="s">
+        <v>24</v>
+      </c>
+      <c r="R293" t="s">
+        <v>24</v>
+      </c>
+      <c r="S293">
+        <v>68.48</v>
+      </c>
+    </row>
+    <row r="294" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A294">
+        <v>293</v>
+      </c>
+      <c r="B294" t="s">
+        <v>180</v>
+      </c>
+      <c r="C294" t="s">
+        <v>557</v>
+      </c>
+      <c r="E294" t="s">
+        <v>50</v>
+      </c>
+      <c r="F294" t="s">
+        <v>31</v>
+      </c>
+      <c r="G294" t="s">
+        <v>23</v>
+      </c>
+      <c r="H294">
+        <v>53</v>
+      </c>
+      <c r="I294" t="b">
+        <v>0</v>
+      </c>
+      <c r="J294" t="s">
+        <v>125</v>
+      </c>
+      <c r="K294">
+        <v>1</v>
+      </c>
+      <c r="L294" t="s">
+        <v>24</v>
+      </c>
+      <c r="M294" t="s">
+        <v>24</v>
+      </c>
+      <c r="N294" t="s">
+        <v>24</v>
+      </c>
+      <c r="O294" t="s">
+        <v>24</v>
+      </c>
+      <c r="P294">
+        <v>68.06</v>
+      </c>
+      <c r="Q294" t="s">
+        <v>24</v>
+      </c>
+      <c r="R294" t="s">
+        <v>24</v>
+      </c>
+      <c r="S294">
+        <v>68.06</v>
+      </c>
+    </row>
+    <row r="295" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A295">
+        <v>294</v>
+      </c>
+      <c r="B295" t="s">
+        <v>558</v>
+      </c>
+      <c r="C295" t="s">
+        <v>559</v>
+      </c>
+      <c r="E295" t="s">
+        <v>50</v>
+      </c>
+      <c r="F295" t="s">
+        <v>119</v>
+      </c>
+      <c r="G295" t="s">
+        <v>39</v>
+      </c>
+      <c r="H295">
+        <v>1</v>
+      </c>
+      <c r="I295" t="b">
+        <v>0</v>
+      </c>
+      <c r="J295" t="s">
+        <v>125</v>
+      </c>
+      <c r="K295">
+        <v>1</v>
+      </c>
+      <c r="L295" t="s">
+        <v>24</v>
+      </c>
+      <c r="M295" t="s">
+        <v>24</v>
+      </c>
+      <c r="N295" t="s">
+        <v>24</v>
+      </c>
+      <c r="O295" t="s">
+        <v>24</v>
+      </c>
+      <c r="P295">
+        <v>67.91</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>24</v>
+      </c>
+      <c r="R295" t="s">
+        <v>24</v>
+      </c>
+      <c r="S295">
+        <v>67.91</v>
+      </c>
+    </row>
+    <row r="296" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A296">
+        <v>295</v>
+      </c>
+      <c r="B296" t="s">
+        <v>560</v>
+      </c>
+      <c r="C296" t="s">
+        <v>36</v>
+      </c>
+      <c r="E296" t="s">
+        <v>195</v>
+      </c>
+      <c r="F296" t="s">
+        <v>58</v>
+      </c>
+      <c r="G296" t="s">
+        <v>39</v>
+      </c>
+      <c r="H296">
+        <v>16</v>
+      </c>
+      <c r="I296" t="b">
+        <v>0</v>
+      </c>
+      <c r="J296" t="s">
+        <v>125</v>
+      </c>
+      <c r="K296">
+        <v>1</v>
+      </c>
+      <c r="L296" t="s">
+        <v>24</v>
+      </c>
+      <c r="M296" t="s">
+        <v>24</v>
+      </c>
+      <c r="N296">
+        <v>67.43</v>
+      </c>
+      <c r="O296" t="s">
+        <v>24</v>
+      </c>
+      <c r="P296" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q296" t="s">
+        <v>24</v>
+      </c>
+      <c r="R296" t="s">
+        <v>24</v>
+      </c>
+      <c r="S296">
+        <v>67.43</v>
+      </c>
+    </row>
+    <row r="297" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A297">
+        <v>296</v>
+      </c>
+      <c r="B297" t="s">
+        <v>561</v>
+      </c>
+      <c r="C297" t="s">
+        <v>562</v>
+      </c>
+      <c r="E297" t="s">
+        <v>24</v>
+      </c>
+      <c r="F297" t="s">
+        <v>22</v>
+      </c>
+      <c r="G297" t="s">
+        <v>39</v>
+      </c>
+      <c r="H297">
+        <v>30</v>
+      </c>
+      <c r="I297" t="b">
+        <v>0</v>
+      </c>
+      <c r="J297" t="s">
+        <v>125</v>
+      </c>
+      <c r="K297">
+        <v>1</v>
+      </c>
+      <c r="L297" t="s">
+        <v>24</v>
+      </c>
+      <c r="M297" t="s">
+        <v>24</v>
+      </c>
+      <c r="N297" t="s">
+        <v>24</v>
+      </c>
+      <c r="O297" t="s">
+        <v>24</v>
+      </c>
+      <c r="P297">
+        <v>67.34</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>24</v>
+      </c>
+      <c r="R297" t="s">
+        <v>24</v>
+      </c>
+      <c r="S297">
+        <v>67.34</v>
+      </c>
+    </row>
+    <row r="298" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A298">
+        <v>297</v>
+      </c>
+      <c r="B298" t="s">
+        <v>563</v>
+      </c>
+      <c r="C298" t="s">
+        <v>564</v>
+      </c>
+      <c r="D298">
+        <v>555</v>
+      </c>
+      <c r="E298" t="s">
+        <v>86</v>
+      </c>
+      <c r="F298" t="s">
+        <v>565</v>
+      </c>
+      <c r="G298" t="s">
+        <v>23</v>
+      </c>
+      <c r="H298">
+        <v>1</v>
+      </c>
+      <c r="I298" t="b">
+        <v>0</v>
+      </c>
+      <c r="J298" t="s">
+        <v>125</v>
+      </c>
+      <c r="K298">
+        <v>1</v>
+      </c>
+      <c r="L298" t="s">
+        <v>24</v>
+      </c>
+      <c r="M298" t="s">
+        <v>24</v>
+      </c>
+      <c r="N298" t="s">
+        <v>24</v>
+      </c>
+      <c r="O298" t="s">
+        <v>24</v>
+      </c>
+      <c r="P298">
+        <v>66.89</v>
+      </c>
+      <c r="Q298" t="s">
+        <v>24</v>
+      </c>
+      <c r="R298" t="s">
+        <v>24</v>
+      </c>
+      <c r="S298">
+        <v>66.89</v>
+      </c>
+    </row>
+    <row r="299" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A299">
+        <v>298</v>
+      </c>
+      <c r="B299" t="s">
+        <v>59</v>
+      </c>
+      <c r="C299" t="s">
+        <v>566</v>
+      </c>
+      <c r="E299" t="s">
+        <v>290</v>
+      </c>
+      <c r="F299" t="s">
+        <v>31</v>
+      </c>
+      <c r="G299" t="s">
+        <v>23</v>
+      </c>
+      <c r="H299">
+        <v>54</v>
+      </c>
+      <c r="I299" t="b">
+        <v>0</v>
+      </c>
+      <c r="J299" t="s">
+        <v>125</v>
+      </c>
+      <c r="K299">
+        <v>1</v>
+      </c>
+      <c r="L299">
+        <v>65.73</v>
+      </c>
+      <c r="M299" t="s">
+        <v>24</v>
+      </c>
+      <c r="N299" t="s">
+        <v>24</v>
+      </c>
+      <c r="O299" t="s">
+        <v>24</v>
+      </c>
+      <c r="P299" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>24</v>
+      </c>
+      <c r="R299" t="s">
+        <v>24</v>
+      </c>
+      <c r="S299">
+        <v>65.73</v>
+      </c>
+    </row>
+    <row r="300" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A300">
+        <v>299</v>
+      </c>
+      <c r="B300" t="s">
+        <v>567</v>
+      </c>
+      <c r="C300" t="s">
+        <v>568</v>
+      </c>
+      <c r="D300">
+        <v>2477</v>
+      </c>
+      <c r="E300" t="s">
+        <v>50</v>
+      </c>
+      <c r="F300" t="s">
+        <v>58</v>
+      </c>
+      <c r="G300" t="s">
+        <v>39</v>
+      </c>
+      <c r="H300">
+        <v>17</v>
+      </c>
+      <c r="I300" t="b">
+        <v>0</v>
+      </c>
+      <c r="J300" t="s">
+        <v>125</v>
+      </c>
+      <c r="K300">
+        <v>1</v>
+      </c>
+      <c r="L300" t="s">
+        <v>24</v>
+      </c>
+      <c r="M300" t="s">
+        <v>24</v>
+      </c>
+      <c r="N300" t="s">
+        <v>24</v>
+      </c>
+      <c r="O300" t="s">
+        <v>24</v>
+      </c>
+      <c r="P300">
+        <v>64.1</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>24</v>
+      </c>
+      <c r="R300" t="s">
+        <v>24</v>
+      </c>
+      <c r="S300">
+        <v>64.1</v>
+      </c>
+    </row>
+    <row r="301" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A301">
+        <v>300</v>
+      </c>
+      <c r="B301" t="s">
+        <v>253</v>
+      </c>
+      <c r="C301" t="s">
+        <v>569</v>
+      </c>
+      <c r="E301" t="s">
+        <v>50</v>
+      </c>
+      <c r="F301" t="s">
+        <v>58</v>
+      </c>
+      <c r="G301" t="s">
+        <v>39</v>
+      </c>
+      <c r="H301">
+        <v>18</v>
+      </c>
+      <c r="I301" t="b">
+        <v>0</v>
+      </c>
+      <c r="J301" t="s">
+        <v>125</v>
+      </c>
+      <c r="K301">
+        <v>1</v>
+      </c>
+      <c r="L301" t="s">
+        <v>24</v>
+      </c>
+      <c r="M301" t="s">
+        <v>24</v>
+      </c>
+      <c r="N301" t="s">
+        <v>24</v>
+      </c>
+      <c r="O301" t="s">
+        <v>24</v>
+      </c>
+      <c r="P301">
+        <v>63.98</v>
+      </c>
+      <c r="Q301" t="s">
+        <v>24</v>
+      </c>
+      <c r="R301" t="s">
+        <v>24</v>
+      </c>
+      <c r="S301">
+        <v>63.98</v>
+      </c>
+    </row>
+    <row r="302" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A302">
+        <v>301</v>
+      </c>
+      <c r="B302" t="s">
+        <v>56</v>
+      </c>
+      <c r="C302" t="s">
+        <v>570</v>
+      </c>
+      <c r="E302" t="s">
+        <v>24</v>
+      </c>
+      <c r="F302" t="s">
+        <v>58</v>
+      </c>
+      <c r="G302" t="s">
+        <v>23</v>
+      </c>
+      <c r="H302">
+        <v>27</v>
+      </c>
+      <c r="I302" t="b">
+        <v>0</v>
+      </c>
+      <c r="J302" t="s">
+        <v>125</v>
+      </c>
+      <c r="K302">
+        <v>1</v>
+      </c>
+      <c r="L302" t="s">
+        <v>24</v>
+      </c>
+      <c r="M302" t="s">
+        <v>24</v>
+      </c>
+      <c r="N302">
+        <v>57.06</v>
+      </c>
+      <c r="O302" t="s">
+        <v>24</v>
+      </c>
+      <c r="P302" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q302" t="s">
+        <v>24</v>
+      </c>
+      <c r="R302" t="s">
+        <v>24</v>
+      </c>
+      <c r="S302">
+        <v>57.06</v>
+      </c>
+    </row>
+    <row r="303" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A303">
+        <v>302</v>
+      </c>
+      <c r="B303" t="s">
+        <v>571</v>
+      </c>
+      <c r="C303" t="s">
+        <v>570</v>
+      </c>
+      <c r="E303" t="s">
+        <v>24</v>
+      </c>
+      <c r="F303" t="s">
+        <v>22</v>
+      </c>
+      <c r="G303" t="s">
+        <v>39</v>
+      </c>
+      <c r="H303">
+        <v>31</v>
+      </c>
+      <c r="I303" t="b">
+        <v>0</v>
+      </c>
+      <c r="J303" t="s">
+        <v>125</v>
+      </c>
+      <c r="K303">
+        <v>1</v>
+      </c>
+      <c r="L303" t="s">
+        <v>24</v>
+      </c>
+      <c r="M303" t="s">
+        <v>24</v>
+      </c>
+      <c r="N303">
+        <v>57.03</v>
+      </c>
+      <c r="O303" t="s">
+        <v>24</v>
+      </c>
+      <c r="P303" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q303" t="s">
+        <v>24</v>
+      </c>
+      <c r="R303" t="s">
+        <v>24</v>
+      </c>
+      <c r="S303">
+        <v>57.03</v>
+      </c>
+    </row>
+    <row r="304" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A304">
+        <v>303</v>
+      </c>
+      <c r="B304" t="s">
+        <v>572</v>
+      </c>
+      <c r="C304" t="s">
+        <v>573</v>
+      </c>
+      <c r="E304" t="s">
+        <v>24</v>
+      </c>
+      <c r="F304" t="s">
+        <v>58</v>
+      </c>
+      <c r="G304" t="s">
+        <v>39</v>
+      </c>
+      <c r="H304">
+        <v>19</v>
+      </c>
+      <c r="I304" t="b">
+        <v>0</v>
+      </c>
+      <c r="J304" t="s">
+        <v>125</v>
+      </c>
+      <c r="K304">
+        <v>1</v>
+      </c>
+      <c r="L304" t="s">
+        <v>24</v>
+      </c>
+      <c r="M304" t="s">
+        <v>24</v>
+      </c>
+      <c r="N304">
+        <v>57</v>
+      </c>
+      <c r="O304" t="s">
+        <v>24</v>
+      </c>
+      <c r="P304" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q304" t="s">
+        <v>24</v>
+      </c>
+      <c r="R304" t="s">
+        <v>24</v>
+      </c>
+      <c r="S304">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="305" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A305">
+        <v>304</v>
+      </c>
+      <c r="B305" t="s">
+        <v>478</v>
+      </c>
+      <c r="C305" t="s">
+        <v>205</v>
+      </c>
+      <c r="E305" t="s">
+        <v>81</v>
+      </c>
+      <c r="F305" t="s">
+        <v>22</v>
+      </c>
+      <c r="G305" t="s">
+        <v>39</v>
+      </c>
+      <c r="H305">
+        <v>32</v>
+      </c>
+      <c r="I305" t="b">
+        <v>0</v>
+      </c>
+      <c r="J305" t="s">
+        <v>125</v>
+      </c>
+      <c r="K305">
+        <v>1</v>
+      </c>
+      <c r="L305" t="s">
+        <v>24</v>
+      </c>
+      <c r="M305" t="s">
+        <v>24</v>
+      </c>
+      <c r="N305" t="s">
+        <v>24</v>
+      </c>
+      <c r="O305" t="s">
+        <v>24</v>
+      </c>
+      <c r="P305" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q305">
+        <v>55.31</v>
+      </c>
+      <c r="R305" t="s">
+        <v>24</v>
+      </c>
+      <c r="S305">
+        <v>55.31</v>
+      </c>
+    </row>
+    <row r="306" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A306">
+        <v>305</v>
+      </c>
+      <c r="B306" t="s">
+        <v>574</v>
+      </c>
+      <c r="C306" t="s">
+        <v>575</v>
+      </c>
+      <c r="E306" t="s">
+        <v>50</v>
+      </c>
+      <c r="F306" t="s">
+        <v>119</v>
+      </c>
+      <c r="G306" t="s">
+        <v>39</v>
+      </c>
+      <c r="H306">
+        <v>2</v>
+      </c>
+      <c r="I306" t="b">
+        <v>0</v>
+      </c>
+      <c r="J306" t="s">
+        <v>125</v>
+      </c>
+      <c r="K306">
+        <v>1</v>
+      </c>
+      <c r="L306" t="s">
+        <v>24</v>
+      </c>
+      <c r="M306" t="s">
+        <v>24</v>
+      </c>
+      <c r="N306" t="s">
+        <v>24</v>
+      </c>
+      <c r="O306" t="s">
+        <v>24</v>
+      </c>
+      <c r="P306">
+        <v>55.21</v>
+      </c>
+      <c r="Q306" t="s">
+        <v>24</v>
+      </c>
+      <c r="R306" t="s">
+        <v>24</v>
+      </c>
+      <c r="S306">
+        <v>55.21</v>
+      </c>
+    </row>
+    <row r="307" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A307">
+        <v>306</v>
+      </c>
+      <c r="B307" t="s">
+        <v>65</v>
+      </c>
+      <c r="C307" t="s">
+        <v>427</v>
+      </c>
+      <c r="E307" t="s">
+        <v>576</v>
+      </c>
+      <c r="F307" t="s">
+        <v>119</v>
+      </c>
+      <c r="G307" t="s">
+        <v>23</v>
+      </c>
+      <c r="H307">
+        <v>7</v>
+      </c>
+      <c r="I307" t="b">
+        <v>0</v>
+      </c>
+      <c r="J307" t="s">
+        <v>125</v>
+      </c>
+      <c r="K307">
+        <v>1</v>
+      </c>
+      <c r="L307" t="s">
+        <v>24</v>
+      </c>
+      <c r="M307" t="s">
+        <v>24</v>
+      </c>
+      <c r="N307" t="s">
+        <v>24</v>
+      </c>
+      <c r="O307" t="s">
+        <v>24</v>
+      </c>
+      <c r="P307">
+        <v>55.08</v>
+      </c>
+      <c r="Q307" t="s">
+        <v>24</v>
+      </c>
+      <c r="R307" t="s">
+        <v>24</v>
+      </c>
+      <c r="S307">
+        <v>55.08</v>
+      </c>
+    </row>
+    <row r="308" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A308">
         <v>307</v>
       </c>
-      <c r="B260" t="s">
-[...48 lines deleted...]
-        <v>55.08</v>
+      <c r="B308" t="s">
+        <v>577</v>
+      </c>
+      <c r="C308" t="s">
+        <v>578</v>
+      </c>
+      <c r="D308">
+        <v>2216</v>
+      </c>
+      <c r="E308" t="s">
+        <v>21</v>
+      </c>
+      <c r="F308" t="s">
+        <v>22</v>
+      </c>
+      <c r="G308" t="s">
+        <v>23</v>
+      </c>
+      <c r="H308">
+        <v>69</v>
+      </c>
+      <c r="I308" t="b">
+        <v>0</v>
+      </c>
+      <c r="J308" t="s">
+        <v>125</v>
+      </c>
+      <c r="K308">
+        <v>1</v>
+      </c>
+      <c r="L308" t="s">
+        <v>24</v>
+      </c>
+      <c r="M308">
+        <v>0</v>
+      </c>
+      <c r="N308" t="s">
+        <v>24</v>
+      </c>
+      <c r="O308" t="s">
+        <v>24</v>
+      </c>
+      <c r="P308" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q308" t="s">
+        <v>24</v>
+      </c>
+      <c r="R308" t="s">
+        <v>24</v>
+      </c>
+      <c r="S308">
+        <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">