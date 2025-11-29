--- v1 (2025-11-04)
+++ v2 (2025-11-29)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3534" uniqueCount="579">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3534" uniqueCount="580">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -193,329 +193,332 @@
   <si>
     <t>Chris</t>
   </si>
   <si>
     <t>Medcalf</t>
   </si>
   <si>
     <t>San Domenico RC</t>
   </si>
   <si>
     <t>Simon</t>
   </si>
   <si>
     <t>Darke</t>
   </si>
   <si>
     <t>V60</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Webb</t>
   </si>
   <si>
-    <t>Running Forever Running Club</t>
-[...1 lines deleted...]
-  <si>
     <t>Stephen</t>
   </si>
   <si>
     <t>MORGAN</t>
   </si>
   <si>
     <t>Fairwater Runners Cwmbran</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Colley-Davies</t>
   </si>
   <si>
+    <t>Alix</t>
+  </si>
+  <si>
+    <t>Arndt</t>
+  </si>
+  <si>
+    <t>Sarn Helen</t>
+  </si>
+  <si>
+    <t>Hilary</t>
+  </si>
+  <si>
+    <t>KEOGH</t>
+  </si>
+  <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Stott</t>
+  </si>
+  <si>
+    <t>Brett</t>
+  </si>
+  <si>
+    <t>Mahoney</t>
+  </si>
+  <si>
+    <t>Flora</t>
+  </si>
+  <si>
+    <t>Gunner</t>
+  </si>
+  <si>
+    <t>Croft Ambrey RC</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Rumer</t>
+  </si>
+  <si>
+    <t>Ellie</t>
+  </si>
+  <si>
+    <t>Salisbury</t>
+  </si>
+  <si>
+    <t>Rhedwyr Eryri Harriers</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Bristol Up &amp; Runners</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Farrer</t>
+  </si>
+  <si>
+    <t>Dai</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>Builth and District</t>
+  </si>
+  <si>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>Bagley</t>
+  </si>
+  <si>
+    <t>Fairwater Runners</t>
+  </si>
+  <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Hepton</t>
+  </si>
+  <si>
+    <t>Priestnall</t>
+  </si>
+  <si>
+    <t>Janet</t>
+  </si>
+  <si>
+    <t>Richards</t>
+  </si>
+  <si>
+    <t>McWilliams</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>V75</t>
+  </si>
+  <si>
+    <t>George</t>
+  </si>
+  <si>
+    <t>PICKERING</t>
+  </si>
+  <si>
+    <t>CDF Runners</t>
+  </si>
+  <si>
+    <t>Nikki</t>
+  </si>
+  <si>
+    <t>Childs</t>
+  </si>
+  <si>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Basingstoke &amp; Mid Hants AC</t>
+  </si>
+  <si>
+    <t>V70</t>
+  </si>
+  <si>
     <t>Iain</t>
   </si>
   <si>
     <t>Hendry</t>
   </si>
   <si>
     <t>Neath Harriers</t>
   </si>
   <si>
-    <t>Alix</t>
-[...59 lines deleted...]
-    <t>Farrer</t>
+    <t>NotAMember</t>
   </si>
   <si>
     <t>James</t>
   </si>
   <si>
     <t>Woodier</t>
   </si>
   <si>
-    <t>Dai</t>
-[...41 lines deleted...]
-    <t>V75</t>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>GOODRICK</t>
+  </si>
+  <si>
+    <t>Vegan Runners</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces, NotAMember</t>
   </si>
   <si>
     <t>O'Brien</t>
   </si>
   <si>
     <t>Brecon AC</t>
   </si>
   <si>
     <t>Tucker</t>
   </si>
   <si>
-    <t>George</t>
-[...23 lines deleted...]
-    <t>V70</t>
+    <t>Tomas</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>U23</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mayglothling</t>
+  </si>
+  <si>
+    <t>Hereford Triathlon Club</t>
+  </si>
+  <si>
+    <t>Blore</t>
+  </si>
+  <si>
+    <t>Joshua</t>
+  </si>
+  <si>
+    <t>Tremblay</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Tudor</t>
+  </si>
+  <si>
+    <t>Swansea Harriers AC</t>
+  </si>
+  <si>
+    <t>Mollekin</t>
+  </si>
+  <si>
+    <t>Bethan</t>
+  </si>
+  <si>
+    <t>Logan</t>
+  </si>
+  <si>
+    <t>Tony</t>
+  </si>
+  <si>
+    <t>TREASURE</t>
+  </si>
+  <si>
+    <t>Mercia Fell Runners</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Fawcett</t>
+  </si>
+  <si>
+    <t>WFRA</t>
+  </si>
+  <si>
+    <t>Lages</t>
+  </si>
+  <si>
+    <t>Nigel</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>WILLIAMS</t>
+  </si>
+  <si>
+    <t>Tri Hard Harriers</t>
+  </si>
+  <si>
+    <t>Dodd</t>
   </si>
   <si>
     <t>Sean</t>
   </si>
   <si>
     <t>GIBBS</t>
   </si>
   <si>
-    <t>Rhys</t>
-[...94 lines deleted...]
-  <si>
     <t>Dickie</t>
   </si>
   <si>
     <t>Hudd</t>
   </si>
   <si>
     <t>Lucinda</t>
   </si>
   <si>
     <t>Lumley</t>
   </si>
   <si>
     <t>Monross-Trailblazers</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
     <t>Prosser</t>
   </si>
   <si>
     <t>Dark Peak Fell Runners</t>
   </si>
   <si>
     <t>Dunn</t>
@@ -847,51 +850,51 @@
   <si>
     <t>Winchester &amp; District AC</t>
   </si>
   <si>
     <t>O'Keefe</t>
   </si>
   <si>
     <t>Jeff</t>
   </si>
   <si>
     <t>Wherlock</t>
   </si>
   <si>
     <t>Lliswerry Runners</t>
   </si>
   <si>
     <t>Bush</t>
   </si>
   <si>
     <t>Pennine Fell Runners</t>
   </si>
   <si>
     <t>Dan</t>
   </si>
   <si>
-    <t>Hoopth</t>
+    <t>Hooper</t>
   </si>
   <si>
     <t>Gareth</t>
   </si>
   <si>
     <t>Williams</t>
   </si>
   <si>
     <t>Southville RC</t>
   </si>
   <si>
     <t>Natalie</t>
   </si>
   <si>
     <t>Jenny</t>
   </si>
   <si>
     <t>McCall</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Joseph</t>
   </si>
@@ -2968,163 +2971,163 @@
       </c>
       <c r="Q14">
         <v>104.28</v>
       </c>
       <c r="R14" t="s">
         <v>24</v>
       </c>
       <c r="S14">
         <v>427.03</v>
       </c>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
         <v>59</v>
       </c>
       <c r="C15" t="s">
         <v>60</v>
       </c>
       <c r="D15">
         <v>2459</v>
       </c>
       <c r="E15" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="F15" t="s">
         <v>58</v>
       </c>
       <c r="G15" t="s">
         <v>23</v>
       </c>
       <c r="H15">
         <v>2</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15">
         <v>87.22</v>
       </c>
       <c r="M15">
         <v>103.66</v>
       </c>
       <c r="N15">
         <v>110.19</v>
       </c>
       <c r="O15" t="s">
         <v>24</v>
       </c>
       <c r="P15">
         <v>106.9</v>
       </c>
       <c r="Q15">
         <v>99.28</v>
       </c>
       <c r="R15" t="s">
         <v>24</v>
       </c>
       <c r="S15">
         <v>420.03</v>
       </c>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>61</v>
+      </c>
+      <c r="C16" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D16">
         <v>2484</v>
       </c>
       <c r="E16" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F16" t="s">
         <v>31</v>
       </c>
       <c r="G16" t="s">
         <v>23</v>
       </c>
       <c r="H16">
         <v>6</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16">
         <v>5</v>
       </c>
       <c r="L16">
         <v>96.52</v>
       </c>
       <c r="M16">
         <v>101.99</v>
       </c>
       <c r="N16">
         <v>110.02</v>
       </c>
       <c r="O16">
         <v>101.7</v>
       </c>
       <c r="P16">
         <v>103.89</v>
       </c>
       <c r="Q16" t="s">
         <v>24</v>
       </c>
       <c r="R16" t="s">
         <v>24</v>
       </c>
       <c r="S16">
         <v>417.6</v>
       </c>
     </row>
     <row r="17" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D17">
         <v>1388</v>
       </c>
       <c r="E17" t="s">
         <v>21</v>
       </c>
       <c r="F17" t="s">
         <v>58</v>
       </c>
       <c r="G17" t="s">
         <v>23</v>
       </c>
       <c r="H17">
         <v>3</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
@@ -3136,16684 +3139,16687 @@
       </c>
       <c r="N17">
         <v>108.76</v>
       </c>
       <c r="O17">
         <v>108.18</v>
       </c>
       <c r="P17" t="s">
         <v>24</v>
       </c>
       <c r="Q17" t="s">
         <v>24</v>
       </c>
       <c r="R17" t="s">
         <v>24</v>
       </c>
       <c r="S17">
         <v>416.88</v>
       </c>
     </row>
     <row r="18" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" t="s">
         <v>67</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18">
+        <v>2370</v>
+      </c>
+      <c r="E18" t="s">
         <v>68</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G18" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H18">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>96.43</v>
+        <v>4</v>
+      </c>
+      <c r="L18" t="s">
+        <v>24</v>
       </c>
       <c r="M18">
-        <v>91.32</v>
+        <v>97.81</v>
       </c>
       <c r="N18">
-        <v>110.84</v>
+        <v>110.74</v>
       </c>
       <c r="O18">
-        <v>106.29</v>
+        <v>101.66</v>
       </c>
       <c r="P18" t="s">
         <v>24</v>
       </c>
       <c r="Q18">
-        <v>93.47</v>
+        <v>90.79</v>
       </c>
       <c r="R18" t="s">
         <v>24</v>
       </c>
       <c r="S18">
-        <v>407.03</v>
+        <v>401</v>
       </c>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" t="s">
         <v>70</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19">
-        <v>2370</v>
+        <v>2118</v>
       </c>
       <c r="E19" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="F19" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G19" t="s">
         <v>39</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L19">
+        <v>96.1</v>
       </c>
       <c r="M19">
-        <v>97.81</v>
+        <v>95.77</v>
       </c>
       <c r="N19">
-        <v>110.74</v>
+        <v>106.41</v>
       </c>
       <c r="O19">
-        <v>101.66</v>
-[...5 lines deleted...]
-        <v>90.79</v>
+        <v>100.18</v>
+      </c>
+      <c r="P19">
+        <v>97.78</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>24</v>
       </c>
       <c r="R19" t="s">
         <v>24</v>
       </c>
       <c r="S19">
-        <v>401</v>
+        <v>400.47</v>
       </c>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C20" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D20">
-        <v>2118</v>
+        <v>768</v>
       </c>
       <c r="E20" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>58</v>
       </c>
       <c r="G20" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>96.1</v>
+        <v>4</v>
+      </c>
+      <c r="L20" t="s">
+        <v>24</v>
       </c>
       <c r="M20">
-        <v>95.77</v>
+        <v>97.88</v>
       </c>
       <c r="N20">
-        <v>106.41</v>
-[...2 lines deleted...]
-        <v>100.18</v>
+        <v>101.26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>24</v>
       </c>
       <c r="P20">
-        <v>97.78</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>98.49</v>
+      </c>
+      <c r="Q20">
+        <v>91.35</v>
       </c>
       <c r="R20" t="s">
         <v>24</v>
       </c>
       <c r="S20">
-        <v>400.47</v>
+        <v>388.98</v>
       </c>
     </row>
     <row r="21" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C21" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="D21">
-        <v>768</v>
+        <v>1580</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="F21" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G21" t="s">
         <v>23</v>
       </c>
       <c r="H21">
         <v>4</v>
       </c>
       <c r="I21" t="b">
         <v>1</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21">
-        <v>4</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L21">
+        <v>121.57</v>
+      </c>
+      <c r="M21" t="s">
+        <v>24</v>
+      </c>
+      <c r="N21" t="s">
+        <v>24</v>
+      </c>
+      <c r="O21">
+        <v>131.86</v>
       </c>
       <c r="P21">
-        <v>98.49</v>
-[...2 lines deleted...]
-        <v>91.35</v>
+        <v>132.68</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>24</v>
       </c>
       <c r="R21" t="s">
         <v>24</v>
       </c>
       <c r="S21">
-        <v>388.98</v>
+        <v>386.11</v>
       </c>
     </row>
     <row r="22" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
+        <v>75</v>
+      </c>
+      <c r="C22" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22">
+        <v>1506</v>
+      </c>
+      <c r="E22" t="s">
         <v>77</v>
       </c>
-      <c r="C22" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F22" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G22" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L22">
-        <v>121.57</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>87.18</v>
+      </c>
+      <c r="M22">
+        <v>92.74</v>
+      </c>
+      <c r="N22">
+        <v>98.08</v>
       </c>
       <c r="O22">
-        <v>131.86</v>
+        <v>92</v>
       </c>
       <c r="P22">
-        <v>132.68</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>95.29</v>
+      </c>
+      <c r="Q22">
+        <v>85</v>
       </c>
       <c r="R22" t="s">
         <v>24</v>
       </c>
       <c r="S22">
-        <v>386.11</v>
+        <v>378.11</v>
       </c>
     </row>
     <row r="23" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
+        <v>78</v>
+      </c>
+      <c r="C23" t="s">
         <v>79</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23">
-        <v>1506</v>
+        <v>2105</v>
       </c>
       <c r="E23" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="F23" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G23" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H23">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="L23">
-        <v>87.18</v>
+        <v>120.31</v>
       </c>
       <c r="M23">
-        <v>92.74</v>
+        <v>122.05</v>
       </c>
       <c r="N23">
-        <v>98.08</v>
-[...8 lines deleted...]
-        <v>85</v>
+        <v>130.48</v>
+      </c>
+      <c r="O23" t="s">
+        <v>24</v>
+      </c>
+      <c r="P23" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>24</v>
       </c>
       <c r="R23" t="s">
         <v>24</v>
       </c>
       <c r="S23">
-        <v>378.11</v>
+        <v>372.84</v>
       </c>
     </row>
     <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
+        <v>80</v>
+      </c>
+      <c r="C24" t="s">
+        <v>81</v>
+      </c>
+      <c r="D24">
+        <v>250</v>
+      </c>
+      <c r="E24" t="s">
         <v>82</v>
       </c>
-      <c r="C24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F24" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G24" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H24">
+        <v>3</v>
+      </c>
+      <c r="I24" t="b">
+        <v>1</v>
+      </c>
+      <c r="J24" t="s">
+        <v>24</v>
+      </c>
+      <c r="K24">
         <v>5</v>
       </c>
-      <c r="I24" t="b">
-[...9 lines deleted...]
-        <v>120.31</v>
+      <c r="L24" t="s">
+        <v>24</v>
       </c>
       <c r="M24">
-        <v>122.05</v>
+        <v>85.66</v>
       </c>
       <c r="N24">
-        <v>130.48</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>91.98</v>
+      </c>
+      <c r="O24">
+        <v>91.6</v>
+      </c>
+      <c r="P24">
+        <v>88.69</v>
+      </c>
+      <c r="Q24">
+        <v>87.49</v>
       </c>
       <c r="R24" t="s">
         <v>24</v>
       </c>
       <c r="S24">
-        <v>372.84</v>
+        <v>359.76</v>
       </c>
     </row>
     <row r="25" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
+        <v>56</v>
+      </c>
+      <c r="C25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25">
+        <v>1666</v>
+      </c>
+      <c r="E25" t="s">
         <v>84</v>
       </c>
-      <c r="C25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F25" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="G25" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H25">
         <v>3</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L25" t="s">
         <v>24</v>
       </c>
-      <c r="M25">
-[...3 lines deleted...]
-        <v>91.98</v>
+      <c r="M25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N25" t="s">
+        <v>24</v>
       </c>
       <c r="O25">
-        <v>91.6</v>
+        <v>118.05</v>
       </c>
       <c r="P25">
-        <v>88.69</v>
+        <v>116.29</v>
       </c>
       <c r="Q25">
-        <v>87.49</v>
+        <v>112.74</v>
       </c>
       <c r="R25" t="s">
         <v>24</v>
       </c>
       <c r="S25">
-        <v>359.76</v>
+        <v>347.08</v>
       </c>
     </row>
     <row r="26" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>85</v>
       </c>
       <c r="C26" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D26">
-        <v>1666</v>
+        <v>1809</v>
       </c>
       <c r="E26" t="s">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="F26" t="s">
         <v>27</v>
       </c>
       <c r="G26" t="s">
         <v>23</v>
       </c>
       <c r="H26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I26" t="b">
         <v>1</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
-      <c r="L26" t="s">
-        <v>24</v>
+      <c r="L26">
+        <v>110.57</v>
       </c>
       <c r="M26" t="s">
         <v>24</v>
       </c>
       <c r="N26" t="s">
         <v>24</v>
       </c>
-      <c r="O26">
-        <v>118.05</v>
+      <c r="O26" t="s">
+        <v>24</v>
       </c>
       <c r="P26">
-        <v>116.29</v>
+        <v>123</v>
       </c>
       <c r="Q26">
-        <v>112.74</v>
+        <v>112.82</v>
       </c>
       <c r="R26" t="s">
         <v>24</v>
       </c>
       <c r="S26">
-        <v>347.08</v>
+        <v>346.39</v>
       </c>
     </row>
     <row r="27" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
+        <v>87</v>
+      </c>
+      <c r="C27" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27">
+        <v>2479</v>
+      </c>
+      <c r="E27" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F27" t="s">
         <v>27</v>
       </c>
       <c r="G27" t="s">
         <v>23</v>
       </c>
       <c r="H27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
-      <c r="L27">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L27" t="s">
+        <v>24</v>
+      </c>
+      <c r="M27">
+        <v>103.6</v>
       </c>
       <c r="N27" t="s">
         <v>24</v>
       </c>
-      <c r="O27" t="s">
-        <v>24</v>
+      <c r="O27">
+        <v>120.77</v>
       </c>
       <c r="P27">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>112.82</v>
+        <v>116.46</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>24</v>
       </c>
       <c r="R27" t="s">
         <v>24</v>
       </c>
       <c r="S27">
-        <v>346.39</v>
+        <v>340.83</v>
       </c>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
+        <v>90</v>
+      </c>
+      <c r="C28" t="s">
         <v>91</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28">
+        <v>1948</v>
+      </c>
+      <c r="E28" t="s">
         <v>92</v>
       </c>
-      <c r="D28">
-[...4 lines deleted...]
-      </c>
       <c r="F28" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G28" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H28">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I28" t="b">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L28">
-        <v>105.88</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>84.92</v>
+      </c>
+      <c r="M28">
+        <v>75.25</v>
       </c>
       <c r="N28">
-        <v>120.81</v>
-[...5 lines deleted...]
-        <v>115.89</v>
+        <v>95.95</v>
+      </c>
+      <c r="O28">
+        <v>84.2</v>
+      </c>
+      <c r="P28" t="s">
+        <v>24</v>
       </c>
       <c r="Q28" t="s">
         <v>24</v>
       </c>
       <c r="R28" t="s">
         <v>24</v>
       </c>
       <c r="S28">
-        <v>342.58</v>
+        <v>340.32</v>
       </c>
     </row>
     <row r="29" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
+        <v>71</v>
+      </c>
+      <c r="C29" t="s">
         <v>93</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29">
-        <v>2479</v>
+        <v>2214</v>
       </c>
       <c r="E29" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F29" t="s">
         <v>27</v>
       </c>
       <c r="G29" t="s">
         <v>23</v>
       </c>
       <c r="H29">
         <v>6</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L29">
+        <v>81.28</v>
       </c>
       <c r="M29">
-        <v>103.6</v>
+        <v>67.45</v>
       </c>
       <c r="N29" t="s">
         <v>24</v>
       </c>
       <c r="O29">
-        <v>120.77</v>
+        <v>90.53</v>
       </c>
       <c r="P29">
-        <v>116.46</v>
+        <v>94.81</v>
       </c>
       <c r="Q29" t="s">
         <v>24</v>
       </c>
       <c r="R29" t="s">
         <v>24</v>
       </c>
       <c r="S29">
-        <v>340.83</v>
+        <v>334.07</v>
       </c>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C30" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D30">
-        <v>1948</v>
+        <v>1093</v>
       </c>
       <c r="E30" t="s">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="F30" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G30" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H30">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I30" t="b">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>84.92</v>
+        <v>3</v>
+      </c>
+      <c r="L30" t="s">
+        <v>24</v>
       </c>
       <c r="M30">
-        <v>75.25</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>100.7</v>
+      </c>
+      <c r="N30" t="s">
+        <v>24</v>
+      </c>
+      <c r="O30" t="s">
+        <v>24</v>
+      </c>
+      <c r="P30">
+        <v>115.41</v>
+      </c>
+      <c r="Q30">
+        <v>116.48</v>
       </c>
       <c r="R30" t="s">
         <v>24</v>
       </c>
       <c r="S30">
-        <v>340.32</v>
+        <v>332.59</v>
       </c>
     </row>
     <row r="31" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>75</v>
+        <v>61</v>
       </c>
       <c r="C31" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D31">
-        <v>2214</v>
+        <v>1744</v>
       </c>
       <c r="E31" t="s">
-        <v>98</v>
+        <v>21</v>
       </c>
       <c r="F31" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G31" t="s">
         <v>23</v>
       </c>
       <c r="H31">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I31" t="b">
         <v>1</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>81.28</v>
+        <v>3</v>
+      </c>
+      <c r="L31" t="s">
+        <v>24</v>
       </c>
       <c r="M31">
-        <v>67.45</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>107.06</v>
+      </c>
+      <c r="N31">
+        <v>120.68</v>
+      </c>
+      <c r="O31" t="s">
+        <v>24</v>
+      </c>
+      <c r="P31" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q31">
+        <v>101.15</v>
       </c>
       <c r="R31" t="s">
         <v>24</v>
       </c>
       <c r="S31">
-        <v>334.07</v>
+        <v>328.89</v>
       </c>
     </row>
     <row r="32" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C32" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D32">
-        <v>1093</v>
+        <v>662</v>
       </c>
       <c r="E32" t="s">
         <v>21</v>
       </c>
       <c r="F32" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="G32" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H32">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L32">
+        <v>77.25</v>
       </c>
       <c r="M32">
-        <v>100.7</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>75.92</v>
+      </c>
+      <c r="N32">
+        <v>89.49</v>
+      </c>
+      <c r="O32">
+        <v>80.1</v>
       </c>
       <c r="P32">
-        <v>115.41</v>
-[...2 lines deleted...]
-        <v>116.48</v>
+        <v>81.19</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>24</v>
       </c>
       <c r="R32" t="s">
         <v>24</v>
       </c>
       <c r="S32">
-        <v>332.59</v>
+        <v>328.03</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="C33" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D33">
-        <v>1744</v>
+        <v>267</v>
       </c>
       <c r="E33" t="s">
         <v>21</v>
       </c>
       <c r="F33" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="G33" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H33">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
-      <c r="L33" t="s">
-        <v>24</v>
+      <c r="L33">
+        <v>107.14</v>
       </c>
       <c r="M33">
-        <v>107.06</v>
-[...2 lines deleted...]
-        <v>120.68</v>
+        <v>109.21</v>
+      </c>
+      <c r="N33" t="s">
+        <v>24</v>
       </c>
       <c r="O33" t="s">
         <v>24</v>
       </c>
       <c r="P33" t="s">
         <v>24</v>
       </c>
       <c r="Q33">
-        <v>101.15</v>
+        <v>101.46</v>
       </c>
       <c r="R33" t="s">
         <v>24</v>
       </c>
       <c r="S33">
-        <v>328.89</v>
+        <v>317.81</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C34" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="D34">
-        <v>662</v>
+        <v>202</v>
       </c>
       <c r="E34" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="F34" t="s">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="G34" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H34">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34">
         <v>5</v>
       </c>
-      <c r="L34">
-        <v>77.25</v>
+      <c r="L34" t="s">
+        <v>24</v>
       </c>
       <c r="M34">
-        <v>75.92</v>
+        <v>70.34</v>
       </c>
       <c r="N34">
-        <v>89.49</v>
+        <v>85.96</v>
       </c>
       <c r="O34">
-        <v>80.1</v>
+        <v>75.26</v>
       </c>
       <c r="P34">
-        <v>81.19</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>81.35</v>
+      </c>
+      <c r="Q34">
+        <v>73.33</v>
       </c>
       <c r="R34" t="s">
         <v>24</v>
       </c>
       <c r="S34">
-        <v>328.03</v>
+        <v>315.9</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D35">
-        <v>267</v>
+        <v>2210</v>
       </c>
       <c r="E35" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="F35" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H35">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I35" t="b">
         <v>1</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
-      <c r="L35">
-[...3 lines deleted...]
-        <v>109.21</v>
+      <c r="L35" t="s">
+        <v>24</v>
+      </c>
+      <c r="M35" t="s">
+        <v>24</v>
       </c>
       <c r="N35" t="s">
         <v>24</v>
       </c>
-      <c r="O35" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O35">
+        <v>86.84</v>
+      </c>
+      <c r="P35">
+        <v>95.88</v>
       </c>
       <c r="Q35">
-        <v>101.46</v>
+        <v>97.48</v>
       </c>
       <c r="R35" t="s">
         <v>24</v>
       </c>
       <c r="S35">
-        <v>317.81</v>
+        <v>280.2</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" t="s">
         <v>106</v>
       </c>
-      <c r="C36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36">
-        <v>202</v>
+        <v>1957</v>
       </c>
       <c r="E36" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="F36" t="s">
-        <v>107</v>
+        <v>58</v>
       </c>
       <c r="G36" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H36">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L36" t="s">
         <v>24</v>
       </c>
-      <c r="M36">
-        <v>70.34</v>
+      <c r="M36" t="s">
+        <v>24</v>
       </c>
       <c r="N36">
-        <v>85.96</v>
+        <v>87</v>
       </c>
       <c r="O36">
-        <v>75.26</v>
+        <v>84.85</v>
       </c>
       <c r="P36">
-        <v>81.35</v>
-[...2 lines deleted...]
-        <v>73.33</v>
+        <v>83.46</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>24</v>
       </c>
       <c r="R36" t="s">
         <v>24</v>
       </c>
       <c r="S36">
-        <v>315.9</v>
+        <v>255.31</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
         <v>108</v>
       </c>
       <c r="D37">
-        <v>1821</v>
+        <v>1299</v>
       </c>
       <c r="E37" t="s">
         <v>109</v>
       </c>
       <c r="F37" t="s">
-        <v>31</v>
+        <v>110</v>
       </c>
       <c r="G37" t="s">
         <v>23</v>
       </c>
       <c r="H37">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37" t="s">
         <v>24</v>
       </c>
       <c r="M37" t="s">
         <v>24</v>
       </c>
       <c r="N37" t="s">
         <v>24</v>
       </c>
       <c r="O37">
-        <v>107.67</v>
+        <v>88.43</v>
       </c>
       <c r="P37">
-        <v>102.57</v>
+        <v>88.58</v>
       </c>
       <c r="Q37">
-        <v>93.69</v>
+        <v>78.01</v>
       </c>
       <c r="R37" t="s">
         <v>24</v>
       </c>
       <c r="S37">
-        <v>303.93</v>
+        <v>255.02</v>
       </c>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="C38" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>1012</v>
+        <v>112</v>
       </c>
       <c r="E38" t="s">
-        <v>21</v>
+        <v>113</v>
       </c>
       <c r="F38" t="s">
         <v>31</v>
       </c>
       <c r="G38" t="s">
         <v>23</v>
       </c>
       <c r="H38">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I38" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J38" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="K38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L38">
-        <v>87.66</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>96.43</v>
+      </c>
+      <c r="M38">
+        <v>91.32</v>
       </c>
       <c r="N38">
-        <v>106.7</v>
+        <v>110.84</v>
       </c>
       <c r="O38">
-        <v>104.47</v>
+        <v>106.29</v>
       </c>
       <c r="P38" t="s">
         <v>24</v>
       </c>
-      <c r="Q38" t="s">
-        <v>24</v>
+      <c r="Q38">
+        <v>93.47</v>
       </c>
       <c r="R38" t="s">
         <v>24</v>
       </c>
       <c r="S38">
-        <v>298.83</v>
+        <v>407.03</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C39" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D39">
-        <v>2210</v>
+        <v>1003</v>
       </c>
       <c r="E39" t="s">
-        <v>113</v>
+        <v>21</v>
       </c>
       <c r="F39" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G39" t="s">
         <v>23</v>
       </c>
       <c r="H39">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I39" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J39" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
-      <c r="L39" t="s">
-        <v>24</v>
+      <c r="L39">
+        <v>105.88</v>
       </c>
       <c r="M39" t="s">
         <v>24</v>
       </c>
-      <c r="N39" t="s">
-[...3 lines deleted...]
-        <v>86.84</v>
+      <c r="N39">
+        <v>120.81</v>
+      </c>
+      <c r="O39" t="s">
+        <v>24</v>
       </c>
       <c r="P39">
-        <v>95.88</v>
-[...2 lines deleted...]
-        <v>97.48</v>
+        <v>115.89</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>24</v>
       </c>
       <c r="R39" t="s">
         <v>24</v>
       </c>
       <c r="S39">
-        <v>280.2</v>
+        <v>342.58</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C40" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>1957</v>
+        <v>118</v>
       </c>
       <c r="E40" t="s">
-        <v>21</v>
+        <v>119</v>
       </c>
       <c r="F40" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G40" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H40">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I40" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J40" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="K40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L40" t="s">
         <v>24</v>
       </c>
       <c r="M40" t="s">
         <v>24</v>
       </c>
-      <c r="N40">
-[...3 lines deleted...]
-        <v>84.85</v>
+      <c r="N40" t="s">
+        <v>24</v>
+      </c>
+      <c r="O40" t="s">
+        <v>24</v>
       </c>
       <c r="P40">
-        <v>83.46</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>158.31</v>
+      </c>
+      <c r="Q40">
+        <v>146.66</v>
       </c>
       <c r="R40" t="s">
         <v>24</v>
       </c>
       <c r="S40">
-        <v>255.31</v>
+        <v>304.97</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="C41" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D41">
-        <v>1299</v>
+        <v>1821</v>
       </c>
       <c r="E41" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F41" t="s">
-        <v>119</v>
+        <v>31</v>
       </c>
       <c r="G41" t="s">
         <v>23</v>
       </c>
       <c r="H41">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I41" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J41" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41" t="s">
         <v>24</v>
       </c>
       <c r="M41" t="s">
         <v>24</v>
       </c>
       <c r="N41" t="s">
         <v>24</v>
       </c>
       <c r="O41">
-        <v>88.43</v>
+        <v>107.67</v>
       </c>
       <c r="P41">
-        <v>88.58</v>
+        <v>102.57</v>
       </c>
       <c r="Q41">
-        <v>78.01</v>
+        <v>93.69</v>
       </c>
       <c r="R41" t="s">
         <v>24</v>
       </c>
       <c r="S41">
-        <v>255.02</v>
+        <v>303.93</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>120</v>
+        <v>64</v>
       </c>
       <c r="C42" t="s">
-        <v>121</v>
+        <v>123</v>
+      </c>
+      <c r="D42">
+        <v>1012</v>
       </c>
       <c r="E42" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F42" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G42" t="s">
         <v>23</v>
       </c>
       <c r="H42">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I42" t="b">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J42" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
-      <c r="L42" t="s">
-[...3 lines deleted...]
-        <v>69.59</v>
+      <c r="L42">
+        <v>87.66</v>
+      </c>
+      <c r="M42" t="s">
+        <v>24</v>
       </c>
       <c r="N42">
-        <v>72.7</v>
-[...5 lines deleted...]
-        <v>86.2</v>
+        <v>106.7</v>
+      </c>
+      <c r="O42">
+        <v>104.47</v>
+      </c>
+      <c r="P42" t="s">
+        <v>24</v>
       </c>
       <c r="Q42" t="s">
         <v>24</v>
       </c>
       <c r="R42" t="s">
         <v>24</v>
       </c>
       <c r="S42">
-        <v>228.49</v>
+        <v>298.83</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C43" t="s">
-        <v>123</v>
+        <v>125</v>
+      </c>
+      <c r="D43">
+        <v>1783</v>
       </c>
       <c r="E43" t="s">
-        <v>124</v>
+        <v>42</v>
       </c>
       <c r="F43" t="s">
-        <v>22</v>
+        <v>126</v>
       </c>
       <c r="G43" t="s">
         <v>23</v>
       </c>
       <c r="H43">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I43" t="b">
         <v>0</v>
       </c>
       <c r="J43" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K43">
         <v>2</v>
       </c>
       <c r="L43" t="s">
         <v>24</v>
       </c>
       <c r="M43" t="s">
         <v>24</v>
       </c>
       <c r="N43" t="s">
         <v>24</v>
       </c>
       <c r="O43" t="s">
         <v>24</v>
       </c>
       <c r="P43">
-        <v>158.31</v>
+        <v>149.78</v>
       </c>
       <c r="Q43">
-        <v>146.66</v>
+        <v>145.6</v>
       </c>
       <c r="R43" t="s">
         <v>24</v>
       </c>
       <c r="S43">
-        <v>304.97</v>
+        <v>295.38</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C44" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>1783</v>
+        <v>129</v>
       </c>
       <c r="E44" t="s">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="F44" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="G44" t="s">
         <v>23</v>
       </c>
       <c r="H44">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I44" t="b">
         <v>0</v>
       </c>
       <c r="J44" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K44">
         <v>2</v>
       </c>
       <c r="L44" t="s">
         <v>24</v>
       </c>
       <c r="M44" t="s">
         <v>24</v>
       </c>
       <c r="N44" t="s">
         <v>24</v>
       </c>
-      <c r="O44" t="s">
-        <v>24</v>
+      <c r="O44">
+        <v>141.45</v>
       </c>
       <c r="P44">
-        <v>149.78</v>
-[...2 lines deleted...]
-        <v>145.6</v>
+        <v>144.85</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>24</v>
       </c>
       <c r="R44" t="s">
         <v>24</v>
       </c>
       <c r="S44">
-        <v>295.38</v>
+        <v>286.3</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s">
-        <v>130</v>
+        <v>131</v>
+      </c>
+      <c r="D45">
+        <v>1397</v>
       </c>
       <c r="E45" t="s">
-        <v>131</v>
+        <v>50</v>
       </c>
       <c r="F45" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>23</v>
       </c>
       <c r="H45">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I45" t="b">
         <v>0</v>
       </c>
       <c r="J45" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K45">
         <v>2</v>
       </c>
       <c r="L45" t="s">
         <v>24</v>
       </c>
-      <c r="M45" t="s">
-        <v>24</v>
+      <c r="M45">
+        <v>135.68</v>
       </c>
       <c r="N45" t="s">
         <v>24</v>
       </c>
-      <c r="O45">
-        <v>141.45</v>
+      <c r="O45" t="s">
+        <v>24</v>
       </c>
       <c r="P45">
-        <v>144.85</v>
+        <v>141.7</v>
       </c>
       <c r="Q45" t="s">
         <v>24</v>
       </c>
       <c r="R45" t="s">
         <v>24</v>
       </c>
       <c r="S45">
-        <v>286.3</v>
+        <v>277.38</v>
       </c>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>91</v>
+        <v>132</v>
       </c>
       <c r="C46" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D46">
-        <v>1397</v>
+        <v>2077</v>
       </c>
       <c r="E46" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F46" t="s">
         <v>22</v>
       </c>
       <c r="G46" t="s">
         <v>23</v>
       </c>
       <c r="H46">
         <v>9</v>
       </c>
       <c r="I46" t="b">
         <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K46">
         <v>2</v>
       </c>
       <c r="L46" t="s">
         <v>24</v>
       </c>
       <c r="M46">
-        <v>135.68</v>
+        <v>141.15</v>
       </c>
       <c r="N46" t="s">
         <v>24</v>
       </c>
       <c r="O46" t="s">
         <v>24</v>
       </c>
-      <c r="P46">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P46" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q46">
+        <v>126.23</v>
       </c>
       <c r="R46" t="s">
         <v>24</v>
       </c>
       <c r="S46">
-        <v>277.38</v>
+        <v>267.38</v>
       </c>
     </row>
     <row r="47" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D47">
-        <v>2077</v>
+        <v>1629</v>
       </c>
       <c r="E47" t="s">
-        <v>42</v>
+        <v>136</v>
       </c>
       <c r="F47" t="s">
         <v>22</v>
       </c>
       <c r="G47" t="s">
         <v>23</v>
       </c>
       <c r="H47">
         <v>10</v>
       </c>
       <c r="I47" t="b">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K47">
         <v>2</v>
       </c>
       <c r="L47" t="s">
         <v>24</v>
       </c>
       <c r="M47">
-        <v>141.15</v>
+        <v>128.5</v>
       </c>
       <c r="N47" t="s">
         <v>24</v>
       </c>
       <c r="O47" t="s">
         <v>24</v>
       </c>
-      <c r="P47" t="s">
-[...3 lines deleted...]
-        <v>126.23</v>
+      <c r="P47">
+        <v>135.67</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>24</v>
       </c>
       <c r="R47" t="s">
         <v>24</v>
       </c>
       <c r="S47">
-        <v>267.38</v>
+        <v>264.17</v>
       </c>
     </row>
     <row r="48" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>135</v>
+        <v>25</v>
       </c>
       <c r="C48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D48">
-        <v>1629</v>
+        <v>999</v>
       </c>
       <c r="E48" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="F48" t="s">
         <v>22</v>
       </c>
       <c r="G48" t="s">
         <v>23</v>
       </c>
       <c r="H48">
         <v>11</v>
       </c>
       <c r="I48" t="b">
         <v>0</v>
       </c>
       <c r="J48" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
-      <c r="L48" t="s">
-[...3 lines deleted...]
-        <v>128.5</v>
+      <c r="L48">
+        <v>120.46</v>
+      </c>
+      <c r="M48" t="s">
+        <v>24</v>
       </c>
       <c r="N48" t="s">
         <v>24</v>
       </c>
       <c r="O48" t="s">
         <v>24</v>
       </c>
       <c r="P48">
-        <v>135.67</v>
+        <v>133.05</v>
       </c>
       <c r="Q48" t="s">
         <v>24</v>
       </c>
       <c r="R48" t="s">
         <v>24</v>
       </c>
       <c r="S48">
-        <v>264.17</v>
+        <v>253.51</v>
       </c>
     </row>
     <row r="49" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>25</v>
+        <v>138</v>
       </c>
       <c r="C49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D49">
-        <v>999</v>
+        <v>1753</v>
       </c>
       <c r="E49" t="s">
         <v>21</v>
       </c>
       <c r="F49" t="s">
         <v>22</v>
       </c>
       <c r="G49" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="H49">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I49" t="b">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K49">
         <v>2</v>
       </c>
-      <c r="L49">
-        <v>120.46</v>
+      <c r="L49" t="s">
+        <v>24</v>
       </c>
       <c r="M49" t="s">
         <v>24</v>
       </c>
       <c r="N49" t="s">
         <v>24</v>
       </c>
-      <c r="O49" t="s">
-        <v>24</v>
+      <c r="O49">
+        <v>121.85</v>
       </c>
       <c r="P49">
-        <v>133.05</v>
+        <v>129.53</v>
       </c>
       <c r="Q49" t="s">
         <v>24</v>
       </c>
       <c r="R49" t="s">
         <v>24</v>
       </c>
       <c r="S49">
-        <v>253.51</v>
+        <v>251.38</v>
       </c>
     </row>
     <row r="50" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C50" t="s">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="D50">
-        <v>1753</v>
+        <v>1771</v>
       </c>
       <c r="E50" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F50" t="s">
         <v>22</v>
       </c>
       <c r="G50" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H50">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="I50" t="b">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K50">
         <v>2</v>
       </c>
-      <c r="L50" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L50">
+        <v>122.69</v>
+      </c>
+      <c r="M50">
+        <v>128.25</v>
       </c>
       <c r="N50" t="s">
         <v>24</v>
       </c>
-      <c r="O50">
-[...3 lines deleted...]
-        <v>129.53</v>
+      <c r="O50" t="s">
+        <v>24</v>
+      </c>
+      <c r="P50" t="s">
+        <v>24</v>
       </c>
       <c r="Q50" t="s">
         <v>24</v>
       </c>
       <c r="R50" t="s">
         <v>24</v>
       </c>
       <c r="S50">
-        <v>251.38</v>
+        <v>250.94</v>
       </c>
     </row>
     <row r="51" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
+        <v>25</v>
+      </c>
+      <c r="C51" t="s">
         <v>141</v>
       </c>
-      <c r="C51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51">
-        <v>1771</v>
+        <v>1677</v>
       </c>
       <c r="E51" t="s">
-        <v>24</v>
+        <v>142</v>
       </c>
       <c r="F51" t="s">
         <v>22</v>
       </c>
       <c r="G51" t="s">
         <v>23</v>
       </c>
       <c r="H51">
         <v>13</v>
       </c>
       <c r="I51" t="b">
         <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K51">
         <v>2</v>
       </c>
-      <c r="L51">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="L51" t="s">
+        <v>24</v>
+      </c>
+      <c r="M51" t="s">
+        <v>24</v>
+      </c>
+      <c r="N51">
+        <v>126.56</v>
       </c>
       <c r="O51" t="s">
         <v>24</v>
       </c>
-      <c r="P51" t="s">
-        <v>24</v>
+      <c r="P51">
+        <v>121.3</v>
       </c>
       <c r="Q51" t="s">
         <v>24</v>
       </c>
       <c r="R51" t="s">
         <v>24</v>
       </c>
       <c r="S51">
-        <v>250.94</v>
+        <v>247.86</v>
       </c>
     </row>
     <row r="52" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>25</v>
+        <v>143</v>
       </c>
       <c r="C52" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D52">
-        <v>1677</v>
+        <v>964</v>
       </c>
       <c r="E52" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F52" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G52" t="s">
         <v>23</v>
       </c>
       <c r="H52">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I52" t="b">
         <v>0</v>
       </c>
       <c r="J52" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K52">
         <v>2</v>
       </c>
       <c r="L52" t="s">
         <v>24</v>
       </c>
       <c r="M52" t="s">
         <v>24</v>
       </c>
       <c r="N52">
-        <v>126.56</v>
+        <v>129.53</v>
       </c>
       <c r="O52" t="s">
         <v>24</v>
       </c>
-      <c r="P52">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P52" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q52">
+        <v>113.77</v>
       </c>
       <c r="R52" t="s">
         <v>24</v>
       </c>
       <c r="S52">
-        <v>247.86</v>
+        <v>243.3</v>
       </c>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D53">
-        <v>964</v>
+        <v>2320</v>
       </c>
       <c r="E53" t="s">
-        <v>146</v>
+        <v>21</v>
       </c>
       <c r="F53" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G53" t="s">
         <v>23</v>
       </c>
       <c r="H53">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K53">
         <v>2</v>
       </c>
       <c r="L53" t="s">
         <v>24</v>
       </c>
       <c r="M53" t="s">
         <v>24</v>
       </c>
       <c r="N53">
-        <v>129.53</v>
+        <v>122.19</v>
       </c>
       <c r="O53" t="s">
         <v>24</v>
       </c>
-      <c r="P53" t="s">
-[...3 lines deleted...]
-        <v>113.77</v>
+      <c r="P53">
+        <v>117.09</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>24</v>
       </c>
       <c r="R53" t="s">
         <v>24</v>
       </c>
       <c r="S53">
-        <v>243.3</v>
+        <v>239.28</v>
       </c>
     </row>
     <row r="54" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>28</v>
+        <v>147</v>
       </c>
       <c r="C54" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>2320</v>
+        <v>148</v>
       </c>
       <c r="E54" t="s">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="F54" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G54" t="s">
         <v>23</v>
       </c>
       <c r="H54">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="I54" t="b">
         <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K54">
         <v>2</v>
       </c>
       <c r="L54" t="s">
         <v>24</v>
       </c>
-      <c r="M54" t="s">
-[...3 lines deleted...]
-        <v>122.19</v>
+      <c r="M54">
+        <v>116.7</v>
+      </c>
+      <c r="N54" t="s">
+        <v>24</v>
       </c>
       <c r="O54" t="s">
         <v>24</v>
       </c>
       <c r="P54">
-        <v>117.09</v>
+        <v>118.35</v>
       </c>
       <c r="Q54" t="s">
         <v>24</v>
       </c>
       <c r="R54" t="s">
         <v>24</v>
       </c>
       <c r="S54">
-        <v>239.28</v>
+        <v>235.05</v>
       </c>
     </row>
     <row r="55" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C55" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E55" t="s">
-        <v>81</v>
+        <v>151</v>
       </c>
       <c r="F55" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G55" t="s">
         <v>23</v>
       </c>
       <c r="H55">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="I55" t="b">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K55">
         <v>2</v>
       </c>
-      <c r="L55" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="L55">
+        <v>106.97</v>
+      </c>
+      <c r="M55" t="s">
+        <v>24</v>
+      </c>
+      <c r="N55">
+        <v>128.03</v>
       </c>
       <c r="O55" t="s">
         <v>24</v>
       </c>
-      <c r="P55">
-        <v>118.35</v>
+      <c r="P55" t="s">
+        <v>24</v>
       </c>
       <c r="Q55" t="s">
         <v>24</v>
       </c>
       <c r="R55" t="s">
         <v>24</v>
       </c>
       <c r="S55">
-        <v>235.05</v>
+        <v>235</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>150</v>
+        <v>64</v>
       </c>
       <c r="C56" t="s">
-        <v>151</v>
+        <v>152</v>
+      </c>
+      <c r="D56">
+        <v>1007</v>
       </c>
       <c r="E56" t="s">
-        <v>152</v>
+        <v>50</v>
       </c>
       <c r="F56" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="G56" t="s">
         <v>23</v>
       </c>
       <c r="H56">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="I56" t="b">
         <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K56">
         <v>2</v>
       </c>
-      <c r="L56">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L56" t="s">
+        <v>24</v>
+      </c>
+      <c r="M56">
+        <v>107.89</v>
       </c>
       <c r="N56">
-        <v>128.03</v>
+        <v>121.31</v>
       </c>
       <c r="O56" t="s">
         <v>24</v>
       </c>
       <c r="P56" t="s">
         <v>24</v>
       </c>
       <c r="Q56" t="s">
         <v>24</v>
       </c>
       <c r="R56" t="s">
         <v>24</v>
       </c>
       <c r="S56">
-        <v>235</v>
+        <v>229.2</v>
       </c>
     </row>
     <row r="57" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>65</v>
+        <v>153</v>
       </c>
       <c r="C57" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>154</v>
       </c>
       <c r="E57" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F57" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G57" t="s">
         <v>23</v>
       </c>
       <c r="H57">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I57" t="b">
         <v>0</v>
       </c>
       <c r="J57" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="K57">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L57" t="s">
         <v>24</v>
       </c>
       <c r="M57">
-        <v>107.89</v>
+        <v>69.59</v>
       </c>
       <c r="N57">
-        <v>121.31</v>
+        <v>72.7</v>
       </c>
       <c r="O57" t="s">
         <v>24</v>
       </c>
-      <c r="P57" t="s">
-        <v>24</v>
+      <c r="P57">
+        <v>86.2</v>
       </c>
       <c r="Q57" t="s">
         <v>24</v>
       </c>
       <c r="R57" t="s">
         <v>24</v>
       </c>
       <c r="S57">
-        <v>229.2</v>
+        <v>228.49</v>
       </c>
     </row>
     <row r="58" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C58" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E58" t="s">
         <v>50</v>
       </c>
       <c r="F58" t="s">
         <v>31</v>
       </c>
       <c r="G58" t="s">
         <v>23</v>
       </c>
       <c r="H58">
         <v>12</v>
       </c>
       <c r="I58" t="b">
         <v>0</v>
       </c>
       <c r="J58" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K58">
         <v>2</v>
       </c>
       <c r="L58" t="s">
         <v>24</v>
       </c>
       <c r="M58">
         <v>107.55</v>
       </c>
       <c r="N58" t="s">
         <v>24</v>
       </c>
       <c r="O58" t="s">
         <v>24</v>
       </c>
       <c r="P58">
         <v>120.69</v>
       </c>
       <c r="Q58" t="s">
         <v>24</v>
       </c>
       <c r="R58" t="s">
         <v>24</v>
       </c>
       <c r="S58">
         <v>228.24</v>
       </c>
     </row>
     <row r="59" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C59" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D59">
         <v>2460</v>
       </c>
       <c r="E59" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F59" t="s">
         <v>22</v>
       </c>
       <c r="G59" t="s">
         <v>39</v>
       </c>
       <c r="H59">
         <v>3</v>
       </c>
       <c r="I59" t="b">
         <v>0</v>
       </c>
       <c r="J59" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K59">
         <v>2</v>
       </c>
       <c r="L59" t="s">
         <v>24</v>
       </c>
       <c r="M59" t="s">
         <v>24</v>
       </c>
       <c r="N59">
         <v>116.16</v>
       </c>
       <c r="O59">
         <v>111.18</v>
       </c>
       <c r="P59" t="s">
         <v>24</v>
       </c>
       <c r="Q59" t="s">
         <v>24</v>
       </c>
       <c r="R59" t="s">
         <v>24</v>
       </c>
       <c r="S59">
         <v>227.34</v>
       </c>
     </row>
     <row r="60" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C60" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D60">
         <v>1574</v>
       </c>
       <c r="E60" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F60" t="s">
         <v>27</v>
       </c>
       <c r="G60" t="s">
         <v>39</v>
       </c>
       <c r="H60">
         <v>3</v>
       </c>
       <c r="I60" t="b">
         <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K60">
         <v>2</v>
       </c>
       <c r="L60" t="s">
         <v>24</v>
       </c>
       <c r="M60" t="s">
         <v>24</v>
       </c>
       <c r="N60" t="s">
         <v>24</v>
       </c>
       <c r="O60" t="s">
         <v>24</v>
       </c>
       <c r="P60">
         <v>114.06</v>
       </c>
       <c r="Q60">
         <v>111.41</v>
       </c>
       <c r="R60" t="s">
         <v>24</v>
       </c>
       <c r="S60">
         <v>225.47</v>
       </c>
     </row>
     <row r="61" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C61" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E61" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F61" t="s">
         <v>27</v>
       </c>
       <c r="G61" t="s">
         <v>23</v>
       </c>
       <c r="H61">
         <v>10</v>
       </c>
       <c r="I61" t="b">
         <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K61">
         <v>2</v>
       </c>
       <c r="L61">
         <v>100.7</v>
       </c>
       <c r="M61" t="s">
         <v>24</v>
       </c>
       <c r="N61">
         <v>122.91</v>
       </c>
       <c r="O61" t="s">
         <v>24</v>
       </c>
       <c r="P61" t="s">
         <v>24</v>
       </c>
       <c r="Q61" t="s">
         <v>24</v>
       </c>
       <c r="R61" t="s">
         <v>24</v>
       </c>
       <c r="S61">
         <v>223.61</v>
       </c>
     </row>
     <row r="62" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>35</v>
       </c>
       <c r="C62" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D62">
         <v>2457</v>
       </c>
       <c r="E62" t="s">
         <v>42</v>
       </c>
       <c r="F62" t="s">
         <v>31</v>
       </c>
       <c r="G62" t="s">
         <v>23</v>
       </c>
       <c r="H62">
         <v>13</v>
       </c>
       <c r="I62" t="b">
         <v>0</v>
       </c>
       <c r="J62" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K62">
         <v>2</v>
       </c>
       <c r="L62" t="s">
         <v>24</v>
       </c>
       <c r="M62">
         <v>107.85</v>
       </c>
       <c r="N62" t="s">
         <v>24</v>
       </c>
       <c r="O62" t="s">
         <v>24</v>
       </c>
       <c r="P62" t="s">
         <v>24</v>
       </c>
       <c r="Q62">
         <v>110.12</v>
       </c>
       <c r="R62" t="s">
         <v>24</v>
       </c>
       <c r="S62">
         <v>217.97</v>
       </c>
     </row>
     <row r="63" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C63" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E63" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="F63" t="s">
         <v>27</v>
       </c>
       <c r="G63" t="s">
         <v>23</v>
       </c>
       <c r="H63">
         <v>11</v>
       </c>
       <c r="I63" t="b">
         <v>0</v>
       </c>
       <c r="J63" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K63">
         <v>2</v>
       </c>
       <c r="L63" t="s">
         <v>24</v>
       </c>
       <c r="M63" t="s">
         <v>24</v>
       </c>
       <c r="N63" t="s">
         <v>24</v>
       </c>
       <c r="O63" t="s">
         <v>24</v>
       </c>
       <c r="P63">
         <v>108.24</v>
       </c>
       <c r="Q63">
         <v>108.64</v>
       </c>
       <c r="R63" t="s">
         <v>24</v>
       </c>
       <c r="S63">
         <v>216.88</v>
       </c>
     </row>
     <row r="64" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C64" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D64">
         <v>2292</v>
       </c>
       <c r="E64" t="s">
         <v>21</v>
       </c>
       <c r="F64" t="s">
         <v>27</v>
       </c>
       <c r="G64" t="s">
         <v>23</v>
       </c>
       <c r="H64">
         <v>12</v>
       </c>
       <c r="I64" t="b">
         <v>0</v>
       </c>
       <c r="J64" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K64">
         <v>2</v>
       </c>
       <c r="L64" t="s">
         <v>24</v>
       </c>
       <c r="M64">
         <v>100.96</v>
       </c>
       <c r="N64" t="s">
         <v>24</v>
       </c>
       <c r="O64" t="s">
         <v>24</v>
       </c>
       <c r="P64" t="s">
         <v>24</v>
       </c>
       <c r="Q64">
         <v>114.66</v>
       </c>
       <c r="R64" t="s">
         <v>24</v>
       </c>
       <c r="S64">
         <v>215.62</v>
       </c>
     </row>
     <row r="65" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="C65" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D65">
         <v>2182</v>
       </c>
       <c r="E65" t="s">
         <v>50</v>
       </c>
       <c r="F65" t="s">
         <v>58</v>
       </c>
       <c r="G65" t="s">
         <v>23</v>
       </c>
       <c r="H65">
         <v>7</v>
       </c>
       <c r="I65" t="b">
         <v>0</v>
       </c>
       <c r="J65" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K65">
         <v>2</v>
       </c>
       <c r="L65" t="s">
         <v>24</v>
       </c>
       <c r="M65">
         <v>102.97</v>
       </c>
       <c r="N65">
         <v>111.65</v>
       </c>
       <c r="O65" t="s">
         <v>24</v>
       </c>
       <c r="P65" t="s">
         <v>24</v>
       </c>
       <c r="Q65" t="s">
         <v>24</v>
       </c>
       <c r="R65" t="s">
         <v>24</v>
       </c>
       <c r="S65">
         <v>214.62</v>
       </c>
     </row>
     <row r="66" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C66" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D66">
         <v>2187</v>
       </c>
       <c r="E66" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F66" t="s">
         <v>27</v>
       </c>
       <c r="G66" t="s">
         <v>23</v>
       </c>
       <c r="H66">
         <v>13</v>
       </c>
       <c r="I66" t="b">
         <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K66">
         <v>2</v>
       </c>
       <c r="L66">
         <v>100.04</v>
       </c>
       <c r="M66" t="s">
         <v>24</v>
       </c>
       <c r="N66" t="s">
         <v>24</v>
       </c>
       <c r="O66" t="s">
         <v>24</v>
       </c>
       <c r="P66" t="s">
         <v>24</v>
       </c>
       <c r="Q66">
         <v>112.27</v>
       </c>
       <c r="R66" t="s">
         <v>24</v>
       </c>
       <c r="S66">
         <v>212.31</v>
       </c>
     </row>
     <row r="67" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C67" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D67">
         <v>1303</v>
       </c>
       <c r="E67" t="s">
         <v>21</v>
       </c>
       <c r="F67" t="s">
         <v>31</v>
       </c>
       <c r="G67" t="s">
         <v>23</v>
       </c>
       <c r="H67">
         <v>14</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K67">
         <v>2</v>
       </c>
       <c r="L67">
         <v>98.21</v>
       </c>
       <c r="M67" t="s">
         <v>24</v>
       </c>
       <c r="N67">
         <v>112.22</v>
       </c>
       <c r="O67" t="s">
         <v>24</v>
       </c>
       <c r="P67" t="s">
         <v>24</v>
       </c>
       <c r="Q67" t="s">
         <v>24</v>
       </c>
       <c r="R67" t="s">
         <v>24</v>
       </c>
       <c r="S67">
         <v>210.43</v>
       </c>
     </row>
     <row r="68" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C68" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D68">
         <v>1446</v>
       </c>
       <c r="E68" t="s">
         <v>50</v>
       </c>
       <c r="F68" t="s">
         <v>31</v>
       </c>
       <c r="G68" t="s">
         <v>39</v>
       </c>
       <c r="H68">
         <v>3</v>
       </c>
       <c r="I68" t="b">
         <v>0</v>
       </c>
       <c r="J68" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K68">
         <v>3</v>
       </c>
       <c r="L68" t="s">
         <v>24</v>
       </c>
       <c r="M68">
         <v>0</v>
       </c>
       <c r="N68">
         <v>111.4</v>
       </c>
       <c r="O68" t="s">
         <v>24</v>
       </c>
       <c r="P68">
         <v>96.02</v>
       </c>
       <c r="Q68" t="s">
         <v>24</v>
       </c>
       <c r="R68" t="s">
         <v>24</v>
       </c>
       <c r="S68">
         <v>207.42</v>
       </c>
     </row>
     <row r="69" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C69" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D69">
         <v>2209</v>
       </c>
       <c r="E69" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F69" t="s">
         <v>27</v>
       </c>
       <c r="G69" t="s">
         <v>23</v>
       </c>
       <c r="H69">
         <v>14</v>
       </c>
       <c r="I69" t="b">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K69">
         <v>2</v>
       </c>
       <c r="L69">
         <v>96.26</v>
       </c>
       <c r="M69" t="s">
         <v>24</v>
       </c>
       <c r="N69">
         <v>109</v>
       </c>
       <c r="O69" t="s">
         <v>24</v>
       </c>
       <c r="P69" t="s">
         <v>24</v>
       </c>
       <c r="Q69" t="s">
         <v>24</v>
       </c>
       <c r="R69" t="s">
         <v>24</v>
       </c>
       <c r="S69">
         <v>205.26</v>
       </c>
     </row>
     <row r="70" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C70" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D70">
         <v>2130</v>
       </c>
       <c r="E70" t="s">
         <v>24</v>
       </c>
       <c r="F70" t="s">
         <v>31</v>
       </c>
       <c r="G70" t="s">
         <v>23</v>
       </c>
       <c r="H70">
         <v>15</v>
       </c>
       <c r="I70" t="b">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K70">
         <v>2</v>
       </c>
       <c r="L70" t="s">
         <v>24</v>
       </c>
       <c r="M70">
         <v>101.26</v>
       </c>
       <c r="N70" t="s">
         <v>24</v>
       </c>
       <c r="O70">
         <v>102.5</v>
       </c>
       <c r="P70" t="s">
         <v>24</v>
       </c>
       <c r="Q70" t="s">
         <v>24</v>
       </c>
       <c r="R70" t="s">
         <v>24</v>
       </c>
       <c r="S70">
         <v>203.76</v>
       </c>
     </row>
     <row r="71" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C71" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E71" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="F71" t="s">
         <v>22</v>
       </c>
       <c r="G71" t="s">
         <v>39</v>
       </c>
       <c r="H71">
         <v>4</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K71">
         <v>2</v>
       </c>
       <c r="L71">
         <v>100.74</v>
       </c>
       <c r="M71">
         <v>100.88</v>
       </c>
       <c r="N71" t="s">
         <v>24</v>
       </c>
       <c r="O71" t="s">
         <v>24</v>
       </c>
       <c r="P71" t="s">
         <v>24</v>
       </c>
       <c r="Q71" t="s">
         <v>24</v>
       </c>
       <c r="R71" t="s">
         <v>24</v>
       </c>
       <c r="S71">
         <v>201.62</v>
       </c>
     </row>
     <row r="72" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C72" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D72">
         <v>748</v>
       </c>
       <c r="E72" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F72" t="s">
         <v>58</v>
       </c>
       <c r="G72" t="s">
         <v>39</v>
       </c>
       <c r="H72">
         <v>6</v>
       </c>
       <c r="I72" t="b">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K72">
         <v>2</v>
       </c>
       <c r="L72" t="s">
         <v>24</v>
       </c>
       <c r="M72">
         <v>94.6</v>
       </c>
       <c r="N72">
         <v>100.39</v>
       </c>
       <c r="O72" t="s">
         <v>24</v>
       </c>
       <c r="P72" t="s">
         <v>24</v>
       </c>
       <c r="Q72" t="s">
         <v>24</v>
       </c>
       <c r="R72" t="s">
         <v>24</v>
       </c>
       <c r="S72">
         <v>194.99</v>
       </c>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>40</v>
       </c>
       <c r="C73" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E73" t="s">
         <v>21</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" t="s">
         <v>39</v>
       </c>
       <c r="H73">
         <v>5</v>
       </c>
       <c r="I73" t="b">
         <v>0</v>
       </c>
       <c r="J73" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K73">
         <v>2</v>
       </c>
       <c r="L73" t="s">
         <v>24</v>
       </c>
       <c r="M73" t="s">
         <v>24</v>
       </c>
       <c r="N73">
         <v>99.57</v>
       </c>
       <c r="O73" t="s">
         <v>24</v>
       </c>
       <c r="P73">
         <v>93.77</v>
       </c>
       <c r="Q73" t="s">
         <v>24</v>
       </c>
       <c r="R73" t="s">
         <v>24</v>
       </c>
       <c r="S73">
         <v>193.34</v>
       </c>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="C74" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D74">
         <v>2322</v>
       </c>
       <c r="E74" t="s">
         <v>24</v>
       </c>
       <c r="F74" t="s">
         <v>27</v>
       </c>
       <c r="G74" t="s">
         <v>23</v>
       </c>
       <c r="H74">
         <v>15</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K74">
         <v>2</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
       <c r="M74" t="s">
         <v>24</v>
       </c>
       <c r="N74" t="s">
         <v>24</v>
       </c>
       <c r="O74">
         <v>93.33</v>
       </c>
       <c r="P74">
         <v>97.26</v>
       </c>
       <c r="Q74" t="s">
         <v>24</v>
       </c>
       <c r="R74" t="s">
         <v>24</v>
       </c>
       <c r="S74">
         <v>190.59</v>
       </c>
     </row>
     <row r="75" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C75" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D75">
         <v>2363</v>
       </c>
       <c r="E75" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F75" t="s">
         <v>27</v>
       </c>
       <c r="G75" t="s">
         <v>23</v>
       </c>
       <c r="H75">
         <v>16</v>
       </c>
       <c r="I75" t="b">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K75">
         <v>2</v>
       </c>
       <c r="L75">
         <v>89.96</v>
       </c>
       <c r="M75" t="s">
         <v>24</v>
       </c>
       <c r="N75" t="s">
         <v>24</v>
       </c>
       <c r="O75" t="s">
         <v>24</v>
       </c>
       <c r="P75">
         <v>99.45</v>
       </c>
       <c r="Q75" t="s">
         <v>24</v>
       </c>
       <c r="R75" t="s">
         <v>24</v>
       </c>
       <c r="S75">
         <v>189.41</v>
       </c>
     </row>
     <row r="76" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C76" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D76">
         <v>1179</v>
       </c>
       <c r="E76" t="s">
         <v>21</v>
       </c>
       <c r="F76" t="s">
         <v>31</v>
       </c>
       <c r="G76" t="s">
         <v>39</v>
       </c>
       <c r="H76">
         <v>4</v>
       </c>
       <c r="I76" t="b">
         <v>0</v>
       </c>
       <c r="J76" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K76">
         <v>2</v>
       </c>
       <c r="L76">
         <v>90</v>
       </c>
       <c r="M76" t="s">
         <v>24</v>
       </c>
       <c r="N76" t="s">
         <v>24</v>
       </c>
       <c r="O76" t="s">
         <v>24</v>
       </c>
       <c r="P76" t="s">
         <v>24</v>
       </c>
       <c r="Q76">
         <v>94.9</v>
       </c>
       <c r="R76" t="s">
         <v>24</v>
       </c>
       <c r="S76">
         <v>184.9</v>
       </c>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C77" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D77">
         <v>2364</v>
       </c>
       <c r="E77" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F77" t="s">
         <v>22</v>
       </c>
       <c r="G77" t="s">
         <v>23</v>
       </c>
       <c r="H77">
         <v>17</v>
       </c>
       <c r="I77" t="b">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K77">
         <v>2</v>
       </c>
       <c r="L77" t="s">
         <v>24</v>
       </c>
       <c r="M77" t="s">
         <v>24</v>
       </c>
       <c r="N77">
         <v>86.94</v>
       </c>
       <c r="O77" t="s">
         <v>24</v>
       </c>
       <c r="P77">
         <v>84.65</v>
       </c>
       <c r="Q77" t="s">
         <v>24</v>
       </c>
       <c r="R77" t="s">
         <v>24</v>
       </c>
       <c r="S77">
         <v>171.59</v>
       </c>
     </row>
     <row r="78" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C78" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D78">
         <v>719</v>
       </c>
       <c r="E78" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F78" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="G78" t="s">
         <v>23</v>
       </c>
       <c r="H78">
         <v>2</v>
       </c>
       <c r="I78" t="b">
         <v>0</v>
       </c>
       <c r="J78" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K78">
         <v>3</v>
       </c>
       <c r="L78" t="s">
         <v>24</v>
       </c>
       <c r="M78" t="s">
         <v>24</v>
       </c>
       <c r="N78">
         <v>92.41</v>
       </c>
       <c r="O78">
         <v>0</v>
       </c>
       <c r="P78">
         <v>78.27</v>
       </c>
       <c r="Q78" t="s">
         <v>24</v>
       </c>
       <c r="R78" t="s">
         <v>24</v>
       </c>
       <c r="S78">
         <v>170.68</v>
       </c>
     </row>
     <row r="79" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C79" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D79">
         <v>734</v>
       </c>
       <c r="E79" t="s">
         <v>21</v>
       </c>
       <c r="F79" t="s">
         <v>31</v>
       </c>
       <c r="G79" t="s">
         <v>39</v>
       </c>
       <c r="H79">
         <v>5</v>
       </c>
       <c r="I79" t="b">
         <v>0</v>
       </c>
       <c r="J79" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K79">
         <v>3</v>
       </c>
       <c r="L79">
         <v>0</v>
       </c>
       <c r="M79">
         <v>85.81</v>
       </c>
       <c r="N79" t="s">
         <v>24</v>
       </c>
       <c r="O79" t="s">
         <v>24</v>
       </c>
       <c r="P79" t="s">
         <v>24</v>
       </c>
       <c r="Q79">
         <v>81.81</v>
       </c>
       <c r="R79" t="s">
         <v>24</v>
       </c>
       <c r="S79">
         <v>167.62</v>
       </c>
     </row>
     <row r="80" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C80" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D80">
         <v>631</v>
       </c>
       <c r="E80" t="s">
         <v>21</v>
       </c>
       <c r="F80" t="s">
         <v>58</v>
       </c>
       <c r="G80" t="s">
         <v>23</v>
       </c>
       <c r="H80">
         <v>8</v>
       </c>
       <c r="I80" t="b">
         <v>0</v>
       </c>
       <c r="J80" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K80">
         <v>2</v>
       </c>
       <c r="L80" t="s">
         <v>24</v>
       </c>
       <c r="M80" t="s">
         <v>24</v>
       </c>
       <c r="N80" t="s">
         <v>24</v>
       </c>
       <c r="O80" t="s">
         <v>24</v>
       </c>
       <c r="P80">
         <v>83.07</v>
       </c>
       <c r="Q80">
         <v>82.18</v>
       </c>
       <c r="R80" t="s">
         <v>24</v>
       </c>
       <c r="S80">
         <v>165.25</v>
       </c>
     </row>
     <row r="81" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C81" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E81" t="s">
         <v>21</v>
       </c>
       <c r="F81" t="s">
         <v>58</v>
       </c>
       <c r="G81" t="s">
         <v>23</v>
       </c>
       <c r="H81">
         <v>9</v>
       </c>
       <c r="I81" t="b">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K81">
         <v>2</v>
       </c>
       <c r="L81">
         <v>85.36</v>
       </c>
       <c r="M81">
         <v>79.39</v>
       </c>
       <c r="N81" t="s">
         <v>24</v>
       </c>
       <c r="O81" t="s">
         <v>24</v>
       </c>
       <c r="P81" t="s">
         <v>24</v>
       </c>
       <c r="Q81" t="s">
         <v>24</v>
       </c>
       <c r="R81" t="s">
         <v>24</v>
       </c>
       <c r="S81">
         <v>164.75</v>
       </c>
     </row>
     <row r="82" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C82" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E82" t="s">
         <v>21</v>
       </c>
       <c r="F82" t="s">
         <v>58</v>
       </c>
       <c r="G82" t="s">
         <v>39</v>
       </c>
       <c r="H82">
         <v>7</v>
       </c>
       <c r="I82" t="b">
         <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K82">
         <v>2</v>
       </c>
       <c r="L82" t="s">
         <v>24</v>
       </c>
       <c r="M82">
         <v>81.78</v>
       </c>
       <c r="N82" t="s">
         <v>24</v>
       </c>
       <c r="O82" t="s">
         <v>24</v>
       </c>
       <c r="P82" t="s">
         <v>24</v>
       </c>
       <c r="Q82">
         <v>82.39</v>
       </c>
       <c r="R82" t="s">
         <v>24</v>
       </c>
       <c r="S82">
         <v>164.17</v>
       </c>
     </row>
     <row r="83" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C83" t="s">
         <v>60</v>
       </c>
       <c r="E83" t="s">
         <v>24</v>
       </c>
       <c r="F83" t="s">
         <v>58</v>
       </c>
       <c r="G83" t="s">
         <v>39</v>
       </c>
       <c r="H83">
         <v>8</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K83">
         <v>2</v>
       </c>
       <c r="L83" t="s">
         <v>24</v>
       </c>
       <c r="M83" t="s">
         <v>24</v>
       </c>
       <c r="N83">
         <v>80.17</v>
       </c>
       <c r="O83" t="s">
         <v>24</v>
       </c>
       <c r="P83">
         <v>83.21</v>
       </c>
       <c r="Q83" t="s">
         <v>24</v>
       </c>
       <c r="R83" t="s">
         <v>24</v>
       </c>
       <c r="S83">
         <v>163.38</v>
       </c>
     </row>
     <row r="84" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C84" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D84">
         <v>2190</v>
       </c>
       <c r="E84" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F84" t="s">
         <v>22</v>
       </c>
       <c r="G84" t="s">
         <v>23</v>
       </c>
       <c r="H84">
         <v>18</v>
       </c>
       <c r="I84" t="b">
         <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84" t="s">
         <v>24</v>
       </c>
       <c r="M84" t="s">
         <v>24</v>
       </c>
       <c r="N84" t="s">
         <v>24</v>
       </c>
       <c r="O84" t="s">
         <v>24</v>
       </c>
       <c r="P84">
         <v>160.28</v>
       </c>
       <c r="Q84" t="s">
         <v>24</v>
       </c>
       <c r="R84" t="s">
         <v>24</v>
       </c>
       <c r="S84">
         <v>160.28</v>
       </c>
     </row>
     <row r="85" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C85" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D85">
         <v>2178</v>
       </c>
       <c r="E85" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F85" t="s">
         <v>22</v>
       </c>
       <c r="G85" t="s">
         <v>23</v>
       </c>
       <c r="H85">
         <v>19</v>
       </c>
       <c r="I85" t="b">
         <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K85">
         <v>1</v>
       </c>
       <c r="L85" t="s">
         <v>24</v>
       </c>
       <c r="M85" t="s">
         <v>24</v>
       </c>
       <c r="N85" t="s">
         <v>24</v>
       </c>
       <c r="O85" t="s">
         <v>24</v>
       </c>
       <c r="P85">
         <v>154.2</v>
       </c>
       <c r="Q85" t="s">
         <v>24</v>
       </c>
       <c r="R85" t="s">
         <v>24</v>
       </c>
       <c r="S85">
         <v>154.2</v>
       </c>
     </row>
     <row r="86" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C86" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E86" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F86" t="s">
         <v>22</v>
       </c>
       <c r="G86" t="s">
         <v>23</v>
       </c>
       <c r="H86">
         <v>20</v>
       </c>
       <c r="I86" t="b">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K86">
         <v>1</v>
       </c>
       <c r="L86" t="s">
         <v>24</v>
       </c>
       <c r="M86" t="s">
         <v>24</v>
       </c>
       <c r="N86" t="s">
         <v>24</v>
       </c>
       <c r="O86">
         <v>150.28</v>
       </c>
       <c r="P86" t="s">
         <v>24</v>
       </c>
       <c r="Q86" t="s">
         <v>24</v>
       </c>
       <c r="R86" t="s">
         <v>24</v>
       </c>
       <c r="S86">
         <v>150.28</v>
       </c>
     </row>
     <row r="87" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C87" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E87" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F87" t="s">
         <v>22</v>
       </c>
       <c r="G87" t="s">
         <v>23</v>
       </c>
       <c r="H87">
         <v>21</v>
       </c>
       <c r="I87" t="b">
         <v>0</v>
       </c>
       <c r="J87" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K87">
         <v>1</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
       <c r="M87">
         <v>149.72</v>
       </c>
       <c r="N87" t="s">
         <v>24</v>
       </c>
       <c r="O87" t="s">
         <v>24</v>
       </c>
       <c r="P87" t="s">
         <v>24</v>
       </c>
       <c r="Q87" t="s">
         <v>24</v>
       </c>
       <c r="R87" t="s">
         <v>24</v>
       </c>
       <c r="S87">
         <v>149.72</v>
       </c>
     </row>
     <row r="88" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C88" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D88">
         <v>1301</v>
       </c>
       <c r="E88" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F88" t="s">
         <v>22</v>
       </c>
       <c r="G88" t="s">
         <v>23</v>
       </c>
       <c r="H88">
         <v>22</v>
       </c>
       <c r="I88" t="b">
         <v>0</v>
       </c>
       <c r="J88" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K88">
         <v>1</v>
       </c>
       <c r="L88" t="s">
         <v>24</v>
       </c>
       <c r="M88" t="s">
         <v>24</v>
       </c>
       <c r="N88" t="s">
         <v>24</v>
       </c>
       <c r="O88" t="s">
         <v>24</v>
       </c>
       <c r="P88">
         <v>145.78</v>
       </c>
       <c r="Q88" t="s">
         <v>24</v>
       </c>
       <c r="R88" t="s">
         <v>24</v>
       </c>
       <c r="S88">
         <v>145.78</v>
       </c>
     </row>
     <row r="89" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C89" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D89">
         <v>2059</v>
       </c>
       <c r="E89" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F89" t="s">
         <v>22</v>
       </c>
       <c r="G89" t="s">
         <v>23</v>
       </c>
       <c r="H89">
         <v>23</v>
       </c>
       <c r="I89" t="b">
         <v>0</v>
       </c>
       <c r="J89" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K89">
         <v>1</v>
       </c>
       <c r="L89" t="s">
         <v>24</v>
       </c>
       <c r="M89" t="s">
         <v>24</v>
       </c>
       <c r="N89" t="s">
         <v>24</v>
       </c>
       <c r="O89" t="s">
         <v>24</v>
       </c>
       <c r="P89">
         <v>142.33</v>
       </c>
       <c r="Q89" t="s">
         <v>24</v>
       </c>
       <c r="R89" t="s">
         <v>24</v>
       </c>
       <c r="S89">
         <v>142.33</v>
       </c>
     </row>
     <row r="90" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C90" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E90" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F90" t="s">
         <v>22</v>
       </c>
       <c r="G90" t="s">
         <v>23</v>
       </c>
       <c r="H90">
         <v>24</v>
       </c>
       <c r="I90" t="b">
         <v>0</v>
       </c>
       <c r="J90" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K90">
         <v>2</v>
       </c>
       <c r="L90">
         <v>0</v>
       </c>
       <c r="M90" t="s">
         <v>24</v>
       </c>
       <c r="N90">
         <v>141.11</v>
       </c>
       <c r="O90" t="s">
         <v>24</v>
       </c>
       <c r="P90" t="s">
         <v>24</v>
       </c>
       <c r="Q90" t="s">
         <v>24</v>
       </c>
       <c r="R90" t="s">
         <v>24</v>
       </c>
       <c r="S90">
         <v>141.11</v>
       </c>
     </row>
     <row r="91" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C91" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D91">
         <v>2217</v>
       </c>
       <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" t="s">
         <v>22</v>
       </c>
       <c r="G91" t="s">
         <v>23</v>
       </c>
       <c r="H91">
         <v>25</v>
       </c>
       <c r="I91" t="b">
         <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
       <c r="L91" t="s">
         <v>24</v>
       </c>
       <c r="M91" t="s">
         <v>24</v>
       </c>
       <c r="N91">
         <v>138.68</v>
       </c>
       <c r="O91" t="s">
         <v>24</v>
       </c>
       <c r="P91" t="s">
         <v>24</v>
       </c>
       <c r="Q91" t="s">
         <v>24</v>
       </c>
       <c r="R91" t="s">
         <v>24</v>
       </c>
       <c r="S91">
         <v>138.68</v>
       </c>
     </row>
     <row r="92" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C92" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D92">
         <v>2066</v>
       </c>
       <c r="E92" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F92" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G92" t="s">
         <v>23</v>
       </c>
       <c r="H92">
         <v>2</v>
       </c>
       <c r="I92" t="b">
         <v>0</v>
       </c>
       <c r="J92" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K92">
         <v>1</v>
       </c>
       <c r="L92" t="s">
         <v>24</v>
       </c>
       <c r="M92" t="s">
         <v>24</v>
       </c>
       <c r="N92" t="s">
         <v>24</v>
       </c>
       <c r="O92" t="s">
         <v>24</v>
       </c>
       <c r="P92" t="s">
         <v>24</v>
       </c>
       <c r="Q92">
         <v>138.12</v>
       </c>
       <c r="R92" t="s">
         <v>24</v>
       </c>
       <c r="S92">
         <v>138.12</v>
       </c>
     </row>
     <row r="93" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C93" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E93" t="s">
         <v>24</v>
       </c>
       <c r="F93" t="s">
         <v>22</v>
       </c>
       <c r="G93" t="s">
         <v>23</v>
       </c>
       <c r="H93">
         <v>26</v>
       </c>
       <c r="I93" t="b">
         <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93" t="s">
         <v>24</v>
       </c>
       <c r="M93" t="s">
         <v>24</v>
       </c>
       <c r="N93">
         <v>136.32</v>
       </c>
       <c r="O93" t="s">
         <v>24</v>
       </c>
       <c r="P93" t="s">
         <v>24</v>
       </c>
       <c r="Q93" t="s">
         <v>24</v>
       </c>
       <c r="R93" t="s">
         <v>24</v>
       </c>
       <c r="S93">
         <v>136.32</v>
       </c>
     </row>
     <row r="94" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C94" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E94" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F94" t="s">
         <v>22</v>
       </c>
       <c r="G94" t="s">
         <v>23</v>
       </c>
       <c r="H94">
         <v>27</v>
       </c>
       <c r="I94" t="b">
         <v>0</v>
       </c>
       <c r="J94" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K94">
         <v>1</v>
       </c>
       <c r="L94" t="s">
         <v>24</v>
       </c>
       <c r="M94" t="s">
         <v>24</v>
       </c>
       <c r="N94" t="s">
         <v>24</v>
       </c>
       <c r="O94" t="s">
         <v>24</v>
       </c>
       <c r="P94">
         <v>135.9</v>
       </c>
       <c r="Q94" t="s">
         <v>24</v>
       </c>
       <c r="R94" t="s">
         <v>24</v>
       </c>
       <c r="S94">
         <v>135.9</v>
       </c>
     </row>
     <row r="95" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>25</v>
       </c>
       <c r="C95" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E95" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F95" t="s">
         <v>22</v>
       </c>
       <c r="G95" t="s">
         <v>23</v>
       </c>
       <c r="H95">
         <v>28</v>
       </c>
       <c r="I95" t="b">
         <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
       <c r="L95" t="s">
         <v>24</v>
       </c>
       <c r="M95" t="s">
         <v>24</v>
       </c>
       <c r="N95" t="s">
         <v>24</v>
       </c>
       <c r="O95" t="s">
         <v>24</v>
       </c>
       <c r="P95">
         <v>135.71</v>
       </c>
       <c r="Q95" t="s">
         <v>24</v>
       </c>
       <c r="R95" t="s">
         <v>24</v>
       </c>
       <c r="S95">
         <v>135.71</v>
       </c>
     </row>
     <row r="96" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C96" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E96" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F96" t="s">
         <v>22</v>
       </c>
       <c r="G96" t="s">
         <v>39</v>
       </c>
       <c r="H96">
         <v>6</v>
       </c>
       <c r="I96" t="b">
         <v>0</v>
       </c>
       <c r="J96" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K96">
         <v>1</v>
       </c>
       <c r="L96" t="s">
         <v>24</v>
       </c>
       <c r="M96" t="s">
         <v>24</v>
       </c>
       <c r="N96">
         <v>135.64</v>
       </c>
       <c r="O96" t="s">
         <v>24</v>
       </c>
       <c r="P96" t="s">
         <v>24</v>
       </c>
       <c r="Q96" t="s">
         <v>24</v>
       </c>
       <c r="R96" t="s">
         <v>24</v>
       </c>
       <c r="S96">
         <v>135.64</v>
       </c>
     </row>
     <row r="97" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C97" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D97">
         <v>2474</v>
       </c>
       <c r="E97" t="s">
         <v>55</v>
       </c>
       <c r="F97" t="s">
         <v>22</v>
       </c>
       <c r="G97" t="s">
         <v>23</v>
       </c>
       <c r="H97">
         <v>29</v>
       </c>
       <c r="I97" t="b">
         <v>0</v>
       </c>
       <c r="J97" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K97">
         <v>1</v>
       </c>
       <c r="L97" t="s">
         <v>24</v>
       </c>
       <c r="M97" t="s">
         <v>24</v>
       </c>
       <c r="N97">
         <v>134.35</v>
       </c>
       <c r="O97" t="s">
         <v>24</v>
       </c>
       <c r="P97" t="s">
         <v>24</v>
       </c>
       <c r="Q97" t="s">
         <v>24</v>
       </c>
       <c r="R97" t="s">
         <v>24</v>
       </c>
       <c r="S97">
         <v>134.35</v>
       </c>
     </row>
     <row r="98" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C98" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E98" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="F98" t="s">
         <v>27</v>
       </c>
       <c r="G98" t="s">
         <v>23</v>
       </c>
       <c r="H98">
         <v>17</v>
       </c>
       <c r="I98" t="b">
         <v>0</v>
       </c>
       <c r="J98" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98" t="s">
         <v>24</v>
       </c>
       <c r="M98" t="s">
         <v>24</v>
       </c>
       <c r="N98" t="s">
         <v>24</v>
       </c>
       <c r="O98" t="s">
         <v>24</v>
       </c>
       <c r="P98">
         <v>133.91</v>
       </c>
       <c r="Q98" t="s">
         <v>24</v>
       </c>
       <c r="R98" t="s">
         <v>24</v>
       </c>
       <c r="S98">
         <v>133.91</v>
       </c>
     </row>
     <row r="99" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C99" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D99">
         <v>1779</v>
       </c>
       <c r="E99" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F99" t="s">
         <v>22</v>
       </c>
       <c r="G99" t="s">
         <v>39</v>
       </c>
       <c r="H99">
         <v>7</v>
       </c>
       <c r="I99" t="b">
         <v>0</v>
       </c>
       <c r="J99" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99" t="s">
         <v>24</v>
       </c>
       <c r="M99" t="s">
         <v>24</v>
       </c>
       <c r="N99">
         <v>132.34</v>
       </c>
       <c r="O99" t="s">
         <v>24</v>
       </c>
       <c r="P99" t="s">
         <v>24</v>
       </c>
       <c r="Q99" t="s">
         <v>24</v>
       </c>
       <c r="R99" t="s">
         <v>24</v>
       </c>
       <c r="S99">
         <v>132.34</v>
       </c>
     </row>
     <row r="100" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C100" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D100">
         <v>996</v>
       </c>
       <c r="E100" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F100" t="s">
         <v>31</v>
       </c>
       <c r="G100" t="s">
         <v>23</v>
       </c>
       <c r="H100">
         <v>16</v>
       </c>
       <c r="I100" t="b">
         <v>0</v>
       </c>
       <c r="J100" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100" t="s">
         <v>24</v>
       </c>
       <c r="M100" t="s">
         <v>24</v>
       </c>
       <c r="N100" t="s">
         <v>24</v>
       </c>
       <c r="O100" t="s">
         <v>24</v>
       </c>
       <c r="P100">
         <v>132.05</v>
       </c>
       <c r="Q100" t="s">
         <v>24</v>
       </c>
       <c r="R100" t="s">
         <v>24</v>
       </c>
       <c r="S100">
         <v>132.05</v>
       </c>
     </row>
     <row r="101" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C101" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D101">
         <v>417</v>
       </c>
       <c r="E101" t="s">
         <v>50</v>
       </c>
       <c r="F101" t="s">
         <v>31</v>
       </c>
       <c r="G101" t="s">
         <v>23</v>
       </c>
       <c r="H101">
         <v>17</v>
       </c>
       <c r="I101" t="b">
         <v>0</v>
       </c>
       <c r="J101" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101" t="s">
         <v>24</v>
       </c>
       <c r="M101" t="s">
         <v>24</v>
       </c>
       <c r="N101" t="s">
         <v>24</v>
       </c>
       <c r="O101" t="s">
         <v>24</v>
       </c>
       <c r="P101">
         <v>131.87</v>
       </c>
       <c r="Q101" t="s">
         <v>24</v>
       </c>
       <c r="R101" t="s">
         <v>24</v>
       </c>
       <c r="S101">
         <v>131.87</v>
       </c>
     </row>
     <row r="102" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C102" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D102">
         <v>2146</v>
       </c>
       <c r="E102" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="F102" t="s">
         <v>22</v>
       </c>
       <c r="G102" t="s">
         <v>23</v>
       </c>
       <c r="H102">
         <v>30</v>
       </c>
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102">
         <v>131.53</v>
       </c>
       <c r="M102" t="s">
         <v>24</v>
       </c>
       <c r="N102" t="s">
         <v>24</v>
       </c>
       <c r="O102" t="s">
         <v>24</v>
       </c>
       <c r="P102" t="s">
         <v>24</v>
       </c>
       <c r="Q102" t="s">
         <v>24</v>
       </c>
       <c r="R102" t="s">
         <v>24</v>
       </c>
       <c r="S102">
         <v>131.53</v>
       </c>
     </row>
     <row r="103" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C103" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E103" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F103" t="s">
         <v>22</v>
       </c>
       <c r="G103" t="s">
         <v>23</v>
       </c>
       <c r="H103">
         <v>31</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
         <v>130.07</v>
       </c>
       <c r="M103" t="s">
         <v>24</v>
       </c>
       <c r="N103" t="s">
         <v>24</v>
       </c>
       <c r="O103" t="s">
         <v>24</v>
       </c>
       <c r="P103" t="s">
         <v>24</v>
       </c>
       <c r="Q103" t="s">
         <v>24</v>
       </c>
       <c r="R103" t="s">
         <v>24</v>
       </c>
       <c r="S103">
         <v>130.07</v>
       </c>
     </row>
     <row r="104" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C104" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D104">
         <v>2317</v>
       </c>
       <c r="E104" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F104" t="s">
         <v>31</v>
       </c>
       <c r="G104" t="s">
         <v>23</v>
       </c>
       <c r="H104">
         <v>18</v>
       </c>
       <c r="I104" t="b">
         <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
       <c r="L104" t="s">
         <v>24</v>
       </c>
       <c r="M104" t="s">
         <v>24</v>
       </c>
       <c r="N104" t="s">
         <v>24</v>
       </c>
       <c r="O104" t="s">
         <v>24</v>
       </c>
       <c r="P104">
         <v>129.89</v>
       </c>
       <c r="Q104" t="s">
         <v>24</v>
       </c>
       <c r="R104" t="s">
         <v>24</v>
       </c>
       <c r="S104">
         <v>129.89</v>
       </c>
     </row>
     <row r="105" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C105" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E105" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105" t="s">
         <v>23</v>
       </c>
       <c r="H105">
         <v>32</v>
       </c>
       <c r="I105" t="b">
         <v>0</v>
       </c>
       <c r="J105" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
       <c r="L105" t="s">
         <v>24</v>
       </c>
       <c r="M105" t="s">
         <v>24</v>
       </c>
       <c r="N105" t="s">
         <v>24</v>
       </c>
       <c r="O105" t="s">
         <v>24</v>
       </c>
       <c r="P105">
         <v>127.97</v>
       </c>
       <c r="Q105" t="s">
         <v>24</v>
       </c>
       <c r="R105" t="s">
         <v>24</v>
       </c>
       <c r="S105">
         <v>127.97</v>
       </c>
     </row>
     <row r="106" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C106" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E106" t="s">
         <v>24</v>
       </c>
       <c r="F106" t="s">
         <v>22</v>
       </c>
       <c r="G106" t="s">
         <v>39</v>
       </c>
       <c r="H106">
         <v>8</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
       <c r="L106" t="s">
         <v>24</v>
       </c>
       <c r="M106" t="s">
         <v>24</v>
       </c>
       <c r="N106">
         <v>126.33</v>
       </c>
       <c r="O106" t="s">
         <v>24</v>
       </c>
       <c r="P106" t="s">
         <v>24</v>
       </c>
       <c r="Q106" t="s">
         <v>24</v>
       </c>
       <c r="R106" t="s">
         <v>24</v>
       </c>
       <c r="S106">
         <v>126.33</v>
       </c>
     </row>
     <row r="107" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C107" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D107">
         <v>1300</v>
       </c>
       <c r="E107" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F107" t="s">
         <v>27</v>
       </c>
       <c r="G107" t="s">
         <v>39</v>
       </c>
       <c r="H107">
         <v>4</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107" t="s">
         <v>24</v>
       </c>
       <c r="M107" t="s">
         <v>24</v>
       </c>
       <c r="N107" t="s">
         <v>24</v>
       </c>
       <c r="O107" t="s">
         <v>24</v>
       </c>
       <c r="P107">
         <v>126.1</v>
       </c>
       <c r="Q107" t="s">
         <v>24</v>
       </c>
       <c r="R107" t="s">
         <v>24</v>
       </c>
       <c r="S107">
         <v>126.1</v>
       </c>
     </row>
     <row r="108" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>48</v>
       </c>
       <c r="C108" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="E108" t="s">
         <v>42</v>
       </c>
       <c r="F108" t="s">
         <v>22</v>
       </c>
       <c r="G108" t="s">
         <v>23</v>
       </c>
       <c r="H108">
         <v>33</v>
       </c>
       <c r="I108" t="b">
         <v>0</v>
       </c>
       <c r="J108" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
       <c r="M108" t="s">
         <v>24</v>
       </c>
       <c r="N108">
         <v>124.99</v>
       </c>
       <c r="O108" t="s">
         <v>24</v>
       </c>
       <c r="P108" t="s">
         <v>24</v>
       </c>
       <c r="Q108" t="s">
         <v>24</v>
       </c>
       <c r="R108" t="s">
         <v>24</v>
       </c>
       <c r="S108">
         <v>124.99</v>
       </c>
     </row>
     <row r="109" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C109" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E109" t="s">
         <v>24</v>
       </c>
       <c r="F109" t="s">
         <v>27</v>
       </c>
       <c r="G109" t="s">
         <v>23</v>
       </c>
       <c r="H109">
         <v>18</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109" t="s">
         <v>24</v>
       </c>
       <c r="M109" t="s">
         <v>24</v>
       </c>
       <c r="N109" t="s">
         <v>24</v>
       </c>
       <c r="O109" t="s">
         <v>24</v>
       </c>
       <c r="P109">
         <v>124.97</v>
       </c>
       <c r="Q109" t="s">
         <v>24</v>
       </c>
       <c r="R109" t="s">
         <v>24</v>
       </c>
       <c r="S109">
         <v>124.97</v>
       </c>
     </row>
     <row r="110" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C110" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E110" t="s">
         <v>24</v>
       </c>
       <c r="F110" t="s">
         <v>31</v>
       </c>
       <c r="G110" t="s">
         <v>23</v>
       </c>
       <c r="H110">
         <v>19</v>
       </c>
       <c r="I110" t="b">
         <v>0</v>
       </c>
       <c r="J110" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
       <c r="L110" t="s">
         <v>24</v>
       </c>
       <c r="M110" t="s">
         <v>24</v>
       </c>
       <c r="N110">
         <v>124.29</v>
       </c>
       <c r="O110" t="s">
         <v>24</v>
       </c>
       <c r="P110" t="s">
         <v>24</v>
       </c>
       <c r="Q110" t="s">
         <v>24</v>
       </c>
       <c r="R110" t="s">
         <v>24</v>
       </c>
       <c r="S110">
         <v>124.29</v>
       </c>
     </row>
     <row r="111" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C111" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D111">
         <v>2339</v>
       </c>
       <c r="E111" t="s">
         <v>50</v>
       </c>
       <c r="F111" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G111" t="s">
         <v>23</v>
       </c>
       <c r="H111">
         <v>3</v>
       </c>
       <c r="I111" t="b">
         <v>0</v>
       </c>
       <c r="J111" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K111">
         <v>1</v>
       </c>
       <c r="L111" t="s">
         <v>24</v>
       </c>
       <c r="M111" t="s">
         <v>24</v>
       </c>
       <c r="N111" t="s">
         <v>24</v>
       </c>
       <c r="O111" t="s">
         <v>24</v>
       </c>
       <c r="P111">
         <v>124.16</v>
       </c>
       <c r="Q111" t="s">
         <v>24</v>
       </c>
       <c r="R111" t="s">
         <v>24</v>
       </c>
       <c r="S111">
         <v>124.16</v>
       </c>
     </row>
     <row r="112" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C112" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E112" t="s">
         <v>30</v>
       </c>
       <c r="F112" t="s">
         <v>31</v>
       </c>
       <c r="G112" t="s">
         <v>23</v>
       </c>
       <c r="H112">
         <v>20</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
       <c r="L112">
         <v>124.16</v>
       </c>
       <c r="M112" t="s">
         <v>24</v>
       </c>
       <c r="N112" t="s">
         <v>24</v>
       </c>
       <c r="O112" t="s">
         <v>24</v>
       </c>
       <c r="P112" t="s">
         <v>24</v>
       </c>
       <c r="Q112" t="s">
         <v>24</v>
       </c>
       <c r="R112" t="s">
         <v>24</v>
       </c>
       <c r="S112">
         <v>124.16</v>
       </c>
     </row>
     <row r="113" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C113" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E113" t="s">
         <v>24</v>
       </c>
       <c r="F113" t="s">
         <v>22</v>
       </c>
       <c r="G113" t="s">
         <v>23</v>
       </c>
       <c r="H113">
         <v>34</v>
       </c>
       <c r="I113" t="b">
         <v>0</v>
       </c>
       <c r="J113" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
         <v>24</v>
       </c>
       <c r="M113" t="s">
         <v>24</v>
       </c>
       <c r="N113" t="s">
         <v>24</v>
       </c>
       <c r="O113" t="s">
         <v>24</v>
       </c>
       <c r="P113">
         <v>123.93</v>
       </c>
       <c r="Q113" t="s">
         <v>24</v>
       </c>
       <c r="R113" t="s">
         <v>24</v>
       </c>
       <c r="S113">
         <v>123.93</v>
       </c>
     </row>
     <row r="114" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C114" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="D114">
         <v>1721</v>
       </c>
       <c r="E114" t="s">
         <v>42</v>
       </c>
       <c r="F114" t="s">
         <v>22</v>
       </c>
       <c r="G114" t="s">
         <v>23</v>
       </c>
       <c r="H114">
         <v>35</v>
       </c>
       <c r="I114" t="b">
         <v>0</v>
       </c>
       <c r="J114" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
         <v>24</v>
       </c>
       <c r="M114" t="s">
         <v>24</v>
       </c>
       <c r="N114" t="s">
         <v>24</v>
       </c>
       <c r="O114" t="s">
         <v>24</v>
       </c>
       <c r="P114" t="s">
         <v>24</v>
       </c>
       <c r="Q114">
         <v>121.94</v>
       </c>
       <c r="R114" t="s">
         <v>24</v>
       </c>
       <c r="S114">
         <v>121.94</v>
       </c>
     </row>
     <row r="115" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C115" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E115" t="s">
         <v>42</v>
       </c>
       <c r="F115" t="s">
         <v>27</v>
       </c>
       <c r="G115" t="s">
         <v>23</v>
       </c>
       <c r="H115">
         <v>19</v>
       </c>
       <c r="I115" t="b">
         <v>0</v>
       </c>
       <c r="J115" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
       <c r="L115">
         <v>121.82</v>
       </c>
       <c r="M115" t="s">
         <v>24</v>
       </c>
       <c r="N115" t="s">
         <v>24</v>
       </c>
       <c r="O115" t="s">
         <v>24</v>
       </c>
       <c r="P115" t="s">
         <v>24</v>
       </c>
       <c r="Q115" t="s">
         <v>24</v>
       </c>
       <c r="R115" t="s">
         <v>24</v>
       </c>
       <c r="S115">
         <v>121.82</v>
       </c>
     </row>
     <row r="116" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C116" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E116" t="s">
         <v>24</v>
       </c>
       <c r="F116" t="s">
         <v>27</v>
       </c>
       <c r="G116" t="s">
         <v>23</v>
       </c>
       <c r="H116">
         <v>20</v>
       </c>
       <c r="I116" t="b">
         <v>0</v>
       </c>
       <c r="J116" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K116">
         <v>1</v>
       </c>
       <c r="L116">
         <v>121.62</v>
       </c>
       <c r="M116" t="s">
         <v>24</v>
       </c>
       <c r="N116" t="s">
         <v>24</v>
       </c>
       <c r="O116" t="s">
         <v>24</v>
       </c>
       <c r="P116" t="s">
         <v>24</v>
       </c>
       <c r="Q116" t="s">
         <v>24</v>
       </c>
       <c r="R116" t="s">
         <v>24</v>
       </c>
       <c r="S116">
         <v>121.62</v>
       </c>
     </row>
     <row r="117" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C117" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E117" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F117" t="s">
         <v>27</v>
       </c>
       <c r="G117" t="s">
         <v>39</v>
       </c>
       <c r="H117">
         <v>5</v>
       </c>
       <c r="I117" t="b">
         <v>0</v>
       </c>
       <c r="J117" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K117">
         <v>1</v>
       </c>
       <c r="L117">
         <v>120.9</v>
       </c>
       <c r="M117" t="s">
         <v>24</v>
       </c>
       <c r="N117" t="s">
         <v>24</v>
       </c>
       <c r="O117" t="s">
         <v>24</v>
       </c>
       <c r="P117" t="s">
         <v>24</v>
       </c>
       <c r="Q117" t="s">
         <v>24</v>
       </c>
       <c r="R117" t="s">
         <v>24</v>
       </c>
       <c r="S117">
         <v>120.9</v>
       </c>
     </row>
     <row r="118" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C118" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D118">
         <v>1216</v>
       </c>
       <c r="E118" t="s">
         <v>42</v>
       </c>
       <c r="F118" t="s">
         <v>27</v>
       </c>
       <c r="G118" t="s">
         <v>23</v>
       </c>
       <c r="H118">
         <v>21</v>
       </c>
       <c r="I118" t="b">
         <v>0</v>
       </c>
       <c r="J118" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K118">
         <v>1</v>
       </c>
       <c r="L118" t="s">
         <v>24</v>
       </c>
       <c r="M118" t="s">
         <v>24</v>
       </c>
       <c r="N118" t="s">
         <v>24</v>
       </c>
       <c r="O118" t="s">
         <v>24</v>
       </c>
       <c r="P118" t="s">
         <v>24</v>
       </c>
       <c r="Q118">
         <v>120.39</v>
       </c>
       <c r="R118" t="s">
         <v>24</v>
       </c>
       <c r="S118">
         <v>120.39</v>
       </c>
     </row>
     <row r="119" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C119" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E119" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F119" t="s">
         <v>31</v>
       </c>
       <c r="G119" t="s">
         <v>23</v>
       </c>
       <c r="H119">
         <v>21</v>
       </c>
       <c r="I119" t="b">
         <v>0</v>
       </c>
       <c r="J119" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K119">
         <v>1</v>
       </c>
       <c r="L119" t="s">
         <v>24</v>
       </c>
       <c r="M119" t="s">
         <v>24</v>
       </c>
       <c r="N119" t="s">
         <v>24</v>
       </c>
       <c r="O119" t="s">
         <v>24</v>
       </c>
       <c r="P119" t="s">
         <v>24</v>
       </c>
       <c r="Q119">
         <v>119.5</v>
       </c>
       <c r="R119" t="s">
         <v>24</v>
       </c>
       <c r="S119">
         <v>119.5</v>
       </c>
     </row>
     <row r="120" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>25</v>
       </c>
       <c r="C120" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E120" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F120" t="s">
         <v>27</v>
       </c>
       <c r="G120" t="s">
         <v>23</v>
       </c>
       <c r="H120">
         <v>22</v>
       </c>
       <c r="I120" t="b">
         <v>0</v>
       </c>
       <c r="J120" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K120">
         <v>1</v>
       </c>
       <c r="L120">
         <v>118.82</v>
       </c>
       <c r="M120" t="s">
         <v>24</v>
       </c>
       <c r="N120" t="s">
         <v>24</v>
       </c>
       <c r="O120" t="s">
         <v>24</v>
       </c>
       <c r="P120" t="s">
         <v>24</v>
       </c>
       <c r="Q120" t="s">
         <v>24</v>
       </c>
       <c r="R120" t="s">
         <v>24</v>
       </c>
       <c r="S120">
         <v>118.82</v>
       </c>
     </row>
     <row r="121" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C121" t="s">
-        <v>279</v>
+        <v>280</v>
+      </c>
+      <c r="D121">
+        <v>2482</v>
       </c>
       <c r="E121" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F121" t="s">
         <v>31</v>
       </c>
       <c r="G121" t="s">
         <v>23</v>
       </c>
       <c r="H121">
         <v>22</v>
       </c>
       <c r="I121" t="b">
         <v>0</v>
       </c>
       <c r="J121" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K121">
         <v>1</v>
       </c>
       <c r="L121" t="s">
         <v>24</v>
       </c>
       <c r="M121" t="s">
         <v>24</v>
       </c>
       <c r="N121" t="s">
         <v>24</v>
       </c>
       <c r="O121" t="s">
         <v>24</v>
       </c>
       <c r="P121" t="s">
         <v>24</v>
       </c>
       <c r="Q121">
         <v>118.62</v>
       </c>
       <c r="R121" t="s">
         <v>24</v>
       </c>
       <c r="S121">
         <v>118.62</v>
       </c>
     </row>
     <row r="122" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C122" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D122">
         <v>1205</v>
       </c>
       <c r="E122" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F122" t="s">
         <v>27</v>
       </c>
       <c r="G122" t="s">
         <v>23</v>
       </c>
       <c r="H122">
         <v>23</v>
       </c>
       <c r="I122" t="b">
         <v>0</v>
       </c>
       <c r="J122" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K122">
         <v>1</v>
       </c>
       <c r="L122">
         <v>118.4</v>
       </c>
       <c r="M122" t="s">
         <v>24</v>
       </c>
       <c r="N122" t="s">
         <v>24</v>
       </c>
       <c r="O122" t="s">
         <v>24</v>
       </c>
       <c r="P122" t="s">
         <v>24</v>
       </c>
       <c r="Q122" t="s">
         <v>24</v>
       </c>
       <c r="R122" t="s">
         <v>24</v>
       </c>
       <c r="S122">
         <v>118.4</v>
       </c>
     </row>
     <row r="123" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C123" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E123" t="s">
         <v>21</v>
       </c>
       <c r="F123" t="s">
         <v>27</v>
       </c>
       <c r="G123" t="s">
         <v>39</v>
       </c>
       <c r="H123">
         <v>6</v>
       </c>
       <c r="I123" t="b">
         <v>0</v>
       </c>
       <c r="J123" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K123">
         <v>1</v>
       </c>
       <c r="L123" t="s">
         <v>24</v>
       </c>
       <c r="M123" t="s">
         <v>24</v>
       </c>
       <c r="N123">
         <v>118.34</v>
       </c>
       <c r="O123" t="s">
         <v>24</v>
       </c>
       <c r="P123" t="s">
         <v>24</v>
       </c>
       <c r="Q123" t="s">
         <v>24</v>
       </c>
       <c r="R123" t="s">
         <v>24</v>
       </c>
       <c r="S123">
         <v>118.34</v>
       </c>
     </row>
     <row r="124" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C124" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E124" t="s">
         <v>24</v>
       </c>
       <c r="F124" t="s">
         <v>22</v>
       </c>
       <c r="G124" t="s">
         <v>39</v>
       </c>
       <c r="H124">
         <v>9</v>
       </c>
       <c r="I124" t="b">
         <v>0</v>
       </c>
       <c r="J124" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K124">
         <v>1</v>
       </c>
       <c r="L124" t="s">
         <v>24</v>
       </c>
       <c r="M124" t="s">
         <v>24</v>
       </c>
       <c r="N124">
         <v>118.26</v>
       </c>
       <c r="O124" t="s">
         <v>24</v>
       </c>
       <c r="P124" t="s">
         <v>24</v>
       </c>
       <c r="Q124" t="s">
         <v>24</v>
       </c>
       <c r="R124" t="s">
         <v>24</v>
       </c>
       <c r="S124">
         <v>118.26</v>
       </c>
     </row>
     <row r="125" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C125" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E125" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F125" t="s">
         <v>31</v>
       </c>
       <c r="G125" t="s">
         <v>23</v>
       </c>
       <c r="H125">
         <v>23</v>
       </c>
       <c r="I125" t="b">
         <v>0</v>
       </c>
       <c r="J125" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K125">
         <v>1</v>
       </c>
       <c r="L125" t="s">
         <v>24</v>
       </c>
       <c r="M125" t="s">
         <v>24</v>
       </c>
       <c r="N125">
         <v>115.4</v>
       </c>
       <c r="O125" t="s">
         <v>24</v>
       </c>
       <c r="P125" t="s">
         <v>24</v>
       </c>
       <c r="Q125" t="s">
         <v>24</v>
       </c>
       <c r="R125" t="s">
         <v>24</v>
       </c>
       <c r="S125">
         <v>115.4</v>
       </c>
     </row>
     <row r="126" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C126" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E126" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F126" t="s">
         <v>22</v>
       </c>
       <c r="G126" t="s">
         <v>23</v>
       </c>
       <c r="H126">
         <v>36</v>
       </c>
       <c r="I126" t="b">
         <v>0</v>
       </c>
       <c r="J126" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>24</v>
       </c>
       <c r="M126" t="s">
         <v>24</v>
       </c>
       <c r="N126">
         <v>115.29</v>
       </c>
       <c r="O126" t="s">
         <v>24</v>
       </c>
       <c r="P126" t="s">
         <v>24</v>
       </c>
       <c r="Q126" t="s">
         <v>24</v>
       </c>
       <c r="R126" t="s">
         <v>24</v>
       </c>
       <c r="S126">
         <v>115.29</v>
       </c>
     </row>
     <row r="127" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C127" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E127" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F127" t="s">
         <v>27</v>
       </c>
       <c r="G127" t="s">
         <v>23</v>
       </c>
       <c r="H127">
         <v>24</v>
       </c>
       <c r="I127" t="b">
         <v>0</v>
       </c>
       <c r="J127" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K127">
         <v>1</v>
       </c>
       <c r="L127">
         <v>115.2</v>
       </c>
       <c r="M127" t="s">
         <v>24</v>
       </c>
       <c r="N127" t="s">
         <v>24</v>
       </c>
       <c r="O127" t="s">
         <v>24</v>
       </c>
       <c r="P127" t="s">
         <v>24</v>
       </c>
       <c r="Q127" t="s">
         <v>24</v>
       </c>
       <c r="R127" t="s">
         <v>24</v>
       </c>
       <c r="S127">
         <v>115.2</v>
       </c>
     </row>
     <row r="128" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C128" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D128">
         <v>1835</v>
       </c>
       <c r="E128" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F128" t="s">
         <v>27</v>
       </c>
       <c r="G128" t="s">
         <v>23</v>
       </c>
       <c r="H128">
         <v>25</v>
       </c>
       <c r="I128" t="b">
         <v>0</v>
       </c>
       <c r="J128" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K128">
         <v>1</v>
       </c>
       <c r="L128">
         <v>114.61</v>
       </c>
       <c r="M128" t="s">
         <v>24</v>
       </c>
       <c r="N128" t="s">
         <v>24</v>
       </c>
       <c r="O128" t="s">
         <v>24</v>
       </c>
       <c r="P128" t="s">
         <v>24</v>
       </c>
       <c r="Q128" t="s">
         <v>24</v>
       </c>
       <c r="R128" t="s">
         <v>24</v>
       </c>
       <c r="S128">
         <v>114.61</v>
       </c>
     </row>
     <row r="129" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C129" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D129">
         <v>1898</v>
       </c>
       <c r="E129" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F129" t="s">
         <v>22</v>
       </c>
       <c r="G129" t="s">
         <v>23</v>
       </c>
       <c r="H129">
         <v>37</v>
       </c>
       <c r="I129" t="b">
         <v>0</v>
       </c>
       <c r="J129" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
       <c r="L129">
         <v>114.6</v>
       </c>
       <c r="M129" t="s">
         <v>24</v>
       </c>
       <c r="N129" t="s">
         <v>24</v>
       </c>
       <c r="O129" t="s">
         <v>24</v>
       </c>
       <c r="P129" t="s">
         <v>24</v>
       </c>
       <c r="Q129" t="s">
         <v>24</v>
       </c>
       <c r="R129" t="s">
         <v>24</v>
       </c>
       <c r="S129">
         <v>114.6</v>
       </c>
     </row>
     <row r="130" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>25</v>
       </c>
       <c r="C130" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E130" t="s">
         <v>24</v>
       </c>
       <c r="F130" t="s">
         <v>22</v>
       </c>
       <c r="G130" t="s">
         <v>23</v>
       </c>
       <c r="H130">
         <v>38</v>
       </c>
       <c r="I130" t="b">
         <v>0</v>
       </c>
       <c r="J130" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" t="s">
         <v>24</v>
       </c>
       <c r="M130" t="s">
         <v>24</v>
       </c>
       <c r="N130">
         <v>114.51</v>
       </c>
       <c r="O130" t="s">
         <v>24</v>
       </c>
       <c r="P130" t="s">
         <v>24</v>
       </c>
       <c r="Q130" t="s">
         <v>24</v>
       </c>
       <c r="R130" t="s">
         <v>24</v>
       </c>
       <c r="S130">
         <v>114.51</v>
       </c>
     </row>
     <row r="131" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C131" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E131" t="s">
         <v>42</v>
       </c>
       <c r="F131" t="s">
         <v>27</v>
       </c>
       <c r="G131" t="s">
         <v>23</v>
       </c>
       <c r="H131">
         <v>26</v>
       </c>
       <c r="I131" t="b">
         <v>0</v>
       </c>
       <c r="J131" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K131">
         <v>1</v>
       </c>
       <c r="L131">
         <v>114.35</v>
       </c>
       <c r="M131" t="s">
         <v>24</v>
       </c>
       <c r="N131" t="s">
         <v>24</v>
       </c>
       <c r="O131" t="s">
         <v>24</v>
       </c>
       <c r="P131" t="s">
         <v>24</v>
       </c>
       <c r="Q131" t="s">
         <v>24</v>
       </c>
       <c r="R131" t="s">
         <v>24</v>
       </c>
       <c r="S131">
         <v>114.35</v>
       </c>
     </row>
     <row r="132" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C132" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E132" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="F132" t="s">
         <v>22</v>
       </c>
       <c r="G132" t="s">
         <v>23</v>
       </c>
       <c r="H132">
         <v>39</v>
       </c>
       <c r="I132" t="b">
         <v>0</v>
       </c>
       <c r="J132" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K132">
         <v>1</v>
       </c>
       <c r="L132" t="s">
         <v>24</v>
       </c>
       <c r="M132" t="s">
         <v>24</v>
       </c>
       <c r="N132" t="s">
         <v>24</v>
       </c>
       <c r="O132" t="s">
         <v>24</v>
       </c>
       <c r="P132" t="s">
         <v>24</v>
       </c>
       <c r="Q132">
         <v>114.17</v>
       </c>
       <c r="R132" t="s">
         <v>24</v>
       </c>
       <c r="S132">
         <v>114.17</v>
       </c>
     </row>
     <row r="133" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C133" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D133">
         <v>638</v>
       </c>
       <c r="E133" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F133" t="s">
         <v>27</v>
       </c>
       <c r="G133" t="s">
         <v>23</v>
       </c>
       <c r="H133">
         <v>27</v>
       </c>
       <c r="I133" t="b">
         <v>0</v>
       </c>
       <c r="J133" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K133">
         <v>1</v>
       </c>
       <c r="L133">
         <v>114.17</v>
       </c>
       <c r="M133" t="s">
         <v>24</v>
       </c>
       <c r="N133" t="s">
         <v>24</v>
       </c>
       <c r="O133" t="s">
         <v>24</v>
       </c>
       <c r="P133" t="s">
         <v>24</v>
       </c>
       <c r="Q133" t="s">
         <v>24</v>
       </c>
       <c r="R133" t="s">
         <v>24</v>
       </c>
       <c r="S133">
         <v>114.17</v>
       </c>
     </row>
     <row r="134" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="C134" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E134" t="s">
         <v>24</v>
       </c>
       <c r="F134" t="s">
         <v>22</v>
       </c>
       <c r="G134" t="s">
         <v>23</v>
       </c>
       <c r="H134">
         <v>40</v>
       </c>
       <c r="I134" t="b">
         <v>0</v>
       </c>
       <c r="J134" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K134">
         <v>1</v>
       </c>
       <c r="L134" t="s">
         <v>24</v>
       </c>
       <c r="M134" t="s">
         <v>24</v>
       </c>
       <c r="N134" t="s">
         <v>24</v>
       </c>
       <c r="O134">
         <v>113.71</v>
       </c>
       <c r="P134" t="s">
         <v>24</v>
       </c>
       <c r="Q134" t="s">
         <v>24</v>
       </c>
       <c r="R134" t="s">
         <v>24</v>
       </c>
       <c r="S134">
         <v>113.71</v>
       </c>
     </row>
     <row r="135" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C135" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D135">
         <v>1665</v>
       </c>
       <c r="E135" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F135" t="s">
         <v>27</v>
       </c>
       <c r="G135" t="s">
         <v>23</v>
       </c>
       <c r="H135">
         <v>28</v>
       </c>
       <c r="I135" t="b">
         <v>0</v>
       </c>
       <c r="J135" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K135">
         <v>1</v>
       </c>
       <c r="L135">
         <v>113.27</v>
       </c>
       <c r="M135" t="s">
         <v>24</v>
       </c>
       <c r="N135" t="s">
         <v>24</v>
       </c>
       <c r="O135" t="s">
         <v>24</v>
       </c>
       <c r="P135" t="s">
         <v>24</v>
       </c>
       <c r="Q135" t="s">
         <v>24</v>
       </c>
       <c r="R135" t="s">
         <v>24</v>
       </c>
       <c r="S135">
         <v>113.27</v>
       </c>
     </row>
     <row r="136" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C136" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E136" t="s">
         <v>24</v>
       </c>
       <c r="F136" t="s">
         <v>31</v>
       </c>
       <c r="G136" t="s">
         <v>23</v>
       </c>
       <c r="H136">
         <v>24</v>
       </c>
       <c r="I136" t="b">
         <v>0</v>
       </c>
       <c r="J136" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
       <c r="L136" t="s">
         <v>24</v>
       </c>
       <c r="M136" t="s">
         <v>24</v>
       </c>
       <c r="N136">
         <v>113.15</v>
       </c>
       <c r="O136" t="s">
         <v>24</v>
       </c>
       <c r="P136" t="s">
         <v>24</v>
       </c>
       <c r="Q136" t="s">
         <v>24</v>
       </c>
       <c r="R136" t="s">
         <v>24</v>
       </c>
       <c r="S136">
         <v>113.15</v>
       </c>
     </row>
     <row r="137" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
         <v>59</v>
       </c>
       <c r="C137" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D137">
         <v>2449</v>
       </c>
       <c r="E137" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F137" t="s">
         <v>31</v>
       </c>
       <c r="G137" t="s">
         <v>23</v>
       </c>
       <c r="H137">
         <v>25</v>
       </c>
       <c r="I137" t="b">
         <v>0</v>
       </c>
       <c r="J137" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K137">
         <v>1</v>
       </c>
       <c r="L137" t="s">
         <v>24</v>
       </c>
       <c r="M137" t="s">
         <v>24</v>
       </c>
       <c r="N137" t="s">
         <v>24</v>
       </c>
       <c r="O137">
         <v>113.03</v>
       </c>
       <c r="P137" t="s">
         <v>24</v>
       </c>
       <c r="Q137" t="s">
         <v>24</v>
       </c>
       <c r="R137" t="s">
         <v>24</v>
       </c>
       <c r="S137">
         <v>113.03</v>
       </c>
     </row>
     <row r="138" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C138" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E138" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F138" t="s">
         <v>22</v>
       </c>
       <c r="G138" t="s">
         <v>23</v>
       </c>
       <c r="H138">
         <v>41</v>
       </c>
       <c r="I138" t="b">
         <v>0</v>
       </c>
       <c r="J138" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
       <c r="L138">
         <v>112.1</v>
       </c>
       <c r="M138" t="s">
         <v>24</v>
       </c>
       <c r="N138" t="s">
         <v>24</v>
       </c>
       <c r="O138" t="s">
         <v>24</v>
       </c>
       <c r="P138" t="s">
         <v>24</v>
       </c>
       <c r="Q138" t="s">
         <v>24</v>
       </c>
       <c r="R138" t="s">
         <v>24</v>
       </c>
       <c r="S138">
         <v>112.1</v>
       </c>
     </row>
     <row r="139" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C139" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E139" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F139" t="s">
         <v>22</v>
       </c>
       <c r="G139" t="s">
         <v>39</v>
       </c>
       <c r="H139">
         <v>10</v>
       </c>
       <c r="I139" t="b">
         <v>0</v>
       </c>
       <c r="J139" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K139">
         <v>1</v>
       </c>
       <c r="L139">
         <v>110.69</v>
       </c>
       <c r="M139" t="s">
         <v>24</v>
       </c>
       <c r="N139" t="s">
         <v>24</v>
       </c>
       <c r="O139" t="s">
         <v>24</v>
       </c>
       <c r="P139" t="s">
         <v>24</v>
       </c>
       <c r="Q139" t="s">
         <v>24</v>
       </c>
       <c r="R139" t="s">
         <v>24</v>
       </c>
       <c r="S139">
         <v>110.69</v>
       </c>
     </row>
     <row r="140" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C140" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D140">
         <v>2452</v>
       </c>
       <c r="E140" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="F140" t="s">
         <v>31</v>
       </c>
       <c r="G140" t="s">
         <v>23</v>
       </c>
       <c r="H140">
         <v>26</v>
       </c>
       <c r="I140" t="b">
         <v>0</v>
       </c>
       <c r="J140" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
       <c r="L140" t="s">
         <v>24</v>
       </c>
       <c r="M140" t="s">
         <v>24</v>
       </c>
       <c r="N140">
         <v>109.57</v>
       </c>
       <c r="O140" t="s">
         <v>24</v>
       </c>
       <c r="P140" t="s">
         <v>24</v>
       </c>
       <c r="Q140" t="s">
         <v>24</v>
       </c>
       <c r="R140" t="s">
         <v>24</v>
       </c>
       <c r="S140">
         <v>109.57</v>
       </c>
     </row>
     <row r="141" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C141" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D141">
         <v>2308</v>
       </c>
       <c r="E141" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F141" t="s">
         <v>31</v>
       </c>
       <c r="G141" t="s">
         <v>23</v>
       </c>
       <c r="H141">
         <v>27</v>
       </c>
       <c r="I141" t="b">
         <v>0</v>
       </c>
       <c r="J141" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
       <c r="L141" t="s">
         <v>24</v>
       </c>
       <c r="M141" t="s">
         <v>24</v>
       </c>
       <c r="N141" t="s">
         <v>24</v>
       </c>
       <c r="O141" t="s">
         <v>24</v>
       </c>
       <c r="P141">
         <v>109.31</v>
       </c>
       <c r="Q141" t="s">
         <v>24</v>
       </c>
       <c r="R141" t="s">
         <v>24</v>
       </c>
       <c r="S141">
         <v>109.31</v>
       </c>
     </row>
     <row r="142" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C142" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E142" t="s">
         <v>24</v>
       </c>
       <c r="F142" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G142" t="s">
         <v>23</v>
       </c>
       <c r="H142">
         <v>4</v>
       </c>
       <c r="I142" t="b">
         <v>0</v>
       </c>
       <c r="J142" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K142">
         <v>1</v>
       </c>
       <c r="L142" t="s">
         <v>24</v>
       </c>
       <c r="M142">
         <v>108.56</v>
       </c>
       <c r="N142" t="s">
         <v>24</v>
       </c>
       <c r="O142" t="s">
         <v>24</v>
       </c>
       <c r="P142" t="s">
         <v>24</v>
       </c>
       <c r="Q142" t="s">
         <v>24</v>
       </c>
       <c r="R142" t="s">
         <v>24</v>
       </c>
       <c r="S142">
         <v>108.56</v>
       </c>
     </row>
     <row r="143" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="C143" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D143">
         <v>1468</v>
       </c>
       <c r="E143" t="s">
         <v>21</v>
       </c>
       <c r="F143" t="s">
         <v>27</v>
       </c>
       <c r="G143" t="s">
         <v>23</v>
       </c>
       <c r="H143">
         <v>29</v>
       </c>
       <c r="I143" t="b">
         <v>0</v>
       </c>
       <c r="J143" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K143">
         <v>1</v>
       </c>
       <c r="L143">
         <v>108.47</v>
       </c>
       <c r="M143" t="s">
         <v>24</v>
       </c>
       <c r="N143" t="s">
         <v>24</v>
       </c>
       <c r="O143" t="s">
         <v>24</v>
       </c>
       <c r="P143" t="s">
         <v>24</v>
       </c>
       <c r="Q143" t="s">
         <v>24</v>
       </c>
       <c r="R143" t="s">
         <v>24</v>
       </c>
       <c r="S143">
         <v>108.47</v>
       </c>
     </row>
     <row r="144" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C144" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D144">
         <v>2108</v>
       </c>
       <c r="E144" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F144" t="s">
         <v>22</v>
       </c>
       <c r="G144" t="s">
         <v>23</v>
       </c>
       <c r="H144">
         <v>42</v>
       </c>
       <c r="I144" t="b">
         <v>0</v>
       </c>
       <c r="J144" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
       <c r="L144">
         <v>108.3</v>
       </c>
       <c r="M144" t="s">
         <v>24</v>
       </c>
       <c r="N144" t="s">
         <v>24</v>
       </c>
       <c r="O144" t="s">
         <v>24</v>
       </c>
       <c r="P144" t="s">
         <v>24</v>
       </c>
       <c r="Q144" t="s">
         <v>24</v>
       </c>
       <c r="R144" t="s">
         <v>24</v>
       </c>
       <c r="S144">
         <v>108.3</v>
       </c>
     </row>
     <row r="145" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C145" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E145" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F145" t="s">
         <v>31</v>
       </c>
       <c r="G145" t="s">
         <v>23</v>
       </c>
       <c r="H145">
         <v>28</v>
       </c>
       <c r="I145" t="b">
         <v>0</v>
       </c>
       <c r="J145" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K145">
         <v>1</v>
       </c>
       <c r="L145" t="s">
         <v>24</v>
       </c>
       <c r="M145" t="s">
         <v>24</v>
       </c>
       <c r="N145" t="s">
         <v>24</v>
       </c>
       <c r="O145" t="s">
         <v>24</v>
       </c>
       <c r="P145">
         <v>108.14</v>
       </c>
       <c r="Q145" t="s">
         <v>24</v>
       </c>
       <c r="R145" t="s">
         <v>24</v>
       </c>
       <c r="S145">
         <v>108.14</v>
       </c>
     </row>
     <row r="146" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C146" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D146">
         <v>1513</v>
       </c>
       <c r="E146" t="s">
         <v>42</v>
       </c>
       <c r="F146" t="s">
         <v>22</v>
       </c>
       <c r="G146" t="s">
         <v>39</v>
       </c>
       <c r="H146">
         <v>11</v>
       </c>
       <c r="I146" t="b">
         <v>0</v>
       </c>
       <c r="J146" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146" t="s">
         <v>24</v>
       </c>
       <c r="M146">
         <v>108.1</v>
       </c>
       <c r="N146" t="s">
         <v>24</v>
       </c>
       <c r="O146" t="s">
         <v>24</v>
       </c>
       <c r="P146" t="s">
         <v>24</v>
       </c>
       <c r="Q146" t="s">
         <v>24</v>
       </c>
       <c r="R146" t="s">
         <v>24</v>
       </c>
       <c r="S146">
         <v>108.1</v>
       </c>
     </row>
     <row r="147" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C147" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E147" t="s">
         <v>21</v>
       </c>
       <c r="F147" t="s">
         <v>27</v>
       </c>
       <c r="G147" t="s">
         <v>23</v>
       </c>
       <c r="H147">
         <v>30</v>
       </c>
       <c r="I147" t="b">
         <v>0</v>
       </c>
       <c r="J147" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
       <c r="L147" t="s">
         <v>24</v>
       </c>
       <c r="M147" t="s">
         <v>24</v>
       </c>
       <c r="N147" t="s">
         <v>24</v>
       </c>
       <c r="O147" t="s">
         <v>24</v>
       </c>
       <c r="P147" t="s">
         <v>24</v>
       </c>
       <c r="Q147">
         <v>108.06</v>
       </c>
       <c r="R147" t="s">
         <v>24</v>
       </c>
       <c r="S147">
         <v>108.06</v>
       </c>
     </row>
     <row r="148" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>48</v>
       </c>
       <c r="C148" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D148">
         <v>2350</v>
       </c>
       <c r="E148" t="s">
         <v>24</v>
       </c>
       <c r="F148" t="s">
         <v>27</v>
       </c>
       <c r="G148" t="s">
         <v>23</v>
       </c>
       <c r="H148">
         <v>31</v>
       </c>
       <c r="I148" t="b">
         <v>0</v>
       </c>
       <c r="J148" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K148">
         <v>1</v>
       </c>
       <c r="L148" t="s">
         <v>24</v>
       </c>
       <c r="M148" t="s">
         <v>24</v>
       </c>
       <c r="N148" t="s">
         <v>24</v>
       </c>
       <c r="O148" t="s">
         <v>24</v>
       </c>
       <c r="P148">
         <v>108.02</v>
       </c>
       <c r="Q148" t="s">
         <v>24</v>
       </c>
       <c r="R148" t="s">
         <v>24</v>
       </c>
       <c r="S148">
         <v>108.02</v>
       </c>
     </row>
     <row r="149" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C149" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E149" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F149" t="s">
         <v>27</v>
       </c>
       <c r="G149" t="s">
         <v>23</v>
       </c>
       <c r="H149">
         <v>32</v>
       </c>
       <c r="I149" t="b">
         <v>0</v>
       </c>
       <c r="J149" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K149">
         <v>1</v>
       </c>
       <c r="L149" t="s">
         <v>24</v>
       </c>
       <c r="M149" t="s">
         <v>24</v>
       </c>
       <c r="N149" t="s">
         <v>24</v>
       </c>
       <c r="O149" t="s">
         <v>24</v>
       </c>
       <c r="P149">
         <v>107.41</v>
       </c>
       <c r="Q149" t="s">
         <v>24</v>
       </c>
       <c r="R149" t="s">
         <v>24</v>
       </c>
       <c r="S149">
         <v>107.41</v>
       </c>
     </row>
     <row r="150" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="C150" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E150" t="s">
         <v>24</v>
       </c>
       <c r="F150" t="s">
         <v>22</v>
       </c>
       <c r="G150" t="s">
         <v>23</v>
       </c>
       <c r="H150">
         <v>43</v>
       </c>
       <c r="I150" t="b">
         <v>0</v>
       </c>
       <c r="J150" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K150">
         <v>1</v>
       </c>
       <c r="L150">
         <v>107.23</v>
       </c>
       <c r="M150" t="s">
         <v>24</v>
       </c>
       <c r="N150" t="s">
         <v>24</v>
       </c>
       <c r="O150" t="s">
         <v>24</v>
       </c>
       <c r="P150" t="s">
         <v>24</v>
       </c>
       <c r="Q150" t="s">
         <v>24</v>
       </c>
       <c r="R150" t="s">
         <v>24</v>
       </c>
       <c r="S150">
         <v>107.23</v>
       </c>
     </row>
     <row r="151" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C151" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E151" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F151" t="s">
         <v>31</v>
       </c>
       <c r="G151" t="s">
         <v>23</v>
       </c>
       <c r="H151">
         <v>29</v>
       </c>
       <c r="I151" t="b">
         <v>0</v>
       </c>
       <c r="J151" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K151">
         <v>1</v>
       </c>
       <c r="L151">
         <v>107.11</v>
       </c>
       <c r="M151" t="s">
         <v>24</v>
       </c>
       <c r="N151" t="s">
         <v>24</v>
       </c>
       <c r="O151" t="s">
         <v>24</v>
       </c>
       <c r="P151" t="s">
         <v>24</v>
       </c>
       <c r="Q151" t="s">
         <v>24</v>
       </c>
       <c r="R151" t="s">
         <v>24</v>
       </c>
       <c r="S151">
         <v>107.11</v>
       </c>
     </row>
     <row r="152" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
         <v>25</v>
       </c>
       <c r="C152" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E152" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F152" t="s">
         <v>22</v>
       </c>
       <c r="G152" t="s">
         <v>23</v>
       </c>
       <c r="H152">
         <v>44</v>
       </c>
       <c r="I152" t="b">
         <v>0</v>
       </c>
       <c r="J152" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K152">
         <v>1</v>
       </c>
       <c r="L152" t="s">
         <v>24</v>
       </c>
       <c r="M152" t="s">
         <v>24</v>
       </c>
       <c r="N152">
         <v>107.08</v>
       </c>
       <c r="O152" t="s">
         <v>24</v>
       </c>
       <c r="P152" t="s">
         <v>24</v>
       </c>
       <c r="Q152" t="s">
         <v>24</v>
       </c>
       <c r="R152" t="s">
         <v>24</v>
       </c>
       <c r="S152">
         <v>107.08</v>
       </c>
     </row>
     <row r="153" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C153" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E153" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F153" t="s">
         <v>31</v>
       </c>
       <c r="G153" t="s">
         <v>23</v>
       </c>
       <c r="H153">
         <v>30</v>
       </c>
       <c r="I153" t="b">
         <v>0</v>
       </c>
       <c r="J153" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K153">
         <v>1</v>
       </c>
       <c r="L153">
         <v>107.01</v>
       </c>
       <c r="M153" t="s">
         <v>24</v>
       </c>
       <c r="N153" t="s">
         <v>24</v>
       </c>
       <c r="O153" t="s">
         <v>24</v>
       </c>
       <c r="P153" t="s">
         <v>24</v>
       </c>
       <c r="Q153" t="s">
         <v>24</v>
       </c>
       <c r="R153" t="s">
         <v>24</v>
       </c>
       <c r="S153">
         <v>107.01</v>
       </c>
     </row>
     <row r="154" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C154" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E154" t="s">
         <v>24</v>
       </c>
       <c r="F154" t="s">
         <v>27</v>
       </c>
       <c r="G154" t="s">
         <v>23</v>
       </c>
       <c r="H154">
         <v>33</v>
       </c>
       <c r="I154" t="b">
         <v>0</v>
       </c>
       <c r="J154" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K154">
         <v>1</v>
       </c>
       <c r="L154">
         <v>106.45</v>
       </c>
       <c r="M154" t="s">
         <v>24</v>
       </c>
       <c r="N154" t="s">
         <v>24</v>
       </c>
       <c r="O154" t="s">
         <v>24</v>
       </c>
       <c r="P154" t="s">
         <v>24</v>
       </c>
       <c r="Q154" t="s">
         <v>24</v>
       </c>
       <c r="R154" t="s">
         <v>24</v>
       </c>
       <c r="S154">
         <v>106.45</v>
       </c>
     </row>
     <row r="155" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C155" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E155" t="s">
         <v>24</v>
       </c>
       <c r="F155" t="s">
         <v>27</v>
       </c>
       <c r="G155" t="s">
         <v>23</v>
       </c>
       <c r="H155">
         <v>34</v>
       </c>
       <c r="I155" t="b">
         <v>0</v>
       </c>
       <c r="J155" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
       <c r="L155" t="s">
         <v>24</v>
       </c>
       <c r="M155" t="s">
         <v>24</v>
       </c>
       <c r="N155">
         <v>106.12</v>
       </c>
       <c r="O155" t="s">
         <v>24</v>
       </c>
       <c r="P155" t="s">
         <v>24</v>
       </c>
       <c r="Q155" t="s">
         <v>24</v>
       </c>
       <c r="R155" t="s">
         <v>24</v>
       </c>
       <c r="S155">
         <v>106.12</v>
       </c>
     </row>
     <row r="156" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C156" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D156">
         <v>1463</v>
       </c>
       <c r="E156" t="s">
         <v>21</v>
       </c>
       <c r="F156" t="s">
         <v>27</v>
       </c>
       <c r="G156" t="s">
         <v>23</v>
       </c>
       <c r="H156">
         <v>35</v>
       </c>
       <c r="I156" t="b">
         <v>0</v>
       </c>
       <c r="J156" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K156">
         <v>1</v>
       </c>
       <c r="L156">
         <v>106.05</v>
       </c>
       <c r="M156" t="s">
         <v>24</v>
       </c>
       <c r="N156" t="s">
         <v>24</v>
       </c>
       <c r="O156" t="s">
         <v>24</v>
       </c>
       <c r="P156" t="s">
         <v>24</v>
       </c>
       <c r="Q156" t="s">
         <v>24</v>
       </c>
       <c r="R156" t="s">
         <v>24</v>
       </c>
       <c r="S156">
         <v>106.05</v>
       </c>
     </row>
     <row r="157" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C157" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E157" t="s">
         <v>50</v>
       </c>
       <c r="F157" t="s">
         <v>31</v>
       </c>
       <c r="G157" t="s">
         <v>39</v>
       </c>
       <c r="H157">
         <v>6</v>
       </c>
       <c r="I157" t="b">
         <v>0</v>
       </c>
       <c r="J157" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K157">
         <v>1</v>
       </c>
       <c r="L157" t="s">
         <v>24</v>
       </c>
       <c r="M157" t="s">
         <v>24</v>
       </c>
       <c r="N157" t="s">
         <v>24</v>
       </c>
       <c r="O157" t="s">
         <v>24</v>
       </c>
       <c r="P157">
         <v>105.93</v>
       </c>
       <c r="Q157" t="s">
         <v>24</v>
       </c>
       <c r="R157" t="s">
         <v>24</v>
       </c>
       <c r="S157">
         <v>105.93</v>
       </c>
     </row>
     <row r="158" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
         <v>51</v>
       </c>
       <c r="C158" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D158">
         <v>2346</v>
       </c>
       <c r="E158" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F158" t="s">
         <v>27</v>
       </c>
       <c r="G158" t="s">
         <v>23</v>
       </c>
       <c r="H158">
         <v>36</v>
       </c>
       <c r="I158" t="b">
         <v>0</v>
       </c>
       <c r="J158" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K158">
         <v>1</v>
       </c>
       <c r="L158">
         <v>105.73</v>
       </c>
       <c r="M158" t="s">
         <v>24</v>
       </c>
       <c r="N158" t="s">
         <v>24</v>
       </c>
       <c r="O158" t="s">
         <v>24</v>
       </c>
       <c r="P158" t="s">
         <v>24</v>
       </c>
       <c r="Q158" t="s">
         <v>24</v>
       </c>
       <c r="R158" t="s">
         <v>24</v>
       </c>
       <c r="S158">
         <v>105.73</v>
       </c>
     </row>
     <row r="159" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C159" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E159" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F159" t="s">
         <v>22</v>
       </c>
       <c r="G159" t="s">
         <v>23</v>
       </c>
       <c r="H159">
         <v>45</v>
       </c>
       <c r="I159" t="b">
         <v>0</v>
       </c>
       <c r="J159" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K159">
         <v>1</v>
       </c>
       <c r="L159" t="s">
         <v>24</v>
       </c>
       <c r="M159" t="s">
         <v>24</v>
       </c>
       <c r="N159" t="s">
         <v>24</v>
       </c>
       <c r="O159" t="s">
         <v>24</v>
       </c>
       <c r="P159">
         <v>105.5</v>
       </c>
       <c r="Q159" t="s">
         <v>24</v>
       </c>
       <c r="R159" t="s">
         <v>24</v>
       </c>
       <c r="S159">
         <v>105.5</v>
       </c>
     </row>
     <row r="160" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C160" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D160">
         <v>1647</v>
       </c>
       <c r="E160" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F160" t="s">
         <v>22</v>
       </c>
       <c r="G160" t="s">
         <v>23</v>
       </c>
       <c r="H160">
         <v>46</v>
       </c>
       <c r="I160" t="b">
         <v>0</v>
       </c>
       <c r="J160" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K160">
         <v>1</v>
       </c>
       <c r="L160">
         <v>105.45</v>
       </c>
       <c r="M160" t="s">
         <v>24</v>
       </c>
       <c r="N160" t="s">
         <v>24</v>
       </c>
       <c r="O160" t="s">
         <v>24</v>
       </c>
       <c r="P160" t="s">
         <v>24</v>
       </c>
       <c r="Q160" t="s">
         <v>24</v>
       </c>
       <c r="R160" t="s">
         <v>24</v>
       </c>
       <c r="S160">
         <v>105.45</v>
       </c>
     </row>
     <row r="161" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
         <v>48</v>
       </c>
       <c r="C161" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E161" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F161" t="s">
         <v>31</v>
       </c>
       <c r="G161" t="s">
         <v>23</v>
       </c>
       <c r="H161">
         <v>31</v>
       </c>
       <c r="I161" t="b">
         <v>0</v>
       </c>
       <c r="J161" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K161">
         <v>1</v>
       </c>
       <c r="L161" t="s">
         <v>24</v>
       </c>
       <c r="M161">
         <v>105.07</v>
       </c>
       <c r="N161" t="s">
         <v>24</v>
       </c>
       <c r="O161" t="s">
         <v>24</v>
       </c>
       <c r="P161" t="s">
         <v>24</v>
       </c>
       <c r="Q161" t="s">
         <v>24</v>
       </c>
       <c r="R161" t="s">
         <v>24</v>
       </c>
       <c r="S161">
         <v>105.07</v>
       </c>
     </row>
     <row r="162" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C162" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E162" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="F162" t="s">
         <v>58</v>
       </c>
       <c r="G162" t="s">
         <v>23</v>
       </c>
       <c r="H162">
         <v>10</v>
       </c>
       <c r="I162" t="b">
         <v>0</v>
       </c>
       <c r="J162" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K162">
         <v>1</v>
       </c>
       <c r="L162" t="s">
         <v>24</v>
       </c>
       <c r="M162" t="s">
         <v>24</v>
       </c>
       <c r="N162" t="s">
         <v>24</v>
       </c>
       <c r="O162" t="s">
         <v>24</v>
       </c>
       <c r="P162" t="s">
         <v>24</v>
       </c>
       <c r="Q162">
         <v>104.96</v>
       </c>
       <c r="R162" t="s">
         <v>24</v>
       </c>
       <c r="S162">
         <v>104.96</v>
       </c>
     </row>
     <row r="163" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C163" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E163" t="s">
         <v>21</v>
       </c>
       <c r="F163" t="s">
         <v>22</v>
       </c>
       <c r="G163" t="s">
         <v>39</v>
       </c>
       <c r="H163">
         <v>12</v>
       </c>
       <c r="I163" t="b">
         <v>0</v>
       </c>
       <c r="J163" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163" t="s">
         <v>24</v>
       </c>
       <c r="M163" t="s">
         <v>24</v>
       </c>
       <c r="N163">
         <v>104.74</v>
       </c>
       <c r="O163" t="s">
         <v>24</v>
       </c>
       <c r="P163" t="s">
         <v>24</v>
       </c>
       <c r="Q163" t="s">
         <v>24</v>
       </c>
       <c r="R163" t="s">
         <v>24</v>
       </c>
       <c r="S163">
         <v>104.74</v>
       </c>
     </row>
     <row r="164" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C164" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D164">
         <v>2343</v>
       </c>
       <c r="E164" t="s">
         <v>42</v>
       </c>
       <c r="F164" t="s">
         <v>22</v>
       </c>
       <c r="G164" t="s">
         <v>23</v>
       </c>
       <c r="H164">
         <v>47</v>
       </c>
       <c r="I164" t="b">
         <v>0</v>
       </c>
       <c r="J164" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K164">
         <v>1</v>
       </c>
       <c r="L164" t="s">
         <v>24</v>
       </c>
       <c r="M164" t="s">
         <v>24</v>
       </c>
       <c r="N164" t="s">
         <v>24</v>
       </c>
       <c r="O164" t="s">
         <v>24</v>
       </c>
       <c r="P164">
         <v>104.53</v>
       </c>
       <c r="Q164" t="s">
         <v>24</v>
       </c>
       <c r="R164" t="s">
         <v>24</v>
       </c>
       <c r="S164">
         <v>104.53</v>
       </c>
     </row>
     <row r="165" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="C165" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E165" t="s">
         <v>50</v>
       </c>
       <c r="F165" t="s">
         <v>27</v>
       </c>
       <c r="G165" t="s">
         <v>23</v>
       </c>
       <c r="H165">
         <v>37</v>
       </c>
       <c r="I165" t="b">
         <v>0</v>
       </c>
       <c r="J165" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
       <c r="L165">
         <v>104.29</v>
       </c>
       <c r="M165" t="s">
         <v>24</v>
       </c>
       <c r="N165" t="s">
         <v>24</v>
       </c>
       <c r="O165" t="s">
         <v>24</v>
       </c>
       <c r="P165" t="s">
         <v>24</v>
       </c>
       <c r="Q165" t="s">
         <v>24</v>
       </c>
       <c r="R165" t="s">
         <v>24</v>
       </c>
       <c r="S165">
         <v>104.29</v>
       </c>
     </row>
     <row r="166" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C166" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="D166">
         <v>1755</v>
       </c>
       <c r="E166" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F166" t="s">
         <v>31</v>
       </c>
       <c r="G166" t="s">
         <v>23</v>
       </c>
       <c r="H166">
         <v>32</v>
       </c>
       <c r="I166" t="b">
         <v>0</v>
       </c>
       <c r="J166" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K166">
         <v>1</v>
       </c>
       <c r="L166" t="s">
         <v>24</v>
       </c>
       <c r="M166" t="s">
         <v>24</v>
       </c>
       <c r="N166">
         <v>103.66</v>
       </c>
       <c r="O166" t="s">
         <v>24</v>
       </c>
       <c r="P166" t="s">
         <v>24</v>
       </c>
       <c r="Q166" t="s">
         <v>24</v>
       </c>
       <c r="R166" t="s">
         <v>24</v>
       </c>
       <c r="S166">
         <v>103.66</v>
       </c>
     </row>
     <row r="167" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
         <v>40</v>
       </c>
       <c r="C167" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E167" t="s">
         <v>24</v>
       </c>
       <c r="F167" t="s">
         <v>27</v>
       </c>
       <c r="G167" t="s">
         <v>39</v>
       </c>
       <c r="H167">
         <v>7</v>
       </c>
       <c r="I167" t="b">
         <v>0</v>
       </c>
       <c r="J167" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K167">
         <v>1</v>
       </c>
       <c r="L167" t="s">
         <v>24</v>
       </c>
       <c r="M167" t="s">
         <v>24</v>
       </c>
       <c r="N167">
         <v>103.21</v>
       </c>
       <c r="O167" t="s">
         <v>24</v>
       </c>
       <c r="P167" t="s">
         <v>24</v>
       </c>
       <c r="Q167" t="s">
         <v>24</v>
       </c>
       <c r="R167" t="s">
         <v>24</v>
       </c>
       <c r="S167">
         <v>103.21</v>
       </c>
     </row>
     <row r="168" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C168" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D168">
         <v>1476</v>
       </c>
       <c r="E168" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="F168" t="s">
         <v>31</v>
       </c>
       <c r="G168" t="s">
         <v>39</v>
       </c>
       <c r="H168">
         <v>7</v>
       </c>
       <c r="I168" t="b">
         <v>0</v>
       </c>
       <c r="J168" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K168">
         <v>1</v>
       </c>
       <c r="L168" t="s">
         <v>24</v>
       </c>
       <c r="M168" t="s">
         <v>24</v>
       </c>
       <c r="N168" t="s">
         <v>24</v>
       </c>
       <c r="O168" t="s">
         <v>24</v>
       </c>
       <c r="P168">
         <v>103.03</v>
       </c>
       <c r="Q168" t="s">
         <v>24</v>
       </c>
       <c r="R168" t="s">
         <v>24</v>
       </c>
       <c r="S168">
         <v>103.03</v>
       </c>
     </row>
     <row r="169" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C169" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E169" t="s">
         <v>42</v>
       </c>
       <c r="F169" t="s">
         <v>22</v>
       </c>
       <c r="G169" t="s">
         <v>23</v>
       </c>
       <c r="H169">
         <v>48</v>
       </c>
       <c r="I169" t="b">
         <v>0</v>
       </c>
       <c r="J169" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K169">
         <v>1</v>
       </c>
       <c r="L169" t="s">
         <v>24</v>
       </c>
       <c r="M169">
         <v>102.83</v>
       </c>
       <c r="N169" t="s">
         <v>24</v>
       </c>
       <c r="O169" t="s">
         <v>24</v>
       </c>
       <c r="P169" t="s">
         <v>24</v>
       </c>
       <c r="Q169" t="s">
         <v>24</v>
       </c>
       <c r="R169" t="s">
         <v>24</v>
       </c>
       <c r="S169">
         <v>102.83</v>
       </c>
     </row>
     <row r="170" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C170" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E170" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="F170" t="s">
         <v>22</v>
       </c>
       <c r="G170" t="s">
         <v>23</v>
       </c>
       <c r="H170">
         <v>49</v>
       </c>
       <c r="I170" t="b">
         <v>0</v>
       </c>
       <c r="J170" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K170">
         <v>1</v>
       </c>
       <c r="L170">
         <v>102.54</v>
       </c>
       <c r="M170" t="s">
         <v>24</v>
       </c>
       <c r="N170" t="s">
         <v>24</v>
       </c>
       <c r="O170" t="s">
         <v>24</v>
       </c>
       <c r="P170" t="s">
         <v>24</v>
       </c>
       <c r="Q170" t="s">
         <v>24</v>
       </c>
       <c r="R170" t="s">
         <v>24</v>
       </c>
       <c r="S170">
         <v>102.54</v>
       </c>
     </row>
     <row r="171" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C171" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E171" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F171" t="s">
         <v>27</v>
       </c>
       <c r="G171" t="s">
         <v>23</v>
       </c>
       <c r="H171">
         <v>38</v>
       </c>
       <c r="I171" t="b">
         <v>0</v>
       </c>
       <c r="J171" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K171">
         <v>1</v>
       </c>
       <c r="L171">
         <v>102.5</v>
       </c>
       <c r="M171" t="s">
         <v>24</v>
       </c>
       <c r="N171" t="s">
         <v>24</v>
       </c>
       <c r="O171" t="s">
         <v>24</v>
       </c>
       <c r="P171" t="s">
         <v>24</v>
       </c>
       <c r="Q171" t="s">
         <v>24</v>
       </c>
       <c r="R171" t="s">
         <v>24</v>
       </c>
       <c r="S171">
         <v>102.5</v>
       </c>
     </row>
     <row r="172" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C172" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D172">
         <v>1514</v>
       </c>
       <c r="E172" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F172" t="s">
         <v>31</v>
       </c>
       <c r="G172" t="s">
         <v>23</v>
       </c>
       <c r="H172">
         <v>33</v>
       </c>
       <c r="I172" t="b">
         <v>0</v>
       </c>
       <c r="J172" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K172">
         <v>1</v>
       </c>
       <c r="L172">
         <v>102.48</v>
       </c>
       <c r="M172" t="s">
         <v>24</v>
       </c>
       <c r="N172" t="s">
         <v>24</v>
       </c>
       <c r="O172" t="s">
         <v>24</v>
       </c>
       <c r="P172" t="s">
         <v>24</v>
       </c>
       <c r="Q172" t="s">
         <v>24</v>
       </c>
       <c r="R172" t="s">
         <v>24</v>
       </c>
       <c r="S172">
         <v>102.48</v>
       </c>
     </row>
     <row r="173" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C173" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E173" t="s">
         <v>24</v>
       </c>
       <c r="F173" t="s">
         <v>27</v>
       </c>
       <c r="G173" t="s">
         <v>23</v>
       </c>
       <c r="H173">
         <v>39</v>
       </c>
       <c r="I173" t="b">
         <v>0</v>
       </c>
       <c r="J173" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K173">
         <v>1</v>
       </c>
       <c r="L173">
         <v>102.24</v>
       </c>
       <c r="M173" t="s">
         <v>24</v>
       </c>
       <c r="N173" t="s">
         <v>24</v>
       </c>
       <c r="O173" t="s">
         <v>24</v>
       </c>
       <c r="P173" t="s">
         <v>24</v>
       </c>
       <c r="Q173" t="s">
         <v>24</v>
       </c>
       <c r="R173" t="s">
         <v>24</v>
       </c>
       <c r="S173">
         <v>102.24</v>
       </c>
     </row>
     <row r="174" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
         <v>25</v>
       </c>
       <c r="C174" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E174" t="s">
-        <v>113</v>
+        <v>104</v>
       </c>
       <c r="F174" t="s">
         <v>22</v>
       </c>
       <c r="G174" t="s">
         <v>23</v>
       </c>
       <c r="H174">
         <v>50</v>
       </c>
       <c r="I174" t="b">
         <v>0</v>
       </c>
       <c r="J174" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K174">
         <v>1</v>
       </c>
       <c r="L174" t="s">
         <v>24</v>
       </c>
       <c r="M174" t="s">
         <v>24</v>
       </c>
       <c r="N174" t="s">
         <v>24</v>
       </c>
       <c r="O174" t="s">
         <v>24</v>
       </c>
       <c r="P174" t="s">
         <v>24</v>
       </c>
       <c r="Q174">
         <v>102.04</v>
       </c>
       <c r="R174" t="s">
         <v>24</v>
       </c>
       <c r="S174">
         <v>102.04</v>
       </c>
     </row>
     <row r="175" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C175" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D175">
         <v>1826</v>
       </c>
       <c r="E175" t="s">
         <v>21</v>
       </c>
       <c r="F175" t="s">
         <v>31</v>
       </c>
       <c r="G175" t="s">
         <v>39</v>
       </c>
       <c r="H175">
         <v>8</v>
       </c>
       <c r="I175" t="b">
         <v>0</v>
       </c>
       <c r="J175" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K175">
         <v>1</v>
       </c>
       <c r="L175" t="s">
         <v>24</v>
       </c>
       <c r="M175" t="s">
         <v>24</v>
       </c>
       <c r="N175">
         <v>101.99</v>
       </c>
       <c r="O175" t="s">
         <v>24</v>
       </c>
       <c r="P175" t="s">
         <v>24</v>
       </c>
       <c r="Q175" t="s">
         <v>24</v>
       </c>
       <c r="R175" t="s">
         <v>24</v>
       </c>
       <c r="S175">
         <v>101.99</v>
       </c>
     </row>
     <row r="176" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C176" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E176" t="s">
         <v>24</v>
       </c>
       <c r="F176" t="s">
         <v>31</v>
       </c>
       <c r="G176" t="s">
         <v>23</v>
       </c>
       <c r="H176">
         <v>34</v>
       </c>
       <c r="I176" t="b">
         <v>0</v>
       </c>
       <c r="J176" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K176">
         <v>1</v>
       </c>
       <c r="L176">
         <v>101.99</v>
       </c>
       <c r="M176" t="s">
         <v>24</v>
       </c>
       <c r="N176" t="s">
         <v>24</v>
       </c>
       <c r="O176" t="s">
         <v>24</v>
       </c>
       <c r="P176" t="s">
         <v>24</v>
       </c>
       <c r="Q176" t="s">
         <v>24</v>
       </c>
       <c r="R176" t="s">
         <v>24</v>
       </c>
       <c r="S176">
         <v>101.99</v>
       </c>
     </row>
     <row r="177" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C177" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D177">
         <v>1686</v>
       </c>
       <c r="E177" t="s">
         <v>21</v>
       </c>
       <c r="F177" t="s">
         <v>22</v>
       </c>
       <c r="G177" t="s">
         <v>23</v>
       </c>
       <c r="H177">
         <v>51</v>
       </c>
       <c r="I177" t="b">
         <v>0</v>
       </c>
       <c r="J177" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K177">
         <v>1</v>
       </c>
       <c r="L177">
         <v>101.22</v>
       </c>
       <c r="M177" t="s">
         <v>24</v>
       </c>
       <c r="N177" t="s">
         <v>24</v>
       </c>
       <c r="O177" t="s">
         <v>24</v>
       </c>
       <c r="P177" t="s">
         <v>24</v>
       </c>
       <c r="Q177" t="s">
         <v>24</v>
       </c>
       <c r="R177" t="s">
         <v>24</v>
       </c>
       <c r="S177">
         <v>101.22</v>
       </c>
     </row>
     <row r="178" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C178" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D178">
         <v>1171</v>
       </c>
       <c r="E178" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F178" t="s">
         <v>58</v>
       </c>
       <c r="G178" t="s">
         <v>23</v>
       </c>
       <c r="H178">
         <v>11</v>
       </c>
       <c r="I178" t="b">
         <v>0</v>
       </c>
       <c r="J178" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K178">
         <v>1</v>
       </c>
       <c r="L178" t="s">
         <v>24</v>
       </c>
       <c r="M178" t="s">
         <v>24</v>
       </c>
       <c r="N178">
         <v>101</v>
       </c>
       <c r="O178" t="s">
         <v>24</v>
       </c>
       <c r="P178" t="s">
         <v>24</v>
       </c>
       <c r="Q178" t="s">
         <v>24</v>
       </c>
       <c r="R178" t="s">
         <v>24</v>
       </c>
       <c r="S178">
         <v>101</v>
       </c>
     </row>
     <row r="179" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C179" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E179" t="s">
         <v>24</v>
       </c>
       <c r="F179" t="s">
         <v>22</v>
       </c>
       <c r="G179" t="s">
         <v>23</v>
       </c>
       <c r="H179">
         <v>52</v>
       </c>
       <c r="I179" t="b">
         <v>0</v>
       </c>
       <c r="J179" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K179">
         <v>1</v>
       </c>
       <c r="L179">
         <v>100.9</v>
       </c>
       <c r="M179" t="s">
         <v>24</v>
       </c>
       <c r="N179" t="s">
         <v>24</v>
       </c>
       <c r="O179" t="s">
         <v>24</v>
       </c>
       <c r="P179" t="s">
         <v>24</v>
       </c>
       <c r="Q179" t="s">
         <v>24</v>
       </c>
       <c r="R179" t="s">
         <v>24</v>
       </c>
       <c r="S179">
         <v>100.9</v>
       </c>
     </row>
     <row r="180" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
         <v>43</v>
       </c>
       <c r="C180" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E180" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F180" t="s">
         <v>27</v>
       </c>
       <c r="G180" t="s">
         <v>23</v>
       </c>
       <c r="H180">
         <v>40</v>
       </c>
       <c r="I180" t="b">
         <v>0</v>
       </c>
       <c r="J180" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
       <c r="L180" t="s">
         <v>24</v>
       </c>
       <c r="M180" t="s">
         <v>24</v>
       </c>
       <c r="N180" t="s">
         <v>24</v>
       </c>
       <c r="O180" t="s">
         <v>24</v>
       </c>
       <c r="P180" t="s">
         <v>24</v>
       </c>
       <c r="Q180">
         <v>100.83</v>
       </c>
       <c r="R180" t="s">
         <v>24</v>
       </c>
       <c r="S180">
         <v>100.83</v>
       </c>
     </row>
     <row r="181" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C181" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E181" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F181" t="s">
         <v>22</v>
       </c>
       <c r="G181" t="s">
         <v>39</v>
       </c>
       <c r="H181">
         <v>13</v>
       </c>
       <c r="I181" t="b">
         <v>0</v>
       </c>
       <c r="J181" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K181">
         <v>1</v>
       </c>
       <c r="L181">
         <v>100.77</v>
       </c>
       <c r="M181" t="s">
         <v>24</v>
       </c>
       <c r="N181" t="s">
         <v>24</v>
       </c>
       <c r="O181" t="s">
         <v>24</v>
       </c>
       <c r="P181" t="s">
         <v>24</v>
       </c>
       <c r="Q181" t="s">
         <v>24</v>
       </c>
       <c r="R181" t="s">
         <v>24</v>
       </c>
       <c r="S181">
         <v>100.77</v>
       </c>
     </row>
     <row r="182" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
         <v>45</v>
       </c>
       <c r="C182" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E182" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="F182" t="s">
         <v>22</v>
       </c>
       <c r="G182" t="s">
         <v>23</v>
       </c>
       <c r="H182">
         <v>53</v>
       </c>
       <c r="I182" t="b">
         <v>0</v>
       </c>
       <c r="J182" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K182">
         <v>1</v>
       </c>
       <c r="L182" t="s">
         <v>24</v>
       </c>
       <c r="M182" t="s">
         <v>24</v>
       </c>
       <c r="N182" t="s">
         <v>24</v>
       </c>
       <c r="O182" t="s">
         <v>24</v>
       </c>
       <c r="P182">
         <v>100.06</v>
       </c>
       <c r="Q182" t="s">
         <v>24</v>
       </c>
       <c r="R182" t="s">
         <v>24</v>
       </c>
       <c r="S182">
         <v>100.06</v>
       </c>
     </row>
     <row r="183" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C183" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="D183">
         <v>1697</v>
       </c>
       <c r="E183" t="s">
         <v>50</v>
       </c>
       <c r="F183" t="s">
         <v>31</v>
       </c>
       <c r="G183" t="s">
         <v>23</v>
       </c>
       <c r="H183">
         <v>35</v>
       </c>
       <c r="I183" t="b">
         <v>0</v>
       </c>
       <c r="J183" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K183">
         <v>1</v>
       </c>
       <c r="L183" t="s">
         <v>24</v>
       </c>
       <c r="M183" t="s">
         <v>24</v>
       </c>
       <c r="N183" t="s">
         <v>24</v>
       </c>
       <c r="O183" t="s">
         <v>24</v>
       </c>
       <c r="P183">
         <v>99.66</v>
       </c>
       <c r="Q183" t="s">
         <v>24</v>
       </c>
       <c r="R183" t="s">
         <v>24</v>
       </c>
       <c r="S183">
         <v>99.66</v>
       </c>
     </row>
     <row r="184" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C184" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E184" t="s">
         <v>24</v>
       </c>
       <c r="F184" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="G184" t="s">
         <v>23</v>
       </c>
       <c r="H184">
         <v>5</v>
       </c>
       <c r="I184" t="b">
         <v>0</v>
       </c>
       <c r="J184" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K184">
         <v>1</v>
       </c>
       <c r="L184" t="s">
         <v>24</v>
       </c>
       <c r="M184">
         <v>99.66</v>
       </c>
       <c r="N184" t="s">
         <v>24</v>
       </c>
       <c r="O184" t="s">
         <v>24</v>
       </c>
       <c r="P184" t="s">
         <v>24</v>
       </c>
       <c r="Q184" t="s">
         <v>24</v>
       </c>
       <c r="R184" t="s">
         <v>24</v>
       </c>
       <c r="S184">
         <v>99.66</v>
       </c>
     </row>
     <row r="185" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C185" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E185" t="s">
         <v>24</v>
       </c>
       <c r="F185" t="s">
         <v>22</v>
       </c>
       <c r="G185" t="s">
         <v>23</v>
       </c>
       <c r="H185">
         <v>54</v>
       </c>
       <c r="I185" t="b">
         <v>0</v>
       </c>
       <c r="J185" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K185">
         <v>1</v>
       </c>
       <c r="L185">
         <v>99.65</v>
       </c>
       <c r="M185" t="s">
         <v>24</v>
       </c>
       <c r="N185" t="s">
         <v>24</v>
       </c>
       <c r="O185" t="s">
         <v>24</v>
       </c>
       <c r="P185" t="s">
         <v>24</v>
       </c>
       <c r="Q185" t="s">
         <v>24</v>
       </c>
       <c r="R185" t="s">
         <v>24</v>
       </c>
       <c r="S185">
         <v>99.65</v>
       </c>
     </row>
     <row r="186" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C186" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E186" t="s">
         <v>24</v>
       </c>
       <c r="F186" t="s">
         <v>22</v>
       </c>
       <c r="G186" t="s">
         <v>23</v>
       </c>
       <c r="H186">
         <v>55</v>
       </c>
       <c r="I186" t="b">
         <v>0</v>
       </c>
       <c r="J186" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K186">
         <v>1</v>
       </c>
       <c r="L186" t="s">
         <v>24</v>
       </c>
       <c r="M186" t="s">
         <v>24</v>
       </c>
       <c r="N186">
         <v>99.07</v>
       </c>
       <c r="O186" t="s">
         <v>24</v>
       </c>
       <c r="P186" t="s">
         <v>24</v>
       </c>
       <c r="Q186" t="s">
         <v>24</v>
       </c>
       <c r="R186" t="s">
         <v>24</v>
       </c>
       <c r="S186">
         <v>99.07</v>
       </c>
     </row>
     <row r="187" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C187" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D187">
         <v>2458</v>
       </c>
       <c r="E187" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F187" t="s">
         <v>27</v>
       </c>
       <c r="G187" t="s">
         <v>39</v>
       </c>
       <c r="H187">
         <v>8</v>
       </c>
       <c r="I187" t="b">
         <v>0</v>
       </c>
       <c r="J187" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K187">
         <v>1</v>
       </c>
       <c r="L187" t="s">
         <v>24</v>
       </c>
       <c r="M187" t="s">
         <v>24</v>
       </c>
       <c r="N187">
         <v>98.96</v>
       </c>
       <c r="O187" t="s">
         <v>24</v>
       </c>
       <c r="P187" t="s">
         <v>24</v>
       </c>
       <c r="Q187" t="s">
         <v>24</v>
       </c>
       <c r="R187" t="s">
         <v>24</v>
       </c>
       <c r="S187">
         <v>98.96</v>
       </c>
     </row>
     <row r="188" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C188" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E188" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F188" t="s">
         <v>58</v>
       </c>
       <c r="G188" t="s">
         <v>23</v>
       </c>
       <c r="H188">
         <v>12</v>
       </c>
       <c r="I188" t="b">
         <v>0</v>
       </c>
       <c r="J188" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K188">
         <v>1</v>
       </c>
       <c r="L188" t="s">
         <v>24</v>
       </c>
       <c r="M188" t="s">
         <v>24</v>
       </c>
       <c r="N188" t="s">
         <v>24</v>
       </c>
       <c r="O188" t="s">
         <v>24</v>
       </c>
       <c r="P188">
         <v>98.9</v>
       </c>
       <c r="Q188" t="s">
         <v>24</v>
       </c>
       <c r="R188" t="s">
         <v>24</v>
       </c>
       <c r="S188">
         <v>98.9</v>
       </c>
     </row>
     <row r="189" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C189" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E189" t="s">
         <v>24</v>
       </c>
       <c r="F189" t="s">
         <v>27</v>
       </c>
       <c r="G189" t="s">
         <v>39</v>
       </c>
       <c r="H189">
         <v>9</v>
       </c>
       <c r="I189" t="b">
         <v>0</v>
       </c>
       <c r="J189" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K189">
         <v>1</v>
       </c>
       <c r="L189">
         <v>98.84</v>
       </c>
       <c r="M189" t="s">
         <v>24</v>
       </c>
       <c r="N189" t="s">
         <v>24</v>
       </c>
       <c r="O189" t="s">
         <v>24</v>
       </c>
       <c r="P189" t="s">
         <v>24</v>
       </c>
       <c r="Q189" t="s">
         <v>24</v>
       </c>
       <c r="R189" t="s">
         <v>24</v>
       </c>
       <c r="S189">
         <v>98.84</v>
       </c>
     </row>
     <row r="190" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C190" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D190">
         <v>1796</v>
       </c>
       <c r="E190" t="s">
         <v>24</v>
       </c>
       <c r="F190" t="s">
         <v>27</v>
       </c>
       <c r="G190" t="s">
         <v>23</v>
       </c>
       <c r="H190">
         <v>41</v>
       </c>
       <c r="I190" t="b">
         <v>0</v>
       </c>
       <c r="J190" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K190">
         <v>1</v>
       </c>
       <c r="L190" t="s">
         <v>24</v>
       </c>
       <c r="M190" t="s">
         <v>24</v>
       </c>
       <c r="N190" t="s">
         <v>24</v>
       </c>
       <c r="O190" t="s">
         <v>24</v>
       </c>
       <c r="P190">
         <v>97.92</v>
       </c>
       <c r="Q190" t="s">
         <v>24</v>
       </c>
       <c r="R190" t="s">
         <v>24</v>
       </c>
       <c r="S190">
         <v>97.92</v>
       </c>
     </row>
     <row r="191" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
         <v>35</v>
       </c>
       <c r="C191" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D191">
         <v>869</v>
       </c>
       <c r="E191" t="s">
         <v>42</v>
       </c>
       <c r="F191" t="s">
         <v>31</v>
       </c>
       <c r="G191" t="s">
         <v>23</v>
       </c>
       <c r="H191">
         <v>36</v>
       </c>
       <c r="I191" t="b">
         <v>0</v>
       </c>
       <c r="J191" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K191">
         <v>1</v>
       </c>
       <c r="L191" t="s">
         <v>24</v>
       </c>
       <c r="M191" t="s">
         <v>24</v>
       </c>
       <c r="N191">
         <v>96.74</v>
       </c>
       <c r="O191" t="s">
         <v>24</v>
       </c>
       <c r="P191" t="s">
         <v>24</v>
       </c>
       <c r="Q191" t="s">
         <v>24</v>
       </c>
       <c r="R191" t="s">
         <v>24</v>
       </c>
       <c r="S191">
         <v>96.74</v>
       </c>
     </row>
     <row r="192" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C192" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E192" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F192" t="s">
         <v>31</v>
       </c>
       <c r="G192" t="s">
         <v>23</v>
       </c>
       <c r="H192">
         <v>37</v>
       </c>
       <c r="I192" t="b">
         <v>0</v>
       </c>
       <c r="J192" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K192">
         <v>1</v>
       </c>
       <c r="L192">
         <v>96.6</v>
       </c>
       <c r="M192" t="s">
         <v>24</v>
       </c>
       <c r="N192" t="s">
         <v>24</v>
       </c>
       <c r="O192" t="s">
         <v>24</v>
       </c>
       <c r="P192" t="s">
         <v>24</v>
       </c>
       <c r="Q192" t="s">
         <v>24</v>
       </c>
       <c r="R192" t="s">
         <v>24</v>
       </c>
       <c r="S192">
         <v>96.6</v>
       </c>
     </row>
     <row r="193" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C193" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E193" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F193" t="s">
         <v>27</v>
       </c>
       <c r="G193" t="s">
         <v>23</v>
       </c>
       <c r="H193">
         <v>42</v>
       </c>
       <c r="I193" t="b">
         <v>0</v>
       </c>
       <c r="J193" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K193">
         <v>1</v>
       </c>
       <c r="L193" t="s">
         <v>24</v>
       </c>
       <c r="M193">
         <v>96.53</v>
       </c>
       <c r="N193" t="s">
         <v>24</v>
       </c>
       <c r="O193" t="s">
         <v>24</v>
       </c>
       <c r="P193" t="s">
         <v>24</v>
       </c>
       <c r="Q193" t="s">
         <v>24</v>
       </c>
       <c r="R193" t="s">
         <v>24</v>
       </c>
       <c r="S193">
         <v>96.53</v>
       </c>
     </row>
     <row r="194" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C194" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E194" t="s">
         <v>24</v>
       </c>
       <c r="F194" t="s">
         <v>22</v>
       </c>
       <c r="G194" t="s">
         <v>23</v>
       </c>
       <c r="H194">
         <v>56</v>
       </c>
       <c r="I194" t="b">
         <v>0</v>
       </c>
       <c r="J194" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K194">
         <v>1</v>
       </c>
       <c r="L194">
         <v>96.51</v>
       </c>
       <c r="M194" t="s">
         <v>24</v>
       </c>
       <c r="N194" t="s">
         <v>24</v>
       </c>
       <c r="O194" t="s">
         <v>24</v>
       </c>
       <c r="P194" t="s">
         <v>24</v>
       </c>
       <c r="Q194" t="s">
         <v>24</v>
       </c>
       <c r="R194" t="s">
         <v>24</v>
       </c>
       <c r="S194">
         <v>96.51</v>
       </c>
     </row>
     <row r="195" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C195" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E195" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F195" t="s">
         <v>27</v>
       </c>
       <c r="G195" t="s">
         <v>23</v>
       </c>
       <c r="H195">
         <v>43</v>
       </c>
       <c r="I195" t="b">
         <v>0</v>
       </c>
       <c r="J195" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K195">
         <v>1</v>
       </c>
       <c r="L195">
         <v>96.42</v>
       </c>
       <c r="M195" t="s">
         <v>24</v>
       </c>
       <c r="N195" t="s">
         <v>24</v>
       </c>
       <c r="O195" t="s">
         <v>24</v>
       </c>
       <c r="P195" t="s">
         <v>24</v>
       </c>
       <c r="Q195" t="s">
         <v>24</v>
       </c>
       <c r="R195" t="s">
         <v>24</v>
       </c>
       <c r="S195">
         <v>96.42</v>
       </c>
     </row>
     <row r="196" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
+        <v>404</v>
+      </c>
+      <c r="C196" t="s">
+        <v>405</v>
+      </c>
+      <c r="E196" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
       <c r="F196" t="s">
         <v>31</v>
       </c>
       <c r="G196" t="s">
         <v>23</v>
       </c>
       <c r="H196">
         <v>38</v>
       </c>
       <c r="I196" t="b">
         <v>0</v>
       </c>
       <c r="J196" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K196">
         <v>1</v>
       </c>
       <c r="L196">
         <v>96.36</v>
       </c>
       <c r="M196" t="s">
         <v>24</v>
       </c>
       <c r="N196" t="s">
         <v>24</v>
       </c>
       <c r="O196" t="s">
         <v>24</v>
       </c>
       <c r="P196" t="s">
         <v>24</v>
       </c>
       <c r="Q196" t="s">
         <v>24</v>
       </c>
       <c r="R196" t="s">
         <v>24</v>
       </c>
       <c r="S196">
         <v>96.36</v>
       </c>
     </row>
     <row r="197" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C197" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E197" t="s">
         <v>50</v>
       </c>
       <c r="F197" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G197" t="s">
         <v>23</v>
       </c>
       <c r="H197">
         <v>2</v>
       </c>
       <c r="I197" t="b">
         <v>0</v>
       </c>
       <c r="J197" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K197">
         <v>1</v>
       </c>
       <c r="L197" t="s">
         <v>24</v>
       </c>
       <c r="M197" t="s">
         <v>24</v>
       </c>
       <c r="N197" t="s">
         <v>24</v>
       </c>
       <c r="O197" t="s">
         <v>24</v>
       </c>
       <c r="P197">
         <v>96.33</v>
       </c>
       <c r="Q197" t="s">
         <v>24</v>
       </c>
       <c r="R197" t="s">
         <v>24</v>
       </c>
       <c r="S197">
         <v>96.33</v>
       </c>
     </row>
     <row r="198" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C198" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E198" t="s">
         <v>24</v>
       </c>
       <c r="F198" t="s">
         <v>22</v>
       </c>
       <c r="G198" t="s">
         <v>23</v>
       </c>
       <c r="H198">
         <v>57</v>
       </c>
       <c r="I198" t="b">
         <v>0</v>
       </c>
       <c r="J198" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K198">
         <v>1</v>
       </c>
       <c r="L198">
         <v>96.33</v>
       </c>
       <c r="M198" t="s">
         <v>24</v>
       </c>
       <c r="N198" t="s">
         <v>24</v>
       </c>
       <c r="O198" t="s">
         <v>24</v>
       </c>
       <c r="P198" t="s">
         <v>24</v>
       </c>
       <c r="Q198" t="s">
         <v>24</v>
       </c>
       <c r="R198" t="s">
         <v>24</v>
       </c>
       <c r="S198">
         <v>96.33</v>
       </c>
     </row>
     <row r="199" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C199" t="s">
         <v>33</v>
       </c>
       <c r="E199" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F199" t="s">
         <v>27</v>
       </c>
       <c r="G199" t="s">
         <v>23</v>
       </c>
       <c r="H199">
         <v>44</v>
       </c>
       <c r="I199" t="b">
         <v>0</v>
       </c>
       <c r="J199" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K199">
         <v>1</v>
       </c>
       <c r="L199">
         <v>96.28</v>
       </c>
       <c r="M199" t="s">
         <v>24</v>
       </c>
       <c r="N199" t="s">
         <v>24</v>
       </c>
       <c r="O199" t="s">
         <v>24</v>
       </c>
       <c r="P199" t="s">
         <v>24</v>
       </c>
       <c r="Q199" t="s">
         <v>24</v>
       </c>
       <c r="R199" t="s">
         <v>24</v>
       </c>
       <c r="S199">
         <v>96.28</v>
       </c>
     </row>
     <row r="200" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C200" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E200" t="s">
         <v>21</v>
       </c>
       <c r="F200" t="s">
         <v>27</v>
       </c>
       <c r="G200" t="s">
         <v>23</v>
       </c>
       <c r="H200">
         <v>45</v>
       </c>
       <c r="I200" t="b">
         <v>0</v>
       </c>
       <c r="J200" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K200">
         <v>1</v>
       </c>
       <c r="L200">
         <v>95.92</v>
       </c>
       <c r="M200" t="s">
         <v>24</v>
       </c>
       <c r="N200" t="s">
         <v>24</v>
       </c>
       <c r="O200" t="s">
         <v>24</v>
       </c>
       <c r="P200" t="s">
         <v>24</v>
       </c>
       <c r="Q200" t="s">
         <v>24</v>
       </c>
       <c r="R200" t="s">
         <v>24</v>
       </c>
       <c r="S200">
         <v>95.92</v>
       </c>
     </row>
     <row r="201" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C201" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E201" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F201" t="s">
         <v>58</v>
       </c>
       <c r="G201" t="s">
         <v>23</v>
       </c>
       <c r="H201">
         <v>13</v>
       </c>
       <c r="I201" t="b">
         <v>0</v>
       </c>
       <c r="J201" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K201">
         <v>1</v>
       </c>
       <c r="L201" t="s">
         <v>24</v>
       </c>
       <c r="M201">
         <v>95.68</v>
       </c>
       <c r="N201" t="s">
         <v>24</v>
       </c>
       <c r="O201" t="s">
         <v>24</v>
       </c>
       <c r="P201" t="s">
         <v>24</v>
       </c>
       <c r="Q201" t="s">
         <v>24</v>
       </c>
       <c r="R201" t="s">
         <v>24</v>
       </c>
       <c r="S201">
         <v>95.68</v>
       </c>
     </row>
     <row r="202" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C202" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E202" t="s">
         <v>24</v>
       </c>
       <c r="F202" t="s">
         <v>22</v>
       </c>
       <c r="G202" t="s">
         <v>23</v>
       </c>
       <c r="H202">
         <v>58</v>
       </c>
       <c r="I202" t="b">
         <v>0</v>
       </c>
       <c r="J202" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K202">
         <v>1</v>
       </c>
       <c r="L202" t="s">
         <v>24</v>
       </c>
       <c r="M202" t="s">
         <v>24</v>
       </c>
       <c r="N202">
         <v>95.56</v>
       </c>
       <c r="O202" t="s">
         <v>24</v>
       </c>
       <c r="P202" t="s">
         <v>24</v>
       </c>
       <c r="Q202" t="s">
         <v>24</v>
       </c>
       <c r="R202" t="s">
         <v>24</v>
       </c>
       <c r="S202">
         <v>95.56</v>
       </c>
     </row>
     <row r="203" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C203" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E203" t="s">
         <v>24</v>
       </c>
       <c r="F203" t="s">
         <v>27</v>
       </c>
       <c r="G203" t="s">
         <v>39</v>
       </c>
       <c r="H203">
         <v>10</v>
       </c>
       <c r="I203" t="b">
         <v>0</v>
       </c>
       <c r="J203" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K203">
         <v>1</v>
       </c>
       <c r="L203" t="s">
         <v>24</v>
       </c>
       <c r="M203" t="s">
         <v>24</v>
       </c>
       <c r="N203">
         <v>95.48</v>
       </c>
       <c r="O203" t="s">
         <v>24</v>
       </c>
       <c r="P203" t="s">
         <v>24</v>
       </c>
       <c r="Q203" t="s">
         <v>24</v>
       </c>
       <c r="R203" t="s">
         <v>24</v>
       </c>
       <c r="S203">
         <v>95.48</v>
       </c>
     </row>
     <row r="204" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C204" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D204">
         <v>1167</v>
       </c>
       <c r="E204" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F204" t="s">
         <v>58</v>
       </c>
       <c r="G204" t="s">
         <v>23</v>
       </c>
       <c r="H204">
         <v>14</v>
       </c>
       <c r="I204" t="b">
         <v>0</v>
       </c>
       <c r="J204" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K204">
         <v>1</v>
       </c>
       <c r="L204" t="s">
         <v>24</v>
       </c>
       <c r="M204" t="s">
         <v>24</v>
       </c>
       <c r="N204" t="s">
         <v>24</v>
       </c>
       <c r="O204">
         <v>95.15</v>
       </c>
       <c r="P204" t="s">
         <v>24</v>
       </c>
       <c r="Q204" t="s">
         <v>24</v>
       </c>
       <c r="R204" t="s">
         <v>24</v>
       </c>
       <c r="S204">
         <v>95.15</v>
       </c>
     </row>
     <row r="205" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C205" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E205" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F205" t="s">
         <v>31</v>
       </c>
       <c r="G205" t="s">
         <v>39</v>
       </c>
       <c r="H205">
         <v>9</v>
       </c>
       <c r="I205" t="b">
         <v>0</v>
       </c>
       <c r="J205" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K205">
         <v>1</v>
       </c>
       <c r="L205" t="s">
         <v>24</v>
       </c>
       <c r="M205" t="s">
         <v>24</v>
       </c>
       <c r="N205" t="s">
         <v>24</v>
       </c>
       <c r="O205" t="s">
         <v>24</v>
       </c>
       <c r="P205">
         <v>95</v>
       </c>
       <c r="Q205" t="s">
         <v>24</v>
       </c>
       <c r="R205" t="s">
         <v>24</v>
       </c>
       <c r="S205">
         <v>95</v>
       </c>
     </row>
     <row r="206" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C206" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="D206">
         <v>2475</v>
       </c>
       <c r="E206" t="s">
         <v>50</v>
       </c>
       <c r="F206" t="s">
         <v>31</v>
       </c>
       <c r="G206" t="s">
         <v>23</v>
       </c>
       <c r="H206">
         <v>39</v>
       </c>
       <c r="I206" t="b">
         <v>0</v>
       </c>
       <c r="J206" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K206">
         <v>1</v>
       </c>
       <c r="L206" t="s">
         <v>24</v>
       </c>
       <c r="M206" t="s">
         <v>24</v>
       </c>
       <c r="N206" t="s">
         <v>24</v>
       </c>
       <c r="O206" t="s">
         <v>24</v>
       </c>
       <c r="P206">
         <v>94.64</v>
       </c>
       <c r="Q206" t="s">
         <v>24</v>
       </c>
       <c r="R206" t="s">
         <v>24</v>
       </c>
       <c r="S206">
         <v>94.64</v>
       </c>
     </row>
     <row r="207" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C207" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E207" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F207" t="s">
         <v>58</v>
       </c>
       <c r="G207" t="s">
         <v>23</v>
       </c>
       <c r="H207">
         <v>15</v>
       </c>
       <c r="I207" t="b">
         <v>0</v>
       </c>
       <c r="J207" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K207">
         <v>1</v>
       </c>
       <c r="L207" t="s">
         <v>24</v>
       </c>
       <c r="M207" t="s">
         <v>24</v>
       </c>
       <c r="N207" t="s">
         <v>24</v>
       </c>
       <c r="O207">
         <v>94.54</v>
       </c>
       <c r="P207" t="s">
         <v>24</v>
       </c>
       <c r="Q207" t="s">
         <v>24</v>
       </c>
       <c r="R207" t="s">
         <v>24</v>
       </c>
       <c r="S207">
         <v>94.54</v>
       </c>
     </row>
     <row r="208" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C208" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D208">
         <v>2476</v>
       </c>
       <c r="E208" t="s">
         <v>24</v>
       </c>
       <c r="F208" t="s">
         <v>27</v>
       </c>
       <c r="G208" t="s">
         <v>39</v>
       </c>
       <c r="H208">
         <v>11</v>
       </c>
       <c r="I208" t="b">
         <v>0</v>
       </c>
       <c r="J208" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K208">
         <v>1</v>
       </c>
       <c r="L208" t="s">
         <v>24</v>
       </c>
       <c r="M208" t="s">
         <v>24</v>
       </c>
       <c r="N208" t="s">
         <v>24</v>
       </c>
       <c r="O208" t="s">
         <v>24</v>
       </c>
       <c r="P208">
         <v>94.42</v>
       </c>
       <c r="Q208" t="s">
         <v>24</v>
       </c>
       <c r="R208" t="s">
         <v>24</v>
       </c>
       <c r="S208">
         <v>94.42</v>
       </c>
     </row>
     <row r="209" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C209" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D209">
         <v>2047</v>
       </c>
       <c r="E209" t="s">
         <v>21</v>
       </c>
       <c r="F209" t="s">
         <v>31</v>
       </c>
       <c r="G209" t="s">
         <v>23</v>
       </c>
       <c r="H209">
         <v>40</v>
       </c>
       <c r="I209" t="b">
         <v>0</v>
       </c>
       <c r="J209" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K209">
         <v>1</v>
       </c>
       <c r="L209" t="s">
         <v>24</v>
       </c>
       <c r="M209" t="s">
         <v>24</v>
       </c>
       <c r="N209" t="s">
         <v>24</v>
       </c>
       <c r="O209" t="s">
         <v>24</v>
       </c>
       <c r="P209">
         <v>94.34</v>
       </c>
       <c r="Q209" t="s">
         <v>24</v>
       </c>
       <c r="R209" t="s">
         <v>24</v>
       </c>
       <c r="S209">
         <v>94.34</v>
       </c>
     </row>
     <row r="210" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="C210" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E210" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F210" t="s">
         <v>22</v>
       </c>
       <c r="G210" t="s">
         <v>23</v>
       </c>
       <c r="H210">
         <v>59</v>
       </c>
       <c r="I210" t="b">
         <v>0</v>
       </c>
       <c r="J210" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K210">
         <v>1</v>
       </c>
       <c r="L210" t="s">
         <v>24</v>
       </c>
       <c r="M210">
         <v>94.25</v>
       </c>
       <c r="N210" t="s">
         <v>24</v>
       </c>
       <c r="O210" t="s">
         <v>24</v>
       </c>
       <c r="P210" t="s">
         <v>24</v>
       </c>
       <c r="Q210" t="s">
         <v>24</v>
       </c>
       <c r="R210" t="s">
         <v>24</v>
       </c>
       <c r="S210">
         <v>94.25</v>
       </c>
     </row>
     <row r="211" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C211" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E211" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F211" t="s">
         <v>22</v>
       </c>
       <c r="G211" t="s">
         <v>23</v>
       </c>
       <c r="H211">
         <v>60</v>
       </c>
       <c r="I211" t="b">
         <v>0</v>
       </c>
       <c r="J211" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K211">
         <v>1</v>
       </c>
       <c r="L211">
         <v>93.95</v>
       </c>
       <c r="M211" t="s">
         <v>24</v>
       </c>
       <c r="N211" t="s">
         <v>24</v>
       </c>
       <c r="O211" t="s">
         <v>24</v>
       </c>
       <c r="P211" t="s">
         <v>24</v>
       </c>
       <c r="Q211" t="s">
         <v>24</v>
       </c>
       <c r="R211" t="s">
         <v>24</v>
       </c>
       <c r="S211">
         <v>93.95</v>
       </c>
     </row>
     <row r="212" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C212" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E212" t="s">
         <v>24</v>
       </c>
       <c r="F212" t="s">
         <v>31</v>
       </c>
       <c r="G212" t="s">
         <v>39</v>
       </c>
       <c r="H212">
         <v>10</v>
       </c>
       <c r="I212" t="b">
         <v>0</v>
       </c>
       <c r="J212" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K212">
         <v>1</v>
       </c>
       <c r="L212" t="s">
         <v>24</v>
       </c>
       <c r="M212" t="s">
         <v>24</v>
       </c>
       <c r="N212">
         <v>93.91</v>
       </c>
       <c r="O212" t="s">
         <v>24</v>
       </c>
       <c r="P212" t="s">
         <v>24</v>
       </c>
       <c r="Q212" t="s">
         <v>24</v>
       </c>
       <c r="R212" t="s">
         <v>24</v>
       </c>
       <c r="S212">
         <v>93.91</v>
       </c>
     </row>
     <row r="213" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C213" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D213">
         <v>1612</v>
       </c>
       <c r="E213" t="s">
         <v>21</v>
       </c>
       <c r="F213" t="s">
         <v>31</v>
       </c>
       <c r="G213" t="s">
         <v>23</v>
       </c>
       <c r="H213">
         <v>41</v>
       </c>
       <c r="I213" t="b">
         <v>0</v>
       </c>
       <c r="J213" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K213">
         <v>1</v>
       </c>
       <c r="L213" t="s">
         <v>24</v>
       </c>
       <c r="M213" t="s">
         <v>24</v>
       </c>
       <c r="N213" t="s">
         <v>24</v>
       </c>
       <c r="O213" t="s">
         <v>24</v>
       </c>
       <c r="P213">
         <v>93.66</v>
       </c>
       <c r="Q213" t="s">
         <v>24</v>
       </c>
       <c r="R213" t="s">
         <v>24</v>
       </c>
       <c r="S213">
         <v>93.66</v>
       </c>
     </row>
     <row r="214" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C214" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E214" t="s">
         <v>24</v>
       </c>
       <c r="F214" t="s">
         <v>22</v>
       </c>
       <c r="G214" t="s">
         <v>39</v>
       </c>
       <c r="H214">
         <v>14</v>
       </c>
       <c r="I214" t="b">
         <v>0</v>
       </c>
       <c r="J214" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K214">
         <v>1</v>
       </c>
       <c r="L214" t="s">
         <v>24</v>
       </c>
       <c r="M214" t="s">
         <v>24</v>
       </c>
       <c r="N214" t="s">
         <v>24</v>
       </c>
       <c r="O214" t="s">
         <v>24</v>
       </c>
       <c r="P214">
         <v>93.66</v>
       </c>
       <c r="Q214" t="s">
         <v>24</v>
       </c>
       <c r="R214" t="s">
         <v>24</v>
       </c>
       <c r="S214">
         <v>93.66</v>
       </c>
     </row>
     <row r="215" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C215" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E215" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F215" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G215" t="s">
         <v>23</v>
       </c>
       <c r="H215">
         <v>3</v>
       </c>
       <c r="I215" t="b">
         <v>0</v>
       </c>
       <c r="J215" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K215">
         <v>1</v>
       </c>
       <c r="L215" t="s">
         <v>24</v>
       </c>
       <c r="M215" t="s">
         <v>24</v>
       </c>
       <c r="N215">
         <v>93.51</v>
       </c>
       <c r="O215" t="s">
         <v>24</v>
       </c>
       <c r="P215" t="s">
         <v>24</v>
       </c>
       <c r="Q215" t="s">
         <v>24</v>
       </c>
       <c r="R215" t="s">
         <v>24</v>
       </c>
       <c r="S215">
         <v>93.51</v>
       </c>
     </row>
     <row r="216" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C216" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E216" t="s">
         <v>24</v>
       </c>
       <c r="F216" t="s">
         <v>22</v>
       </c>
       <c r="G216" t="s">
         <v>23</v>
       </c>
       <c r="H216">
         <v>61</v>
       </c>
       <c r="I216" t="b">
         <v>0</v>
       </c>
       <c r="J216" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K216">
         <v>1</v>
       </c>
       <c r="L216" t="s">
         <v>24</v>
       </c>
       <c r="M216" t="s">
         <v>24</v>
       </c>
       <c r="N216">
         <v>93.44</v>
       </c>
       <c r="O216" t="s">
         <v>24</v>
       </c>
       <c r="P216" t="s">
         <v>24</v>
       </c>
       <c r="Q216" t="s">
         <v>24</v>
       </c>
       <c r="R216" t="s">
         <v>24</v>
       </c>
       <c r="S216">
         <v>93.44</v>
       </c>
     </row>
     <row r="217" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C217" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E217" t="s">
         <v>24</v>
       </c>
       <c r="F217" t="s">
         <v>22</v>
       </c>
       <c r="G217" t="s">
         <v>39</v>
       </c>
       <c r="H217">
         <v>15</v>
       </c>
       <c r="I217" t="b">
         <v>0</v>
       </c>
       <c r="J217" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K217">
         <v>1</v>
       </c>
       <c r="L217" t="s">
         <v>24</v>
       </c>
       <c r="M217" t="s">
         <v>24</v>
       </c>
       <c r="N217" t="s">
         <v>24</v>
       </c>
       <c r="O217" t="s">
         <v>24</v>
       </c>
       <c r="P217">
         <v>93.34</v>
       </c>
       <c r="Q217" t="s">
         <v>24</v>
       </c>
       <c r="R217" t="s">
         <v>24</v>
       </c>
       <c r="S217">
         <v>93.34</v>
       </c>
     </row>
     <row r="218" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
         <v>28</v>
       </c>
       <c r="C218" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E218" t="s">
         <v>24</v>
       </c>
       <c r="F218" t="s">
         <v>22</v>
       </c>
       <c r="G218" t="s">
         <v>23</v>
       </c>
       <c r="H218">
         <v>62</v>
       </c>
       <c r="I218" t="b">
         <v>0</v>
       </c>
       <c r="J218" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K218">
         <v>1</v>
       </c>
       <c r="L218" t="s">
         <v>24</v>
       </c>
       <c r="M218">
         <v>93.1</v>
       </c>
       <c r="N218" t="s">
         <v>24</v>
       </c>
       <c r="O218" t="s">
         <v>24</v>
       </c>
       <c r="P218" t="s">
         <v>24</v>
       </c>
       <c r="Q218" t="s">
         <v>24</v>
       </c>
       <c r="R218" t="s">
         <v>24</v>
       </c>
       <c r="S218">
         <v>93.1</v>
       </c>
     </row>
     <row r="219" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C219" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D219">
         <v>453</v>
       </c>
       <c r="E219" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F219" t="s">
         <v>58</v>
       </c>
       <c r="G219" t="s">
         <v>23</v>
       </c>
       <c r="H219">
         <v>16</v>
       </c>
       <c r="I219" t="b">
         <v>0</v>
       </c>
       <c r="J219" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K219">
         <v>1</v>
       </c>
       <c r="L219" t="s">
         <v>24</v>
       </c>
       <c r="M219" t="s">
         <v>24</v>
       </c>
       <c r="N219">
         <v>93.1</v>
       </c>
       <c r="O219" t="s">
         <v>24</v>
       </c>
       <c r="P219" t="s">
         <v>24</v>
       </c>
       <c r="Q219" t="s">
         <v>24</v>
       </c>
       <c r="R219" t="s">
         <v>24</v>
       </c>
       <c r="S219">
         <v>93.1</v>
       </c>
     </row>
     <row r="220" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C220" t="s">
         <v>49</v>
       </c>
       <c r="D220">
         <v>575</v>
       </c>
       <c r="E220" t="s">
         <v>50</v>
       </c>
       <c r="F220" t="s">
         <v>31</v>
       </c>
       <c r="G220" t="s">
         <v>39</v>
       </c>
       <c r="H220">
         <v>11</v>
       </c>
       <c r="I220" t="b">
         <v>0</v>
       </c>
       <c r="J220" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K220">
         <v>1</v>
       </c>
       <c r="L220" t="s">
         <v>24</v>
       </c>
       <c r="M220">
         <v>93.05</v>
       </c>
       <c r="N220" t="s">
         <v>24</v>
       </c>
       <c r="O220" t="s">
         <v>24</v>
       </c>
       <c r="P220" t="s">
         <v>24</v>
       </c>
       <c r="Q220" t="s">
         <v>24</v>
       </c>
       <c r="R220" t="s">
         <v>24</v>
       </c>
       <c r="S220">
         <v>93.05</v>
       </c>
     </row>
     <row r="221" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C221" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D221">
         <v>1558</v>
       </c>
       <c r="E221" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F221" t="s">
         <v>31</v>
       </c>
       <c r="G221" t="s">
         <v>23</v>
       </c>
       <c r="H221">
         <v>42</v>
       </c>
       <c r="I221" t="b">
         <v>0</v>
       </c>
       <c r="J221" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K221">
         <v>1</v>
       </c>
       <c r="L221">
         <v>92.89</v>
       </c>
       <c r="M221" t="s">
         <v>24</v>
       </c>
       <c r="N221" t="s">
         <v>24</v>
       </c>
       <c r="O221" t="s">
         <v>24</v>
       </c>
       <c r="P221" t="s">
         <v>24</v>
       </c>
       <c r="Q221" t="s">
         <v>24</v>
       </c>
       <c r="R221" t="s">
         <v>24</v>
       </c>
       <c r="S221">
         <v>92.89</v>
       </c>
     </row>
     <row r="222" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C222" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E222" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F222" t="s">
         <v>31</v>
       </c>
       <c r="G222" t="s">
         <v>39</v>
       </c>
       <c r="H222">
         <v>12</v>
       </c>
       <c r="I222" t="b">
         <v>0</v>
       </c>
       <c r="J222" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K222">
         <v>1</v>
       </c>
       <c r="L222" t="s">
         <v>24</v>
       </c>
       <c r="M222" t="s">
         <v>24</v>
       </c>
       <c r="N222">
         <v>92.88</v>
       </c>
       <c r="O222" t="s">
         <v>24</v>
       </c>
       <c r="P222" t="s">
         <v>24</v>
       </c>
       <c r="Q222" t="s">
         <v>24</v>
       </c>
       <c r="R222" t="s">
         <v>24</v>
       </c>
       <c r="S222">
         <v>92.88</v>
       </c>
     </row>
     <row r="223" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C223" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D223">
         <v>931</v>
       </c>
       <c r="E223" t="s">
         <v>42</v>
       </c>
       <c r="F223" t="s">
         <v>31</v>
       </c>
       <c r="G223" t="s">
         <v>23</v>
       </c>
       <c r="H223">
         <v>43</v>
       </c>
       <c r="I223" t="b">
         <v>0</v>
       </c>
       <c r="J223" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K223">
         <v>1</v>
       </c>
       <c r="L223">
         <v>92.81</v>
       </c>
       <c r="M223" t="s">
         <v>24</v>
       </c>
       <c r="N223" t="s">
         <v>24</v>
       </c>
       <c r="O223" t="s">
         <v>24</v>
       </c>
       <c r="P223" t="s">
         <v>24</v>
       </c>
       <c r="Q223" t="s">
         <v>24</v>
       </c>
       <c r="R223" t="s">
         <v>24</v>
       </c>
       <c r="S223">
         <v>92.81</v>
       </c>
     </row>
     <row r="224" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C224" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E224" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F224" t="s">
         <v>22</v>
       </c>
       <c r="G224" t="s">
         <v>39</v>
       </c>
       <c r="H224">
         <v>16</v>
       </c>
       <c r="I224" t="b">
         <v>0</v>
       </c>
       <c r="J224" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K224">
         <v>1</v>
       </c>
       <c r="L224" t="s">
         <v>24</v>
       </c>
       <c r="M224" t="s">
         <v>24</v>
       </c>
       <c r="N224">
         <v>92.78</v>
       </c>
       <c r="O224" t="s">
         <v>24</v>
       </c>
       <c r="P224" t="s">
         <v>24</v>
       </c>
       <c r="Q224" t="s">
         <v>24</v>
       </c>
       <c r="R224" t="s">
         <v>24</v>
       </c>
       <c r="S224">
         <v>92.78</v>
       </c>
     </row>
     <row r="225" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="C225" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E225" t="s">
         <v>24</v>
       </c>
       <c r="F225" t="s">
         <v>31</v>
       </c>
       <c r="G225" t="s">
         <v>23</v>
       </c>
       <c r="H225">
         <v>44</v>
       </c>
       <c r="I225" t="b">
         <v>0</v>
       </c>
       <c r="J225" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K225">
         <v>1</v>
       </c>
       <c r="L225">
         <v>92.76</v>
       </c>
       <c r="M225" t="s">
         <v>24</v>
       </c>
       <c r="N225" t="s">
         <v>24</v>
       </c>
       <c r="O225" t="s">
         <v>24</v>
       </c>
       <c r="P225" t="s">
         <v>24</v>
       </c>
       <c r="Q225" t="s">
         <v>24</v>
       </c>
       <c r="R225" t="s">
         <v>24</v>
       </c>
       <c r="S225">
         <v>92.76</v>
       </c>
     </row>
     <row r="226" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C226" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D226">
         <v>2151</v>
       </c>
       <c r="E226" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F226" t="s">
         <v>58</v>
       </c>
       <c r="G226" t="s">
         <v>23</v>
       </c>
       <c r="H226">
         <v>17</v>
       </c>
       <c r="I226" t="b">
         <v>0</v>
       </c>
       <c r="J226" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K226">
         <v>1</v>
       </c>
       <c r="L226" t="s">
         <v>24</v>
       </c>
       <c r="M226" t="s">
         <v>24</v>
       </c>
       <c r="N226">
         <v>92.34</v>
       </c>
       <c r="O226" t="s">
         <v>24</v>
       </c>
       <c r="P226" t="s">
         <v>24</v>
       </c>
       <c r="Q226" t="s">
         <v>24</v>
       </c>
       <c r="R226" t="s">
         <v>24</v>
       </c>
       <c r="S226">
         <v>92.34</v>
       </c>
     </row>
     <row r="227" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C227" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E227" t="s">
         <v>50</v>
       </c>
       <c r="F227" t="s">
         <v>31</v>
       </c>
       <c r="G227" t="s">
         <v>39</v>
       </c>
       <c r="H227">
         <v>13</v>
       </c>
       <c r="I227" t="b">
         <v>0</v>
       </c>
       <c r="J227" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K227">
         <v>1</v>
       </c>
       <c r="L227" t="s">
         <v>24</v>
       </c>
       <c r="M227" t="s">
         <v>24</v>
       </c>
       <c r="N227" t="s">
         <v>24</v>
       </c>
       <c r="O227" t="s">
         <v>24</v>
       </c>
       <c r="P227">
         <v>92.33</v>
       </c>
       <c r="Q227" t="s">
         <v>24</v>
       </c>
       <c r="R227" t="s">
         <v>24</v>
       </c>
       <c r="S227">
         <v>92.33</v>
       </c>
     </row>
     <row r="228" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C228" t="s">
         <v>33</v>
       </c>
       <c r="D228">
         <v>1813</v>
       </c>
       <c r="E228" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F228" t="s">
         <v>31</v>
       </c>
       <c r="G228" t="s">
         <v>23</v>
       </c>
       <c r="H228">
         <v>45</v>
       </c>
       <c r="I228" t="b">
         <v>0</v>
       </c>
       <c r="J228" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K228">
         <v>1</v>
       </c>
       <c r="L228">
         <v>92.27</v>
       </c>
       <c r="M228" t="s">
         <v>24</v>
       </c>
       <c r="N228" t="s">
         <v>24</v>
       </c>
       <c r="O228" t="s">
         <v>24</v>
       </c>
       <c r="P228" t="s">
         <v>24</v>
       </c>
       <c r="Q228" t="s">
         <v>24</v>
       </c>
       <c r="R228" t="s">
         <v>24</v>
       </c>
       <c r="S228">
         <v>92.27</v>
       </c>
     </row>
     <row r="229" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C229" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E229" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F229" t="s">
         <v>27</v>
       </c>
       <c r="G229" t="s">
         <v>39</v>
       </c>
       <c r="H229">
         <v>12</v>
       </c>
       <c r="I229" t="b">
         <v>0</v>
       </c>
       <c r="J229" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K229">
         <v>1</v>
       </c>
       <c r="L229" t="s">
         <v>24</v>
       </c>
       <c r="M229" t="s">
         <v>24</v>
       </c>
       <c r="N229">
         <v>91.67</v>
       </c>
       <c r="O229" t="s">
         <v>24</v>
       </c>
       <c r="P229" t="s">
         <v>24</v>
       </c>
       <c r="Q229" t="s">
         <v>24</v>
       </c>
       <c r="R229" t="s">
         <v>24</v>
       </c>
       <c r="S229">
         <v>91.67</v>
       </c>
     </row>
     <row r="230" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="C230" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E230" t="s">
         <v>24</v>
       </c>
       <c r="F230" t="s">
         <v>22</v>
       </c>
       <c r="G230" t="s">
         <v>23</v>
       </c>
       <c r="H230">
         <v>63</v>
       </c>
       <c r="I230" t="b">
         <v>0</v>
       </c>
       <c r="J230" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K230">
         <v>1</v>
       </c>
       <c r="L230" t="s">
         <v>24</v>
       </c>
       <c r="M230" t="s">
         <v>24</v>
       </c>
       <c r="N230" t="s">
         <v>24</v>
       </c>
       <c r="O230" t="s">
         <v>24</v>
       </c>
       <c r="P230">
         <v>91.47</v>
       </c>
       <c r="Q230" t="s">
         <v>24</v>
       </c>
       <c r="R230" t="s">
         <v>24</v>
       </c>
       <c r="S230">
         <v>91.47</v>
       </c>
     </row>
     <row r="231" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C231" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E231" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F231" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G231" t="s">
         <v>23</v>
       </c>
       <c r="H231">
         <v>4</v>
       </c>
       <c r="I231" t="b">
         <v>0</v>
       </c>
       <c r="J231" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K231">
         <v>1</v>
       </c>
       <c r="L231" t="s">
         <v>24</v>
       </c>
       <c r="M231" t="s">
         <v>24</v>
       </c>
       <c r="N231">
         <v>91.29</v>
       </c>
       <c r="O231" t="s">
         <v>24</v>
       </c>
       <c r="P231" t="s">
         <v>24</v>
       </c>
       <c r="Q231" t="s">
         <v>24</v>
       </c>
       <c r="R231" t="s">
         <v>24</v>
       </c>
       <c r="S231">
         <v>91.29</v>
       </c>
     </row>
     <row r="232" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C232" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D232">
         <v>1960</v>
       </c>
       <c r="E232" t="s">
         <v>50</v>
       </c>
       <c r="F232" t="s">
         <v>22</v>
       </c>
       <c r="G232" t="s">
         <v>39</v>
       </c>
       <c r="H232">
         <v>17</v>
       </c>
       <c r="I232" t="b">
         <v>0</v>
       </c>
       <c r="J232" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K232">
         <v>1</v>
       </c>
       <c r="L232" t="s">
         <v>24</v>
       </c>
       <c r="M232">
         <v>91.22</v>
       </c>
       <c r="N232" t="s">
         <v>24</v>
       </c>
       <c r="O232" t="s">
         <v>24</v>
       </c>
       <c r="P232" t="s">
         <v>24</v>
       </c>
       <c r="Q232" t="s">
         <v>24</v>
       </c>
       <c r="R232" t="s">
         <v>24</v>
       </c>
       <c r="S232">
         <v>91.22</v>
       </c>
     </row>
     <row r="233" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C233" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D233">
         <v>1429</v>
       </c>
       <c r="E233" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F233" t="s">
         <v>58</v>
       </c>
       <c r="G233" t="s">
         <v>23</v>
       </c>
       <c r="H233">
         <v>18</v>
       </c>
       <c r="I233" t="b">
         <v>0</v>
       </c>
       <c r="J233" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K233">
         <v>1</v>
       </c>
       <c r="L233" t="s">
         <v>24</v>
       </c>
       <c r="M233">
         <v>91.14</v>
       </c>
       <c r="N233" t="s">
         <v>24</v>
       </c>
       <c r="O233" t="s">
         <v>24</v>
       </c>
       <c r="P233" t="s">
         <v>24</v>
       </c>
       <c r="Q233" t="s">
         <v>24</v>
       </c>
       <c r="R233" t="s">
         <v>24</v>
       </c>
       <c r="S233">
         <v>91.14</v>
       </c>
     </row>
     <row r="234" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="C234" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E234" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="F234" t="s">
         <v>22</v>
       </c>
       <c r="G234" t="s">
         <v>23</v>
       </c>
       <c r="H234">
         <v>64</v>
       </c>
       <c r="I234" t="b">
         <v>0</v>
       </c>
       <c r="J234" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K234">
         <v>1</v>
       </c>
       <c r="L234">
         <v>91.06</v>
       </c>
       <c r="M234" t="s">
         <v>24</v>
       </c>
       <c r="N234" t="s">
         <v>24</v>
       </c>
       <c r="O234" t="s">
         <v>24</v>
       </c>
       <c r="P234" t="s">
         <v>24</v>
       </c>
       <c r="Q234" t="s">
         <v>24</v>
       </c>
       <c r="R234" t="s">
         <v>24</v>
       </c>
       <c r="S234">
         <v>91.06</v>
       </c>
     </row>
     <row r="235" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
+        <v>469</v>
+      </c>
+      <c r="C235" t="s">
         <v>468</v>
       </c>
-      <c r="C235" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E235" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="F235" t="s">
         <v>31</v>
       </c>
       <c r="G235" t="s">
         <v>23</v>
       </c>
       <c r="H235">
         <v>46</v>
       </c>
       <c r="I235" t="b">
         <v>0</v>
       </c>
       <c r="J235" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K235">
         <v>1</v>
       </c>
       <c r="L235">
         <v>91.04</v>
       </c>
       <c r="M235" t="s">
         <v>24</v>
       </c>
       <c r="N235" t="s">
         <v>24</v>
       </c>
       <c r="O235" t="s">
         <v>24</v>
       </c>
       <c r="P235" t="s">
         <v>24</v>
       </c>
       <c r="Q235" t="s">
         <v>24</v>
       </c>
       <c r="R235" t="s">
         <v>24</v>
       </c>
       <c r="S235">
         <v>91.04</v>
       </c>
     </row>
     <row r="236" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
         <v>53</v>
       </c>
       <c r="C236" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E236" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F236" t="s">
         <v>31</v>
       </c>
       <c r="G236" t="s">
         <v>23</v>
       </c>
       <c r="H236">
         <v>47</v>
       </c>
       <c r="I236" t="b">
         <v>0</v>
       </c>
       <c r="J236" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K236">
         <v>1</v>
       </c>
       <c r="L236">
         <v>90.84</v>
       </c>
       <c r="M236" t="s">
         <v>24</v>
       </c>
       <c r="N236" t="s">
         <v>24</v>
       </c>
       <c r="O236" t="s">
         <v>24</v>
       </c>
       <c r="P236" t="s">
         <v>24</v>
       </c>
       <c r="Q236" t="s">
         <v>24</v>
       </c>
       <c r="R236" t="s">
         <v>24</v>
       </c>
       <c r="S236">
         <v>90.84</v>
       </c>
     </row>
     <row r="237" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C237" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E237" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F237" t="s">
         <v>22</v>
       </c>
       <c r="G237" t="s">
         <v>23</v>
       </c>
       <c r="H237">
         <v>65</v>
       </c>
       <c r="I237" t="b">
         <v>0</v>
       </c>
       <c r="J237" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K237">
         <v>1</v>
       </c>
       <c r="L237" t="s">
         <v>24</v>
       </c>
       <c r="M237">
         <v>90.25</v>
       </c>
       <c r="N237" t="s">
         <v>24</v>
       </c>
       <c r="O237" t="s">
         <v>24</v>
       </c>
       <c r="P237" t="s">
         <v>24</v>
       </c>
       <c r="Q237" t="s">
         <v>24</v>
       </c>
       <c r="R237" t="s">
         <v>24</v>
       </c>
       <c r="S237">
         <v>90.25</v>
       </c>
     </row>
     <row r="238" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
         <v>28</v>
       </c>
       <c r="C238" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D238">
         <v>1370</v>
       </c>
       <c r="E238" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="F238" t="s">
         <v>31</v>
       </c>
       <c r="G238" t="s">
         <v>23</v>
       </c>
       <c r="H238">
         <v>48</v>
       </c>
       <c r="I238" t="b">
         <v>0</v>
       </c>
       <c r="J238" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K238">
         <v>1</v>
       </c>
       <c r="L238" t="s">
         <v>24</v>
       </c>
       <c r="M238" t="s">
         <v>24</v>
       </c>
       <c r="N238" t="s">
         <v>24</v>
       </c>
       <c r="O238" t="s">
         <v>24</v>
       </c>
       <c r="P238" t="s">
         <v>24</v>
       </c>
       <c r="Q238">
         <v>90.23</v>
       </c>
       <c r="R238" t="s">
         <v>24</v>
       </c>
       <c r="S238">
         <v>90.23</v>
       </c>
     </row>
     <row r="239" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C239" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E239" t="s">
         <v>24</v>
       </c>
       <c r="F239" t="s">
         <v>22</v>
       </c>
       <c r="G239" t="s">
         <v>39</v>
       </c>
       <c r="H239">
         <v>18</v>
       </c>
       <c r="I239" t="b">
         <v>0</v>
       </c>
       <c r="J239" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K239">
         <v>1</v>
       </c>
       <c r="L239" t="s">
         <v>24</v>
       </c>
       <c r="M239" t="s">
         <v>24</v>
       </c>
       <c r="N239" t="s">
         <v>24</v>
       </c>
       <c r="O239" t="s">
         <v>24</v>
       </c>
       <c r="P239">
         <v>89.97</v>
       </c>
       <c r="Q239" t="s">
         <v>24</v>
       </c>
       <c r="R239" t="s">
         <v>24</v>
       </c>
       <c r="S239">
         <v>89.97</v>
       </c>
     </row>
     <row r="240" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C240" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D240">
         <v>1785</v>
       </c>
       <c r="E240" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F240" t="s">
         <v>22</v>
       </c>
       <c r="G240" t="s">
         <v>39</v>
       </c>
       <c r="H240">
         <v>19</v>
       </c>
       <c r="I240" t="b">
         <v>0</v>
       </c>
       <c r="J240" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K240">
         <v>1</v>
       </c>
       <c r="L240">
         <v>89.95</v>
       </c>
       <c r="M240" t="s">
         <v>24</v>
       </c>
       <c r="N240" t="s">
         <v>24</v>
       </c>
       <c r="O240" t="s">
         <v>24</v>
       </c>
       <c r="P240" t="s">
         <v>24</v>
       </c>
       <c r="Q240" t="s">
         <v>24</v>
       </c>
       <c r="R240" t="s">
         <v>24</v>
       </c>
       <c r="S240">
         <v>89.95</v>
       </c>
     </row>
     <row r="241" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C241" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E241" t="s">
         <v>50</v>
       </c>
       <c r="F241" t="s">
         <v>31</v>
       </c>
       <c r="G241" t="s">
         <v>39</v>
       </c>
       <c r="H241">
         <v>14</v>
       </c>
       <c r="I241" t="b">
         <v>0</v>
       </c>
       <c r="J241" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K241">
         <v>1</v>
       </c>
       <c r="L241" t="s">
         <v>24</v>
       </c>
       <c r="M241" t="s">
         <v>24</v>
       </c>
       <c r="N241" t="s">
         <v>24</v>
       </c>
       <c r="O241" t="s">
         <v>24</v>
       </c>
       <c r="P241">
         <v>89.73</v>
       </c>
       <c r="Q241" t="s">
         <v>24</v>
       </c>
       <c r="R241" t="s">
         <v>24</v>
       </c>
       <c r="S241">
         <v>89.73</v>
       </c>
     </row>
     <row r="242" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C242" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E242" t="s">
         <v>24</v>
       </c>
       <c r="F242" t="s">
         <v>27</v>
       </c>
       <c r="G242" t="s">
         <v>39</v>
       </c>
       <c r="H242">
         <v>13</v>
       </c>
       <c r="I242" t="b">
         <v>0</v>
       </c>
       <c r="J242" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K242">
         <v>1</v>
       </c>
       <c r="L242" t="s">
         <v>24</v>
       </c>
       <c r="M242" t="s">
         <v>24</v>
       </c>
       <c r="N242">
         <v>89.56</v>
       </c>
       <c r="O242" t="s">
         <v>24</v>
       </c>
       <c r="P242" t="s">
         <v>24</v>
       </c>
       <c r="Q242" t="s">
         <v>24</v>
       </c>
       <c r="R242" t="s">
         <v>24</v>
       </c>
       <c r="S242">
         <v>89.56</v>
       </c>
     </row>
     <row r="243" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C243" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E243" t="s">
         <v>24</v>
       </c>
       <c r="F243" t="s">
         <v>22</v>
       </c>
       <c r="G243" t="s">
         <v>23</v>
       </c>
       <c r="H243">
         <v>66</v>
       </c>
       <c r="I243" t="b">
         <v>0</v>
       </c>
       <c r="J243" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K243">
         <v>1</v>
       </c>
       <c r="L243">
         <v>89.08</v>
       </c>
       <c r="M243" t="s">
         <v>24</v>
       </c>
       <c r="N243" t="s">
         <v>24</v>
       </c>
       <c r="O243" t="s">
         <v>24</v>
       </c>
       <c r="P243" t="s">
         <v>24</v>
       </c>
       <c r="Q243" t="s">
         <v>24</v>
       </c>
       <c r="R243" t="s">
         <v>24</v>
       </c>
       <c r="S243">
         <v>89.08</v>
       </c>
     </row>
     <row r="244" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C244" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E244" t="s">
         <v>24</v>
       </c>
       <c r="F244" t="s">
         <v>58</v>
       </c>
       <c r="G244" t="s">
         <v>39</v>
       </c>
       <c r="H244">
         <v>9</v>
       </c>
       <c r="I244" t="b">
         <v>0</v>
       </c>
       <c r="J244" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K244">
         <v>1</v>
       </c>
       <c r="L244" t="s">
         <v>24</v>
       </c>
       <c r="M244" t="s">
         <v>24</v>
       </c>
       <c r="N244">
         <v>89.06</v>
       </c>
       <c r="O244" t="s">
         <v>24</v>
       </c>
       <c r="P244" t="s">
         <v>24</v>
       </c>
       <c r="Q244" t="s">
         <v>24</v>
       </c>
       <c r="R244" t="s">
         <v>24</v>
       </c>
       <c r="S244">
         <v>89.06</v>
       </c>
     </row>
     <row r="245" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C245" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E245" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="F245" t="s">
         <v>27</v>
       </c>
       <c r="G245" t="s">
         <v>39</v>
       </c>
       <c r="H245">
         <v>14</v>
       </c>
       <c r="I245" t="b">
         <v>0</v>
       </c>
       <c r="J245" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K245">
         <v>1</v>
       </c>
       <c r="L245" t="s">
         <v>24</v>
       </c>
       <c r="M245" t="s">
         <v>24</v>
       </c>
       <c r="N245" t="s">
         <v>24</v>
       </c>
       <c r="O245" t="s">
         <v>24</v>
       </c>
       <c r="P245" t="s">
         <v>24</v>
       </c>
       <c r="Q245">
         <v>88.89</v>
       </c>
       <c r="R245" t="s">
         <v>24</v>
       </c>
       <c r="S245">
         <v>88.89</v>
       </c>
     </row>
     <row r="246" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C246" t="s">
-        <v>68</v>
+        <v>112</v>
       </c>
       <c r="E246" t="s">
-        <v>69</v>
+        <v>113</v>
       </c>
       <c r="F246" t="s">
         <v>22</v>
       </c>
       <c r="G246" t="s">
         <v>39</v>
       </c>
       <c r="H246">
         <v>20</v>
       </c>
       <c r="I246" t="b">
         <v>0</v>
       </c>
       <c r="J246" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K246">
         <v>1</v>
       </c>
       <c r="L246" t="s">
         <v>24</v>
       </c>
       <c r="M246" t="s">
         <v>24</v>
       </c>
       <c r="N246" t="s">
         <v>24</v>
       </c>
       <c r="O246">
         <v>88.48</v>
       </c>
       <c r="P246" t="s">
         <v>24</v>
       </c>
       <c r="Q246" t="s">
         <v>24</v>
       </c>
       <c r="R246" t="s">
         <v>24</v>
       </c>
       <c r="S246">
         <v>88.48</v>
       </c>
     </row>
     <row r="247" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C247" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E247" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F247" t="s">
         <v>31</v>
       </c>
       <c r="G247" t="s">
         <v>23</v>
       </c>
       <c r="H247">
         <v>49</v>
       </c>
       <c r="I247" t="b">
         <v>0</v>
       </c>
       <c r="J247" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K247">
         <v>1</v>
       </c>
       <c r="L247" t="s">
         <v>24</v>
       </c>
       <c r="M247" t="s">
         <v>24</v>
       </c>
       <c r="N247" t="s">
         <v>24</v>
       </c>
       <c r="O247" t="s">
         <v>24</v>
       </c>
       <c r="P247">
         <v>88.38</v>
       </c>
       <c r="Q247" t="s">
         <v>24</v>
       </c>
       <c r="R247" t="s">
         <v>24</v>
       </c>
       <c r="S247">
         <v>88.38</v>
       </c>
     </row>
     <row r="248" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C248" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D248">
         <v>1426</v>
       </c>
       <c r="E248" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F248" t="s">
         <v>22</v>
       </c>
       <c r="G248" t="s">
         <v>39</v>
       </c>
       <c r="H248">
         <v>21</v>
       </c>
       <c r="I248" t="b">
         <v>0</v>
       </c>
       <c r="J248" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K248">
         <v>1</v>
       </c>
       <c r="L248" t="s">
         <v>24</v>
       </c>
       <c r="M248" t="s">
         <v>24</v>
       </c>
       <c r="N248" t="s">
         <v>24</v>
       </c>
       <c r="O248" t="s">
         <v>24</v>
       </c>
       <c r="P248" t="s">
         <v>24</v>
       </c>
       <c r="Q248">
         <v>88.3</v>
       </c>
       <c r="R248" t="s">
         <v>24</v>
       </c>
       <c r="S248">
         <v>88.3</v>
       </c>
     </row>
     <row r="249" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C249" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="E249" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F249" t="s">
         <v>31</v>
       </c>
       <c r="G249" t="s">
         <v>39</v>
       </c>
       <c r="H249">
         <v>15</v>
       </c>
       <c r="I249" t="b">
         <v>0</v>
       </c>
       <c r="J249" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K249">
         <v>1</v>
       </c>
       <c r="L249" t="s">
         <v>24</v>
       </c>
       <c r="M249" t="s">
         <v>24</v>
       </c>
       <c r="N249">
         <v>88.28</v>
       </c>
       <c r="O249" t="s">
         <v>24</v>
       </c>
       <c r="P249" t="s">
         <v>24</v>
       </c>
       <c r="Q249" t="s">
         <v>24</v>
       </c>
       <c r="R249" t="s">
         <v>24</v>
       </c>
       <c r="S249">
         <v>88.28</v>
       </c>
     </row>
     <row r="250" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C250" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E250" t="s">
         <v>50</v>
       </c>
       <c r="F250" t="s">
         <v>58</v>
       </c>
       <c r="G250" t="s">
         <v>23</v>
       </c>
       <c r="H250">
         <v>19</v>
       </c>
       <c r="I250" t="b">
         <v>0</v>
       </c>
       <c r="J250" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
       <c r="L250" t="s">
         <v>24</v>
       </c>
       <c r="M250" t="s">
         <v>24</v>
       </c>
       <c r="N250" t="s">
         <v>24</v>
       </c>
       <c r="O250" t="s">
         <v>24</v>
       </c>
       <c r="P250">
         <v>87.65</v>
       </c>
       <c r="Q250" t="s">
         <v>24</v>
       </c>
       <c r="R250" t="s">
         <v>24</v>
       </c>
       <c r="S250">
         <v>87.65</v>
       </c>
     </row>
     <row r="251" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C251" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E251" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F251" t="s">
         <v>31</v>
       </c>
       <c r="G251" t="s">
         <v>39</v>
       </c>
       <c r="H251">
         <v>16</v>
       </c>
       <c r="I251" t="b">
         <v>0</v>
       </c>
       <c r="J251" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K251">
         <v>1</v>
       </c>
       <c r="L251" t="s">
         <v>24</v>
       </c>
       <c r="M251" t="s">
         <v>24</v>
       </c>
       <c r="N251" t="s">
         <v>24</v>
       </c>
       <c r="O251" t="s">
         <v>24</v>
       </c>
       <c r="P251" t="s">
         <v>24</v>
       </c>
       <c r="Q251">
         <v>87.44</v>
       </c>
       <c r="R251" t="s">
         <v>24</v>
       </c>
       <c r="S251">
         <v>87.44</v>
       </c>
     </row>
     <row r="252" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C252" t="s">
         <v>33</v>
       </c>
       <c r="E252" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F252" t="s">
         <v>31</v>
       </c>
       <c r="G252" t="s">
         <v>39</v>
       </c>
       <c r="H252">
         <v>17</v>
       </c>
       <c r="I252" t="b">
         <v>0</v>
       </c>
       <c r="J252" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K252">
         <v>1</v>
       </c>
       <c r="L252" t="s">
         <v>24</v>
       </c>
       <c r="M252" t="s">
         <v>24</v>
       </c>
       <c r="N252" t="s">
         <v>24</v>
       </c>
       <c r="O252" t="s">
         <v>24</v>
       </c>
       <c r="P252">
         <v>87.16</v>
       </c>
       <c r="Q252" t="s">
         <v>24</v>
       </c>
       <c r="R252" t="s">
         <v>24</v>
       </c>
       <c r="S252">
         <v>87.16</v>
       </c>
     </row>
     <row r="253" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C253" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E253" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F253" t="s">
         <v>58</v>
       </c>
       <c r="G253" t="s">
         <v>39</v>
       </c>
       <c r="H253">
         <v>10</v>
       </c>
       <c r="I253" t="b">
         <v>0</v>
       </c>
       <c r="J253" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K253">
         <v>1</v>
       </c>
       <c r="L253" t="s">
         <v>24</v>
       </c>
       <c r="M253" t="s">
         <v>24</v>
       </c>
       <c r="N253" t="s">
         <v>24</v>
       </c>
       <c r="O253" t="s">
         <v>24</v>
       </c>
       <c r="P253">
         <v>87.04</v>
       </c>
       <c r="Q253" t="s">
         <v>24</v>
       </c>
       <c r="R253" t="s">
         <v>24</v>
       </c>
       <c r="S253">
         <v>87.04</v>
       </c>
     </row>
     <row r="254" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C254" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D254">
         <v>1797</v>
       </c>
       <c r="E254" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F254" t="s">
         <v>58</v>
       </c>
       <c r="G254" t="s">
         <v>39</v>
       </c>
       <c r="H254">
         <v>11</v>
       </c>
       <c r="I254" t="b">
         <v>0</v>
       </c>
       <c r="J254" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K254">
         <v>1</v>
       </c>
       <c r="L254" t="s">
         <v>24</v>
       </c>
       <c r="M254" t="s">
         <v>24</v>
       </c>
       <c r="N254">
         <v>85.92</v>
       </c>
       <c r="O254" t="s">
         <v>24</v>
       </c>
       <c r="P254" t="s">
         <v>24</v>
       </c>
       <c r="Q254" t="s">
         <v>24</v>
       </c>
       <c r="R254" t="s">
         <v>24</v>
       </c>
       <c r="S254">
         <v>85.92</v>
       </c>
     </row>
     <row r="255" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C255" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E255" t="s">
         <v>24</v>
       </c>
       <c r="F255" t="s">
         <v>22</v>
       </c>
       <c r="G255" t="s">
         <v>39</v>
       </c>
       <c r="H255">
         <v>22</v>
       </c>
       <c r="I255" t="b">
         <v>0</v>
       </c>
       <c r="J255" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K255">
         <v>1</v>
       </c>
       <c r="L255" t="s">
         <v>24</v>
       </c>
       <c r="M255" t="s">
         <v>24</v>
       </c>
       <c r="N255">
         <v>85.26</v>
       </c>
       <c r="O255" t="s">
         <v>24</v>
       </c>
       <c r="P255" t="s">
         <v>24</v>
       </c>
       <c r="Q255" t="s">
         <v>24</v>
       </c>
       <c r="R255" t="s">
         <v>24</v>
       </c>
       <c r="S255">
         <v>85.26</v>
       </c>
     </row>
     <row r="256" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C256" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E256" t="s">
         <v>24</v>
       </c>
       <c r="F256" t="s">
         <v>27</v>
       </c>
       <c r="G256" t="s">
         <v>39</v>
       </c>
       <c r="H256">
         <v>15</v>
       </c>
       <c r="I256" t="b">
         <v>0</v>
       </c>
       <c r="J256" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K256">
         <v>1</v>
       </c>
       <c r="L256" t="s">
         <v>24</v>
       </c>
       <c r="M256" t="s">
         <v>24</v>
       </c>
       <c r="N256" t="s">
         <v>24</v>
       </c>
       <c r="O256">
         <v>85.16</v>
       </c>
       <c r="P256" t="s">
         <v>24</v>
       </c>
       <c r="Q256" t="s">
         <v>24</v>
       </c>
       <c r="R256" t="s">
         <v>24</v>
       </c>
       <c r="S256">
         <v>85.16</v>
       </c>
     </row>
     <row r="257" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C257" t="s">
         <v>33</v>
       </c>
       <c r="D257">
         <v>1492</v>
       </c>
       <c r="E257" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F257" t="s">
         <v>58</v>
       </c>
       <c r="G257" t="s">
         <v>23</v>
       </c>
       <c r="H257">
         <v>20</v>
       </c>
       <c r="I257" t="b">
         <v>0</v>
       </c>
       <c r="J257" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K257">
         <v>1</v>
       </c>
       <c r="L257">
         <v>85.06</v>
       </c>
       <c r="M257" t="s">
         <v>24</v>
       </c>
       <c r="N257" t="s">
         <v>24</v>
       </c>
       <c r="O257" t="s">
         <v>24</v>
       </c>
       <c r="P257" t="s">
         <v>24</v>
       </c>
       <c r="Q257" t="s">
         <v>24</v>
       </c>
       <c r="R257" t="s">
         <v>24</v>
       </c>
       <c r="S257">
         <v>85.06</v>
       </c>
     </row>
     <row r="258" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C258" t="s">
         <v>60</v>
       </c>
       <c r="E258" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F258" t="s">
         <v>22</v>
       </c>
       <c r="G258" t="s">
         <v>23</v>
       </c>
       <c r="H258">
         <v>67</v>
       </c>
       <c r="I258" t="b">
         <v>0</v>
       </c>
       <c r="J258" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K258">
         <v>1</v>
       </c>
       <c r="L258">
         <v>84.87</v>
       </c>
       <c r="M258" t="s">
         <v>24</v>
       </c>
       <c r="N258" t="s">
         <v>24</v>
       </c>
       <c r="O258" t="s">
         <v>24</v>
       </c>
       <c r="P258" t="s">
         <v>24</v>
       </c>
       <c r="Q258" t="s">
         <v>24</v>
       </c>
       <c r="R258" t="s">
         <v>24</v>
       </c>
       <c r="S258">
         <v>84.87</v>
       </c>
     </row>
     <row r="259" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C259" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E259" t="s">
         <v>24</v>
       </c>
       <c r="F259" t="s">
         <v>31</v>
       </c>
       <c r="G259" t="s">
         <v>23</v>
       </c>
       <c r="H259">
         <v>50</v>
       </c>
       <c r="I259" t="b">
         <v>0</v>
       </c>
       <c r="J259" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K259">
         <v>1</v>
       </c>
       <c r="L259">
         <v>84.45</v>
       </c>
       <c r="M259" t="s">
         <v>24</v>
       </c>
       <c r="N259" t="s">
         <v>24</v>
       </c>
       <c r="O259" t="s">
         <v>24</v>
       </c>
       <c r="P259" t="s">
         <v>24</v>
       </c>
       <c r="Q259" t="s">
         <v>24</v>
       </c>
       <c r="R259" t="s">
         <v>24</v>
       </c>
       <c r="S259">
         <v>84.45</v>
       </c>
     </row>
     <row r="260" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C260" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="E260" t="s">
         <v>24</v>
       </c>
       <c r="F260" t="s">
         <v>58</v>
       </c>
       <c r="G260" t="s">
         <v>39</v>
       </c>
       <c r="H260">
         <v>12</v>
       </c>
       <c r="I260" t="b">
         <v>0</v>
       </c>
       <c r="J260" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K260">
         <v>1</v>
       </c>
       <c r="L260" t="s">
         <v>24</v>
       </c>
       <c r="M260" t="s">
         <v>24</v>
       </c>
       <c r="N260">
         <v>84.38</v>
       </c>
       <c r="O260" t="s">
         <v>24</v>
       </c>
       <c r="P260" t="s">
         <v>24</v>
       </c>
       <c r="Q260" t="s">
         <v>24</v>
       </c>
       <c r="R260" t="s">
         <v>24</v>
       </c>
       <c r="S260">
         <v>84.38</v>
       </c>
     </row>
     <row r="261" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C261" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D261">
         <v>881</v>
       </c>
       <c r="E261" t="s">
         <v>42</v>
       </c>
       <c r="F261" t="s">
         <v>58</v>
       </c>
       <c r="G261" t="s">
         <v>23</v>
       </c>
       <c r="H261">
         <v>21</v>
       </c>
       <c r="I261" t="b">
         <v>0</v>
       </c>
       <c r="J261" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K261">
         <v>1</v>
       </c>
       <c r="L261" t="s">
         <v>24</v>
       </c>
       <c r="M261" t="s">
         <v>24</v>
       </c>
       <c r="N261" t="s">
         <v>24</v>
       </c>
       <c r="O261" t="s">
         <v>24</v>
       </c>
       <c r="P261">
         <v>83.92</v>
       </c>
       <c r="Q261" t="s">
         <v>24</v>
       </c>
       <c r="R261" t="s">
         <v>24</v>
       </c>
       <c r="S261">
         <v>83.92</v>
       </c>
     </row>
     <row r="262" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C262" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E262" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F262" t="s">
         <v>58</v>
       </c>
       <c r="G262" t="s">
         <v>23</v>
       </c>
       <c r="H262">
         <v>22</v>
       </c>
       <c r="I262" t="b">
         <v>0</v>
       </c>
       <c r="J262" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
       <c r="L262" t="s">
         <v>24</v>
       </c>
       <c r="M262" t="s">
         <v>24</v>
       </c>
       <c r="N262" t="s">
         <v>24</v>
       </c>
       <c r="O262" t="s">
         <v>24</v>
       </c>
       <c r="P262">
         <v>83.84</v>
       </c>
       <c r="Q262" t="s">
         <v>24</v>
       </c>
       <c r="R262" t="s">
         <v>24</v>
       </c>
       <c r="S262">
         <v>83.84</v>
       </c>
     </row>
     <row r="263" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C263" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E263" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F263" t="s">
         <v>27</v>
       </c>
       <c r="G263" t="s">
         <v>23</v>
       </c>
       <c r="H263">
         <v>46</v>
       </c>
       <c r="I263" t="b">
         <v>0</v>
       </c>
       <c r="J263" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K263">
         <v>1</v>
       </c>
       <c r="L263" t="s">
         <v>24</v>
       </c>
       <c r="M263" t="s">
         <v>24</v>
       </c>
       <c r="N263" t="s">
         <v>24</v>
       </c>
       <c r="O263" t="s">
         <v>24</v>
       </c>
       <c r="P263">
         <v>83.83</v>
       </c>
       <c r="Q263" t="s">
         <v>24</v>
       </c>
       <c r="R263" t="s">
         <v>24</v>
       </c>
       <c r="S263">
         <v>83.83</v>
       </c>
     </row>
     <row r="264" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C264" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E264" t="s">
         <v>50</v>
       </c>
       <c r="F264" t="s">
         <v>31</v>
       </c>
       <c r="G264" t="s">
         <v>39</v>
       </c>
       <c r="H264">
         <v>18</v>
       </c>
       <c r="I264" t="b">
         <v>0</v>
       </c>
       <c r="J264" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K264">
         <v>1</v>
       </c>
       <c r="L264" t="s">
         <v>24</v>
       </c>
       <c r="M264" t="s">
         <v>24</v>
       </c>
       <c r="N264" t="s">
         <v>24</v>
       </c>
       <c r="O264" t="s">
         <v>24</v>
       </c>
       <c r="P264">
         <v>83.64</v>
       </c>
       <c r="Q264" t="s">
         <v>24</v>
       </c>
       <c r="R264" t="s">
         <v>24</v>
       </c>
       <c r="S264">
         <v>83.64</v>
       </c>
     </row>
     <row r="265" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C265" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D265">
         <v>2231</v>
       </c>
       <c r="E265" t="s">
         <v>24</v>
       </c>
       <c r="F265" t="s">
         <v>22</v>
       </c>
       <c r="G265" t="s">
         <v>23</v>
       </c>
       <c r="H265">
         <v>68</v>
       </c>
       <c r="I265" t="b">
         <v>0</v>
       </c>
       <c r="J265" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K265">
         <v>1</v>
       </c>
       <c r="L265">
         <v>82.53</v>
       </c>
       <c r="M265" t="s">
         <v>24</v>
       </c>
       <c r="N265" t="s">
         <v>24</v>
       </c>
       <c r="O265" t="s">
         <v>24</v>
       </c>
       <c r="P265" t="s">
         <v>24</v>
       </c>
       <c r="Q265" t="s">
         <v>24</v>
       </c>
       <c r="R265" t="s">
         <v>24</v>
       </c>
       <c r="S265">
         <v>82.53</v>
       </c>
     </row>
     <row r="266" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C266" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E266" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F266" t="s">
         <v>31</v>
       </c>
       <c r="G266" t="s">
         <v>39</v>
       </c>
       <c r="H266">
         <v>19</v>
       </c>
       <c r="I266" t="b">
         <v>0</v>
       </c>
       <c r="J266" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K266">
         <v>1</v>
       </c>
       <c r="L266" t="s">
         <v>24</v>
       </c>
       <c r="M266" t="s">
         <v>24</v>
       </c>
       <c r="N266">
         <v>82.13</v>
       </c>
       <c r="O266" t="s">
         <v>24</v>
       </c>
       <c r="P266" t="s">
         <v>24</v>
       </c>
       <c r="Q266" t="s">
         <v>24</v>
       </c>
       <c r="R266" t="s">
         <v>24</v>
       </c>
       <c r="S266">
         <v>82.13</v>
       </c>
     </row>
     <row r="267" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C267" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D267">
         <v>2189</v>
       </c>
       <c r="E267" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F267" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G267" t="s">
         <v>23</v>
       </c>
       <c r="H267">
         <v>5</v>
       </c>
       <c r="I267" t="b">
         <v>0</v>
       </c>
       <c r="J267" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K267">
         <v>1</v>
       </c>
       <c r="L267" t="s">
         <v>24</v>
       </c>
       <c r="M267">
         <v>81.86</v>
       </c>
       <c r="N267" t="s">
         <v>24</v>
       </c>
       <c r="O267" t="s">
         <v>24</v>
       </c>
       <c r="P267" t="s">
         <v>24</v>
       </c>
       <c r="Q267" t="s">
         <v>24</v>
       </c>
       <c r="R267" t="s">
         <v>24</v>
       </c>
       <c r="S267">
         <v>81.86</v>
       </c>
     </row>
     <row r="268" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C268" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="D268">
         <v>1011</v>
       </c>
       <c r="E268" t="s">
         <v>21</v>
       </c>
       <c r="F268" t="s">
         <v>31</v>
       </c>
       <c r="G268" t="s">
         <v>39</v>
       </c>
       <c r="H268">
         <v>20</v>
       </c>
       <c r="I268" t="b">
         <v>0</v>
       </c>
       <c r="J268" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K268">
         <v>1</v>
       </c>
       <c r="L268" t="s">
         <v>24</v>
       </c>
       <c r="M268" t="s">
         <v>24</v>
       </c>
       <c r="N268" t="s">
         <v>24</v>
       </c>
       <c r="O268" t="s">
         <v>24</v>
       </c>
       <c r="P268">
         <v>81.51</v>
       </c>
       <c r="Q268" t="s">
         <v>24</v>
       </c>
       <c r="R268" t="s">
         <v>24</v>
       </c>
       <c r="S268">
         <v>81.51</v>
       </c>
     </row>
     <row r="269" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C269" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E269" t="s">
         <v>24</v>
       </c>
       <c r="F269" t="s">
         <v>22</v>
       </c>
       <c r="G269" t="s">
         <v>39</v>
       </c>
       <c r="H269">
         <v>23</v>
       </c>
       <c r="I269" t="b">
         <v>0</v>
       </c>
       <c r="J269" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K269">
         <v>1</v>
       </c>
       <c r="L269">
         <v>81.22</v>
       </c>
       <c r="M269" t="s">
         <v>24</v>
       </c>
       <c r="N269" t="s">
         <v>24</v>
       </c>
       <c r="O269" t="s">
         <v>24</v>
       </c>
       <c r="P269" t="s">
         <v>24</v>
       </c>
       <c r="Q269" t="s">
         <v>24</v>
       </c>
       <c r="R269" t="s">
         <v>24</v>
       </c>
       <c r="S269">
         <v>81.22</v>
       </c>
     </row>
     <row r="270" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C270" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D270">
         <v>610</v>
       </c>
       <c r="E270" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="F270" t="s">
         <v>31</v>
       </c>
       <c r="G270" t="s">
         <v>23</v>
       </c>
       <c r="H270">
         <v>51</v>
       </c>
       <c r="I270" t="b">
         <v>0</v>
       </c>
       <c r="J270" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K270">
         <v>1</v>
       </c>
       <c r="L270">
         <v>81.08</v>
       </c>
       <c r="M270" t="s">
         <v>24</v>
       </c>
       <c r="N270" t="s">
         <v>24</v>
       </c>
       <c r="O270" t="s">
         <v>24</v>
       </c>
       <c r="P270" t="s">
         <v>24</v>
       </c>
       <c r="Q270" t="s">
         <v>24</v>
       </c>
       <c r="R270" t="s">
         <v>24</v>
       </c>
       <c r="S270">
         <v>81.08</v>
       </c>
     </row>
     <row r="271" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C271" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E271" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F271" t="s">
         <v>27</v>
       </c>
       <c r="G271" t="s">
         <v>23</v>
       </c>
       <c r="H271">
         <v>47</v>
       </c>
       <c r="I271" t="b">
         <v>0</v>
       </c>
       <c r="J271" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K271">
         <v>1</v>
       </c>
       <c r="L271">
         <v>81.01</v>
       </c>
       <c r="M271" t="s">
         <v>24</v>
       </c>
       <c r="N271" t="s">
         <v>24</v>
       </c>
       <c r="O271" t="s">
         <v>24</v>
       </c>
       <c r="P271" t="s">
         <v>24</v>
       </c>
       <c r="Q271" t="s">
         <v>24</v>
       </c>
       <c r="R271" t="s">
         <v>24</v>
       </c>
       <c r="S271">
         <v>81.01</v>
       </c>
     </row>
     <row r="272" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C272" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="E272" t="s">
         <v>24</v>
       </c>
       <c r="F272" t="s">
         <v>31</v>
       </c>
       <c r="G272" t="s">
         <v>39</v>
       </c>
       <c r="H272">
         <v>21</v>
       </c>
       <c r="I272" t="b">
         <v>0</v>
       </c>
       <c r="J272" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K272">
         <v>1</v>
       </c>
       <c r="L272" t="s">
         <v>24</v>
       </c>
       <c r="M272" t="s">
         <v>24</v>
       </c>
       <c r="N272">
         <v>80.87</v>
       </c>
       <c r="O272" t="s">
         <v>24</v>
       </c>
       <c r="P272" t="s">
         <v>24</v>
       </c>
       <c r="Q272" t="s">
         <v>24</v>
       </c>
       <c r="R272" t="s">
         <v>24</v>
       </c>
       <c r="S272">
         <v>80.87</v>
       </c>
     </row>
     <row r="273" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
         <v>53</v>
       </c>
       <c r="C273" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E273" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F273" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G273" t="s">
         <v>23</v>
       </c>
       <c r="H273">
         <v>6</v>
       </c>
       <c r="I273" t="b">
         <v>0</v>
       </c>
       <c r="J273" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K273">
         <v>1</v>
       </c>
       <c r="L273" t="s">
         <v>24</v>
       </c>
       <c r="M273" t="s">
         <v>24</v>
       </c>
       <c r="N273" t="s">
         <v>24</v>
       </c>
       <c r="O273">
         <v>80.72</v>
       </c>
       <c r="P273" t="s">
         <v>24</v>
       </c>
       <c r="Q273" t="s">
         <v>24</v>
       </c>
       <c r="R273" t="s">
         <v>24</v>
       </c>
       <c r="S273">
         <v>80.72</v>
       </c>
     </row>
     <row r="274" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C274" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E274" t="s">
         <v>24</v>
       </c>
       <c r="F274" t="s">
         <v>58</v>
       </c>
       <c r="G274" t="s">
         <v>23</v>
       </c>
       <c r="H274">
         <v>23</v>
       </c>
       <c r="I274" t="b">
         <v>0</v>
       </c>
       <c r="J274" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K274">
         <v>1</v>
       </c>
       <c r="L274" t="s">
         <v>24</v>
       </c>
       <c r="M274" t="s">
         <v>24</v>
       </c>
       <c r="N274">
         <v>80.37</v>
       </c>
       <c r="O274" t="s">
         <v>24</v>
       </c>
       <c r="P274" t="s">
         <v>24</v>
       </c>
       <c r="Q274" t="s">
         <v>24</v>
       </c>
       <c r="R274" t="s">
         <v>24</v>
       </c>
       <c r="S274">
         <v>80.37</v>
       </c>
     </row>
     <row r="275" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C275" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E275" t="s">
         <v>24</v>
       </c>
       <c r="F275" t="s">
         <v>22</v>
       </c>
       <c r="G275" t="s">
         <v>39</v>
       </c>
       <c r="H275">
         <v>24</v>
       </c>
       <c r="I275" t="b">
         <v>0</v>
       </c>
       <c r="J275" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K275">
         <v>1</v>
       </c>
       <c r="L275" t="s">
         <v>24</v>
       </c>
       <c r="M275" t="s">
         <v>24</v>
       </c>
       <c r="N275" t="s">
         <v>24</v>
       </c>
       <c r="O275" t="s">
         <v>24</v>
       </c>
       <c r="P275">
         <v>79.67</v>
       </c>
       <c r="Q275" t="s">
         <v>24</v>
       </c>
       <c r="R275" t="s">
         <v>24</v>
       </c>
       <c r="S275">
         <v>79.67</v>
       </c>
     </row>
     <row r="276" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C276" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="E276" t="s">
         <v>24</v>
       </c>
       <c r="F276" t="s">
         <v>27</v>
       </c>
       <c r="G276" t="s">
         <v>39</v>
       </c>
       <c r="H276">
         <v>16</v>
       </c>
       <c r="I276" t="b">
         <v>0</v>
       </c>
       <c r="J276" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K276">
         <v>1</v>
       </c>
       <c r="L276" t="s">
         <v>24</v>
       </c>
       <c r="M276" t="s">
         <v>24</v>
       </c>
       <c r="N276">
         <v>79.22</v>
       </c>
       <c r="O276" t="s">
         <v>24</v>
       </c>
       <c r="P276" t="s">
         <v>24</v>
       </c>
       <c r="Q276" t="s">
         <v>24</v>
       </c>
       <c r="R276" t="s">
         <v>24</v>
       </c>
       <c r="S276">
         <v>79.22</v>
       </c>
     </row>
     <row r="277" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C277" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="E277" t="s">
         <v>24</v>
       </c>
       <c r="F277" t="s">
         <v>22</v>
       </c>
       <c r="G277" t="s">
         <v>39</v>
       </c>
       <c r="H277">
         <v>25</v>
       </c>
       <c r="I277" t="b">
         <v>0</v>
       </c>
       <c r="J277" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K277">
         <v>1</v>
       </c>
       <c r="L277" t="s">
         <v>24</v>
       </c>
       <c r="M277" t="s">
         <v>24</v>
       </c>
       <c r="N277">
         <v>79.01</v>
       </c>
       <c r="O277" t="s">
         <v>24</v>
       </c>
       <c r="P277" t="s">
         <v>24</v>
       </c>
       <c r="Q277" t="s">
         <v>24</v>
       </c>
       <c r="R277" t="s">
         <v>24</v>
       </c>
       <c r="S277">
         <v>79.01</v>
       </c>
     </row>
     <row r="278" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C278" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E278" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F278" t="s">
         <v>58</v>
       </c>
       <c r="G278" t="s">
         <v>39</v>
       </c>
       <c r="H278">
         <v>13</v>
       </c>
       <c r="I278" t="b">
         <v>0</v>
       </c>
       <c r="J278" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K278">
         <v>1</v>
       </c>
       <c r="L278" t="s">
         <v>24</v>
       </c>
       <c r="M278" t="s">
         <v>24</v>
       </c>
       <c r="N278">
         <v>78.9</v>
       </c>
       <c r="O278" t="s">
         <v>24</v>
       </c>
       <c r="P278" t="s">
         <v>24</v>
       </c>
       <c r="Q278" t="s">
         <v>24</v>
       </c>
       <c r="R278" t="s">
         <v>24</v>
       </c>
       <c r="S278">
         <v>78.9</v>
       </c>
     </row>
     <row r="279" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C279" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E279" t="s">
         <v>24</v>
       </c>
       <c r="F279" t="s">
         <v>31</v>
       </c>
       <c r="G279" t="s">
         <v>39</v>
       </c>
       <c r="H279">
         <v>22</v>
       </c>
       <c r="I279" t="b">
         <v>0</v>
       </c>
       <c r="J279" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K279">
         <v>1</v>
       </c>
       <c r="L279" t="s">
         <v>24</v>
       </c>
       <c r="M279" t="s">
         <v>24</v>
       </c>
       <c r="N279">
         <v>77.98</v>
       </c>
       <c r="O279" t="s">
         <v>24</v>
       </c>
       <c r="P279" t="s">
         <v>24</v>
       </c>
       <c r="Q279" t="s">
         <v>24</v>
       </c>
       <c r="R279" t="s">
         <v>24</v>
       </c>
       <c r="S279">
         <v>77.98</v>
       </c>
     </row>
     <row r="280" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C280" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E280" t="s">
         <v>24</v>
       </c>
       <c r="F280" t="s">
         <v>58</v>
       </c>
       <c r="G280" t="s">
         <v>23</v>
       </c>
       <c r="H280">
         <v>24</v>
       </c>
       <c r="I280" t="b">
         <v>0</v>
       </c>
       <c r="J280" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K280">
         <v>1</v>
       </c>
       <c r="L280" t="s">
         <v>24</v>
       </c>
       <c r="M280" t="s">
         <v>24</v>
       </c>
       <c r="N280">
         <v>77.95</v>
       </c>
       <c r="O280" t="s">
         <v>24</v>
       </c>
       <c r="P280" t="s">
         <v>24</v>
       </c>
       <c r="Q280" t="s">
         <v>24</v>
       </c>
       <c r="R280" t="s">
         <v>24</v>
       </c>
       <c r="S280">
         <v>77.95</v>
       </c>
     </row>
     <row r="281" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C281" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D281">
         <v>898</v>
       </c>
       <c r="E281" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F281" t="s">
         <v>58</v>
       </c>
       <c r="G281" t="s">
         <v>23</v>
       </c>
       <c r="H281">
         <v>25</v>
       </c>
       <c r="I281" t="b">
         <v>0</v>
       </c>
       <c r="J281" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K281">
         <v>1</v>
       </c>
       <c r="L281">
         <v>76.92</v>
       </c>
       <c r="M281" t="s">
         <v>24</v>
       </c>
       <c r="N281" t="s">
         <v>24</v>
       </c>
       <c r="O281" t="s">
         <v>24</v>
       </c>
       <c r="P281" t="s">
         <v>24</v>
       </c>
       <c r="Q281" t="s">
         <v>24</v>
       </c>
       <c r="R281" t="s">
         <v>24</v>
       </c>
       <c r="S281">
         <v>76.92</v>
       </c>
     </row>
     <row r="282" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C282" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D282">
         <v>1422</v>
       </c>
       <c r="E282" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F282" t="s">
         <v>31</v>
       </c>
       <c r="G282" t="s">
         <v>23</v>
       </c>
       <c r="H282">
         <v>52</v>
       </c>
       <c r="I282" t="b">
         <v>0</v>
       </c>
       <c r="J282" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K282">
         <v>1</v>
       </c>
       <c r="L282">
         <v>75.41</v>
       </c>
       <c r="M282" t="s">
         <v>24</v>
       </c>
       <c r="N282" t="s">
         <v>24</v>
       </c>
       <c r="O282" t="s">
         <v>24</v>
       </c>
       <c r="P282" t="s">
         <v>24</v>
       </c>
       <c r="Q282" t="s">
         <v>24</v>
       </c>
       <c r="R282" t="s">
         <v>24</v>
       </c>
       <c r="S282">
         <v>75.41</v>
       </c>
     </row>
     <row r="283" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C283" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E283" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F283" t="s">
         <v>27</v>
       </c>
       <c r="G283" t="s">
         <v>39</v>
       </c>
       <c r="H283">
         <v>17</v>
       </c>
       <c r="I283" t="b">
         <v>0</v>
       </c>
       <c r="J283" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K283">
         <v>1</v>
       </c>
       <c r="L283" t="s">
         <v>24</v>
       </c>
       <c r="M283">
         <v>73.02</v>
       </c>
       <c r="N283" t="s">
         <v>24</v>
       </c>
       <c r="O283" t="s">
         <v>24</v>
       </c>
       <c r="P283" t="s">
         <v>24</v>
       </c>
       <c r="Q283" t="s">
         <v>24</v>
       </c>
       <c r="R283" t="s">
         <v>24</v>
       </c>
       <c r="S283">
         <v>73.02</v>
       </c>
     </row>
     <row r="284" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C284" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E284" t="s">
         <v>21</v>
       </c>
       <c r="F284" t="s">
         <v>58</v>
       </c>
       <c r="G284" t="s">
         <v>39</v>
       </c>
       <c r="H284">
         <v>14</v>
       </c>
       <c r="I284" t="b">
         <v>0</v>
       </c>
       <c r="J284" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K284">
         <v>1</v>
       </c>
       <c r="L284" t="s">
         <v>24</v>
       </c>
       <c r="M284" t="s">
         <v>24</v>
       </c>
       <c r="N284" t="s">
         <v>24</v>
       </c>
       <c r="O284" t="s">
         <v>24</v>
       </c>
       <c r="P284" t="s">
         <v>24</v>
       </c>
       <c r="Q284">
         <v>72.74</v>
       </c>
       <c r="R284" t="s">
         <v>24</v>
       </c>
       <c r="S284">
         <v>72.74</v>
       </c>
     </row>
     <row r="285" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C285" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E285" t="s">
         <v>24</v>
       </c>
       <c r="F285" t="s">
         <v>22</v>
       </c>
       <c r="G285" t="s">
         <v>39</v>
       </c>
       <c r="H285">
         <v>26</v>
       </c>
       <c r="I285" t="b">
         <v>0</v>
       </c>
       <c r="J285" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K285">
         <v>1</v>
       </c>
       <c r="L285" t="s">
         <v>24</v>
       </c>
       <c r="M285" t="s">
         <v>24</v>
       </c>
       <c r="N285">
         <v>72.73</v>
       </c>
       <c r="O285" t="s">
         <v>24</v>
       </c>
       <c r="P285" t="s">
         <v>24</v>
       </c>
       <c r="Q285" t="s">
         <v>24</v>
       </c>
       <c r="R285" t="s">
         <v>24</v>
       </c>
       <c r="S285">
         <v>72.73</v>
       </c>
     </row>
     <row r="286" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C286" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E286" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F286" t="s">
         <v>31</v>
       </c>
       <c r="G286" t="s">
         <v>39</v>
       </c>
       <c r="H286">
         <v>23</v>
       </c>
       <c r="I286" t="b">
         <v>0</v>
       </c>
       <c r="J286" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K286">
         <v>1</v>
       </c>
       <c r="L286" t="s">
         <v>24</v>
       </c>
       <c r="M286" t="s">
         <v>24</v>
       </c>
       <c r="N286" t="s">
         <v>24</v>
       </c>
       <c r="O286">
         <v>71.99</v>
       </c>
       <c r="P286" t="s">
         <v>24</v>
       </c>
       <c r="Q286" t="s">
         <v>24</v>
       </c>
       <c r="R286" t="s">
         <v>24</v>
       </c>
       <c r="S286">
         <v>71.99</v>
       </c>
     </row>
     <row r="287" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C287" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E287" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F287" t="s">
         <v>31</v>
       </c>
       <c r="G287" t="s">
         <v>39</v>
       </c>
       <c r="H287">
         <v>24</v>
       </c>
       <c r="I287" t="b">
         <v>0</v>
       </c>
       <c r="J287" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K287">
         <v>1</v>
       </c>
       <c r="L287" t="s">
         <v>24</v>
       </c>
       <c r="M287" t="s">
         <v>24</v>
       </c>
       <c r="N287" t="s">
         <v>24</v>
       </c>
       <c r="O287">
         <v>71.96</v>
       </c>
       <c r="P287" t="s">
         <v>24</v>
       </c>
       <c r="Q287" t="s">
         <v>24</v>
       </c>
       <c r="R287" t="s">
         <v>24</v>
       </c>
       <c r="S287">
         <v>71.96</v>
       </c>
     </row>
     <row r="288" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C288" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="E288" t="s">
         <v>24</v>
       </c>
       <c r="F288" t="s">
         <v>22</v>
       </c>
       <c r="G288" t="s">
         <v>39</v>
       </c>
       <c r="H288">
         <v>27</v>
       </c>
       <c r="I288" t="b">
         <v>0</v>
       </c>
       <c r="J288" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K288">
         <v>1</v>
       </c>
       <c r="L288" t="s">
         <v>24</v>
       </c>
       <c r="M288" t="s">
         <v>24</v>
       </c>
       <c r="N288" t="s">
         <v>24</v>
       </c>
       <c r="O288">
         <v>71.11</v>
       </c>
       <c r="P288" t="s">
         <v>24</v>
       </c>
       <c r="Q288" t="s">
         <v>24</v>
       </c>
       <c r="R288" t="s">
         <v>24</v>
       </c>
       <c r="S288">
         <v>71.11</v>
       </c>
     </row>
     <row r="289" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C289" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E289" t="s">
         <v>24</v>
       </c>
       <c r="F289" t="s">
         <v>22</v>
       </c>
       <c r="G289" t="s">
         <v>39</v>
       </c>
       <c r="H289">
         <v>28</v>
       </c>
       <c r="I289" t="b">
         <v>0</v>
       </c>
       <c r="J289" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K289">
         <v>1</v>
       </c>
       <c r="L289" t="s">
         <v>24</v>
       </c>
       <c r="M289" t="s">
         <v>24</v>
       </c>
       <c r="N289" t="s">
         <v>24</v>
       </c>
       <c r="O289">
         <v>71.07</v>
       </c>
       <c r="P289" t="s">
         <v>24</v>
       </c>
       <c r="Q289" t="s">
         <v>24</v>
       </c>
       <c r="R289" t="s">
         <v>24</v>
       </c>
       <c r="S289">
         <v>71.07</v>
       </c>
     </row>
     <row r="290" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C290" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E290" t="s">
         <v>24</v>
       </c>
       <c r="F290" t="s">
         <v>22</v>
       </c>
       <c r="G290" t="s">
         <v>39</v>
       </c>
       <c r="H290">
         <v>29</v>
       </c>
       <c r="I290" t="b">
         <v>0</v>
       </c>
       <c r="J290" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K290">
         <v>1</v>
       </c>
       <c r="L290" t="s">
         <v>24</v>
       </c>
       <c r="M290" t="s">
         <v>24</v>
       </c>
       <c r="N290" t="s">
         <v>24</v>
       </c>
       <c r="O290">
         <v>71.04</v>
       </c>
       <c r="P290" t="s">
         <v>24</v>
       </c>
       <c r="Q290" t="s">
         <v>24</v>
       </c>
       <c r="R290" t="s">
         <v>24</v>
       </c>
       <c r="S290">
         <v>71.04</v>
       </c>
     </row>
     <row r="291" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C291" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D291">
         <v>2406</v>
       </c>
       <c r="E291" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F291" t="s">
         <v>58</v>
       </c>
       <c r="G291" t="s">
         <v>23</v>
       </c>
       <c r="H291">
         <v>26</v>
       </c>
       <c r="I291" t="b">
         <v>0</v>
       </c>
       <c r="J291" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K291">
         <v>1</v>
       </c>
       <c r="L291" t="s">
         <v>24</v>
       </c>
       <c r="M291" t="s">
         <v>24</v>
       </c>
       <c r="N291" t="s">
         <v>24</v>
       </c>
       <c r="O291" t="s">
         <v>24</v>
       </c>
       <c r="P291" t="s">
         <v>24</v>
       </c>
       <c r="Q291">
         <v>70.76</v>
       </c>
       <c r="R291" t="s">
         <v>24</v>
       </c>
       <c r="S291">
         <v>70.76</v>
       </c>
     </row>
     <row r="292" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C292" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D292">
         <v>548</v>
       </c>
       <c r="E292" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="F292" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="G292" t="s">
         <v>23</v>
       </c>
       <c r="H292">
         <v>3</v>
       </c>
       <c r="I292" t="b">
         <v>0</v>
       </c>
       <c r="J292" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K292">
         <v>1</v>
       </c>
       <c r="L292" t="s">
         <v>24</v>
       </c>
       <c r="M292" t="s">
         <v>24</v>
       </c>
       <c r="N292" t="s">
         <v>24</v>
       </c>
       <c r="O292" t="s">
         <v>24</v>
       </c>
       <c r="P292">
         <v>70.2</v>
       </c>
       <c r="Q292" t="s">
         <v>24</v>
       </c>
       <c r="R292" t="s">
         <v>24</v>
       </c>
       <c r="S292">
         <v>70.2</v>
       </c>
     </row>
     <row r="293" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C293" t="s">
         <v>33</v>
       </c>
       <c r="E293" t="s">
         <v>50</v>
       </c>
       <c r="F293" t="s">
         <v>58</v>
       </c>
       <c r="G293" t="s">
         <v>39</v>
       </c>
       <c r="H293">
         <v>15</v>
       </c>
       <c r="I293" t="b">
         <v>0</v>
       </c>
       <c r="J293" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K293">
         <v>1</v>
       </c>
       <c r="L293" t="s">
         <v>24</v>
       </c>
       <c r="M293" t="s">
         <v>24</v>
       </c>
       <c r="N293" t="s">
         <v>24</v>
       </c>
       <c r="O293" t="s">
         <v>24</v>
       </c>
       <c r="P293">
         <v>68.48</v>
       </c>
       <c r="Q293" t="s">
         <v>24</v>
       </c>
       <c r="R293" t="s">
         <v>24</v>
       </c>
       <c r="S293">
         <v>68.48</v>
       </c>
     </row>
     <row r="294" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C294" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E294" t="s">
         <v>50</v>
       </c>
       <c r="F294" t="s">
         <v>31</v>
       </c>
       <c r="G294" t="s">
         <v>23</v>
       </c>
       <c r="H294">
         <v>53</v>
       </c>
       <c r="I294" t="b">
         <v>0</v>
       </c>
       <c r="J294" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K294">
         <v>1</v>
       </c>
       <c r="L294" t="s">
         <v>24</v>
       </c>
       <c r="M294" t="s">
         <v>24</v>
       </c>
       <c r="N294" t="s">
         <v>24</v>
       </c>
       <c r="O294" t="s">
         <v>24</v>
       </c>
       <c r="P294">
         <v>68.06</v>
       </c>
       <c r="Q294" t="s">
         <v>24</v>
       </c>
       <c r="R294" t="s">
         <v>24</v>
       </c>
       <c r="S294">
         <v>68.06</v>
       </c>
     </row>
     <row r="295" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C295" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E295" t="s">
         <v>50</v>
       </c>
       <c r="F295" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G295" t="s">
         <v>39</v>
       </c>
       <c r="H295">
         <v>1</v>
       </c>
       <c r="I295" t="b">
         <v>0</v>
       </c>
       <c r="J295" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K295">
         <v>1</v>
       </c>
       <c r="L295" t="s">
         <v>24</v>
       </c>
       <c r="M295" t="s">
         <v>24</v>
       </c>
       <c r="N295" t="s">
         <v>24</v>
       </c>
       <c r="O295" t="s">
         <v>24</v>
       </c>
       <c r="P295">
         <v>67.91</v>
       </c>
       <c r="Q295" t="s">
         <v>24</v>
       </c>
       <c r="R295" t="s">
         <v>24</v>
       </c>
       <c r="S295">
         <v>67.91</v>
       </c>
     </row>
     <row r="296" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C296" t="s">
         <v>36</v>
       </c>
       <c r="E296" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F296" t="s">
         <v>58</v>
       </c>
       <c r="G296" t="s">
         <v>39</v>
       </c>
       <c r="H296">
         <v>16</v>
       </c>
       <c r="I296" t="b">
         <v>0</v>
       </c>
       <c r="J296" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K296">
         <v>1</v>
       </c>
       <c r="L296" t="s">
         <v>24</v>
       </c>
       <c r="M296" t="s">
         <v>24</v>
       </c>
       <c r="N296">
         <v>67.43</v>
       </c>
       <c r="O296" t="s">
         <v>24</v>
       </c>
       <c r="P296" t="s">
         <v>24</v>
       </c>
       <c r="Q296" t="s">
         <v>24</v>
       </c>
       <c r="R296" t="s">
         <v>24</v>
       </c>
       <c r="S296">
         <v>67.43</v>
       </c>
     </row>
     <row r="297" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C297" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E297" t="s">
         <v>24</v>
       </c>
       <c r="F297" t="s">
         <v>22</v>
       </c>
       <c r="G297" t="s">
         <v>39</v>
       </c>
       <c r="H297">
         <v>30</v>
       </c>
       <c r="I297" t="b">
         <v>0</v>
       </c>
       <c r="J297" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K297">
         <v>1</v>
       </c>
       <c r="L297" t="s">
         <v>24</v>
       </c>
       <c r="M297" t="s">
         <v>24</v>
       </c>
       <c r="N297" t="s">
         <v>24</v>
       </c>
       <c r="O297" t="s">
         <v>24</v>
       </c>
       <c r="P297">
         <v>67.34</v>
       </c>
       <c r="Q297" t="s">
         <v>24</v>
       </c>
       <c r="R297" t="s">
         <v>24</v>
       </c>
       <c r="S297">
         <v>67.34</v>
       </c>
     </row>
     <row r="298" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C298" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D298">
         <v>555</v>
       </c>
       <c r="E298" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F298" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="G298" t="s">
         <v>23</v>
       </c>
       <c r="H298">
         <v>1</v>
       </c>
       <c r="I298" t="b">
         <v>0</v>
       </c>
       <c r="J298" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K298">
         <v>1</v>
       </c>
       <c r="L298" t="s">
         <v>24</v>
       </c>
       <c r="M298" t="s">
         <v>24</v>
       </c>
       <c r="N298" t="s">
         <v>24</v>
       </c>
       <c r="O298" t="s">
         <v>24</v>
       </c>
       <c r="P298">
         <v>66.89</v>
       </c>
       <c r="Q298" t="s">
         <v>24</v>
       </c>
       <c r="R298" t="s">
         <v>24</v>
       </c>
       <c r="S298">
         <v>66.89</v>
       </c>
     </row>
     <row r="299" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
         <v>59</v>
       </c>
       <c r="C299" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E299" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F299" t="s">
         <v>31</v>
       </c>
       <c r="G299" t="s">
         <v>23</v>
       </c>
       <c r="H299">
         <v>54</v>
       </c>
       <c r="I299" t="b">
         <v>0</v>
       </c>
       <c r="J299" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K299">
         <v>1</v>
       </c>
       <c r="L299">
         <v>65.73</v>
       </c>
       <c r="M299" t="s">
         <v>24</v>
       </c>
       <c r="N299" t="s">
         <v>24</v>
       </c>
       <c r="O299" t="s">
         <v>24</v>
       </c>
       <c r="P299" t="s">
         <v>24</v>
       </c>
       <c r="Q299" t="s">
         <v>24</v>
       </c>
       <c r="R299" t="s">
         <v>24</v>
       </c>
       <c r="S299">
         <v>65.73</v>
       </c>
     </row>
     <row r="300" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C300" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D300">
         <v>2477</v>
       </c>
       <c r="E300" t="s">
         <v>50</v>
       </c>
       <c r="F300" t="s">
         <v>58</v>
       </c>
       <c r="G300" t="s">
         <v>39</v>
       </c>
       <c r="H300">
         <v>17</v>
       </c>
       <c r="I300" t="b">
         <v>0</v>
       </c>
       <c r="J300" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K300">
         <v>1</v>
       </c>
       <c r="L300" t="s">
         <v>24</v>
       </c>
       <c r="M300" t="s">
         <v>24</v>
       </c>
       <c r="N300" t="s">
         <v>24</v>
       </c>
       <c r="O300" t="s">
         <v>24</v>
       </c>
       <c r="P300">
         <v>64.1</v>
       </c>
       <c r="Q300" t="s">
         <v>24</v>
       </c>
       <c r="R300" t="s">
         <v>24</v>
       </c>
       <c r="S300">
         <v>64.1</v>
       </c>
     </row>
     <row r="301" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C301" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E301" t="s">
         <v>50</v>
       </c>
       <c r="F301" t="s">
         <v>58</v>
       </c>
       <c r="G301" t="s">
         <v>39</v>
       </c>
       <c r="H301">
         <v>18</v>
       </c>
       <c r="I301" t="b">
         <v>0</v>
       </c>
       <c r="J301" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K301">
         <v>1</v>
       </c>
       <c r="L301" t="s">
         <v>24</v>
       </c>
       <c r="M301" t="s">
         <v>24</v>
       </c>
       <c r="N301" t="s">
         <v>24</v>
       </c>
       <c r="O301" t="s">
         <v>24</v>
       </c>
       <c r="P301">
         <v>63.98</v>
       </c>
       <c r="Q301" t="s">
         <v>24</v>
       </c>
       <c r="R301" t="s">
         <v>24</v>
       </c>
       <c r="S301">
         <v>63.98</v>
       </c>
     </row>
     <row r="302" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
         <v>56</v>
       </c>
       <c r="C302" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E302" t="s">
         <v>24</v>
       </c>
       <c r="F302" t="s">
         <v>58</v>
       </c>
       <c r="G302" t="s">
         <v>23</v>
       </c>
       <c r="H302">
         <v>27</v>
       </c>
       <c r="I302" t="b">
         <v>0</v>
       </c>
       <c r="J302" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K302">
         <v>1</v>
       </c>
       <c r="L302" t="s">
         <v>24</v>
       </c>
       <c r="M302" t="s">
         <v>24</v>
       </c>
       <c r="N302">
         <v>57.06</v>
       </c>
       <c r="O302" t="s">
         <v>24</v>
       </c>
       <c r="P302" t="s">
         <v>24</v>
       </c>
       <c r="Q302" t="s">
         <v>24</v>
       </c>
       <c r="R302" t="s">
         <v>24</v>
       </c>
       <c r="S302">
         <v>57.06</v>
       </c>
     </row>
     <row r="303" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
+        <v>572</v>
+      </c>
+      <c r="C303" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="E303" t="s">
         <v>24</v>
       </c>
       <c r="F303" t="s">
         <v>22</v>
       </c>
       <c r="G303" t="s">
         <v>39</v>
       </c>
       <c r="H303">
         <v>31</v>
       </c>
       <c r="I303" t="b">
         <v>0</v>
       </c>
       <c r="J303" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K303">
         <v>1</v>
       </c>
       <c r="L303" t="s">
         <v>24</v>
       </c>
       <c r="M303" t="s">
         <v>24</v>
       </c>
       <c r="N303">
         <v>57.03</v>
       </c>
       <c r="O303" t="s">
         <v>24</v>
       </c>
       <c r="P303" t="s">
         <v>24</v>
       </c>
       <c r="Q303" t="s">
         <v>24</v>
       </c>
       <c r="R303" t="s">
         <v>24</v>
       </c>
       <c r="S303">
         <v>57.03</v>
       </c>
     </row>
     <row r="304" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C304" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E304" t="s">
         <v>24</v>
       </c>
       <c r="F304" t="s">
         <v>58</v>
       </c>
       <c r="G304" t="s">
         <v>39</v>
       </c>
       <c r="H304">
         <v>19</v>
       </c>
       <c r="I304" t="b">
         <v>0</v>
       </c>
       <c r="J304" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K304">
         <v>1</v>
       </c>
       <c r="L304" t="s">
         <v>24</v>
       </c>
       <c r="M304" t="s">
         <v>24</v>
       </c>
       <c r="N304">
         <v>57</v>
       </c>
       <c r="O304" t="s">
         <v>24</v>
       </c>
       <c r="P304" t="s">
         <v>24</v>
       </c>
       <c r="Q304" t="s">
         <v>24</v>
       </c>
       <c r="R304" t="s">
         <v>24</v>
       </c>
       <c r="S304">
         <v>57</v>
       </c>
     </row>
     <row r="305" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C305" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E305" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="F305" t="s">
         <v>22</v>
       </c>
       <c r="G305" t="s">
         <v>39</v>
       </c>
       <c r="H305">
         <v>32</v>
       </c>
       <c r="I305" t="b">
         <v>0</v>
       </c>
       <c r="J305" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
       <c r="L305" t="s">
         <v>24</v>
       </c>
       <c r="M305" t="s">
         <v>24</v>
       </c>
       <c r="N305" t="s">
         <v>24</v>
       </c>
       <c r="O305" t="s">
         <v>24</v>
       </c>
       <c r="P305" t="s">
         <v>24</v>
       </c>
       <c r="Q305">
         <v>55.31</v>
       </c>
       <c r="R305" t="s">
         <v>24</v>
       </c>
       <c r="S305">
         <v>55.31</v>
       </c>
     </row>
     <row r="306" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C306" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E306" t="s">
         <v>50</v>
       </c>
       <c r="F306" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G306" t="s">
         <v>39</v>
       </c>
       <c r="H306">
         <v>2</v>
       </c>
       <c r="I306" t="b">
         <v>0</v>
       </c>
       <c r="J306" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306" t="s">
         <v>24</v>
       </c>
       <c r="M306" t="s">
         <v>24</v>
       </c>
       <c r="N306" t="s">
         <v>24</v>
       </c>
       <c r="O306" t="s">
         <v>24</v>
       </c>
       <c r="P306">
         <v>55.21</v>
       </c>
       <c r="Q306" t="s">
         <v>24</v>
       </c>
       <c r="R306" t="s">
         <v>24</v>
       </c>
       <c r="S306">
         <v>55.21</v>
       </c>
     </row>
     <row r="307" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C307" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E307" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F307" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="G307" t="s">
         <v>23</v>
       </c>
       <c r="H307">
         <v>7</v>
       </c>
       <c r="I307" t="b">
         <v>0</v>
       </c>
       <c r="J307" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K307">
         <v>1</v>
       </c>
       <c r="L307" t="s">
         <v>24</v>
       </c>
       <c r="M307" t="s">
         <v>24</v>
       </c>
       <c r="N307" t="s">
         <v>24</v>
       </c>
       <c r="O307" t="s">
         <v>24</v>
       </c>
       <c r="P307">
         <v>55.08</v>
       </c>
       <c r="Q307" t="s">
         <v>24</v>
       </c>
       <c r="R307" t="s">
         <v>24</v>
       </c>
       <c r="S307">
         <v>55.08</v>
       </c>
     </row>
     <row r="308" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C308" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D308">
         <v>2216</v>
       </c>
       <c r="E308" t="s">
         <v>21</v>
       </c>
       <c r="F308" t="s">
         <v>22</v>
       </c>
       <c r="G308" t="s">
         <v>23</v>
       </c>
       <c r="H308">
         <v>69</v>
       </c>
       <c r="I308" t="b">
         <v>0</v>
       </c>
       <c r="J308" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="K308">
         <v>1</v>
       </c>
       <c r="L308" t="s">
         <v>24</v>
       </c>
       <c r="M308">
         <v>0</v>
       </c>
       <c r="N308" t="s">
         <v>24</v>
       </c>
       <c r="O308" t="s">
         <v>24</v>
       </c>
       <c r="P308" t="s">
         <v>24</v>
       </c>
       <c r="Q308" t="s">
         <v>24</v>
       </c>
       <c r="R308" t="s">
         <v>24</v>
       </c>