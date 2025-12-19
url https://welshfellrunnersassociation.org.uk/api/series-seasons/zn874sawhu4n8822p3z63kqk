--- v2 (2025-11-29)
+++ v3 (2025-12-19)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="Data" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3534" uniqueCount="580">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4056" uniqueCount="645">
   <si>
     <t>Overall Position</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>WFRA membership no</t>
   </si>
   <si>
     <t>Club</t>
   </si>
   <si>
     <t>Age Category</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Category Position</t>
   </si>
   <si>
@@ -67,629 +67,728 @@
   <si>
     <t>Llanbedr-Blaenafon</t>
   </si>
   <si>
     <t>Cribyn</t>
   </si>
   <si>
     <t>Cwmyoy Horseshoe</t>
   </si>
   <si>
     <t>Talgarth Fell Race</t>
   </si>
   <si>
     <t>Waun Fach</t>
   </si>
   <si>
     <t>Fan Fawr</t>
   </si>
   <si>
     <t>Blorenge</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
+    <t>Jonathan</t>
+  </si>
+  <si>
+    <t>Ford</t>
+  </si>
+  <si>
+    <t>Mynydd Du</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
     <t>Wyndham</t>
   </si>
   <si>
     <t>Turner</t>
   </si>
   <si>
-    <t>Mynydd Du</t>
-[...10 lines deleted...]
-  <si>
     <t>Tom</t>
   </si>
   <si>
     <t>TURNER</t>
   </si>
   <si>
     <t>V40</t>
   </si>
   <si>
     <t>Tim</t>
   </si>
   <si>
     <t>Lenton</t>
   </si>
   <si>
     <t>Axe Valley Runners</t>
   </si>
   <si>
     <t>V50</t>
   </si>
   <si>
     <t>Iestyn</t>
   </si>
   <si>
     <t>Evans</t>
   </si>
   <si>
     <t>SBOC</t>
   </si>
   <si>
+    <t>Brett</t>
+  </si>
+  <si>
+    <t>Mahoney</t>
+  </si>
+  <si>
     <t>Ian</t>
   </si>
   <si>
     <t>Whistance</t>
   </si>
   <si>
     <t>Rhian</t>
   </si>
   <si>
     <t>Probert</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
+    <t>Luke</t>
+  </si>
+  <si>
+    <t>Poole Runners</t>
+  </si>
+  <si>
     <t>Katie</t>
   </si>
   <si>
     <t>Ironside</t>
   </si>
   <si>
     <t>Mynyddwyr de Cymru</t>
   </si>
   <si>
-    <t>Luke</t>
-[...2 lines deleted...]
-    <t>Poole Runners</t>
+    <t>Simon</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Bristol Up &amp; Runners</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Farrer</t>
   </si>
   <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Cook</t>
   </si>
   <si>
     <t>Aberdare Valley</t>
   </si>
   <si>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Medcalf</t>
+  </si>
+  <si>
+    <t>San Domenico RC</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Hepton</t>
+  </si>
+  <si>
     <t>Matthew</t>
   </si>
   <si>
     <t>Lawson</t>
   </si>
   <si>
     <t>Chepstow Harriers</t>
   </si>
   <si>
-    <t>Jonathan</t>
-[...14 lines deleted...]
-    <t>Simon</t>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Priestnall</t>
+  </si>
+  <si>
+    <t>V60</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Webb</t>
   </si>
   <si>
     <t>Darke</t>
   </si>
   <si>
-    <t>V60</t>
-[...8 lines deleted...]
-    <t>Stephen</t>
+    <t>Emma</t>
+  </si>
+  <si>
+    <t>McWilliams</t>
   </si>
   <si>
     <t>MORGAN</t>
   </si>
   <si>
     <t>Fairwater Runners Cwmbran</t>
   </si>
   <si>
     <t>Paul</t>
   </si>
   <si>
     <t>Colley-Davies</t>
   </si>
   <si>
     <t>Alix</t>
   </si>
   <si>
     <t>Arndt</t>
   </si>
   <si>
     <t>Sarn Helen</t>
   </si>
   <si>
     <t>Hilary</t>
   </si>
   <si>
     <t>KEOGH</t>
   </si>
   <si>
     <t>Andy</t>
   </si>
   <si>
     <t>Stott</t>
   </si>
   <si>
-    <t>Brett</t>
-[...2 lines deleted...]
-    <t>Mahoney</t>
+    <t>Mollekin</t>
   </si>
   <si>
     <t>Flora</t>
   </si>
   <si>
     <t>Gunner</t>
   </si>
   <si>
     <t>Croft Ambrey RC</t>
   </si>
   <si>
+    <t>George</t>
+  </si>
+  <si>
+    <t>PICKERING</t>
+  </si>
+  <si>
+    <t>CDF Runners</t>
+  </si>
+  <si>
+    <t>Bethan</t>
+  </si>
+  <si>
+    <t>Logan</t>
+  </si>
+  <si>
     <t>Joe</t>
   </si>
   <si>
     <t>Rumer</t>
   </si>
   <si>
     <t>Ellie</t>
   </si>
   <si>
     <t>Salisbury</t>
   </si>
   <si>
     <t>Rhedwyr Eryri Harriers</t>
   </si>
   <si>
-    <t>Daniel</t>
-[...8 lines deleted...]
-    <t>Farrer</t>
+    <t>Lages</t>
+  </si>
+  <si>
+    <t>Bagley</t>
+  </si>
+  <si>
+    <t>Fairwater Runners</t>
   </si>
   <si>
     <t>Dai</t>
   </si>
   <si>
     <t>Harris</t>
   </si>
   <si>
     <t>Builth and District</t>
   </si>
   <si>
-    <t>Emma</t>
-[...5 lines deleted...]
-    <t>Fairwater Runners</t>
+    <t>Claire</t>
+  </si>
+  <si>
+    <t>Prosser</t>
+  </si>
+  <si>
+    <t>Dark Peak Fell Runners</t>
+  </si>
+  <si>
+    <t>Wes</t>
+  </si>
+  <si>
+    <t>SHELDON</t>
   </si>
   <si>
     <t>Baker</t>
   </si>
   <si>
-    <t>Steven</t>
-[...7 lines deleted...]
-  <si>
     <t>Janet</t>
   </si>
   <si>
     <t>Richards</t>
   </si>
   <si>
-    <t>McWilliams</t>
+    <t>Don</t>
+  </si>
+  <si>
+    <t>Powell</t>
+  </si>
+  <si>
+    <t>Basingstoke &amp; Mid Hants AC</t>
+  </si>
+  <si>
+    <t>V70</t>
   </si>
   <si>
     <t>Gary</t>
   </si>
   <si>
     <t>V75</t>
   </si>
   <si>
-    <t>George</t>
-[...5 lines deleted...]
-    <t>CDF Runners</t>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>CAMERON</t>
+  </si>
+  <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>Bedwell</t>
+  </si>
+  <si>
+    <t>Wye Valley Runners</t>
   </si>
   <si>
     <t>Nikki</t>
   </si>
   <si>
     <t>Childs</t>
   </si>
   <si>
-    <t>Don</t>
-[...8 lines deleted...]
-    <t>V70</t>
+    <t>Rhys</t>
+  </si>
+  <si>
+    <t>GOODRICK</t>
+  </si>
+  <si>
+    <t>Vegan Runners</t>
+  </si>
+  <si>
+    <t>NotAMember</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Woodier</t>
   </si>
   <si>
     <t>Iain</t>
   </si>
   <si>
     <t>Hendry</t>
   </si>
   <si>
     <t>Neath Harriers</t>
   </si>
   <si>
-    <t>NotAMember</t>
-[...14 lines deleted...]
-    <t>Vegan Runners</t>
+    <t>O'Brien</t>
+  </si>
+  <si>
+    <t>Brecon AC</t>
+  </si>
+  <si>
+    <t>Tucker</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Fawcett</t>
+  </si>
+  <si>
+    <t>WFRA</t>
+  </si>
+  <si>
+    <t>Tomas</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>U23</t>
+  </si>
+  <si>
+    <t>NotEnoughCompletedRaces</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mayglothling</t>
+  </si>
+  <si>
+    <t>Hereford Triathlon Club</t>
   </si>
   <si>
     <t>NotEnoughCompletedRaces, NotAMember</t>
   </si>
   <si>
-    <t>O'Brien</t>
-[...26 lines deleted...]
-    <t>Hereford Triathlon Club</t>
+    <t>Donnelly</t>
   </si>
   <si>
     <t>Blore</t>
   </si>
   <si>
+    <t>Wilf</t>
+  </si>
+  <si>
+    <t>EVANS</t>
+  </si>
+  <si>
     <t>Joshua</t>
   </si>
   <si>
     <t>Tremblay</t>
   </si>
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>Tudor</t>
   </si>
   <si>
     <t>Swansea Harriers AC</t>
   </si>
   <si>
-    <t>Mollekin</t>
-[...5 lines deleted...]
-    <t>Logan</t>
+    <t>Murrin</t>
   </si>
   <si>
     <t>Tony</t>
   </si>
   <si>
+    <t>O'Keefe</t>
+  </si>
+  <si>
     <t>TREASURE</t>
   </si>
   <si>
     <t>Mercia Fell Runners</t>
   </si>
   <si>
-    <t>Mike</t>
-[...8 lines deleted...]
-    <t>Lages</t>
+    <t>Rona</t>
+  </si>
+  <si>
+    <t>Davies</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Sullivan</t>
   </si>
   <si>
     <t>Nigel</t>
   </si>
   <si>
     <t>Taylor</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>WILLIAMS</t>
   </si>
   <si>
     <t>Tri Hard Harriers</t>
   </si>
   <si>
     <t>Dodd</t>
   </si>
   <si>
     <t>Sean</t>
   </si>
   <si>
     <t>GIBBS</t>
   </si>
   <si>
     <t>Dickie</t>
   </si>
   <si>
     <t>Hudd</t>
   </si>
   <si>
     <t>Lucinda</t>
   </si>
   <si>
     <t>Lumley</t>
   </si>
   <si>
     <t>Monross-Trailblazers</t>
   </si>
   <si>
-    <t>Claire</t>
-[...7 lines deleted...]
-  <si>
     <t>Dunn</t>
   </si>
   <si>
     <t>Bristol and West AC</t>
   </si>
   <si>
+    <t>Briony</t>
+  </si>
+  <si>
+    <t>Latter</t>
+  </si>
+  <si>
     <t>Liddiatt</t>
   </si>
   <si>
     <t>Stewart</t>
   </si>
   <si>
     <t>Harding</t>
   </si>
   <si>
-    <t>Wes</t>
-[...2 lines deleted...]
-    <t>SHELDON</t>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Sowerby</t>
+  </si>
+  <si>
+    <t>Harrison</t>
   </si>
   <si>
     <t>BOYLE</t>
   </si>
   <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Whiting</t>
+  </si>
+  <si>
+    <t>Weston Athletic Club</t>
+  </si>
+  <si>
     <t>Dean</t>
   </si>
   <si>
     <t>Perry</t>
   </si>
   <si>
     <t>Brycheiniog</t>
   </si>
   <si>
+    <t>Edwards</t>
+  </si>
+  <si>
     <t>Neil</t>
   </si>
   <si>
     <t>Coe</t>
   </si>
   <si>
     <t>Cherry</t>
   </si>
   <si>
     <t>Fowler</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Smith</t>
   </si>
   <si>
     <t>Pont-Y-Pwl &amp; District</t>
   </si>
   <si>
-    <t>Mark</t>
-[...4 lines deleted...]
-  <si>
     <t>Sandra</t>
   </si>
   <si>
     <t>HELK</t>
   </si>
   <si>
     <t>Sue</t>
   </si>
   <si>
     <t>Howarth</t>
   </si>
   <si>
-    <t>Donnelly</t>
-[...1 lines deleted...]
-  <si>
     <t>Appleyard</t>
   </si>
   <si>
     <t>Alex</t>
   </si>
   <si>
     <t>LYNE</t>
   </si>
   <si>
     <t>Caldicot Running Club</t>
   </si>
   <si>
     <t>Debbie</t>
   </si>
   <si>
     <t>Stenner</t>
   </si>
   <si>
-    <t>Edward</t>
-[...5 lines deleted...]
-    <t>Wye Valley Runners</t>
+    <t>Trevor</t>
+  </si>
+  <si>
+    <t>Matty</t>
+  </si>
+  <si>
+    <t>Rebecca</t>
+  </si>
+  <si>
+    <t>Lander</t>
+  </si>
+  <si>
+    <t>Parc Bryn Bach Running Club</t>
+  </si>
+  <si>
+    <t>Adrian</t>
+  </si>
+  <si>
+    <t>Moir</t>
+  </si>
+  <si>
+    <t>Palmer</t>
+  </si>
+  <si>
+    <t>Deanna</t>
+  </si>
+  <si>
+    <t>MAMMATT</t>
+  </si>
+  <si>
+    <t>Jones</t>
   </si>
   <si>
     <t>Steve</t>
   </si>
   <si>
     <t>Herington</t>
   </si>
   <si>
     <t>Hereford Couriers</t>
   </si>
   <si>
     <t>Sasha</t>
   </si>
   <si>
     <t>Habgood</t>
   </si>
   <si>
     <t>Carl</t>
   </si>
   <si>
     <t>Brancher</t>
   </si>
   <si>
     <t>Thomson</t>
   </si>
   <si>
-    <t>Rona</t>
-[...4 lines deleted...]
-  <si>
     <t>Tessa</t>
   </si>
   <si>
+    <t>Beverley</t>
+  </si>
+  <si>
+    <t>Ricardo</t>
+  </si>
+  <si>
+    <t>MARTINS</t>
+  </si>
+  <si>
     <t>Connolly</t>
   </si>
   <si>
     <t>Oliver</t>
   </si>
   <si>
     <t>Perratt</t>
   </si>
   <si>
     <t>LUDLOW RUNNERS</t>
   </si>
   <si>
+    <t>Sharon</t>
+  </si>
+  <si>
+    <t>Woods</t>
+  </si>
+  <si>
+    <t>Spearman</t>
+  </si>
+  <si>
+    <t>OUSC</t>
+  </si>
+  <si>
     <t>Ben</t>
   </si>
   <si>
     <t>Mitchell</t>
   </si>
   <si>
     <t>Swansea Bay Orienteering Club</t>
   </si>
   <si>
     <t>Samuel</t>
   </si>
   <si>
     <t>Deller</t>
   </si>
   <si>
     <t>Ilfracombe Running Club</t>
   </si>
   <si>
     <t>Sion</t>
   </si>
   <si>
     <t>EDWARDS</t>
   </si>
   <si>
     <t>Jack</t>
@@ -700,704 +799,776 @@
   <si>
     <t>Kieron</t>
   </si>
   <si>
     <t>Brown</t>
   </si>
   <si>
     <t>ZEALLEY</t>
   </si>
   <si>
     <t>Iwan</t>
   </si>
   <si>
     <t>Froley</t>
   </si>
   <si>
     <t>Cardiff Amateur AC</t>
   </si>
   <si>
     <t>William</t>
   </si>
   <si>
     <t>Allen</t>
   </si>
   <si>
-    <t>Jones</t>
-[...1 lines deleted...]
-  <si>
     <t>GURNEY</t>
   </si>
   <si>
     <t>Avon Valley Runners</t>
   </si>
   <si>
     <t>Julie</t>
   </si>
   <si>
     <t>Emmerson</t>
   </si>
   <si>
     <t>Coventry Godiva Harriers</t>
   </si>
   <si>
     <t>Harry</t>
   </si>
   <si>
     <t>Trend</t>
   </si>
   <si>
     <t>PARKER</t>
   </si>
   <si>
+    <t>Will</t>
+  </si>
+  <si>
+    <t>Argo</t>
+  </si>
+  <si>
     <t>Katrina</t>
   </si>
   <si>
     <t>Entwistle</t>
   </si>
   <si>
     <t>Bristol &amp; West Ac</t>
   </si>
   <si>
     <t>Emlyn</t>
   </si>
   <si>
     <t>Owen</t>
   </si>
   <si>
-    <t>Murrin</t>
-[...5 lines deleted...]
-    <t>EVANS</t>
+    <t>Tommy</t>
+  </si>
+  <si>
+    <t>Lees</t>
   </si>
   <si>
     <t>Ed</t>
   </si>
   <si>
     <t>Gwynne-Harris</t>
   </si>
   <si>
     <t>Builth</t>
   </si>
   <si>
     <t>Frost</t>
   </si>
   <si>
     <t>Ashley</t>
   </si>
   <si>
     <t>Fawke</t>
   </si>
   <si>
     <t>Malvern Buzzards Running Club</t>
   </si>
   <si>
     <t>Anne</t>
   </si>
   <si>
     <t>Kenchington</t>
   </si>
   <si>
+    <t>Draper</t>
+  </si>
+  <si>
     <t>Joanne</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>Denbigh Harriers</t>
   </si>
   <si>
+    <t>MIDDLEWICK</t>
+  </si>
+  <si>
+    <t>Thames Hare &amp; Hounds</t>
+  </si>
+  <si>
     <t>CALE</t>
   </si>
   <si>
-    <t>Nick</t>
-[...2 lines deleted...]
-    <t>Sullivan</t>
+    <t>Chorlton Runners</t>
   </si>
   <si>
     <t>Reuben</t>
   </si>
   <si>
     <t>LAWSON</t>
   </si>
   <si>
     <t>Devine-Wright</t>
   </si>
   <si>
+    <t>Louie</t>
+  </si>
+  <si>
+    <t>MYNYDD DU CLIMBING &amp; MOUNTAINEERING CLUB</t>
+  </si>
+  <si>
     <t>Freddie</t>
   </si>
   <si>
     <t>LAKE</t>
   </si>
   <si>
+    <t>Billy</t>
+  </si>
+  <si>
+    <t>Jackson</t>
+  </si>
+  <si>
+    <t>Phil</t>
+  </si>
+  <si>
+    <t>Decker</t>
+  </si>
+  <si>
     <t>Ake</t>
   </si>
   <si>
     <t>FAGERENG</t>
   </si>
   <si>
     <t>Bailey</t>
   </si>
   <si>
     <t>Jo</t>
   </si>
   <si>
     <t>Meek</t>
   </si>
   <si>
     <t>Winchester &amp; District AC</t>
   </si>
   <si>
-    <t>O'Keefe</t>
-[...1 lines deleted...]
-  <si>
     <t>Jeff</t>
   </si>
   <si>
     <t>Wherlock</t>
   </si>
   <si>
     <t>Lliswerry Runners</t>
   </si>
   <si>
+    <t>Stead</t>
+  </si>
+  <si>
     <t>Bush</t>
   </si>
   <si>
     <t>Pennine Fell Runners</t>
   </si>
   <si>
+    <t>Ceri</t>
+  </si>
+  <si>
+    <t>Merwood</t>
+  </si>
+  <si>
     <t>Dan</t>
   </si>
   <si>
     <t>Hooper</t>
   </si>
   <si>
     <t>Gareth</t>
   </si>
   <si>
     <t>Williams</t>
   </si>
   <si>
     <t>Southville RC</t>
   </si>
   <si>
     <t>Natalie</t>
   </si>
   <si>
     <t>Jenny</t>
   </si>
   <si>
     <t>McCall</t>
   </si>
   <si>
-    <t>Peter</t>
+    <t>Dominic</t>
+  </si>
+  <si>
+    <t>McLoughlin</t>
   </si>
   <si>
     <t>Joseph</t>
   </si>
   <si>
     <t>Fennell</t>
   </si>
   <si>
     <t>White</t>
   </si>
   <si>
     <t>Pont-y-pwl &amp; District Runners</t>
   </si>
   <si>
     <t>Alun</t>
   </si>
   <si>
     <t>Rees</t>
   </si>
   <si>
     <t>Malvern Buzzards</t>
   </si>
   <si>
+    <t>Dale</t>
+  </si>
+  <si>
     <t>Ieuan</t>
   </si>
   <si>
     <t>Pugh-Jones</t>
   </si>
   <si>
     <t>Meirionnydd Running Club</t>
   </si>
   <si>
     <t>Searle</t>
   </si>
   <si>
     <t>Moon</t>
   </si>
   <si>
     <t>Scott</t>
   </si>
   <si>
     <t>Ruse</t>
   </si>
   <si>
     <t>Ryder</t>
   </si>
   <si>
     <t>Harvey</t>
   </si>
   <si>
     <t>Lowe</t>
   </si>
   <si>
     <t>Stroud &amp; District AC</t>
   </si>
   <si>
     <t>Balch</t>
   </si>
   <si>
     <t>CARTER</t>
   </si>
   <si>
+    <t>Rhydian</t>
+  </si>
+  <si>
     <t>Calum</t>
   </si>
   <si>
     <t>McLeish</t>
   </si>
   <si>
     <t>Eleanor</t>
   </si>
   <si>
     <t>Johnstone</t>
   </si>
   <si>
     <t>Pearson</t>
   </si>
   <si>
-    <t>Marc</t>
-[...5 lines deleted...]
-    <t>Weston Athletic Club</t>
+    <t>Finlay</t>
+  </si>
+  <si>
+    <t>Simpson</t>
   </si>
   <si>
     <t>Seb</t>
   </si>
   <si>
     <t>Sutherland</t>
   </si>
   <si>
     <t>Pete</t>
   </si>
   <si>
     <t>GORDON</t>
   </si>
   <si>
     <t>LHG Run Club</t>
   </si>
   <si>
-    <t>Briony</t>
-[...4 lines deleted...]
-  <si>
     <t>Dave</t>
   </si>
   <si>
-    <t>Edwards</t>
+    <t>Michael</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Klotz</t>
   </si>
   <si>
     <t>Dryburgh</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>Byford</t>
   </si>
   <si>
     <t>Cardiff Harlequins RC</t>
   </si>
   <si>
     <t>ROONEY</t>
   </si>
   <si>
     <t>Garton</t>
   </si>
   <si>
     <t>Eynsham Road Runners</t>
   </si>
   <si>
     <t>Nik</t>
   </si>
   <si>
     <t>Radnedge</t>
   </si>
   <si>
+    <t>Howard</t>
+  </si>
+  <si>
+    <t>Friman</t>
+  </si>
+  <si>
     <t>Wheatcroft</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>Sellar</t>
   </si>
   <si>
+    <t>Duncan</t>
+  </si>
+  <si>
+    <t>Lomax</t>
+  </si>
+  <si>
+    <t>Town &amp; Country Harriers</t>
+  </si>
+  <si>
     <t>Niki</t>
   </si>
   <si>
     <t>Morgan</t>
   </si>
   <si>
+    <t>Charlie</t>
+  </si>
+  <si>
+    <t>SMITH</t>
+  </si>
+  <si>
+    <t>Davidge</t>
+  </si>
+  <si>
     <t>RILEY</t>
   </si>
   <si>
     <t>Town and Country Harriers</t>
   </si>
   <si>
     <t>CHEESEMAN</t>
   </si>
   <si>
     <t>Cardiff University Athletics Club</t>
   </si>
   <si>
     <t>Erskine</t>
   </si>
   <si>
-    <t>Harrison</t>
-[...2 lines deleted...]
-    <t>Sowerby</t>
+    <t>Max</t>
+  </si>
+  <si>
+    <t>Adamson</t>
+  </si>
+  <si>
+    <t>NORTH LONDON MOUNTAINEERING CLUB</t>
   </si>
   <si>
     <t>Hawksley</t>
   </si>
   <si>
     <t>Darren</t>
   </si>
   <si>
     <t>OULD</t>
   </si>
   <si>
     <t>Y Fenni Triathlon</t>
   </si>
   <si>
+    <t>Jarman</t>
+  </si>
+  <si>
     <t>Aartse-Tuyn</t>
   </si>
   <si>
     <t>Naomi</t>
   </si>
   <si>
     <t>Law</t>
   </si>
   <si>
     <t>Caio</t>
   </si>
   <si>
     <t>Bowen</t>
   </si>
   <si>
+    <t>Charles</t>
+  </si>
+  <si>
     <t>Shaun</t>
   </si>
   <si>
     <t>Styles</t>
   </si>
   <si>
     <t>Griffithstown Harriers</t>
   </si>
   <si>
-    <t>Michael</t>
-[...1 lines deleted...]
-  <si>
     <t>FISHER</t>
   </si>
   <si>
     <t>Corsham Running Club</t>
   </si>
   <si>
     <t>Mackie</t>
   </si>
   <si>
     <t>Corshan Running Club</t>
   </si>
   <si>
+    <t>Margesson</t>
+  </si>
+  <si>
     <t>Thornton</t>
   </si>
   <si>
     <t>Cox</t>
   </si>
   <si>
+    <t>Roger</t>
+  </si>
+  <si>
+    <t>Chamberlain</t>
+  </si>
+  <si>
     <t>Julia</t>
   </si>
   <si>
     <t>Mathias</t>
   </si>
   <si>
-    <t>Roger</t>
-[...2 lines deleted...]
-    <t>Chamberlain</t>
+    <t>Quin</t>
   </si>
   <si>
     <t>Eagles</t>
   </si>
   <si>
     <t>Bryan</t>
   </si>
   <si>
     <t>Stadden</t>
   </si>
   <si>
     <t>Bitton Road Runners</t>
   </si>
   <si>
+    <t>Creber</t>
+  </si>
+  <si>
     <t>Aled</t>
   </si>
   <si>
     <t>Hurley</t>
   </si>
   <si>
     <t>Islwyn RC</t>
   </si>
   <si>
     <t>Hannah</t>
   </si>
   <si>
     <t>Large</t>
   </si>
   <si>
     <t>Westbury Harriers</t>
   </si>
   <si>
     <t>MARTIN</t>
   </si>
   <si>
-    <t>Ceri</t>
+    <t>Bracey</t>
   </si>
   <si>
     <t>Euan</t>
   </si>
   <si>
     <t>Hawkins</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
     <t>Blowfield</t>
   </si>
   <si>
+    <t>Khalid</t>
+  </si>
+  <si>
+    <t>Qasrawi</t>
+  </si>
+  <si>
     <t>Ruben</t>
   </si>
   <si>
     <t>Richardson</t>
   </si>
   <si>
     <t>Emily</t>
   </si>
   <si>
     <t>GWILLIAM</t>
   </si>
   <si>
     <t>Forest of Dean AC</t>
   </si>
   <si>
     <t>PEARSON</t>
   </si>
   <si>
     <t>Helen</t>
   </si>
   <si>
     <t>Jopling</t>
   </si>
   <si>
+    <t>Darran</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Salter</t>
+  </si>
+  <si>
     <t>Parsons</t>
   </si>
   <si>
+    <t>Jawad</t>
+  </si>
+  <si>
+    <t>MANGERS</t>
+  </si>
+  <si>
     <t>Macklin</t>
   </si>
   <si>
     <t>JORDAN</t>
   </si>
   <si>
     <t>Team Kennet Triathlon &amp; AC</t>
   </si>
   <si>
     <t>Reilly</t>
   </si>
   <si>
-    <t>Charlie</t>
-[...1 lines deleted...]
-  <si>
     <t>Wilkinson</t>
   </si>
   <si>
     <t>Tanner</t>
   </si>
   <si>
     <t>Bromsgrove &amp; Redditch AC</t>
   </si>
   <si>
     <t>Rob</t>
   </si>
   <si>
     <t>Mole</t>
   </si>
   <si>
-    <t>Duncan</t>
-[...1 lines deleted...]
-  <si>
     <t>Lomar</t>
   </si>
   <si>
     <t>Meirion</t>
   </si>
   <si>
     <t>Run4All</t>
   </si>
   <si>
     <t>Hugo</t>
   </si>
   <si>
     <t>HUTCHISON</t>
   </si>
   <si>
     <t>Robinson</t>
   </si>
   <si>
     <t>Nay</t>
   </si>
   <si>
     <t>Htet</t>
   </si>
   <si>
     <t>Beth</t>
   </si>
   <si>
     <t>Bennett-Britton</t>
   </si>
   <si>
-    <t>Phil</t>
-[...1 lines deleted...]
-  <si>
     <t>Clarke</t>
   </si>
   <si>
     <t>Sarah</t>
   </si>
   <si>
     <t>CHALONER</t>
   </si>
   <si>
     <t>Hamworthy Harriers</t>
   </si>
   <si>
     <t>Richard</t>
   </si>
   <si>
-    <t>Robert</t>
-[...1 lines deleted...]
-  <si>
     <t>Connell</t>
   </si>
   <si>
     <t>JACKSON</t>
   </si>
   <si>
     <t>Francis</t>
   </si>
   <si>
     <t>Tracey</t>
   </si>
   <si>
     <t>GRIFFITHS</t>
   </si>
   <si>
+    <t>Hinshelwood</t>
+  </si>
+  <si>
     <t>Stephan</t>
   </si>
   <si>
     <t>Tietz</t>
   </si>
   <si>
     <t>Fairwater Runners, Green Runners</t>
   </si>
   <si>
-    <t>Palmer</t>
-[...1 lines deleted...]
-  <si>
     <t>Brooks</t>
   </si>
   <si>
     <t>Carys</t>
   </si>
   <si>
     <t>POOLE</t>
   </si>
   <si>
     <t>Mick</t>
   </si>
   <si>
     <t>Tabor</t>
   </si>
   <si>
     <t>Les Croupiers RC</t>
   </si>
   <si>
     <t>Carnie</t>
   </si>
   <si>
     <t>Lottie</t>
   </si>
   <si>
     <t>Sims</t>
   </si>
   <si>
     <t>STOTT</t>
   </si>
   <si>
     <t>Paddy</t>
   </si>
   <si>
     <t>Nugent</t>
   </si>
   <si>
     <t>Vanessa</t>
   </si>
   <si>
-    <t>Trevor</t>
-[...4 lines deleted...]
-  <si>
     <t>Ella</t>
   </si>
   <si>
     <t>Harrison-Hansley</t>
   </si>
   <si>
     <t>Abergavenny Triathlon</t>
   </si>
   <si>
     <t>Anthony</t>
   </si>
   <si>
     <t>Howells</t>
   </si>
   <si>
     <t>Chloe</t>
   </si>
   <si>
     <t>Sanders</t>
   </si>
   <si>
     <t>South Molton Strugglers</t>
   </si>
   <si>
     <t>Jenkins</t>
@@ -1411,51 +1582,54 @@
   <si>
     <t>Jane</t>
   </si>
   <si>
     <t>Roscoe</t>
   </si>
   <si>
     <t>3M Gorseinon</t>
   </si>
   <si>
     <t>Tanya</t>
   </si>
   <si>
     <t>Faringdon Far Runners</t>
   </si>
   <si>
     <t>Osman</t>
   </si>
   <si>
     <t>Ruth</t>
   </si>
   <si>
     <t>Kay</t>
   </si>
   <si>
-    <t>Thames Hare &amp; Hounds</t>
+    <t>Wigley</t>
+  </si>
+  <si>
+    <t>LONDON MOUNTAINEERING CLUB</t>
   </si>
   <si>
     <t>Murphy</t>
   </si>
   <si>
     <t>Ged</t>
   </si>
   <si>
     <t>Lewis</t>
   </si>
   <si>
     <t>Port Talbot Harriers</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Sedgley Striders</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>MILNER</t>
   </si>
@@ -1474,309 +1648,330 @@
   <si>
     <t>Roper</t>
   </si>
   <si>
     <t>Friswell</t>
   </si>
   <si>
     <t>Sheelagh</t>
   </si>
   <si>
     <t>Kerry</t>
   </si>
   <si>
     <t>Kath</t>
   </si>
   <si>
     <t>Hardwick</t>
   </si>
   <si>
     <t>Isabel</t>
   </si>
   <si>
     <t>SPANSWICK</t>
   </si>
   <si>
-    <t>Rebecca</t>
-[...7 lines deleted...]
-  <si>
     <t>Crane</t>
   </si>
   <si>
+    <t>Ivan</t>
+  </si>
+  <si>
+    <t>Seán</t>
+  </si>
+  <si>
     <t>John</t>
   </si>
   <si>
     <t>Nash</t>
   </si>
   <si>
-    <t>Deanna</t>
-[...4 lines deleted...]
-  <si>
     <t>Lolly</t>
   </si>
   <si>
     <t>Scholey</t>
   </si>
   <si>
     <t>Eve</t>
   </si>
   <si>
     <t>Gallop-Evans</t>
   </si>
   <si>
     <t>Havard</t>
   </si>
   <si>
     <t>Freya</t>
   </si>
   <si>
     <t>Guto</t>
   </si>
   <si>
     <t>Amman Valley Harriers</t>
   </si>
   <si>
+    <t>Libby</t>
+  </si>
+  <si>
     <t>Lloyd</t>
   </si>
   <si>
     <t>Louise</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
-    <t>Adrian</t>
-[...4 lines deleted...]
-  <si>
     <t>Timothy</t>
   </si>
   <si>
     <t>Crocodiles</t>
   </si>
   <si>
-    <t>Ricardo</t>
-[...2 lines deleted...]
-    <t>MARTINS</t>
+    <t>Milner</t>
   </si>
   <si>
     <t>Shari</t>
   </si>
   <si>
     <t>Finch</t>
   </si>
   <si>
+    <t>Katy</t>
+  </si>
+  <si>
     <t>Geraint</t>
   </si>
   <si>
     <t>ROBERTS</t>
   </si>
   <si>
     <t>Sian</t>
   </si>
   <si>
     <t>Champken</t>
   </si>
   <si>
+    <t>Molyneux</t>
+  </si>
+  <si>
     <t>Thomlinson</t>
   </si>
   <si>
-    <t>Beverley</t>
+    <t>Graham</t>
+  </si>
+  <si>
+    <t>Proctor</t>
   </si>
   <si>
     <t>Rosie</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Crispin</t>
   </si>
   <si>
     <t>Flower</t>
   </si>
   <si>
     <t>Robin</t>
   </si>
   <si>
     <t>BELL</t>
   </si>
   <si>
     <t>Hesten</t>
   </si>
   <si>
     <t>Hibberd</t>
   </si>
   <si>
     <t>Southampton AC</t>
   </si>
   <si>
     <t>JASKOWSKA</t>
   </si>
   <si>
+    <t>Mccallum</t>
+  </si>
+  <si>
+    <t>Portishead Running Club</t>
+  </si>
+  <si>
     <t>Hilzbrich</t>
   </si>
   <si>
     <t>Corinne</t>
   </si>
   <si>
     <t>Liz</t>
   </si>
   <si>
     <t>Hughes</t>
   </si>
   <si>
     <t>Mendip Tri</t>
   </si>
   <si>
     <t>Lyness</t>
   </si>
   <si>
+    <t>Bryony</t>
+  </si>
+  <si>
+    <t>Abi</t>
+  </si>
+  <si>
+    <t>Small</t>
+  </si>
+  <si>
     <t>Silvia</t>
   </si>
   <si>
     <t>Delgado Ortiz</t>
   </si>
   <si>
     <t>Winter Hill Runners</t>
   </si>
   <si>
-    <t>Sharon</t>
-[...4 lines deleted...]
-  <si>
     <t>Cerys</t>
   </si>
   <si>
     <t>Gregory</t>
   </si>
   <si>
+    <t>Philippa</t>
+  </si>
+  <si>
+    <t>Marriott</t>
+  </si>
+  <si>
     <t>Mary</t>
   </si>
   <si>
     <t>Morton</t>
   </si>
   <si>
     <t>RRC</t>
   </si>
   <si>
+    <t>Barbara</t>
+  </si>
+  <si>
+    <t>MADDISON</t>
+  </si>
+  <si>
+    <t>Shary</t>
+  </si>
+  <si>
     <t>Sophie</t>
   </si>
   <si>
     <t>Barnes</t>
   </si>
   <si>
     <t>Augusta</t>
   </si>
   <si>
     <t>Later</t>
   </si>
   <si>
     <t>Sweeper</t>
   </si>
   <si>
     <t>Cara</t>
   </si>
   <si>
     <t>Leeming</t>
   </si>
   <si>
     <t>Willem</t>
   </si>
   <si>
     <t>van Prooijen</t>
   </si>
   <si>
     <t>Clwydian Range Runners</t>
   </si>
   <si>
+    <t>Eira</t>
+  </si>
+  <si>
+    <t>McCallum</t>
+  </si>
+  <si>
     <t>Denise</t>
   </si>
   <si>
     <t>Nicol</t>
   </si>
   <si>
     <t>Brenda</t>
   </si>
   <si>
     <t>AVERY</t>
   </si>
   <si>
     <t>Jenni</t>
   </si>
   <si>
     <t>Rach</t>
   </si>
   <si>
     <t>RAY</t>
   </si>
   <si>
     <t>Geoffrey</t>
   </si>
   <si>
     <t>FIELDING</t>
   </si>
   <si>
     <t>V80</t>
   </si>
   <si>
     <t>Stark</t>
   </si>
   <si>
     <t>Deb</t>
   </si>
   <si>
     <t>Franklin</t>
   </si>
   <si>
     <t>Jenner</t>
   </si>
   <si>
     <t>Owens</t>
   </si>
   <si>
     <t>Abigail</t>
   </si>
   <si>
     <t>Celia</t>
-  </si>
-[...1 lines deleted...]
-    <t>Graham</t>
   </si>
   <si>
     <t>Margaret</t>
   </si>
   <si>
     <t>Griffiths</t>
   </si>
   <si>
     <t>Formula One Circuit Crew</t>
   </si>
   <si>
     <t>Brieg</t>
   </si>
   <si>
     <t>Probert-kenchington</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
@@ -2128,51 +2323,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:S308"/>
+  <dimension ref="A1:S356"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2201,17651 +2396,20348 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>19</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2">
-        <v>1798</v>
+        <v>1690</v>
       </c>
       <c r="E2" t="s">
         <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>22</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="b">
         <v>1</v>
       </c>
       <c r="J2" t="s">
         <v>24</v>
       </c>
       <c r="K2">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>138.7</v>
+        <v>4</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>24</v>
       </c>
       <c r="N2">
-        <v>150.8</v>
+        <v>154.43</v>
       </c>
       <c r="O2">
-        <v>146.74</v>
+        <v>148.18</v>
       </c>
       <c r="P2">
-        <v>137.72</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>151.01</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>24</v>
+      </c>
+      <c r="R2">
+        <v>141</v>
       </c>
       <c r="S2">
-        <v>574.71</v>
+        <v>594.62</v>
       </c>
     </row>
     <row r="3" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>26</v>
       </c>
       <c r="D3">
-        <v>1413</v>
+        <v>1798</v>
       </c>
       <c r="E3" t="s">
         <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I3" t="b">
         <v>1</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L3">
-        <v>124.1</v>
+        <v>138.47</v>
       </c>
       <c r="M3">
-        <v>126.53</v>
+        <v>138.7</v>
       </c>
       <c r="N3">
-        <v>138.51</v>
+        <v>150.8</v>
       </c>
       <c r="O3">
-        <v>132</v>
+        <v>146.74</v>
       </c>
       <c r="P3">
-        <v>123.67</v>
+        <v>137.72</v>
       </c>
       <c r="Q3">
-        <v>111.65</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>135.12</v>
+      </c>
+      <c r="R3">
+        <v>140.15</v>
       </c>
       <c r="S3">
-        <v>521.14</v>
+        <v>576.39</v>
       </c>
     </row>
     <row r="4" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
         <v>28</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>1413</v>
+      </c>
+      <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
         <v>29</v>
       </c>
-      <c r="D4">
-[...7 lines deleted...]
-      </c>
       <c r="G4" t="s">
         <v>23</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="b">
         <v>1</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L4">
-        <v>124.53</v>
+        <v>124.1</v>
       </c>
       <c r="M4">
-        <v>134.28</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>126.53</v>
+      </c>
+      <c r="N4">
+        <v>138.51</v>
       </c>
       <c r="O4">
-        <v>131.44</v>
+        <v>132</v>
       </c>
       <c r="P4">
-        <v>128.94</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>123.67</v>
+      </c>
+      <c r="Q4">
+        <v>111.65</v>
+      </c>
+      <c r="R4">
+        <v>115.39</v>
       </c>
       <c r="S4">
-        <v>519.19</v>
+        <v>521.14</v>
       </c>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5">
+        <v>2456</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F5" t="s">
         <v>33</v>
       </c>
-      <c r="D5">
-[...7 lines deleted...]
-      </c>
       <c r="G5" t="s">
         <v>23</v>
       </c>
       <c r="H5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I5" t="b">
         <v>1</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L5">
-        <v>126.79</v>
+        <v>124.53</v>
       </c>
       <c r="M5">
-        <v>122.61</v>
+        <v>134.28</v>
       </c>
       <c r="N5" t="s">
         <v>24</v>
       </c>
       <c r="O5">
-        <v>134.37</v>
+        <v>131.44</v>
       </c>
       <c r="P5">
-        <v>135.21</v>
-[...2 lines deleted...]
-        <v>121.39</v>
+        <v>128.94</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>24</v>
       </c>
       <c r="R5" t="s">
         <v>24</v>
       </c>
       <c r="S5">
-        <v>518.98</v>
+        <v>519.19</v>
       </c>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>2373</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="D6">
-[...4 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I6" t="b">
         <v>1</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6">
         <v>5</v>
       </c>
       <c r="L6">
-        <v>118.34</v>
+        <v>126.79</v>
       </c>
       <c r="M6">
-        <v>128.05</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>122.61</v>
+      </c>
+      <c r="N6" t="s">
+        <v>24</v>
+      </c>
+      <c r="O6">
+        <v>134.37</v>
       </c>
       <c r="P6">
-        <v>126.87</v>
+        <v>135.21</v>
       </c>
       <c r="Q6">
-        <v>118.97</v>
+        <v>121.39</v>
       </c>
       <c r="R6" t="s">
         <v>24</v>
       </c>
       <c r="S6">
-        <v>506.63</v>
+        <v>518.98</v>
       </c>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7">
-        <v>981</v>
+        <v>1580</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G7" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H7">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I7" t="b">
         <v>1</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L7">
-        <v>112</v>
-[...5 lines deleted...]
-        <v>125.44</v>
+        <v>121.57</v>
+      </c>
+      <c r="M7" t="s">
+        <v>24</v>
+      </c>
+      <c r="N7" t="s">
+        <v>24</v>
       </c>
       <c r="O7">
-        <v>120.71</v>
+        <v>131.86</v>
       </c>
       <c r="P7">
-        <v>117.5</v>
+        <v>132.68</v>
       </c>
       <c r="Q7" t="s">
         <v>24</v>
       </c>
-      <c r="R7" t="s">
-        <v>24</v>
+      <c r="R7">
+        <v>130.12</v>
       </c>
       <c r="S7">
-        <v>484.58</v>
+        <v>516.23</v>
       </c>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
         <v>40</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8">
-        <v>1131</v>
+        <v>1184</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I8" t="b">
         <v>1</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L8">
-        <v>118.27</v>
+        <v>118.34</v>
       </c>
       <c r="M8">
-        <v>118.35</v>
+        <v>128.05</v>
       </c>
       <c r="N8">
-        <v>120.89</v>
-[...2 lines deleted...]
-        <v>115.72</v>
+        <v>132.74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>24</v>
       </c>
       <c r="P8">
-        <v>115.7</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>126.87</v>
+      </c>
+      <c r="Q8">
+        <v>118.97</v>
+      </c>
+      <c r="R8">
+        <v>123.41</v>
       </c>
       <c r="S8">
-        <v>473.23</v>
+        <v>511.07</v>
       </c>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9">
+        <v>981</v>
+      </c>
+      <c r="E9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
         <v>43</v>
       </c>
-      <c r="D9">
-[...10 lines deleted...]
-      </c>
       <c r="H9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I9" t="b">
         <v>1</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>6</v>
+      </c>
+      <c r="L9">
+        <v>112</v>
       </c>
       <c r="M9">
-        <v>114.86</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>120.93</v>
+      </c>
+      <c r="N9">
+        <v>125.44</v>
       </c>
       <c r="O9">
-        <v>125.22</v>
+        <v>120.71</v>
       </c>
       <c r="P9">
-        <v>123.16</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>117.5</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>24</v>
+      </c>
+      <c r="R9">
+        <v>116.32</v>
       </c>
       <c r="S9">
-        <v>467.79</v>
+        <v>484.58</v>
       </c>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
+        <v>39</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10">
+        <v>1169</v>
+      </c>
+      <c r="E10" t="s">
         <v>45</v>
       </c>
-      <c r="C10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F10" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G10" t="s">
         <v>23</v>
       </c>
       <c r="H10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I10" t="b">
         <v>1</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L10" t="s">
         <v>24</v>
       </c>
       <c r="M10">
-        <v>115.14</v>
+        <v>114.86</v>
       </c>
       <c r="N10" t="s">
         <v>24</v>
       </c>
       <c r="O10">
-        <v>116.26</v>
+        <v>125.22</v>
       </c>
       <c r="P10">
-        <v>119.3</v>
+        <v>123.16</v>
       </c>
       <c r="Q10">
-        <v>109.6</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>104.55</v>
+      </c>
+      <c r="R10">
+        <v>110.8</v>
       </c>
       <c r="S10">
-        <v>460.3</v>
+        <v>474.04</v>
       </c>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11">
+        <v>1131</v>
+      </c>
+      <c r="E11" t="s">
         <v>48</v>
       </c>
-      <c r="C11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G11" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H11">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I11" t="b">
         <v>1</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L11">
+        <v>118.27</v>
       </c>
       <c r="M11">
-        <v>112.01</v>
+        <v>118.35</v>
       </c>
       <c r="N11">
-        <v>118.42</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>120.89</v>
+      </c>
+      <c r="O11">
+        <v>115.72</v>
       </c>
       <c r="P11">
-        <v>109.69</v>
-[...2 lines deleted...]
-        <v>114.82</v>
+        <v>115.7</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>24</v>
       </c>
       <c r="R11" t="s">
         <v>24</v>
       </c>
       <c r="S11">
-        <v>454.94</v>
+        <v>473.23</v>
       </c>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>49</v>
+      </c>
+      <c r="C12" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12">
+        <v>1666</v>
+      </c>
+      <c r="E12" t="s">
         <v>51</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G12" t="s">
         <v>23</v>
       </c>
       <c r="H12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I12" t="b">
         <v>1</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
       <c r="M12" t="s">
         <v>24</v>
       </c>
-      <c r="N12">
-        <v>154.43</v>
+      <c r="N12" t="s">
+        <v>24</v>
       </c>
       <c r="O12">
-        <v>148.18</v>
+        <v>118.05</v>
       </c>
       <c r="P12">
-        <v>151.01</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>116.29</v>
+      </c>
+      <c r="Q12">
+        <v>112.74</v>
+      </c>
+      <c r="R12">
+        <v>116.86</v>
       </c>
       <c r="S12">
-        <v>453.62</v>
+        <v>463.94</v>
       </c>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
+        <v>52</v>
+      </c>
+      <c r="C13" t="s">
         <v>53</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13">
-        <v>1126</v>
+        <v>1809</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G13" t="s">
         <v>23</v>
       </c>
       <c r="H13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I13" t="b">
         <v>1</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
-        <v>100.03</v>
+        <v>110.57</v>
       </c>
       <c r="M13" t="s">
         <v>24</v>
       </c>
-      <c r="N13">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="N13" t="s">
+        <v>24</v>
+      </c>
+      <c r="O13" t="s">
+        <v>24</v>
+      </c>
+      <c r="P13">
+        <v>123</v>
       </c>
       <c r="Q13">
-        <v>106.14</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>112.82</v>
+      </c>
+      <c r="R13">
+        <v>116.81</v>
       </c>
       <c r="S13">
-        <v>447.57</v>
+        <v>463.2</v>
       </c>
     </row>
     <row r="14" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14">
+        <v>1827</v>
+      </c>
+      <c r="E14" t="s">
         <v>56</v>
       </c>
-      <c r="C14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G14" t="s">
         <v>23</v>
       </c>
       <c r="H14">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I14" t="b">
         <v>1</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>114.32</v>
+        <v>5</v>
+      </c>
+      <c r="L14" t="s">
+        <v>24</v>
+      </c>
+      <c r="M14">
+        <v>115.14</v>
+      </c>
+      <c r="N14" t="s">
+        <v>24</v>
       </c>
       <c r="O14">
-        <v>104.84</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>116.26</v>
+      </c>
+      <c r="P14">
+        <v>119.3</v>
       </c>
       <c r="Q14">
-        <v>104.28</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>109.6</v>
+      </c>
+      <c r="R14">
+        <v>100.67</v>
       </c>
       <c r="S14">
-        <v>427.03</v>
+        <v>460.3</v>
       </c>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15">
+        <v>1126</v>
+      </c>
+      <c r="E15" t="s">
         <v>59</v>
       </c>
-      <c r="C15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G15" t="s">
         <v>23</v>
       </c>
       <c r="H15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I15" t="b">
         <v>1</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15">
-        <v>87.22</v>
-[...2 lines deleted...]
-        <v>103.66</v>
+        <v>100.03</v>
+      </c>
+      <c r="M15" t="s">
+        <v>24</v>
       </c>
       <c r="N15">
-        <v>110.19</v>
-[...5 lines deleted...]
-        <v>106.9</v>
+        <v>125.3</v>
+      </c>
+      <c r="O15">
+        <v>116.1</v>
+      </c>
+      <c r="P15" t="s">
+        <v>24</v>
       </c>
       <c r="Q15">
-        <v>99.28</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>106.14</v>
+      </c>
+      <c r="R15">
+        <v>111.78</v>
       </c>
       <c r="S15">
-        <v>420.03</v>
+        <v>459.32</v>
       </c>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
+        <v>60</v>
+      </c>
+      <c r="C16" t="s">
         <v>61</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16">
-        <v>2484</v>
+        <v>1093</v>
       </c>
       <c r="E16" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="F16" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G16" t="s">
         <v>23</v>
       </c>
       <c r="H16">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I16" t="b">
         <v>1</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>96.52</v>
+        <v>4</v>
+      </c>
+      <c r="L16" t="s">
+        <v>24</v>
       </c>
       <c r="M16">
-        <v>101.99</v>
-[...5 lines deleted...]
-        <v>101.7</v>
+        <v>100.7</v>
+      </c>
+      <c r="N16" t="s">
+        <v>24</v>
+      </c>
+      <c r="O16" t="s">
+        <v>24</v>
       </c>
       <c r="P16">
-        <v>103.89</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>115.41</v>
+      </c>
+      <c r="Q16">
+        <v>116.48</v>
+      </c>
+      <c r="R16">
+        <v>124.32</v>
       </c>
       <c r="S16">
-        <v>417.6</v>
+        <v>456.91</v>
       </c>
     </row>
     <row r="17" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>62</v>
+      </c>
+      <c r="C17" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17">
+        <v>1223</v>
+      </c>
+      <c r="E17" t="s">
         <v>64</v>
       </c>
-      <c r="C17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>23</v>
       </c>
       <c r="H17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I17" t="b">
         <v>1</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
-      <c r="L17">
-        <v>93.51</v>
+      <c r="L17" t="s">
+        <v>24</v>
       </c>
       <c r="M17">
-        <v>106.43</v>
+        <v>112.01</v>
       </c>
       <c r="N17">
-        <v>108.76</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>118.42</v>
+      </c>
+      <c r="O17" t="s">
+        <v>24</v>
+      </c>
+      <c r="P17">
+        <v>109.69</v>
+      </c>
+      <c r="Q17">
+        <v>114.82</v>
       </c>
       <c r="R17" t="s">
         <v>24</v>
       </c>
       <c r="S17">
-        <v>416.88</v>
+        <v>454.94</v>
       </c>
     </row>
     <row r="18" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18" t="s">
+        <v>65</v>
+      </c>
+      <c r="C18" t="s">
         <v>66</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18">
+        <v>1744</v>
+      </c>
+      <c r="E18" t="s">
+        <v>21</v>
+      </c>
+      <c r="F18" t="s">
         <v>67</v>
       </c>
-      <c r="D18">
-[...7 lines deleted...]
-      </c>
       <c r="G18" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="b">
         <v>1</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18" t="s">
         <v>24</v>
       </c>
       <c r="M18">
-        <v>97.81</v>
+        <v>107.06</v>
       </c>
       <c r="N18">
-        <v>110.74</v>
-[...2 lines deleted...]
-        <v>101.66</v>
+        <v>120.68</v>
+      </c>
+      <c r="O18" t="s">
+        <v>24</v>
       </c>
       <c r="P18" t="s">
         <v>24</v>
       </c>
       <c r="Q18">
-        <v>90.79</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>101.15</v>
+      </c>
+      <c r="R18">
+        <v>109.48</v>
       </c>
       <c r="S18">
-        <v>401</v>
+        <v>438.37</v>
       </c>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C19" t="s">
         <v>69</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19">
-        <v>2118</v>
+        <v>2459</v>
       </c>
       <c r="E19" t="s">
         <v>21</v>
       </c>
       <c r="F19" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G19" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I19" t="b">
         <v>1</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L19">
-        <v>96.1</v>
+        <v>87.22</v>
       </c>
       <c r="M19">
-        <v>95.77</v>
+        <v>103.66</v>
       </c>
       <c r="N19">
-        <v>106.41</v>
-[...2 lines deleted...]
-        <v>100.18</v>
+        <v>110.19</v>
+      </c>
+      <c r="O19" t="s">
+        <v>24</v>
       </c>
       <c r="P19">
-        <v>97.78</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>106.9</v>
+      </c>
+      <c r="Q19">
+        <v>99.28</v>
+      </c>
+      <c r="R19">
+        <v>114.01</v>
       </c>
       <c r="S19">
-        <v>400.47</v>
+        <v>434.76</v>
       </c>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>71</v>
+        <v>49</v>
       </c>
       <c r="C20" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D20">
-        <v>768</v>
+        <v>1378</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F20" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G20" t="s">
         <v>23</v>
       </c>
       <c r="H20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I20" t="b">
         <v>1</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20">
         <v>4</v>
       </c>
-      <c r="L20" t="s">
-[...3 lines deleted...]
-        <v>97.88</v>
+      <c r="L20">
+        <v>103.59</v>
+      </c>
+      <c r="M20" t="s">
+        <v>24</v>
       </c>
       <c r="N20">
-        <v>101.26</v>
-[...5 lines deleted...]
-        <v>98.49</v>
+        <v>114.32</v>
+      </c>
+      <c r="O20">
+        <v>104.84</v>
+      </c>
+      <c r="P20" t="s">
+        <v>24</v>
       </c>
       <c r="Q20">
-        <v>91.35</v>
+        <v>104.28</v>
       </c>
       <c r="R20" t="s">
         <v>24</v>
       </c>
       <c r="S20">
-        <v>388.98</v>
+        <v>427.03</v>
       </c>
     </row>
     <row r="21" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>20</v>
       </c>
       <c r="B21" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C21" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D21">
-        <v>1580</v>
+        <v>267</v>
       </c>
       <c r="E21" t="s">
         <v>21</v>
       </c>
       <c r="F21" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G21" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H21">
+        <v>1</v>
+      </c>
+      <c r="I21" t="b">
+        <v>1</v>
+      </c>
+      <c r="J21" t="s">
+        <v>24</v>
+      </c>
+      <c r="K21">
         <v>4</v>
       </c>
-      <c r="I21" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L21">
-        <v>121.57</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>107.14</v>
+      </c>
+      <c r="M21">
+        <v>109.21</v>
       </c>
       <c r="N21" t="s">
         <v>24</v>
       </c>
-      <c r="O21">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="O21" t="s">
+        <v>24</v>
+      </c>
+      <c r="P21" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q21">
+        <v>101.46</v>
+      </c>
+      <c r="R21">
+        <v>102.64</v>
       </c>
       <c r="S21">
-        <v>386.11</v>
+        <v>420.45</v>
       </c>
     </row>
     <row r="22" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D22">
-        <v>1506</v>
+        <v>2484</v>
       </c>
       <c r="E22" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F22" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G22" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H22">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I22" t="b">
         <v>1</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="L22">
-        <v>87.18</v>
+        <v>96.52</v>
       </c>
       <c r="M22">
-        <v>92.74</v>
+        <v>101.99</v>
       </c>
       <c r="N22">
-        <v>98.08</v>
+        <v>110.02</v>
       </c>
       <c r="O22">
-        <v>92</v>
+        <v>101.7</v>
       </c>
       <c r="P22">
-        <v>95.29</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>103.89</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>24</v>
       </c>
       <c r="R22" t="s">
         <v>24</v>
       </c>
       <c r="S22">
-        <v>378.11</v>
+        <v>417.6</v>
       </c>
     </row>
     <row r="23" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C23" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D23">
-        <v>2105</v>
+        <v>1388</v>
       </c>
       <c r="E23" t="s">
         <v>21</v>
       </c>
       <c r="F23" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G23" t="s">
         <v>23</v>
       </c>
       <c r="H23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I23" t="b">
         <v>1</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L23">
-        <v>120.31</v>
+        <v>93.51</v>
       </c>
       <c r="M23">
-        <v>122.05</v>
+        <v>106.43</v>
       </c>
       <c r="N23">
-        <v>130.48</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>108.76</v>
+      </c>
+      <c r="O23">
+        <v>108.18</v>
       </c>
       <c r="P23" t="s">
         <v>24</v>
       </c>
       <c r="Q23" t="s">
         <v>24</v>
       </c>
       <c r="R23" t="s">
         <v>24</v>
       </c>
       <c r="S23">
-        <v>372.84</v>
+        <v>416.88</v>
       </c>
     </row>
     <row r="24" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C24" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D24">
-        <v>250</v>
+        <v>2370</v>
       </c>
       <c r="E24" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F24" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G24" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I24" t="b">
         <v>1</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24">
         <v>5</v>
       </c>
       <c r="L24" t="s">
         <v>24</v>
       </c>
       <c r="M24">
-        <v>85.66</v>
+        <v>97.81</v>
       </c>
       <c r="N24">
-        <v>91.98</v>
+        <v>110.74</v>
       </c>
       <c r="O24">
-        <v>91.6</v>
-[...2 lines deleted...]
-        <v>88.69</v>
+        <v>101.66</v>
+      </c>
+      <c r="P24" t="s">
+        <v>24</v>
       </c>
       <c r="Q24">
-        <v>87.49</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>90.79</v>
+      </c>
+      <c r="R24">
+        <v>85.79</v>
       </c>
       <c r="S24">
-        <v>359.76</v>
+        <v>401</v>
       </c>
     </row>
     <row r="25" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="C25" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D25">
-        <v>1666</v>
+        <v>2118</v>
       </c>
       <c r="E25" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="F25" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G25" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H25">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I25" t="b">
         <v>1</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L25">
+        <v>96.1</v>
+      </c>
+      <c r="M25">
+        <v>95.77</v>
+      </c>
+      <c r="N25">
+        <v>106.41</v>
       </c>
       <c r="O25">
-        <v>118.05</v>
+        <v>100.18</v>
       </c>
       <c r="P25">
-        <v>116.29</v>
-[...2 lines deleted...]
-        <v>112.74</v>
+        <v>97.78</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>24</v>
       </c>
       <c r="R25" t="s">
         <v>24</v>
       </c>
       <c r="S25">
-        <v>347.08</v>
+        <v>400.47</v>
       </c>
     </row>
     <row r="26" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A26">
         <v>25</v>
       </c>
       <c r="B26" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="C26" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D26">
-        <v>1809</v>
+        <v>768</v>
       </c>
       <c r="E26" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F26" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G26" t="s">
         <v>23</v>
       </c>
       <c r="H26">
+        <v>5</v>
+      </c>
+      <c r="I26" t="b">
+        <v>1</v>
+      </c>
+      <c r="J26" t="s">
+        <v>24</v>
+      </c>
+      <c r="K26">
         <v>4</v>
       </c>
-      <c r="I26" t="b">
-[...15 lines deleted...]
-        <v>24</v>
+      <c r="L26" t="s">
+        <v>24</v>
+      </c>
+      <c r="M26">
+        <v>97.88</v>
+      </c>
+      <c r="N26">
+        <v>101.26</v>
       </c>
       <c r="O26" t="s">
         <v>24</v>
       </c>
       <c r="P26">
-        <v>123</v>
+        <v>98.49</v>
       </c>
       <c r="Q26">
-        <v>112.82</v>
+        <v>91.35</v>
       </c>
       <c r="R26" t="s">
         <v>24</v>
       </c>
       <c r="S26">
-        <v>346.39</v>
+        <v>388.98</v>
       </c>
     </row>
     <row r="27" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27" t="s">
-        <v>87</v>
+        <v>27</v>
       </c>
       <c r="C27" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D27">
-        <v>2479</v>
+        <v>999</v>
       </c>
       <c r="E27" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="F27" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G27" t="s">
         <v>23</v>
       </c>
       <c r="H27">
         <v>5</v>
       </c>
       <c r="I27" t="b">
         <v>1</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
-      <c r="L27" t="s">
-[...3 lines deleted...]
-        <v>103.6</v>
+      <c r="L27">
+        <v>120.46</v>
+      </c>
+      <c r="M27" t="s">
+        <v>24</v>
       </c>
       <c r="N27" t="s">
         <v>24</v>
       </c>
-      <c r="O27">
-        <v>120.77</v>
+      <c r="O27" t="s">
+        <v>24</v>
       </c>
       <c r="P27">
-        <v>116.46</v>
+        <v>133.05</v>
       </c>
       <c r="Q27" t="s">
         <v>24</v>
       </c>
-      <c r="R27" t="s">
-        <v>24</v>
+      <c r="R27">
+        <v>132.45</v>
       </c>
       <c r="S27">
-        <v>340.83</v>
+        <v>385.96</v>
       </c>
     </row>
     <row r="28" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C28" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D28">
-        <v>1948</v>
+        <v>1506</v>
       </c>
       <c r="E28" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="F28" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G28" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H28">
         <v>2</v>
       </c>
       <c r="I28" t="b">
         <v>1</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L28">
-        <v>84.92</v>
+        <v>87.18</v>
       </c>
       <c r="M28">
-        <v>75.25</v>
+        <v>92.74</v>
       </c>
       <c r="N28">
-        <v>95.95</v>
+        <v>98.08</v>
       </c>
       <c r="O28">
-        <v>84.2</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>92</v>
+      </c>
+      <c r="P28">
+        <v>95.29</v>
+      </c>
+      <c r="Q28">
+        <v>85</v>
+      </c>
+      <c r="R28">
+        <v>91.29</v>
       </c>
       <c r="S28">
-        <v>340.32</v>
+        <v>378.11</v>
       </c>
     </row>
     <row r="29" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="C29" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="D29">
-        <v>2214</v>
+        <v>2210</v>
       </c>
       <c r="E29" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F29" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>23</v>
       </c>
       <c r="H29">
         <v>6</v>
       </c>
       <c r="I29" t="b">
         <v>1</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
-      <c r="L29">
-[...3 lines deleted...]
-        <v>67.45</v>
+      <c r="L29" t="s">
+        <v>24</v>
+      </c>
+      <c r="M29" t="s">
+        <v>24</v>
       </c>
       <c r="N29" t="s">
         <v>24</v>
       </c>
       <c r="O29">
-        <v>90.53</v>
+        <v>86.84</v>
       </c>
       <c r="P29">
-        <v>94.81</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>95.88</v>
+      </c>
+      <c r="Q29">
+        <v>97.48</v>
+      </c>
+      <c r="R29">
+        <v>97.41</v>
       </c>
       <c r="S29">
-        <v>334.07</v>
+        <v>377.61</v>
       </c>
     </row>
     <row r="30" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C30" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D30">
-        <v>1093</v>
+        <v>1753</v>
       </c>
       <c r="E30" t="s">
         <v>21</v>
       </c>
       <c r="F30" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G30" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H30">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I30" t="b">
         <v>1</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30" t="s">
         <v>24</v>
       </c>
-      <c r="M30">
-        <v>100.7</v>
+      <c r="M30" t="s">
+        <v>24</v>
       </c>
       <c r="N30" t="s">
         <v>24</v>
       </c>
-      <c r="O30" t="s">
-        <v>24</v>
+      <c r="O30">
+        <v>121.85</v>
       </c>
       <c r="P30">
-        <v>115.41</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>129.53</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>24</v>
+      </c>
+      <c r="R30">
+        <v>125.45</v>
       </c>
       <c r="S30">
-        <v>332.59</v>
+        <v>376.83</v>
       </c>
     </row>
     <row r="31" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="C31" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D31">
-        <v>1744</v>
+        <v>2105</v>
       </c>
       <c r="E31" t="s">
         <v>21</v>
       </c>
       <c r="F31" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G31" t="s">
         <v>23</v>
       </c>
       <c r="H31">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I31" t="b">
         <v>1</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
-      <c r="L31" t="s">
-        <v>24</v>
+      <c r="L31">
+        <v>120.31</v>
       </c>
       <c r="M31">
-        <v>107.06</v>
+        <v>122.05</v>
       </c>
       <c r="N31">
-        <v>120.68</v>
+        <v>130.48</v>
       </c>
       <c r="O31" t="s">
         <v>24</v>
       </c>
       <c r="P31" t="s">
         <v>24</v>
       </c>
-      <c r="Q31">
-        <v>101.15</v>
+      <c r="Q31" t="s">
+        <v>24</v>
       </c>
       <c r="R31" t="s">
         <v>24</v>
       </c>
       <c r="S31">
-        <v>328.89</v>
+        <v>372.84</v>
       </c>
     </row>
     <row r="32" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
+        <v>95</v>
+      </c>
+      <c r="C32" t="s">
+        <v>96</v>
+      </c>
+      <c r="D32">
+        <v>250</v>
+      </c>
+      <c r="E32" t="s">
         <v>97</v>
       </c>
-      <c r="C32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F32" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G32" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I32" t="b">
         <v>1</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>77.25</v>
+        <v>6</v>
+      </c>
+      <c r="L32" t="s">
+        <v>24</v>
       </c>
       <c r="M32">
-        <v>75.92</v>
+        <v>85.66</v>
       </c>
       <c r="N32">
-        <v>89.49</v>
+        <v>91.98</v>
       </c>
       <c r="O32">
-        <v>80.1</v>
+        <v>91.6</v>
       </c>
       <c r="P32">
-        <v>81.19</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>88.69</v>
+      </c>
+      <c r="Q32">
+        <v>87.49</v>
+      </c>
+      <c r="R32">
+        <v>85.89</v>
       </c>
       <c r="S32">
-        <v>328.03</v>
+        <v>359.76</v>
       </c>
     </row>
     <row r="33" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="C33" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D33">
-        <v>267</v>
+        <v>2320</v>
       </c>
       <c r="E33" t="s">
         <v>21</v>
       </c>
       <c r="F33" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G33" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H33">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I33" t="b">
         <v>1</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
-      <c r="L33">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="L33" t="s">
+        <v>24</v>
+      </c>
+      <c r="M33" t="s">
+        <v>24</v>
+      </c>
+      <c r="N33">
+        <v>122.19</v>
       </c>
       <c r="O33" t="s">
         <v>24</v>
       </c>
-      <c r="P33" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="P33">
+        <v>117.09</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>24</v>
+      </c>
+      <c r="R33">
+        <v>114.74</v>
       </c>
       <c r="S33">
-        <v>317.81</v>
+        <v>354.02</v>
       </c>
     </row>
     <row r="34" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
+        <v>71</v>
+      </c>
+      <c r="C34" t="s">
+        <v>99</v>
+      </c>
+      <c r="D34">
+        <v>1948</v>
+      </c>
+      <c r="E34" t="s">
         <v>100</v>
       </c>
-      <c r="C34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F34" t="s">
-        <v>101</v>
+        <v>33</v>
       </c>
       <c r="G34" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I34" t="b">
         <v>1</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34">
         <v>5</v>
       </c>
-      <c r="L34" t="s">
-        <v>24</v>
+      <c r="L34">
+        <v>84.92</v>
       </c>
       <c r="M34">
-        <v>70.34</v>
+        <v>75.25</v>
       </c>
       <c r="N34">
-        <v>85.96</v>
+        <v>95.95</v>
       </c>
       <c r="O34">
-        <v>75.26</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>84.2</v>
+      </c>
+      <c r="P34" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>24</v>
+      </c>
+      <c r="R34">
+        <v>84.18</v>
       </c>
       <c r="S34">
-        <v>315.9</v>
+        <v>349.25</v>
       </c>
     </row>
     <row r="35" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
+        <v>101</v>
+      </c>
+      <c r="C35" t="s">
         <v>102</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35">
+        <v>2479</v>
+      </c>
+      <c r="E35" t="s">
         <v>103</v>
       </c>
-      <c r="D35">
-[...4 lines deleted...]
-      </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G35" t="s">
         <v>23</v>
       </c>
       <c r="H35">
         <v>6</v>
       </c>
       <c r="I35" t="b">
         <v>1</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35" t="s">
         <v>24</v>
       </c>
-      <c r="M35" t="s">
-        <v>24</v>
+      <c r="M35">
+        <v>103.6</v>
       </c>
       <c r="N35" t="s">
         <v>24</v>
       </c>
       <c r="O35">
-        <v>86.84</v>
+        <v>120.77</v>
       </c>
       <c r="P35">
-        <v>95.88</v>
-[...2 lines deleted...]
-        <v>97.48</v>
+        <v>116.46</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>24</v>
       </c>
       <c r="R35" t="s">
         <v>24</v>
       </c>
       <c r="S35">
-        <v>280.2</v>
+        <v>340.83</v>
       </c>
     </row>
     <row r="36" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" t="s">
         <v>105</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36">
+        <v>1574</v>
+      </c>
+      <c r="E36" t="s">
         <v>106</v>
       </c>
-      <c r="D36">
-[...4 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G36" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I36" t="b">
         <v>1</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36">
         <v>3</v>
       </c>
       <c r="L36" t="s">
         <v>24</v>
       </c>
       <c r="M36" t="s">
         <v>24</v>
       </c>
-      <c r="N36">
-[...3 lines deleted...]
-        <v>84.85</v>
+      <c r="N36" t="s">
+        <v>24</v>
+      </c>
+      <c r="O36" t="s">
+        <v>24</v>
       </c>
       <c r="P36">
-        <v>83.46</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>114.06</v>
+      </c>
+      <c r="Q36">
+        <v>111.41</v>
+      </c>
+      <c r="R36">
+        <v>110.28</v>
       </c>
       <c r="S36">
-        <v>255.31</v>
+        <v>335.75</v>
       </c>
     </row>
     <row r="37" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>107</v>
       </c>
       <c r="C37" t="s">
         <v>108</v>
       </c>
       <c r="D37">
-        <v>1299</v>
+        <v>2292</v>
       </c>
       <c r="E37" t="s">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="F37" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="G37" t="s">
         <v>23</v>
       </c>
       <c r="H37">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I37" t="b">
         <v>1</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37" t="s">
         <v>24</v>
       </c>
-      <c r="M37" t="s">
-        <v>24</v>
+      <c r="M37">
+        <v>100.96</v>
       </c>
       <c r="N37" t="s">
         <v>24</v>
       </c>
-      <c r="O37">
-[...3 lines deleted...]
-        <v>88.58</v>
+      <c r="O37" t="s">
+        <v>24</v>
+      </c>
+      <c r="P37" t="s">
+        <v>24</v>
       </c>
       <c r="Q37">
-        <v>78.01</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>114.66</v>
+      </c>
+      <c r="R37">
+        <v>119.81</v>
       </c>
       <c r="S37">
-        <v>255.02</v>
+        <v>335.43</v>
       </c>
     </row>
     <row r="38" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="C38" t="s">
-        <v>112</v>
+        <v>109</v>
+      </c>
+      <c r="D38">
+        <v>2214</v>
       </c>
       <c r="E38" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="F38" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G38" t="s">
         <v>23</v>
       </c>
       <c r="H38">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I38" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J38" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="K38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L38">
-        <v>96.43</v>
+        <v>81.28</v>
       </c>
       <c r="M38">
-        <v>91.32</v>
-[...2 lines deleted...]
-        <v>110.84</v>
+        <v>67.45</v>
+      </c>
+      <c r="N38" t="s">
+        <v>24</v>
       </c>
       <c r="O38">
-        <v>106.29</v>
-[...5 lines deleted...]
-        <v>93.47</v>
+        <v>90.53</v>
+      </c>
+      <c r="P38">
+        <v>94.81</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>24</v>
       </c>
       <c r="R38" t="s">
         <v>24</v>
       </c>
       <c r="S38">
-        <v>407.03</v>
+        <v>334.07</v>
       </c>
     </row>
     <row r="39" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="C39" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D39">
-        <v>1003</v>
+        <v>662</v>
       </c>
       <c r="E39" t="s">
         <v>21</v>
       </c>
       <c r="F39" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G39" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H39">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I39" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J39" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="K39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L39">
-        <v>105.88</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>77.25</v>
+      </c>
+      <c r="M39">
+        <v>75.92</v>
       </c>
       <c r="N39">
-        <v>120.81</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>89.49</v>
+      </c>
+      <c r="O39">
+        <v>80.1</v>
       </c>
       <c r="P39">
-        <v>115.89</v>
+        <v>81.19</v>
       </c>
       <c r="Q39" t="s">
         <v>24</v>
       </c>
       <c r="R39" t="s">
         <v>24</v>
       </c>
       <c r="S39">
-        <v>342.58</v>
+        <v>328.03</v>
       </c>
     </row>
     <row r="40" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>118</v>
+        <v>113</v>
+      </c>
+      <c r="D40">
+        <v>1299</v>
       </c>
       <c r="E40" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F40" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G40" t="s">
         <v>23</v>
       </c>
       <c r="H40">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I40" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J40" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="K40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L40" t="s">
         <v>24</v>
       </c>
       <c r="M40" t="s">
         <v>24</v>
       </c>
       <c r="N40" t="s">
         <v>24</v>
       </c>
-      <c r="O40" t="s">
-        <v>24</v>
+      <c r="O40">
+        <v>88.43</v>
       </c>
       <c r="P40">
-        <v>158.31</v>
+        <v>88.58</v>
       </c>
       <c r="Q40">
-        <v>146.66</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>78.01</v>
+      </c>
+      <c r="R40">
+        <v>70.96</v>
       </c>
       <c r="S40">
-        <v>304.97</v>
+        <v>325.98</v>
       </c>
     </row>
     <row r="41" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
-        <v>53</v>
+        <v>116</v>
       </c>
       <c r="C41" t="s">
-        <v>121</v>
+        <v>86</v>
       </c>
       <c r="D41">
-        <v>1821</v>
+        <v>202</v>
       </c>
       <c r="E41" t="s">
-        <v>122</v>
+        <v>87</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>117</v>
       </c>
       <c r="G41" t="s">
         <v>23</v>
       </c>
       <c r="H41">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I41" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J41" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="K41">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L41" t="s">
         <v>24</v>
       </c>
-      <c r="M41" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M41">
+        <v>70.34</v>
+      </c>
+      <c r="N41">
+        <v>85.96</v>
       </c>
       <c r="O41">
-        <v>107.67</v>
+        <v>75.26</v>
       </c>
       <c r="P41">
-        <v>102.57</v>
+        <v>81.35</v>
       </c>
       <c r="Q41">
-        <v>93.69</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>73.33</v>
+      </c>
+      <c r="R41">
+        <v>70.99</v>
       </c>
       <c r="S41">
-        <v>303.93</v>
+        <v>315.9</v>
       </c>
     </row>
     <row r="42" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A42">
         <v>41</v>
       </c>
       <c r="B42" t="s">
-        <v>64</v>
+        <v>118</v>
       </c>
       <c r="C42" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D42">
-        <v>1012</v>
+        <v>2130</v>
       </c>
       <c r="E42" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F42" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G42" t="s">
         <v>23</v>
       </c>
       <c r="H42">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I42" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J42" t="s">
-        <v>114</v>
+        <v>24</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
-      <c r="L42">
-[...6 lines deleted...]
-        <v>106.7</v>
+      <c r="L42" t="s">
+        <v>24</v>
+      </c>
+      <c r="M42">
+        <v>101.26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>24</v>
       </c>
       <c r="O42">
-        <v>104.47</v>
+        <v>102.5</v>
       </c>
       <c r="P42" t="s">
         <v>24</v>
       </c>
       <c r="Q42" t="s">
         <v>24</v>
       </c>
-      <c r="R42" t="s">
-        <v>24</v>
+      <c r="R42">
+        <v>77.52</v>
       </c>
       <c r="S42">
-        <v>298.83</v>
+        <v>281.28</v>
       </c>
     </row>
     <row r="43" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A43">
         <v>42</v>
       </c>
       <c r="B43" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C43" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D43">
-        <v>1783</v>
+        <v>2364</v>
       </c>
       <c r="E43" t="s">
-        <v>42</v>
+        <v>122</v>
       </c>
       <c r="F43" t="s">
-        <v>126</v>
+        <v>22</v>
       </c>
       <c r="G43" t="s">
         <v>23</v>
       </c>
       <c r="H43">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I43" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J43" t="s">
-        <v>127</v>
+        <v>24</v>
       </c>
       <c r="K43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L43" t="s">
         <v>24</v>
       </c>
       <c r="M43" t="s">
         <v>24</v>
       </c>
-      <c r="N43" t="s">
-        <v>24</v>
+      <c r="N43">
+        <v>86.94</v>
       </c>
       <c r="O43" t="s">
         <v>24</v>
       </c>
       <c r="P43">
-        <v>149.78</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>84.65</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>24</v>
+      </c>
+      <c r="R43">
+        <v>86.16</v>
       </c>
       <c r="S43">
-        <v>295.38</v>
+        <v>257.75</v>
       </c>
     </row>
     <row r="44" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C44" t="s">
-        <v>129</v>
+        <v>124</v>
+      </c>
+      <c r="D44">
+        <v>1957</v>
       </c>
       <c r="E44" t="s">
-        <v>130</v>
+        <v>21</v>
       </c>
       <c r="F44" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G44" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H44">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I44" t="b">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J44" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="K44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L44" t="s">
         <v>24</v>
       </c>
       <c r="M44" t="s">
         <v>24</v>
       </c>
-      <c r="N44" t="s">
-        <v>24</v>
+      <c r="N44">
+        <v>87</v>
       </c>
       <c r="O44">
-        <v>141.45</v>
+        <v>84.85</v>
       </c>
       <c r="P44">
-        <v>144.85</v>
+        <v>83.46</v>
       </c>
       <c r="Q44" t="s">
         <v>24</v>
       </c>
       <c r="R44" t="s">
         <v>24</v>
       </c>
       <c r="S44">
-        <v>286.3</v>
+        <v>255.31</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="C45" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>1397</v>
+        <v>126</v>
       </c>
       <c r="E45" t="s">
-        <v>50</v>
+        <v>127</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>23</v>
       </c>
       <c r="H45">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I45" t="b">
         <v>0</v>
       </c>
       <c r="J45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L45" t="s">
         <v>24</v>
       </c>
-      <c r="M45">
-        <v>135.68</v>
+      <c r="M45" t="s">
+        <v>24</v>
       </c>
       <c r="N45" t="s">
         <v>24</v>
       </c>
       <c r="O45" t="s">
         <v>24</v>
       </c>
       <c r="P45">
-        <v>141.7</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>158.31</v>
+      </c>
+      <c r="Q45">
+        <v>146.66</v>
+      </c>
+      <c r="R45">
+        <v>146.44</v>
       </c>
       <c r="S45">
-        <v>277.38</v>
+        <v>451.41</v>
       </c>
     </row>
     <row r="46" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="D46">
-        <v>2077</v>
+        <v>1003</v>
       </c>
       <c r="E46" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="F46" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G46" t="s">
         <v>23</v>
       </c>
       <c r="H46">
         <v>9</v>
       </c>
       <c r="I46" t="b">
         <v>0</v>
       </c>
       <c r="J46" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="K46">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L46">
+        <v>105.88</v>
+      </c>
+      <c r="M46" t="s">
+        <v>24</v>
+      </c>
+      <c r="N46">
+        <v>120.81</v>
       </c>
       <c r="O46" t="s">
         <v>24</v>
       </c>
-      <c r="P46" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="P46">
+        <v>115.89</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>24</v>
+      </c>
+      <c r="R46">
+        <v>107.74</v>
       </c>
       <c r="S46">
-        <v>267.38</v>
+        <v>450.32</v>
       </c>
     </row>
     <row r="47" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C47" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>1629</v>
+        <v>132</v>
       </c>
       <c r="E47" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F47" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G47" t="s">
         <v>23</v>
       </c>
       <c r="H47">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I47" t="b">
         <v>0</v>
       </c>
       <c r="J47" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K47">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>5</v>
+      </c>
+      <c r="L47">
+        <v>96.43</v>
       </c>
       <c r="M47">
-        <v>128.5</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>91.32</v>
+      </c>
+      <c r="N47">
+        <v>110.84</v>
+      </c>
+      <c r="O47">
+        <v>106.29</v>
+      </c>
+      <c r="P47" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q47">
+        <v>93.47</v>
       </c>
       <c r="R47" t="s">
         <v>24</v>
       </c>
       <c r="S47">
-        <v>264.17</v>
+        <v>407.03</v>
       </c>
     </row>
     <row r="48" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="C48" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D48">
-        <v>999</v>
+        <v>1821</v>
       </c>
       <c r="E48" t="s">
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="F48" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G48" t="s">
         <v>23</v>
       </c>
       <c r="H48">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="I48" t="b">
         <v>0</v>
       </c>
       <c r="J48" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K48">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>120.46</v>
+        <v>4</v>
+      </c>
+      <c r="L48" t="s">
+        <v>24</v>
       </c>
       <c r="M48" t="s">
         <v>24</v>
       </c>
       <c r="N48" t="s">
         <v>24</v>
       </c>
-      <c r="O48" t="s">
-        <v>24</v>
+      <c r="O48">
+        <v>107.67</v>
       </c>
       <c r="P48">
-        <v>133.05</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>102.57</v>
+      </c>
+      <c r="Q48">
+        <v>93.69</v>
+      </c>
+      <c r="R48">
+        <v>94.55</v>
       </c>
       <c r="S48">
-        <v>253.51</v>
+        <v>398.48</v>
       </c>
     </row>
     <row r="49" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A49">
         <v>48</v>
       </c>
       <c r="B49" t="s">
-        <v>138</v>
+        <v>75</v>
       </c>
       <c r="C49" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="D49">
-        <v>1753</v>
+        <v>1012</v>
       </c>
       <c r="E49" t="s">
         <v>21</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G49" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H49">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I49" t="b">
         <v>0</v>
       </c>
       <c r="J49" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K49">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>4</v>
+      </c>
+      <c r="L49">
+        <v>87.66</v>
       </c>
       <c r="M49" t="s">
         <v>24</v>
       </c>
-      <c r="N49" t="s">
-        <v>24</v>
+      <c r="N49">
+        <v>106.7</v>
       </c>
       <c r="O49">
-        <v>121.85</v>
-[...2 lines deleted...]
-        <v>129.53</v>
+        <v>104.47</v>
+      </c>
+      <c r="P49" t="s">
+        <v>24</v>
       </c>
       <c r="Q49" t="s">
         <v>24</v>
       </c>
-      <c r="R49" t="s">
-        <v>24</v>
+      <c r="R49">
+        <v>97.78</v>
       </c>
       <c r="S49">
-        <v>251.38</v>
+        <v>396.61</v>
       </c>
     </row>
     <row r="50" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A50">
         <v>49</v>
       </c>
       <c r="B50" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C50" t="s">
-        <v>115</v>
+        <v>138</v>
       </c>
       <c r="D50">
-        <v>1771</v>
+        <v>964</v>
       </c>
       <c r="E50" t="s">
-        <v>24</v>
+        <v>139</v>
       </c>
       <c r="F50" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G50" t="s">
         <v>23</v>
       </c>
       <c r="H50">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="I50" t="b">
         <v>0</v>
       </c>
       <c r="J50" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K50">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L50" t="s">
+        <v>24</v>
+      </c>
+      <c r="M50" t="s">
+        <v>24</v>
+      </c>
+      <c r="N50">
+        <v>129.53</v>
       </c>
       <c r="O50" t="s">
         <v>24</v>
       </c>
       <c r="P50" t="s">
         <v>24</v>
       </c>
-      <c r="Q50" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q50">
+        <v>113.77</v>
+      </c>
+      <c r="R50">
+        <v>119.9</v>
       </c>
       <c r="S50">
-        <v>250.94</v>
+        <v>363.2</v>
       </c>
     </row>
     <row r="51" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="C51" t="s">
         <v>141</v>
       </c>
       <c r="D51">
-        <v>1677</v>
+        <v>1783</v>
       </c>
       <c r="E51" t="s">
+        <v>48</v>
+      </c>
+      <c r="F51" t="s">
         <v>142</v>
       </c>
-      <c r="F51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G51" t="s">
         <v>23</v>
       </c>
       <c r="H51">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="I51" t="b">
         <v>0</v>
       </c>
       <c r="J51" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K51">
         <v>2</v>
       </c>
       <c r="L51" t="s">
         <v>24</v>
       </c>
       <c r="M51" t="s">
         <v>24</v>
       </c>
-      <c r="N51">
-        <v>126.56</v>
+      <c r="N51" t="s">
+        <v>24</v>
       </c>
       <c r="O51" t="s">
         <v>24</v>
       </c>
       <c r="P51">
-        <v>121.3</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>149.78</v>
+      </c>
+      <c r="Q51">
+        <v>145.6</v>
       </c>
       <c r="R51" t="s">
         <v>24</v>
       </c>
       <c r="S51">
-        <v>247.86</v>
+        <v>295.38</v>
       </c>
     </row>
     <row r="52" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C52" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>964</v>
+        <v>145</v>
       </c>
       <c r="E52" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F52" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G52" t="s">
         <v>23</v>
       </c>
       <c r="H52">
         <v>10</v>
       </c>
       <c r="I52" t="b">
         <v>0</v>
       </c>
       <c r="J52" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K52">
         <v>2</v>
       </c>
       <c r="L52" t="s">
         <v>24</v>
       </c>
       <c r="M52" t="s">
         <v>24</v>
       </c>
-      <c r="N52">
-[...9 lines deleted...]
-        <v>113.77</v>
+      <c r="N52" t="s">
+        <v>24</v>
+      </c>
+      <c r="O52">
+        <v>141.45</v>
+      </c>
+      <c r="P52">
+        <v>144.85</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>24</v>
       </c>
       <c r="R52" t="s">
         <v>24</v>
       </c>
       <c r="S52">
-        <v>243.3</v>
+        <v>286.3</v>
       </c>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="C53" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>2320</v>
+        <v>148</v>
       </c>
       <c r="E53" t="s">
         <v>21</v>
       </c>
       <c r="F53" t="s">
         <v>22</v>
       </c>
       <c r="G53" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H53">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L53" t="s">
         <v>24</v>
       </c>
       <c r="M53" t="s">
         <v>24</v>
       </c>
       <c r="N53">
-        <v>122.19</v>
+        <v>99.57</v>
       </c>
       <c r="O53" t="s">
         <v>24</v>
       </c>
       <c r="P53">
-        <v>117.09</v>
+        <v>93.77</v>
       </c>
       <c r="Q53" t="s">
         <v>24</v>
       </c>
-      <c r="R53" t="s">
-        <v>24</v>
+      <c r="R53">
+        <v>87.78</v>
       </c>
       <c r="S53">
-        <v>239.28</v>
+        <v>281.12</v>
       </c>
     </row>
     <row r="54" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>129</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>149</v>
+      </c>
+      <c r="D54">
+        <v>1397</v>
       </c>
       <c r="E54" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="F54" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G54" t="s">
         <v>23</v>
       </c>
       <c r="H54">
         <v>11</v>
       </c>
       <c r="I54" t="b">
         <v>0</v>
       </c>
       <c r="J54" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K54">
         <v>2</v>
       </c>
       <c r="L54" t="s">
         <v>24</v>
       </c>
       <c r="M54">
-        <v>116.7</v>
+        <v>135.68</v>
       </c>
       <c r="N54" t="s">
         <v>24</v>
       </c>
       <c r="O54" t="s">
         <v>24</v>
       </c>
       <c r="P54">
-        <v>118.35</v>
+        <v>141.7</v>
       </c>
       <c r="Q54" t="s">
         <v>24</v>
       </c>
       <c r="R54" t="s">
         <v>24</v>
       </c>
       <c r="S54">
-        <v>235.05</v>
+        <v>277.38</v>
       </c>
     </row>
     <row r="55" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C55" t="s">
-        <v>150</v>
+        <v>151</v>
+      </c>
+      <c r="D55">
+        <v>2146</v>
       </c>
       <c r="E55" t="s">
-        <v>151</v>
+        <v>90</v>
       </c>
       <c r="F55" t="s">
         <v>22</v>
       </c>
       <c r="G55" t="s">
         <v>23</v>
       </c>
       <c r="H55">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I55" t="b">
         <v>0</v>
       </c>
       <c r="J55" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K55">
         <v>2</v>
       </c>
       <c r="L55">
-        <v>106.97</v>
+        <v>131.53</v>
       </c>
       <c r="M55" t="s">
         <v>24</v>
       </c>
-      <c r="N55">
-        <v>128.03</v>
+      <c r="N55" t="s">
+        <v>24</v>
       </c>
       <c r="O55" t="s">
         <v>24</v>
       </c>
       <c r="P55" t="s">
         <v>24</v>
       </c>
       <c r="Q55" t="s">
         <v>24</v>
       </c>
-      <c r="R55" t="s">
-        <v>24</v>
+      <c r="R55">
+        <v>140.02</v>
       </c>
       <c r="S55">
-        <v>235</v>
+        <v>271.55</v>
       </c>
     </row>
     <row r="56" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56" t="s">
-        <v>64</v>
+        <v>152</v>
       </c>
       <c r="C56" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D56">
-        <v>1007</v>
+        <v>2077</v>
       </c>
       <c r="E56" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F56" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G56" t="s">
         <v>23</v>
       </c>
       <c r="H56">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="I56" t="b">
         <v>0</v>
       </c>
       <c r="J56" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K56">
         <v>2</v>
       </c>
       <c r="L56" t="s">
         <v>24</v>
       </c>
       <c r="M56">
-        <v>107.89</v>
-[...2 lines deleted...]
-        <v>121.31</v>
+        <v>141.15</v>
+      </c>
+      <c r="N56" t="s">
+        <v>24</v>
       </c>
       <c r="O56" t="s">
         <v>24</v>
       </c>
       <c r="P56" t="s">
         <v>24</v>
       </c>
-      <c r="Q56" t="s">
-        <v>24</v>
+      <c r="Q56">
+        <v>126.23</v>
       </c>
       <c r="R56" t="s">
         <v>24</v>
       </c>
       <c r="S56">
-        <v>229.2</v>
+        <v>267.38</v>
       </c>
     </row>
     <row r="57" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C57" t="s">
-        <v>154</v>
+        <v>155</v>
+      </c>
+      <c r="D57">
+        <v>1629</v>
       </c>
       <c r="E57" t="s">
-        <v>24</v>
+        <v>156</v>
       </c>
       <c r="F57" t="s">
         <v>22</v>
       </c>
       <c r="G57" t="s">
         <v>23</v>
       </c>
       <c r="H57">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I57" t="b">
         <v>0</v>
       </c>
       <c r="J57" t="s">
-        <v>114</v>
+        <v>143</v>
       </c>
       <c r="K57">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L57" t="s">
         <v>24</v>
       </c>
       <c r="M57">
-        <v>69.59</v>
-[...2 lines deleted...]
-        <v>72.7</v>
+        <v>128.5</v>
+      </c>
+      <c r="N57" t="s">
+        <v>24</v>
       </c>
       <c r="O57" t="s">
         <v>24</v>
       </c>
       <c r="P57">
-        <v>86.2</v>
+        <v>135.67</v>
       </c>
       <c r="Q57" t="s">
         <v>24</v>
       </c>
       <c r="R57" t="s">
         <v>24</v>
       </c>
       <c r="S57">
-        <v>228.49</v>
+        <v>264.17</v>
       </c>
     </row>
     <row r="58" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
-        <v>155</v>
+        <v>75</v>
       </c>
       <c r="C58" t="s">
-        <v>156</v>
+        <v>157</v>
+      </c>
+      <c r="D58">
+        <v>417</v>
       </c>
       <c r="E58" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="F58" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G58" t="s">
         <v>23</v>
       </c>
       <c r="H58">
         <v>12</v>
       </c>
       <c r="I58" t="b">
         <v>0</v>
       </c>
       <c r="J58" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K58">
         <v>2</v>
       </c>
       <c r="L58" t="s">
         <v>24</v>
       </c>
-      <c r="M58">
-        <v>107.55</v>
+      <c r="M58" t="s">
+        <v>24</v>
       </c>
       <c r="N58" t="s">
         <v>24</v>
       </c>
       <c r="O58" t="s">
         <v>24</v>
       </c>
       <c r="P58">
-        <v>120.69</v>
+        <v>131.87</v>
       </c>
       <c r="Q58" t="s">
         <v>24</v>
       </c>
-      <c r="R58" t="s">
-        <v>24</v>
+      <c r="R58">
+        <v>127.99</v>
       </c>
       <c r="S58">
-        <v>228.24</v>
+        <v>259.86</v>
       </c>
     </row>
     <row r="59" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C59" t="s">
-        <v>158</v>
+        <v>129</v>
       </c>
       <c r="D59">
-        <v>2460</v>
+        <v>1771</v>
       </c>
       <c r="E59" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
       <c r="F59" t="s">
         <v>22</v>
       </c>
       <c r="G59" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H59">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="I59" t="b">
         <v>0</v>
       </c>
       <c r="J59" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K59">
         <v>2</v>
       </c>
-      <c r="L59" t="s">
-[...9 lines deleted...]
-        <v>111.18</v>
+      <c r="L59">
+        <v>122.69</v>
+      </c>
+      <c r="M59">
+        <v>128.25</v>
+      </c>
+      <c r="N59" t="s">
+        <v>24</v>
+      </c>
+      <c r="O59" t="s">
+        <v>24</v>
       </c>
       <c r="P59" t="s">
         <v>24</v>
       </c>
       <c r="Q59" t="s">
         <v>24</v>
       </c>
       <c r="R59" t="s">
         <v>24</v>
       </c>
       <c r="S59">
-        <v>227.34</v>
+        <v>250.94</v>
       </c>
     </row>
     <row r="60" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
-        <v>160</v>
+        <v>52</v>
       </c>
       <c r="C60" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D60">
-        <v>1574</v>
+        <v>1216</v>
       </c>
       <c r="E60" t="s">
-        <v>162</v>
+        <v>48</v>
       </c>
       <c r="F60" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G60" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H60">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="I60" t="b">
         <v>0</v>
       </c>
       <c r="J60" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K60">
         <v>2</v>
       </c>
       <c r="L60" t="s">
         <v>24</v>
       </c>
       <c r="M60" t="s">
         <v>24</v>
       </c>
       <c r="N60" t="s">
         <v>24</v>
       </c>
       <c r="O60" t="s">
         <v>24</v>
       </c>
-      <c r="P60">
-        <v>114.06</v>
+      <c r="P60" t="s">
+        <v>24</v>
       </c>
       <c r="Q60">
-        <v>111.41</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>120.39</v>
+      </c>
+      <c r="R60">
+        <v>128.8</v>
       </c>
       <c r="S60">
-        <v>225.47</v>
+        <v>249.19</v>
       </c>
     </row>
     <row r="61" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="C61" t="s">
-        <v>163</v>
+        <v>160</v>
+      </c>
+      <c r="D61">
+        <v>1677</v>
       </c>
       <c r="E61" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F61" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G61" t="s">
         <v>23</v>
       </c>
       <c r="H61">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I61" t="b">
         <v>0</v>
       </c>
       <c r="J61" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K61">
         <v>2</v>
       </c>
-      <c r="L61">
-        <v>100.7</v>
+      <c r="L61" t="s">
+        <v>24</v>
       </c>
       <c r="M61" t="s">
         <v>24</v>
       </c>
       <c r="N61">
-        <v>122.91</v>
+        <v>126.56</v>
       </c>
       <c r="O61" t="s">
         <v>24</v>
       </c>
-      <c r="P61" t="s">
-        <v>24</v>
+      <c r="P61">
+        <v>121.3</v>
       </c>
       <c r="Q61" t="s">
         <v>24</v>
       </c>
       <c r="R61" t="s">
         <v>24</v>
       </c>
       <c r="S61">
-        <v>223.61</v>
+        <v>247.86</v>
       </c>
     </row>
     <row r="62" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>35</v>
+        <v>162</v>
       </c>
       <c r="C62" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>2457</v>
+        <v>163</v>
       </c>
       <c r="E62" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="F62" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G62" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H62">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="I62" t="b">
         <v>0</v>
       </c>
       <c r="J62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K62">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L62" t="s">
         <v>24</v>
       </c>
       <c r="M62">
-        <v>107.85</v>
+        <v>81.78</v>
       </c>
       <c r="N62" t="s">
         <v>24</v>
       </c>
       <c r="O62" t="s">
         <v>24</v>
       </c>
       <c r="P62" t="s">
         <v>24</v>
       </c>
       <c r="Q62">
-        <v>110.12</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>82.39</v>
+      </c>
+      <c r="R62">
+        <v>83.64</v>
       </c>
       <c r="S62">
-        <v>217.97</v>
+        <v>247.81</v>
       </c>
     </row>
     <row r="63" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C63" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="E63" t="s">
-        <v>104</v>
+        <v>24</v>
       </c>
       <c r="F63" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G63" t="s">
         <v>23</v>
       </c>
       <c r="H63">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I63" t="b">
         <v>0</v>
       </c>
       <c r="J63" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K63">
         <v>2</v>
       </c>
       <c r="L63" t="s">
         <v>24</v>
       </c>
       <c r="M63" t="s">
         <v>24</v>
       </c>
-      <c r="N63" t="s">
-        <v>24</v>
+      <c r="N63">
+        <v>124.29</v>
       </c>
       <c r="O63" t="s">
         <v>24</v>
       </c>
-      <c r="P63">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="P63" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>24</v>
+      </c>
+      <c r="R63">
+        <v>111.09</v>
       </c>
       <c r="S63">
-        <v>216.88</v>
+        <v>235.38</v>
       </c>
     </row>
     <row r="64" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C64" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>2292</v>
+        <v>167</v>
       </c>
       <c r="E64" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="F64" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G64" t="s">
         <v>23</v>
       </c>
       <c r="H64">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I64" t="b">
         <v>0</v>
       </c>
       <c r="J64" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K64">
         <v>2</v>
       </c>
       <c r="L64" t="s">
         <v>24</v>
       </c>
       <c r="M64">
-        <v>100.96</v>
+        <v>116.7</v>
       </c>
       <c r="N64" t="s">
         <v>24</v>
       </c>
       <c r="O64" t="s">
         <v>24</v>
       </c>
-      <c r="P64" t="s">
-[...3 lines deleted...]
-        <v>114.66</v>
+      <c r="P64">
+        <v>118.35</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>24</v>
       </c>
       <c r="R64" t="s">
         <v>24</v>
       </c>
       <c r="S64">
-        <v>215.62</v>
+        <v>235.05</v>
       </c>
     </row>
     <row r="65" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
-        <v>115</v>
+        <v>168</v>
       </c>
       <c r="C65" t="s">
+        <v>169</v>
+      </c>
+      <c r="E65" t="s">
         <v>170</v>
       </c>
-      <c r="D65">
-[...4 lines deleted...]
-      </c>
       <c r="F65" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G65" t="s">
         <v>23</v>
       </c>
       <c r="H65">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="I65" t="b">
         <v>0</v>
       </c>
       <c r="J65" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K65">
         <v>2</v>
       </c>
-      <c r="L65" t="s">
-[...3 lines deleted...]
-        <v>102.97</v>
+      <c r="L65">
+        <v>106.97</v>
+      </c>
+      <c r="M65" t="s">
+        <v>24</v>
       </c>
       <c r="N65">
-        <v>111.65</v>
+        <v>128.03</v>
       </c>
       <c r="O65" t="s">
         <v>24</v>
       </c>
       <c r="P65" t="s">
         <v>24</v>
       </c>
       <c r="Q65" t="s">
         <v>24</v>
       </c>
       <c r="R65" t="s">
         <v>24</v>
       </c>
       <c r="S65">
-        <v>214.62</v>
+        <v>235</v>
       </c>
     </row>
     <row r="66" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
+        <v>75</v>
+      </c>
+      <c r="C66" t="s">
         <v>171</v>
       </c>
-      <c r="C66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66">
-        <v>2187</v>
+        <v>1007</v>
       </c>
       <c r="E66" t="s">
-        <v>173</v>
+        <v>64</v>
       </c>
       <c r="F66" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G66" t="s">
         <v>23</v>
       </c>
       <c r="H66">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="I66" t="b">
         <v>0</v>
       </c>
       <c r="J66" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K66">
         <v>2</v>
       </c>
-      <c r="L66">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="L66" t="s">
+        <v>24</v>
+      </c>
+      <c r="M66">
+        <v>107.89</v>
+      </c>
+      <c r="N66">
+        <v>121.31</v>
       </c>
       <c r="O66" t="s">
         <v>24</v>
       </c>
       <c r="P66" t="s">
         <v>24</v>
       </c>
-      <c r="Q66">
-        <v>112.27</v>
+      <c r="Q66" t="s">
+        <v>24</v>
       </c>
       <c r="R66" t="s">
         <v>24</v>
       </c>
       <c r="S66">
-        <v>212.31</v>
+        <v>229.2</v>
       </c>
     </row>
     <row r="67" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C67" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>1303</v>
+        <v>173</v>
       </c>
       <c r="E67" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F67" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G67" t="s">
         <v>23</v>
       </c>
       <c r="H67">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I67" t="b">
         <v>0</v>
       </c>
       <c r="J67" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="K67">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L67" t="s">
+        <v>24</v>
+      </c>
+      <c r="M67">
+        <v>69.59</v>
       </c>
       <c r="N67">
-        <v>112.22</v>
+        <v>72.7</v>
       </c>
       <c r="O67" t="s">
         <v>24</v>
       </c>
-      <c r="P67" t="s">
-        <v>24</v>
+      <c r="P67">
+        <v>86.2</v>
       </c>
       <c r="Q67" t="s">
         <v>24</v>
       </c>
       <c r="R67" t="s">
         <v>24</v>
       </c>
       <c r="S67">
-        <v>210.43</v>
+        <v>228.49</v>
       </c>
     </row>
     <row r="68" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="C68" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>1446</v>
+        <v>175</v>
       </c>
       <c r="E68" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="F68" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G68" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H68">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="I68" t="b">
         <v>0</v>
       </c>
       <c r="J68" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L68" t="s">
         <v>24</v>
       </c>
       <c r="M68">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>111.4</v>
+        <v>107.55</v>
+      </c>
+      <c r="N68" t="s">
+        <v>24</v>
       </c>
       <c r="O68" t="s">
         <v>24</v>
       </c>
       <c r="P68">
-        <v>96.02</v>
+        <v>120.69</v>
       </c>
       <c r="Q68" t="s">
         <v>24</v>
       </c>
       <c r="R68" t="s">
         <v>24</v>
       </c>
       <c r="S68">
-        <v>207.42</v>
+        <v>228.24</v>
       </c>
     </row>
     <row r="69" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
+        <v>176</v>
+      </c>
+      <c r="C69" t="s">
+        <v>177</v>
+      </c>
+      <c r="D69">
+        <v>2460</v>
+      </c>
+      <c r="E69" t="s">
         <v>178</v>
       </c>
-      <c r="C69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F69" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G69" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H69">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="I69" t="b">
         <v>0</v>
       </c>
       <c r="J69" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K69">
         <v>2</v>
       </c>
-      <c r="L69">
-        <v>96.26</v>
+      <c r="L69" t="s">
+        <v>24</v>
       </c>
       <c r="M69" t="s">
         <v>24</v>
       </c>
       <c r="N69">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>116.16</v>
+      </c>
+      <c r="O69">
+        <v>111.18</v>
       </c>
       <c r="P69" t="s">
         <v>24</v>
       </c>
       <c r="Q69" t="s">
         <v>24</v>
       </c>
       <c r="R69" t="s">
         <v>24</v>
       </c>
       <c r="S69">
-        <v>205.26</v>
+        <v>227.34</v>
       </c>
     </row>
     <row r="70" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
-        <v>181</v>
+        <v>82</v>
       </c>
       <c r="C70" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>2130</v>
+        <v>179</v>
       </c>
       <c r="E70" t="s">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="F70" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G70" t="s">
         <v>23</v>
       </c>
       <c r="H70">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I70" t="b">
         <v>0</v>
       </c>
       <c r="J70" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K70">
         <v>2</v>
       </c>
-      <c r="L70" t="s">
-[...9 lines deleted...]
-        <v>102.5</v>
+      <c r="L70">
+        <v>100.7</v>
+      </c>
+      <c r="M70" t="s">
+        <v>24</v>
+      </c>
+      <c r="N70">
+        <v>122.91</v>
+      </c>
+      <c r="O70" t="s">
+        <v>24</v>
       </c>
       <c r="P70" t="s">
         <v>24</v>
       </c>
       <c r="Q70" t="s">
         <v>24</v>
       </c>
       <c r="R70" t="s">
         <v>24</v>
       </c>
       <c r="S70">
-        <v>203.76</v>
+        <v>223.61</v>
       </c>
     </row>
     <row r="71" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C71" t="s">
-        <v>184</v>
+        <v>182</v>
+      </c>
+      <c r="D71">
+        <v>1513</v>
       </c>
       <c r="E71" t="s">
-        <v>119</v>
+        <v>48</v>
       </c>
       <c r="F71" t="s">
         <v>22</v>
       </c>
       <c r="G71" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H71">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I71" t="b">
         <v>0</v>
       </c>
       <c r="J71" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K71">
         <v>2</v>
       </c>
-      <c r="L71">
-        <v>100.74</v>
+      <c r="L71" t="s">
+        <v>24</v>
       </c>
       <c r="M71">
-        <v>100.88</v>
+        <v>108.1</v>
       </c>
       <c r="N71" t="s">
         <v>24</v>
       </c>
       <c r="O71" t="s">
         <v>24</v>
       </c>
       <c r="P71" t="s">
         <v>24</v>
       </c>
       <c r="Q71" t="s">
         <v>24</v>
       </c>
-      <c r="R71" t="s">
-        <v>24</v>
+      <c r="R71">
+        <v>114.69</v>
       </c>
       <c r="S71">
-        <v>201.62</v>
+        <v>222.79</v>
       </c>
     </row>
     <row r="72" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="C72" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D72">
-        <v>748</v>
+        <v>2457</v>
       </c>
       <c r="E72" t="s">
-        <v>142</v>
+        <v>48</v>
       </c>
       <c r="F72" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G72" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H72">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I72" t="b">
         <v>0</v>
       </c>
       <c r="J72" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K72">
         <v>2</v>
       </c>
       <c r="L72" t="s">
         <v>24</v>
       </c>
       <c r="M72">
-        <v>94.6</v>
-[...2 lines deleted...]
-        <v>100.39</v>
+        <v>107.85</v>
+      </c>
+      <c r="N72" t="s">
+        <v>24</v>
       </c>
       <c r="O72" t="s">
         <v>24</v>
       </c>
       <c r="P72" t="s">
         <v>24</v>
       </c>
-      <c r="Q72" t="s">
-        <v>24</v>
+      <c r="Q72">
+        <v>110.12</v>
       </c>
       <c r="R72" t="s">
         <v>24</v>
       </c>
       <c r="S72">
-        <v>194.99</v>
+        <v>217.97</v>
       </c>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>40</v>
+        <v>184</v>
       </c>
       <c r="C73" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E73" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="F73" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G73" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H73">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="I73" t="b">
         <v>0</v>
       </c>
       <c r="J73" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K73">
         <v>2</v>
       </c>
       <c r="L73" t="s">
         <v>24</v>
       </c>
       <c r="M73" t="s">
         <v>24</v>
       </c>
-      <c r="N73">
-        <v>99.57</v>
+      <c r="N73" t="s">
+        <v>24</v>
       </c>
       <c r="O73" t="s">
         <v>24</v>
       </c>
       <c r="P73">
-        <v>93.77</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>108.24</v>
+      </c>
+      <c r="Q73">
+        <v>108.64</v>
       </c>
       <c r="R73" t="s">
         <v>24</v>
       </c>
       <c r="S73">
-        <v>193.34</v>
+        <v>216.88</v>
       </c>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>73</v>
+        <v>186</v>
       </c>
       <c r="C74" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>2322</v>
+        <v>187</v>
       </c>
       <c r="E74" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="F74" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G74" t="s">
         <v>23</v>
       </c>
       <c r="H74">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K74">
         <v>2</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
       <c r="M74" t="s">
         <v>24</v>
       </c>
       <c r="N74" t="s">
         <v>24</v>
       </c>
-      <c r="O74">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="O74" t="s">
+        <v>24</v>
+      </c>
+      <c r="P74" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q74">
+        <v>104.96</v>
+      </c>
+      <c r="R74">
+        <v>111.74</v>
       </c>
       <c r="S74">
-        <v>190.59</v>
+        <v>216.7</v>
       </c>
     </row>
     <row r="75" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>189</v>
+        <v>62</v>
       </c>
       <c r="C75" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>2363</v>
+        <v>188</v>
       </c>
       <c r="E75" t="s">
-        <v>191</v>
+        <v>161</v>
       </c>
       <c r="F75" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G75" t="s">
         <v>23</v>
       </c>
       <c r="H75">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I75" t="b">
         <v>0</v>
       </c>
       <c r="J75" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K75">
         <v>2</v>
       </c>
-      <c r="L75">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L75" t="s">
+        <v>24</v>
+      </c>
+      <c r="M75">
+        <v>105.07</v>
       </c>
       <c r="N75" t="s">
         <v>24</v>
       </c>
       <c r="O75" t="s">
         <v>24</v>
       </c>
-      <c r="P75">
-        <v>99.45</v>
+      <c r="P75" t="s">
+        <v>24</v>
       </c>
       <c r="Q75" t="s">
         <v>24</v>
       </c>
-      <c r="R75" t="s">
-        <v>24</v>
+      <c r="R75">
+        <v>110.84</v>
       </c>
       <c r="S75">
-        <v>189.41</v>
+        <v>215.91</v>
       </c>
     </row>
     <row r="76" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>192</v>
+        <v>129</v>
       </c>
       <c r="C76" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D76">
-        <v>1179</v>
+        <v>2182</v>
       </c>
       <c r="E76" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="F76" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G76" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H76">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I76" t="b">
         <v>0</v>
       </c>
       <c r="J76" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K76">
         <v>2</v>
       </c>
-      <c r="L76">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="L76" t="s">
+        <v>24</v>
+      </c>
+      <c r="M76">
+        <v>102.97</v>
+      </c>
+      <c r="N76">
+        <v>111.65</v>
       </c>
       <c r="O76" t="s">
         <v>24</v>
       </c>
       <c r="P76" t="s">
         <v>24</v>
       </c>
-      <c r="Q76">
-        <v>94.9</v>
+      <c r="Q76" t="s">
+        <v>24</v>
       </c>
       <c r="R76" t="s">
         <v>24</v>
       </c>
       <c r="S76">
-        <v>184.9</v>
+        <v>214.62</v>
       </c>
     </row>
     <row r="77" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C77" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="D77">
-        <v>2364</v>
+        <v>2308</v>
       </c>
       <c r="E77" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G77" t="s">
         <v>23</v>
       </c>
       <c r="H77">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I77" t="b">
         <v>0</v>
       </c>
       <c r="J77" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K77">
         <v>2</v>
       </c>
       <c r="L77" t="s">
         <v>24</v>
       </c>
       <c r="M77" t="s">
         <v>24</v>
       </c>
-      <c r="N77">
-        <v>86.94</v>
+      <c r="N77" t="s">
+        <v>24</v>
       </c>
       <c r="O77" t="s">
         <v>24</v>
       </c>
       <c r="P77">
-        <v>84.65</v>
+        <v>109.31</v>
       </c>
       <c r="Q77" t="s">
         <v>24</v>
       </c>
-      <c r="R77" t="s">
-        <v>24</v>
+      <c r="R77">
+        <v>104.48</v>
       </c>
       <c r="S77">
-        <v>171.59</v>
+        <v>213.79</v>
       </c>
     </row>
     <row r="78" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C78" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D78">
-        <v>719</v>
+        <v>2187</v>
       </c>
       <c r="E78" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="F78" t="s">
-        <v>101</v>
+        <v>29</v>
       </c>
       <c r="G78" t="s">
         <v>23</v>
       </c>
       <c r="H78">
+        <v>14</v>
+      </c>
+      <c r="I78" t="b">
+        <v>0</v>
+      </c>
+      <c r="J78" t="s">
+        <v>143</v>
+      </c>
+      <c r="K78">
         <v>2</v>
       </c>
-      <c r="I78" t="b">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="L78">
+        <v>100.04</v>
       </c>
       <c r="M78" t="s">
         <v>24</v>
       </c>
-      <c r="N78">
-[...9 lines deleted...]
-        <v>24</v>
+      <c r="N78" t="s">
+        <v>24</v>
+      </c>
+      <c r="O78" t="s">
+        <v>24</v>
+      </c>
+      <c r="P78" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q78">
+        <v>112.27</v>
       </c>
       <c r="R78" t="s">
         <v>24</v>
       </c>
       <c r="S78">
-        <v>170.68</v>
+        <v>212.31</v>
       </c>
     </row>
     <row r="79" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>200</v>
+        <v>62</v>
       </c>
       <c r="C79" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D79">
-        <v>734</v>
+        <v>2350</v>
       </c>
       <c r="E79" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="F79" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G79" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H79">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="I79" t="b">
         <v>0</v>
       </c>
       <c r="J79" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K79">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>85.81</v>
+        <v>2</v>
+      </c>
+      <c r="L79" t="s">
+        <v>24</v>
+      </c>
+      <c r="M79" t="s">
+        <v>24</v>
       </c>
       <c r="N79" t="s">
         <v>24</v>
       </c>
       <c r="O79" t="s">
         <v>24</v>
       </c>
-      <c r="P79" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="P79">
+        <v>108.02</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>24</v>
+      </c>
+      <c r="R79">
+        <v>104.22</v>
       </c>
       <c r="S79">
-        <v>167.62</v>
+        <v>212.24</v>
       </c>
     </row>
     <row r="80" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="C80" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="D80">
-        <v>631</v>
+        <v>1303</v>
       </c>
       <c r="E80" t="s">
         <v>21</v>
       </c>
       <c r="F80" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G80" t="s">
         <v>23</v>
       </c>
       <c r="H80">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="I80" t="b">
         <v>0</v>
       </c>
       <c r="J80" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K80">
         <v>2</v>
       </c>
-      <c r="L80" t="s">
-        <v>24</v>
+      <c r="L80">
+        <v>98.21</v>
       </c>
       <c r="M80" t="s">
         <v>24</v>
       </c>
-      <c r="N80" t="s">
-        <v>24</v>
+      <c r="N80">
+        <v>112.22</v>
       </c>
       <c r="O80" t="s">
         <v>24</v>
       </c>
-      <c r="P80">
-[...3 lines deleted...]
-        <v>82.18</v>
+      <c r="P80" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>24</v>
       </c>
       <c r="R80" t="s">
         <v>24</v>
       </c>
       <c r="S80">
-        <v>165.25</v>
+        <v>210.43</v>
       </c>
     </row>
     <row r="81" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>166</v>
+        <v>199</v>
       </c>
       <c r="C81" t="s">
-        <v>204</v>
+        <v>200</v>
+      </c>
+      <c r="D81">
+        <v>1446</v>
       </c>
       <c r="E81" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="F81" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G81" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H81">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="I81" t="b">
         <v>0</v>
       </c>
       <c r="J81" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K81">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>85.36</v>
+        <v>3</v>
+      </c>
+      <c r="L81" t="s">
+        <v>24</v>
       </c>
       <c r="M81">
-        <v>79.39</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>0</v>
+      </c>
+      <c r="N81">
+        <v>111.4</v>
       </c>
       <c r="O81" t="s">
         <v>24</v>
       </c>
-      <c r="P81" t="s">
-        <v>24</v>
+      <c r="P81">
+        <v>96.02</v>
       </c>
       <c r="Q81" t="s">
         <v>24</v>
       </c>
       <c r="R81" t="s">
         <v>24</v>
       </c>
       <c r="S81">
-        <v>164.75</v>
+        <v>207.42</v>
       </c>
     </row>
     <row r="82" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C82" t="s">
-        <v>206</v>
+        <v>202</v>
+      </c>
+      <c r="D82">
+        <v>2209</v>
       </c>
       <c r="E82" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="F82" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G82" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H82">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="I82" t="b">
         <v>0</v>
       </c>
       <c r="J82" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K82">
         <v>2</v>
       </c>
-      <c r="L82" t="s">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="L82">
+        <v>96.26</v>
+      </c>
+      <c r="M82" t="s">
+        <v>24</v>
+      </c>
+      <c r="N82">
+        <v>109</v>
       </c>
       <c r="O82" t="s">
         <v>24</v>
       </c>
       <c r="P82" t="s">
         <v>24</v>
       </c>
-      <c r="Q82">
-        <v>82.39</v>
+      <c r="Q82" t="s">
+        <v>24</v>
       </c>
       <c r="R82" t="s">
         <v>24</v>
       </c>
       <c r="S82">
-        <v>164.17</v>
+        <v>205.26</v>
       </c>
     </row>
     <row r="83" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C83" t="s">
-        <v>60</v>
+        <v>205</v>
       </c>
       <c r="E83" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
       <c r="F83" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G83" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H83">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K83">
         <v>2</v>
       </c>
-      <c r="L83" t="s">
-[...6 lines deleted...]
-        <v>80.17</v>
+      <c r="L83">
+        <v>100.74</v>
+      </c>
+      <c r="M83">
+        <v>100.88</v>
+      </c>
+      <c r="N83" t="s">
+        <v>24</v>
       </c>
       <c r="O83" t="s">
         <v>24</v>
       </c>
-      <c r="P83">
-        <v>83.21</v>
+      <c r="P83" t="s">
+        <v>24</v>
       </c>
       <c r="Q83" t="s">
         <v>24</v>
       </c>
       <c r="R83" t="s">
         <v>24</v>
       </c>
       <c r="S83">
-        <v>163.38</v>
+        <v>201.62</v>
       </c>
     </row>
     <row r="84" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>83</v>
+        <v>206</v>
       </c>
       <c r="C84" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D84">
-        <v>2190</v>
+        <v>748</v>
       </c>
       <c r="E84" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="F84" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G84" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H84">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="I84" t="b">
         <v>0</v>
       </c>
       <c r="J84" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K84">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L84" t="s">
         <v>24</v>
       </c>
-      <c r="M84" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M84">
+        <v>94.6</v>
+      </c>
+      <c r="N84">
+        <v>100.39</v>
       </c>
       <c r="O84" t="s">
         <v>24</v>
       </c>
-      <c r="P84">
-        <v>160.28</v>
+      <c r="P84" t="s">
+        <v>24</v>
       </c>
       <c r="Q84" t="s">
         <v>24</v>
       </c>
       <c r="R84" t="s">
         <v>24</v>
       </c>
       <c r="S84">
-        <v>160.28</v>
+        <v>194.99</v>
       </c>
     </row>
     <row r="85" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
-        <v>209</v>
+        <v>37</v>
       </c>
       <c r="C85" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D85">
-        <v>2178</v>
+        <v>2322</v>
       </c>
       <c r="E85" t="s">
-        <v>211</v>
+        <v>24</v>
       </c>
       <c r="F85" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G85" t="s">
         <v>23</v>
       </c>
       <c r="H85">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="I85" t="b">
         <v>0</v>
       </c>
       <c r="J85" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K85">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L85" t="s">
         <v>24</v>
       </c>
       <c r="M85" t="s">
         <v>24</v>
       </c>
       <c r="N85" t="s">
         <v>24</v>
       </c>
-      <c r="O85" t="s">
-        <v>24</v>
+      <c r="O85">
+        <v>93.33</v>
       </c>
       <c r="P85">
-        <v>154.2</v>
+        <v>97.26</v>
       </c>
       <c r="Q85" t="s">
         <v>24</v>
       </c>
       <c r="R85" t="s">
         <v>24</v>
       </c>
       <c r="S85">
-        <v>154.2</v>
+        <v>190.59</v>
       </c>
     </row>
     <row r="86" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="C86" t="s">
-        <v>213</v>
+        <v>210</v>
+      </c>
+      <c r="D86">
+        <v>2363</v>
       </c>
       <c r="E86" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F86" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G86" t="s">
         <v>23</v>
       </c>
       <c r="H86">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I86" t="b">
         <v>0</v>
       </c>
       <c r="J86" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K86">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L86">
+        <v>89.96</v>
       </c>
       <c r="M86" t="s">
         <v>24</v>
       </c>
       <c r="N86" t="s">
         <v>24</v>
       </c>
-      <c r="O86">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O86" t="s">
+        <v>24</v>
+      </c>
+      <c r="P86">
+        <v>99.45</v>
       </c>
       <c r="Q86" t="s">
         <v>24</v>
       </c>
       <c r="R86" t="s">
         <v>24</v>
       </c>
       <c r="S86">
-        <v>150.28</v>
+        <v>189.41</v>
       </c>
     </row>
     <row r="87" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C87" t="s">
-        <v>216</v>
+        <v>213</v>
+      </c>
+      <c r="D87">
+        <v>1179</v>
       </c>
       <c r="E87" t="s">
-        <v>217</v>
+        <v>21</v>
       </c>
       <c r="F87" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G87" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H87">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="I87" t="b">
         <v>0</v>
       </c>
       <c r="J87" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K87">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>149.72</v>
+        <v>2</v>
+      </c>
+      <c r="L87">
+        <v>90</v>
+      </c>
+      <c r="M87" t="s">
+        <v>24</v>
       </c>
       <c r="N87" t="s">
         <v>24</v>
       </c>
       <c r="O87" t="s">
         <v>24</v>
       </c>
       <c r="P87" t="s">
         <v>24</v>
       </c>
-      <c r="Q87" t="s">
-        <v>24</v>
+      <c r="Q87">
+        <v>94.9</v>
       </c>
       <c r="R87" t="s">
         <v>24</v>
       </c>
       <c r="S87">
-        <v>149.72</v>
+        <v>184.9</v>
       </c>
     </row>
     <row r="88" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C88" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="D88">
-        <v>1301</v>
+        <v>1558</v>
       </c>
       <c r="E88" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="F88" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G88" t="s">
         <v>23</v>
       </c>
       <c r="H88">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I88" t="b">
         <v>0</v>
       </c>
       <c r="J88" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K88">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L88">
+        <v>92.89</v>
       </c>
       <c r="M88" t="s">
         <v>24</v>
       </c>
       <c r="N88" t="s">
         <v>24</v>
       </c>
       <c r="O88" t="s">
         <v>24</v>
       </c>
-      <c r="P88">
-        <v>145.78</v>
+      <c r="P88" t="s">
+        <v>24</v>
       </c>
       <c r="Q88" t="s">
         <v>24</v>
       </c>
-      <c r="R88" t="s">
-        <v>24</v>
+      <c r="R88">
+        <v>91.48</v>
       </c>
       <c r="S88">
-        <v>145.78</v>
+        <v>184.37</v>
       </c>
     </row>
     <row r="89" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C89" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D89">
-        <v>2059</v>
+        <v>1426</v>
       </c>
       <c r="E89" t="s">
-        <v>142</v>
+        <v>218</v>
       </c>
       <c r="F89" t="s">
         <v>22</v>
       </c>
       <c r="G89" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H89">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="I89" t="b">
         <v>0</v>
       </c>
       <c r="J89" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K89">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L89" t="s">
         <v>24</v>
       </c>
       <c r="M89" t="s">
         <v>24</v>
       </c>
       <c r="N89" t="s">
         <v>24</v>
       </c>
       <c r="O89" t="s">
         <v>24</v>
       </c>
-      <c r="P89">
-[...6 lines deleted...]
-        <v>24</v>
+      <c r="P89" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q89">
+        <v>88.3</v>
+      </c>
+      <c r="R89">
+        <v>95.03</v>
       </c>
       <c r="S89">
-        <v>142.33</v>
+        <v>183.33</v>
       </c>
     </row>
     <row r="90" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C90" t="s">
-        <v>223</v>
+        <v>220</v>
+      </c>
+      <c r="D90">
+        <v>881</v>
       </c>
       <c r="E90" t="s">
-        <v>159</v>
+        <v>48</v>
       </c>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G90" t="s">
         <v>23</v>
       </c>
       <c r="H90">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I90" t="b">
         <v>0</v>
       </c>
       <c r="J90" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K90">
         <v>2</v>
       </c>
-      <c r="L90">
-        <v>0</v>
+      <c r="L90" t="s">
+        <v>24</v>
       </c>
       <c r="M90" t="s">
         <v>24</v>
       </c>
-      <c r="N90">
-        <v>141.11</v>
+      <c r="N90" t="s">
+        <v>24</v>
       </c>
       <c r="O90" t="s">
         <v>24</v>
       </c>
-      <c r="P90" t="s">
-        <v>24</v>
+      <c r="P90">
+        <v>83.92</v>
       </c>
       <c r="Q90" t="s">
         <v>24</v>
       </c>
-      <c r="R90" t="s">
-        <v>24</v>
+      <c r="R90">
+        <v>97.5</v>
       </c>
       <c r="S90">
-        <v>141.11</v>
+        <v>181.42</v>
       </c>
     </row>
     <row r="91" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>194</v>
+        <v>71</v>
       </c>
       <c r="C91" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>2217</v>
+        <v>221</v>
       </c>
       <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G91" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H91">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="I91" t="b">
         <v>0</v>
       </c>
       <c r="J91" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K91">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L91" t="s">
         <v>24</v>
       </c>
       <c r="M91" t="s">
         <v>24</v>
       </c>
       <c r="N91">
-        <v>138.68</v>
+        <v>93.91</v>
       </c>
       <c r="O91" t="s">
         <v>24</v>
       </c>
       <c r="P91" t="s">
         <v>24</v>
       </c>
       <c r="Q91" t="s">
         <v>24</v>
       </c>
-      <c r="R91" t="s">
-        <v>24</v>
+      <c r="R91">
+        <v>86.26</v>
       </c>
       <c r="S91">
-        <v>138.68</v>
+        <v>180.17</v>
       </c>
     </row>
     <row r="92" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C92" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>2066</v>
+        <v>223</v>
       </c>
       <c r="E92" t="s">
-        <v>227</v>
+        <v>146</v>
       </c>
       <c r="F92" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="G92" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H92">
+        <v>6</v>
+      </c>
+      <c r="I92" t="b">
+        <v>0</v>
+      </c>
+      <c r="J92" t="s">
+        <v>147</v>
+      </c>
+      <c r="K92">
         <v>2</v>
       </c>
-      <c r="I92" t="b">
-[...7 lines deleted...]
-      </c>
       <c r="L92" t="s">
         <v>24</v>
       </c>
       <c r="M92" t="s">
         <v>24</v>
       </c>
       <c r="N92" t="s">
         <v>24</v>
       </c>
       <c r="O92" t="s">
         <v>24</v>
       </c>
       <c r="P92" t="s">
         <v>24</v>
       </c>
       <c r="Q92">
-        <v>138.12</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>87.44</v>
+      </c>
+      <c r="R92">
+        <v>86.53</v>
       </c>
       <c r="S92">
-        <v>138.12</v>
+        <v>173.97</v>
       </c>
     </row>
     <row r="93" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>228</v>
+        <v>30</v>
       </c>
       <c r="C93" t="s">
-        <v>229</v>
+        <v>224</v>
+      </c>
+      <c r="D93">
+        <v>1370</v>
       </c>
       <c r="E93" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="F93" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G93" t="s">
         <v>23</v>
       </c>
       <c r="H93">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I93" t="b">
         <v>0</v>
       </c>
       <c r="J93" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K93">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L93" t="s">
         <v>24</v>
       </c>
       <c r="M93" t="s">
         <v>24</v>
       </c>
-      <c r="N93">
-        <v>136.32</v>
+      <c r="N93" t="s">
+        <v>24</v>
       </c>
       <c r="O93" t="s">
         <v>24</v>
       </c>
       <c r="P93" t="s">
         <v>24</v>
       </c>
-      <c r="Q93" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q93">
+        <v>90.23</v>
+      </c>
+      <c r="R93">
+        <v>82.13</v>
       </c>
       <c r="S93">
-        <v>136.32</v>
+        <v>172.36</v>
       </c>
     </row>
     <row r="94" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>128</v>
+        <v>225</v>
       </c>
       <c r="C94" t="s">
-        <v>230</v>
+        <v>226</v>
+      </c>
+      <c r="D94">
+        <v>719</v>
       </c>
       <c r="E94" t="s">
-        <v>142</v>
+        <v>227</v>
       </c>
       <c r="F94" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
       <c r="G94" t="s">
         <v>23</v>
       </c>
       <c r="H94">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="I94" t="b">
         <v>0</v>
       </c>
       <c r="J94" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K94">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L94" t="s">
         <v>24</v>
       </c>
       <c r="M94" t="s">
         <v>24</v>
       </c>
-      <c r="N94" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N94">
+        <v>92.41</v>
+      </c>
+      <c r="O94">
+        <v>0</v>
       </c>
       <c r="P94">
-        <v>135.9</v>
+        <v>78.27</v>
       </c>
       <c r="Q94" t="s">
         <v>24</v>
       </c>
       <c r="R94" t="s">
         <v>24</v>
       </c>
       <c r="S94">
-        <v>135.9</v>
+        <v>170.68</v>
       </c>
     </row>
     <row r="95" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>25</v>
+        <v>228</v>
       </c>
       <c r="C95" t="s">
-        <v>231</v>
+        <v>229</v>
+      </c>
+      <c r="D95">
+        <v>734</v>
       </c>
       <c r="E95" t="s">
-        <v>232</v>
+        <v>21</v>
       </c>
       <c r="F95" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G95" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H95">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="I95" t="b">
         <v>0</v>
       </c>
       <c r="J95" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K95">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>3</v>
+      </c>
+      <c r="L95">
+        <v>0</v>
+      </c>
+      <c r="M95">
+        <v>85.81</v>
       </c>
       <c r="N95" t="s">
         <v>24</v>
       </c>
       <c r="O95" t="s">
         <v>24</v>
       </c>
-      <c r="P95">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P95" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q95">
+        <v>81.81</v>
       </c>
       <c r="R95" t="s">
         <v>24</v>
       </c>
       <c r="S95">
-        <v>135.71</v>
+        <v>167.62</v>
       </c>
     </row>
     <row r="96" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C96" t="s">
-        <v>234</v>
+        <v>231</v>
+      </c>
+      <c r="D96">
+        <v>631</v>
       </c>
       <c r="E96" t="s">
-        <v>235</v>
+        <v>21</v>
       </c>
       <c r="F96" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G96" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H96">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I96" t="b">
         <v>0</v>
       </c>
       <c r="J96" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K96">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L96" t="s">
         <v>24</v>
       </c>
       <c r="M96" t="s">
         <v>24</v>
       </c>
-      <c r="N96">
-        <v>135.64</v>
+      <c r="N96" t="s">
+        <v>24</v>
       </c>
       <c r="O96" t="s">
         <v>24</v>
       </c>
-      <c r="P96" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P96">
+        <v>83.07</v>
+      </c>
+      <c r="Q96">
+        <v>82.18</v>
       </c>
       <c r="R96" t="s">
         <v>24</v>
       </c>
       <c r="S96">
-        <v>135.64</v>
+        <v>165.25</v>
       </c>
     </row>
     <row r="97" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>236</v>
+        <v>184</v>
       </c>
       <c r="C97" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>2474</v>
+        <v>232</v>
       </c>
       <c r="E97" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="F97" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G97" t="s">
         <v>23</v>
       </c>
       <c r="H97">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="I97" t="b">
         <v>0</v>
       </c>
       <c r="J97" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K97">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>134.35</v>
+        <v>2</v>
+      </c>
+      <c r="L97">
+        <v>85.36</v>
+      </c>
+      <c r="M97">
+        <v>79.39</v>
+      </c>
+      <c r="N97" t="s">
+        <v>24</v>
       </c>
       <c r="O97" t="s">
         <v>24</v>
       </c>
       <c r="P97" t="s">
         <v>24</v>
       </c>
       <c r="Q97" t="s">
         <v>24</v>
       </c>
       <c r="R97" t="s">
         <v>24</v>
       </c>
       <c r="S97">
-        <v>134.35</v>
+        <v>164.75</v>
       </c>
     </row>
     <row r="98" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>140</v>
+        <v>233</v>
       </c>
       <c r="C98" t="s">
-        <v>238</v>
+        <v>69</v>
       </c>
       <c r="E98" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="F98" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G98" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H98">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="I98" t="b">
         <v>0</v>
       </c>
       <c r="J98" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K98">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L98" t="s">
         <v>24</v>
       </c>
       <c r="M98" t="s">
         <v>24</v>
       </c>
-      <c r="N98" t="s">
-        <v>24</v>
+      <c r="N98">
+        <v>80.17</v>
       </c>
       <c r="O98" t="s">
         <v>24</v>
       </c>
       <c r="P98">
-        <v>133.91</v>
+        <v>83.21</v>
       </c>
       <c r="Q98" t="s">
         <v>24</v>
       </c>
       <c r="R98" t="s">
         <v>24</v>
       </c>
       <c r="S98">
-        <v>133.91</v>
+        <v>163.38</v>
       </c>
     </row>
     <row r="99" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C99" t="s">
-        <v>240</v>
+        <v>136</v>
       </c>
       <c r="D99">
-        <v>1779</v>
+        <v>1011</v>
       </c>
       <c r="E99" t="s">
-        <v>241</v>
+        <v>21</v>
       </c>
       <c r="F99" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G99" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H99">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I99" t="b">
         <v>0</v>
       </c>
       <c r="J99" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K99">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L99" t="s">
         <v>24</v>
       </c>
       <c r="M99" t="s">
         <v>24</v>
       </c>
-      <c r="N99">
-        <v>132.34</v>
+      <c r="N99" t="s">
+        <v>24</v>
       </c>
       <c r="O99" t="s">
         <v>24</v>
       </c>
-      <c r="P99" t="s">
-        <v>24</v>
+      <c r="P99">
+        <v>81.51</v>
       </c>
       <c r="Q99" t="s">
         <v>24</v>
       </c>
-      <c r="R99" t="s">
-        <v>24</v>
+      <c r="R99">
+        <v>79.44</v>
       </c>
       <c r="S99">
-        <v>132.34</v>
+        <v>160.95</v>
       </c>
     </row>
     <row r="100" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="C100" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>996</v>
+        <v>236</v>
       </c>
       <c r="E100" t="s">
-        <v>82</v>
+        <v>122</v>
       </c>
       <c r="F100" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G100" t="s">
         <v>23</v>
       </c>
       <c r="H100">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I100" t="b">
         <v>0</v>
       </c>
       <c r="J100" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L100" t="s">
         <v>24</v>
       </c>
       <c r="M100" t="s">
         <v>24</v>
       </c>
       <c r="N100" t="s">
         <v>24</v>
       </c>
       <c r="O100" t="s">
         <v>24</v>
       </c>
       <c r="P100">
-        <v>132.05</v>
+        <v>83.83</v>
       </c>
       <c r="Q100" t="s">
         <v>24</v>
       </c>
-      <c r="R100" t="s">
-        <v>24</v>
+      <c r="R100">
+        <v>76.83</v>
       </c>
       <c r="S100">
-        <v>132.05</v>
+        <v>160.66</v>
       </c>
     </row>
     <row r="101" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="C101" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="D101">
-        <v>417</v>
+        <v>2190</v>
       </c>
       <c r="E101" t="s">
-        <v>50</v>
+        <v>161</v>
       </c>
       <c r="F101" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G101" t="s">
         <v>23</v>
       </c>
       <c r="H101">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="I101" t="b">
         <v>0</v>
       </c>
       <c r="J101" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101" t="s">
         <v>24</v>
       </c>
       <c r="M101" t="s">
         <v>24</v>
       </c>
       <c r="N101" t="s">
         <v>24</v>
       </c>
       <c r="O101" t="s">
         <v>24</v>
       </c>
       <c r="P101">
-        <v>131.87</v>
+        <v>160.28</v>
       </c>
       <c r="Q101" t="s">
         <v>24</v>
       </c>
       <c r="R101" t="s">
         <v>24</v>
       </c>
       <c r="S101">
-        <v>131.87</v>
+        <v>160.28</v>
       </c>
     </row>
     <row r="102" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
       <c r="C102" t="s">
-        <v>246</v>
+        <v>239</v>
       </c>
       <c r="D102">
-        <v>2146</v>
+        <v>2178</v>
       </c>
       <c r="E102" t="s">
-        <v>104</v>
+        <v>240</v>
       </c>
       <c r="F102" t="s">
         <v>22</v>
       </c>
       <c r="G102" t="s">
         <v>23</v>
       </c>
       <c r="H102">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="I102" t="b">
         <v>0</v>
       </c>
       <c r="J102" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
-      <c r="L102">
-        <v>131.53</v>
+      <c r="L102" t="s">
+        <v>24</v>
       </c>
       <c r="M102" t="s">
         <v>24</v>
       </c>
       <c r="N102" t="s">
         <v>24</v>
       </c>
       <c r="O102" t="s">
         <v>24</v>
       </c>
-      <c r="P102" t="s">
-        <v>24</v>
+      <c r="P102">
+        <v>154.2</v>
       </c>
       <c r="Q102" t="s">
         <v>24</v>
       </c>
       <c r="R102" t="s">
         <v>24</v>
       </c>
       <c r="S102">
-        <v>131.53</v>
+        <v>154.2</v>
       </c>
     </row>
     <row r="103" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="C103" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E103" t="s">
-        <v>249</v>
+        <v>21</v>
       </c>
       <c r="F103" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G103" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H103">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="I103" t="b">
         <v>0</v>
       </c>
       <c r="J103" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K103">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>130.07</v>
+        <v>2</v>
+      </c>
+      <c r="L103" t="s">
+        <v>24</v>
       </c>
       <c r="M103" t="s">
         <v>24</v>
       </c>
       <c r="N103" t="s">
         <v>24</v>
       </c>
       <c r="O103" t="s">
         <v>24</v>
       </c>
       <c r="P103" t="s">
         <v>24</v>
       </c>
-      <c r="Q103" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q103">
+        <v>72.74</v>
+      </c>
+      <c r="R103">
+        <v>80.65</v>
       </c>
       <c r="S103">
-        <v>130.07</v>
+        <v>153.39</v>
       </c>
     </row>
     <row r="104" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>143</v>
+        <v>27</v>
       </c>
       <c r="C104" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>2317</v>
+        <v>243</v>
       </c>
       <c r="E104" t="s">
-        <v>142</v>
+        <v>244</v>
       </c>
       <c r="F104" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G104" t="s">
         <v>23</v>
       </c>
       <c r="H104">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="I104" t="b">
         <v>0</v>
       </c>
       <c r="J104" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
       <c r="L104" t="s">
         <v>24</v>
       </c>
       <c r="M104" t="s">
         <v>24</v>
       </c>
       <c r="N104" t="s">
         <v>24</v>
       </c>
       <c r="O104" t="s">
         <v>24</v>
       </c>
-      <c r="P104">
-        <v>129.89</v>
+      <c r="P104" t="s">
+        <v>24</v>
       </c>
       <c r="Q104" t="s">
         <v>24</v>
       </c>
-      <c r="R104" t="s">
-        <v>24</v>
+      <c r="R104">
+        <v>151.48</v>
       </c>
       <c r="S104">
-        <v>129.89</v>
+        <v>151.48</v>
       </c>
     </row>
     <row r="105" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="C105" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="E105" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="F105" t="s">
         <v>22</v>
       </c>
       <c r="G105" t="s">
         <v>23</v>
       </c>
       <c r="H105">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="I105" t="b">
         <v>0</v>
       </c>
       <c r="J105" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K105">
         <v>1</v>
       </c>
       <c r="L105" t="s">
         <v>24</v>
       </c>
       <c r="M105" t="s">
         <v>24</v>
       </c>
       <c r="N105" t="s">
         <v>24</v>
       </c>
-      <c r="O105" t="s">
-[...3 lines deleted...]
-        <v>127.97</v>
+      <c r="O105">
+        <v>150.28</v>
+      </c>
+      <c r="P105" t="s">
+        <v>24</v>
       </c>
       <c r="Q105" t="s">
         <v>24</v>
       </c>
       <c r="R105" t="s">
         <v>24</v>
       </c>
       <c r="S105">
-        <v>127.97</v>
+        <v>150.28</v>
       </c>
     </row>
     <row r="106" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="C106" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="E106" t="s">
-        <v>24</v>
+        <v>250</v>
       </c>
       <c r="F106" t="s">
         <v>22</v>
       </c>
       <c r="G106" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H106">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="I106" t="b">
         <v>0</v>
       </c>
       <c r="J106" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K106">
         <v>1</v>
       </c>
       <c r="L106" t="s">
         <v>24</v>
       </c>
-      <c r="M106" t="s">
-[...3 lines deleted...]
-        <v>126.33</v>
+      <c r="M106">
+        <v>149.72</v>
+      </c>
+      <c r="N106" t="s">
+        <v>24</v>
       </c>
       <c r="O106" t="s">
         <v>24</v>
       </c>
       <c r="P106" t="s">
         <v>24</v>
       </c>
       <c r="Q106" t="s">
         <v>24</v>
       </c>
       <c r="R106" t="s">
         <v>24</v>
       </c>
       <c r="S106">
-        <v>126.33</v>
+        <v>149.72</v>
       </c>
     </row>
     <row r="107" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C107" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="D107">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="E107" t="s">
-        <v>258</v>
+        <v>97</v>
       </c>
       <c r="F107" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G107" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H107">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="I107" t="b">
         <v>0</v>
       </c>
       <c r="J107" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K107">
         <v>1</v>
       </c>
       <c r="L107" t="s">
         <v>24</v>
       </c>
       <c r="M107" t="s">
         <v>24</v>
       </c>
       <c r="N107" t="s">
         <v>24</v>
       </c>
       <c r="O107" t="s">
         <v>24</v>
       </c>
       <c r="P107">
-        <v>126.1</v>
+        <v>145.78</v>
       </c>
       <c r="Q107" t="s">
         <v>24</v>
       </c>
       <c r="R107" t="s">
         <v>24</v>
       </c>
       <c r="S107">
-        <v>126.1</v>
+        <v>145.78</v>
       </c>
     </row>
     <row r="108" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>48</v>
+        <v>253</v>
       </c>
       <c r="C108" t="s">
-        <v>72</v>
+        <v>254</v>
+      </c>
+      <c r="D108">
+        <v>2059</v>
       </c>
       <c r="E108" t="s">
-        <v>42</v>
+        <v>161</v>
       </c>
       <c r="F108" t="s">
         <v>22</v>
       </c>
       <c r="G108" t="s">
         <v>23</v>
       </c>
       <c r="H108">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="I108" t="b">
         <v>0</v>
       </c>
       <c r="J108" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
       <c r="M108" t="s">
         <v>24</v>
       </c>
-      <c r="N108">
-        <v>124.99</v>
+      <c r="N108" t="s">
+        <v>24</v>
       </c>
       <c r="O108" t="s">
         <v>24</v>
       </c>
-      <c r="P108" t="s">
-        <v>24</v>
+      <c r="P108">
+        <v>142.33</v>
       </c>
       <c r="Q108" t="s">
         <v>24</v>
       </c>
       <c r="R108" t="s">
         <v>24</v>
       </c>
       <c r="S108">
-        <v>124.99</v>
+        <v>142.33</v>
       </c>
     </row>
     <row r="109" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
-        <v>197</v>
+        <v>255</v>
       </c>
       <c r="C109" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="E109" t="s">
-        <v>24</v>
+        <v>178</v>
       </c>
       <c r="F109" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G109" t="s">
         <v>23</v>
       </c>
       <c r="H109">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="I109" t="b">
         <v>0</v>
       </c>
       <c r="J109" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K109">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
+      </c>
+      <c r="L109">
+        <v>0</v>
       </c>
       <c r="M109" t="s">
         <v>24</v>
       </c>
-      <c r="N109" t="s">
-        <v>24</v>
+      <c r="N109">
+        <v>141.11</v>
       </c>
       <c r="O109" t="s">
         <v>24</v>
       </c>
-      <c r="P109">
-        <v>124.97</v>
+      <c r="P109" t="s">
+        <v>24</v>
       </c>
       <c r="Q109" t="s">
         <v>24</v>
       </c>
       <c r="R109" t="s">
         <v>24</v>
       </c>
       <c r="S109">
-        <v>124.97</v>
+        <v>141.11</v>
       </c>
     </row>
     <row r="110" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>260</v>
+        <v>120</v>
       </c>
       <c r="C110" t="s">
-        <v>261</v>
+        <v>257</v>
+      </c>
+      <c r="D110">
+        <v>2217</v>
       </c>
       <c r="E110" t="s">
         <v>24</v>
       </c>
       <c r="F110" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G110" t="s">
         <v>23</v>
       </c>
       <c r="H110">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="I110" t="b">
         <v>0</v>
       </c>
       <c r="J110" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
       <c r="L110" t="s">
         <v>24</v>
       </c>
       <c r="M110" t="s">
         <v>24</v>
       </c>
       <c r="N110">
-        <v>124.29</v>
+        <v>138.68</v>
       </c>
       <c r="O110" t="s">
         <v>24</v>
       </c>
       <c r="P110" t="s">
         <v>24</v>
       </c>
       <c r="Q110" t="s">
         <v>24</v>
       </c>
       <c r="R110" t="s">
         <v>24</v>
       </c>
       <c r="S110">
-        <v>124.29</v>
+        <v>138.68</v>
       </c>
     </row>
     <row r="111" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="C111" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="D111">
-        <v>2339</v>
+        <v>2066</v>
       </c>
       <c r="E111" t="s">
-        <v>50</v>
+        <v>260</v>
       </c>
       <c r="F111" t="s">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="G111" t="s">
         <v>23</v>
       </c>
       <c r="H111">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I111" t="b">
         <v>0</v>
       </c>
       <c r="J111" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K111">
         <v>1</v>
       </c>
       <c r="L111" t="s">
         <v>24</v>
       </c>
       <c r="M111" t="s">
         <v>24</v>
       </c>
       <c r="N111" t="s">
         <v>24</v>
       </c>
       <c r="O111" t="s">
         <v>24</v>
       </c>
-      <c r="P111">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P111" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q111">
+        <v>138.12</v>
       </c>
       <c r="R111" t="s">
         <v>24</v>
       </c>
       <c r="S111">
-        <v>124.16</v>
+        <v>138.12</v>
       </c>
     </row>
     <row r="112" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
-        <v>134</v>
+        <v>261</v>
       </c>
       <c r="C112" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="E112" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F112" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G112" t="s">
         <v>23</v>
       </c>
       <c r="H112">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="I112" t="b">
         <v>0</v>
       </c>
       <c r="J112" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K112">
         <v>1</v>
       </c>
-      <c r="L112">
-        <v>124.16</v>
+      <c r="L112" t="s">
+        <v>24</v>
       </c>
       <c r="M112" t="s">
         <v>24</v>
       </c>
-      <c r="N112" t="s">
-        <v>24</v>
+      <c r="N112">
+        <v>136.32</v>
       </c>
       <c r="O112" t="s">
         <v>24</v>
       </c>
       <c r="P112" t="s">
         <v>24</v>
       </c>
       <c r="Q112" t="s">
         <v>24</v>
       </c>
       <c r="R112" t="s">
         <v>24</v>
       </c>
       <c r="S112">
-        <v>124.16</v>
+        <v>136.32</v>
       </c>
     </row>
     <row r="113" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
-        <v>265</v>
+        <v>144</v>
       </c>
       <c r="C113" t="s">
-        <v>266</v>
+        <v>224</v>
       </c>
       <c r="E113" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="F113" t="s">
         <v>22</v>
       </c>
       <c r="G113" t="s">
         <v>23</v>
       </c>
       <c r="H113">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="I113" t="b">
         <v>0</v>
       </c>
       <c r="J113" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
         <v>24</v>
       </c>
       <c r="M113" t="s">
         <v>24</v>
       </c>
       <c r="N113" t="s">
         <v>24</v>
       </c>
       <c r="O113" t="s">
         <v>24</v>
       </c>
       <c r="P113">
-        <v>123.93</v>
+        <v>135.9</v>
       </c>
       <c r="Q113" t="s">
         <v>24</v>
       </c>
       <c r="R113" t="s">
         <v>24</v>
       </c>
       <c r="S113">
-        <v>123.93</v>
+        <v>135.9</v>
       </c>
     </row>
     <row r="114" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="C114" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>1721</v>
+        <v>263</v>
       </c>
       <c r="E114" t="s">
-        <v>42</v>
+        <v>264</v>
       </c>
       <c r="F114" t="s">
         <v>22</v>
       </c>
       <c r="G114" t="s">
         <v>23</v>
       </c>
       <c r="H114">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I114" t="b">
         <v>0</v>
       </c>
       <c r="J114" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
         <v>24</v>
       </c>
       <c r="M114" t="s">
         <v>24</v>
       </c>
       <c r="N114" t="s">
         <v>24</v>
       </c>
       <c r="O114" t="s">
         <v>24</v>
       </c>
-      <c r="P114" t="s">
-[...3 lines deleted...]
-        <v>121.94</v>
+      <c r="P114">
+        <v>135.71</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>24</v>
       </c>
       <c r="R114" t="s">
         <v>24</v>
       </c>
       <c r="S114">
-        <v>121.94</v>
+        <v>135.71</v>
       </c>
     </row>
     <row r="115" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
+        <v>265</v>
+      </c>
+      <c r="C115" t="s">
+        <v>266</v>
+      </c>
+      <c r="E115" t="s">
         <v>267</v>
       </c>
-      <c r="C115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F115" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G115" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H115">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="I115" t="b">
         <v>0</v>
       </c>
       <c r="J115" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
-      <c r="L115">
-        <v>121.82</v>
+      <c r="L115" t="s">
+        <v>24</v>
       </c>
       <c r="M115" t="s">
         <v>24</v>
       </c>
-      <c r="N115" t="s">
-        <v>24</v>
+      <c r="N115">
+        <v>135.64</v>
       </c>
       <c r="O115" t="s">
         <v>24</v>
       </c>
       <c r="P115" t="s">
         <v>24</v>
       </c>
       <c r="Q115" t="s">
         <v>24</v>
       </c>
       <c r="R115" t="s">
         <v>24</v>
       </c>
       <c r="S115">
-        <v>121.82</v>
+        <v>135.64</v>
       </c>
     </row>
     <row r="116" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="C116" t="s">
         <v>269</v>
       </c>
+      <c r="D116">
+        <v>2474</v>
+      </c>
       <c r="E116" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="F116" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G116" t="s">
         <v>23</v>
       </c>
       <c r="H116">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="I116" t="b">
         <v>0</v>
       </c>
       <c r="J116" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K116">
         <v>1</v>
       </c>
-      <c r="L116">
-        <v>121.62</v>
+      <c r="L116" t="s">
+        <v>24</v>
       </c>
       <c r="M116" t="s">
         <v>24</v>
       </c>
-      <c r="N116" t="s">
-        <v>24</v>
+      <c r="N116">
+        <v>134.35</v>
       </c>
       <c r="O116" t="s">
         <v>24</v>
       </c>
       <c r="P116" t="s">
         <v>24</v>
       </c>
       <c r="Q116" t="s">
         <v>24</v>
       </c>
       <c r="R116" t="s">
         <v>24</v>
       </c>
       <c r="S116">
-        <v>121.62</v>
+        <v>134.35</v>
       </c>
     </row>
     <row r="117" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
+        <v>158</v>
+      </c>
+      <c r="C117" t="s">
         <v>270</v>
       </c>
-      <c r="C117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117" t="s">
-        <v>272</v>
+        <v>114</v>
       </c>
       <c r="F117" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G117" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H117">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="I117" t="b">
         <v>0</v>
       </c>
       <c r="J117" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K117">
         <v>1</v>
       </c>
-      <c r="L117">
-        <v>120.9</v>
+      <c r="L117" t="s">
+        <v>24</v>
       </c>
       <c r="M117" t="s">
         <v>24</v>
       </c>
       <c r="N117" t="s">
         <v>24</v>
       </c>
       <c r="O117" t="s">
         <v>24</v>
       </c>
-      <c r="P117" t="s">
-        <v>24</v>
+      <c r="P117">
+        <v>133.91</v>
       </c>
       <c r="Q117" t="s">
         <v>24</v>
       </c>
       <c r="R117" t="s">
         <v>24</v>
       </c>
       <c r="S117">
-        <v>120.9</v>
+        <v>133.91</v>
       </c>
     </row>
     <row r="118" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>85</v>
+        <v>271</v>
       </c>
       <c r="C118" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>1216</v>
+        <v>272</v>
       </c>
       <c r="E118" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F118" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G118" t="s">
         <v>23</v>
       </c>
       <c r="H118">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="I118" t="b">
         <v>0</v>
       </c>
       <c r="J118" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K118">
         <v>1</v>
       </c>
       <c r="L118" t="s">
         <v>24</v>
       </c>
       <c r="M118" t="s">
         <v>24</v>
       </c>
       <c r="N118" t="s">
         <v>24</v>
       </c>
       <c r="O118" t="s">
         <v>24</v>
       </c>
       <c r="P118" t="s">
         <v>24</v>
       </c>
-      <c r="Q118">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q118" t="s">
+        <v>24</v>
+      </c>
+      <c r="R118">
+        <v>133.62</v>
       </c>
       <c r="S118">
-        <v>120.39</v>
+        <v>133.62</v>
       </c>
     </row>
     <row r="119" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
+        <v>273</v>
+      </c>
+      <c r="C119" t="s">
         <v>274</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119">
+        <v>1779</v>
+      </c>
+      <c r="E119" t="s">
         <v>275</v>
       </c>
-      <c r="E119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F119" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G119" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H119">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="I119" t="b">
         <v>0</v>
       </c>
       <c r="J119" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K119">
         <v>1</v>
       </c>
       <c r="L119" t="s">
         <v>24</v>
       </c>
       <c r="M119" t="s">
         <v>24</v>
       </c>
-      <c r="N119" t="s">
-        <v>24</v>
+      <c r="N119">
+        <v>132.34</v>
       </c>
       <c r="O119" t="s">
         <v>24</v>
       </c>
       <c r="P119" t="s">
         <v>24</v>
       </c>
-      <c r="Q119">
-        <v>119.5</v>
+      <c r="Q119" t="s">
+        <v>24</v>
       </c>
       <c r="R119" t="s">
         <v>24</v>
       </c>
       <c r="S119">
-        <v>119.5</v>
+        <v>132.34</v>
       </c>
     </row>
     <row r="120" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
-        <v>25</v>
+        <v>276</v>
       </c>
       <c r="C120" t="s">
         <v>277</v>
       </c>
+      <c r="D120">
+        <v>996</v>
+      </c>
       <c r="E120" t="s">
-        <v>278</v>
+        <v>97</v>
       </c>
       <c r="F120" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G120" t="s">
         <v>23</v>
       </c>
       <c r="H120">
         <v>22</v>
       </c>
       <c r="I120" t="b">
         <v>0</v>
       </c>
       <c r="J120" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K120">
         <v>1</v>
       </c>
-      <c r="L120">
-        <v>118.82</v>
+      <c r="L120" t="s">
+        <v>24</v>
       </c>
       <c r="M120" t="s">
         <v>24</v>
       </c>
       <c r="N120" t="s">
         <v>24</v>
       </c>
       <c r="O120" t="s">
         <v>24</v>
       </c>
-      <c r="P120" t="s">
-        <v>24</v>
+      <c r="P120">
+        <v>132.05</v>
       </c>
       <c r="Q120" t="s">
         <v>24</v>
       </c>
       <c r="R120" t="s">
         <v>24</v>
       </c>
       <c r="S120">
-        <v>118.82</v>
+        <v>132.05</v>
       </c>
     </row>
     <row r="121" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
+        <v>278</v>
+      </c>
+      <c r="C121" t="s">
         <v>279</v>
       </c>
-      <c r="C121" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E121" t="s">
-        <v>68</v>
+        <v>244</v>
       </c>
       <c r="F121" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G121" t="s">
         <v>23</v>
       </c>
       <c r="H121">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="I121" t="b">
         <v>0</v>
       </c>
       <c r="J121" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K121">
         <v>1</v>
       </c>
       <c r="L121" t="s">
         <v>24</v>
       </c>
       <c r="M121" t="s">
         <v>24</v>
       </c>
       <c r="N121" t="s">
         <v>24</v>
       </c>
       <c r="O121" t="s">
         <v>24</v>
       </c>
       <c r="P121" t="s">
         <v>24</v>
       </c>
-      <c r="Q121">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q121" t="s">
+        <v>24</v>
+      </c>
+      <c r="R121">
+        <v>130.91</v>
       </c>
       <c r="S121">
-        <v>118.62</v>
+        <v>130.91</v>
       </c>
     </row>
     <row r="122" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
+        <v>280</v>
+      </c>
+      <c r="C122" t="s">
         <v>281</v>
       </c>
-      <c r="C122" t="s">
+      <c r="E122" t="s">
         <v>282</v>
       </c>
-      <c r="D122">
-[...4 lines deleted...]
-      </c>
       <c r="F122" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G122" t="s">
         <v>23</v>
       </c>
       <c r="H122">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I122" t="b">
         <v>0</v>
       </c>
       <c r="J122" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K122">
         <v>1</v>
       </c>
       <c r="L122">
-        <v>118.4</v>
+        <v>130.07</v>
       </c>
       <c r="M122" t="s">
         <v>24</v>
       </c>
       <c r="N122" t="s">
         <v>24</v>
       </c>
       <c r="O122" t="s">
         <v>24</v>
       </c>
       <c r="P122" t="s">
         <v>24</v>
       </c>
       <c r="Q122" t="s">
         <v>24</v>
       </c>
       <c r="R122" t="s">
         <v>24</v>
       </c>
       <c r="S122">
-        <v>118.4</v>
+        <v>130.07</v>
       </c>
     </row>
     <row r="123" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>284</v>
+        <v>137</v>
       </c>
       <c r="C123" t="s">
-        <v>148</v>
+        <v>283</v>
+      </c>
+      <c r="D123">
+        <v>2317</v>
       </c>
       <c r="E123" t="s">
-        <v>21</v>
+        <v>161</v>
       </c>
       <c r="F123" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G123" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H123">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="I123" t="b">
         <v>0</v>
       </c>
       <c r="J123" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K123">
         <v>1</v>
       </c>
       <c r="L123" t="s">
         <v>24</v>
       </c>
       <c r="M123" t="s">
         <v>24</v>
       </c>
-      <c r="N123">
-        <v>118.34</v>
+      <c r="N123" t="s">
+        <v>24</v>
       </c>
       <c r="O123" t="s">
         <v>24</v>
       </c>
-      <c r="P123" t="s">
-        <v>24</v>
+      <c r="P123">
+        <v>129.89</v>
       </c>
       <c r="Q123" t="s">
         <v>24</v>
       </c>
       <c r="R123" t="s">
         <v>24</v>
       </c>
       <c r="S123">
-        <v>118.34</v>
+        <v>129.89</v>
       </c>
     </row>
     <row r="124" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
+        <v>284</v>
+      </c>
+      <c r="C124" t="s">
         <v>285</v>
       </c>
-      <c r="C124" t="s">
+      <c r="E124" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F124" t="s">
         <v>22</v>
       </c>
       <c r="G124" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H124">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="I124" t="b">
         <v>0</v>
       </c>
       <c r="J124" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K124">
         <v>1</v>
       </c>
       <c r="L124" t="s">
         <v>24</v>
       </c>
       <c r="M124" t="s">
         <v>24</v>
       </c>
-      <c r="N124">
-        <v>118.26</v>
+      <c r="N124" t="s">
+        <v>24</v>
       </c>
       <c r="O124" t="s">
         <v>24</v>
       </c>
-      <c r="P124" t="s">
-        <v>24</v>
+      <c r="P124">
+        <v>127.97</v>
       </c>
       <c r="Q124" t="s">
         <v>24</v>
       </c>
       <c r="R124" t="s">
         <v>24</v>
       </c>
       <c r="S124">
-        <v>118.26</v>
+        <v>127.97</v>
       </c>
     </row>
     <row r="125" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
         <v>287</v>
       </c>
       <c r="C125" t="s">
-        <v>230</v>
+        <v>288</v>
       </c>
       <c r="E125" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="F125" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G125" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H125">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="I125" t="b">
         <v>0</v>
       </c>
       <c r="J125" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K125">
         <v>1</v>
       </c>
       <c r="L125" t="s">
         <v>24</v>
       </c>
       <c r="M125" t="s">
         <v>24</v>
       </c>
       <c r="N125">
-        <v>115.4</v>
+        <v>126.33</v>
       </c>
       <c r="O125" t="s">
         <v>24</v>
       </c>
       <c r="P125" t="s">
         <v>24</v>
       </c>
       <c r="Q125" t="s">
         <v>24</v>
       </c>
       <c r="R125" t="s">
         <v>24</v>
       </c>
       <c r="S125">
-        <v>115.4</v>
+        <v>126.33</v>
       </c>
     </row>
     <row r="126" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>288</v>
+        <v>44</v>
       </c>
       <c r="C126" t="s">
         <v>289</v>
       </c>
       <c r="E126" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="F126" t="s">
         <v>22</v>
       </c>
       <c r="G126" t="s">
         <v>23</v>
       </c>
       <c r="H126">
         <v>36</v>
       </c>
       <c r="I126" t="b">
         <v>0</v>
       </c>
       <c r="J126" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>24</v>
       </c>
       <c r="M126" t="s">
         <v>24</v>
       </c>
-      <c r="N126">
-        <v>115.29</v>
+      <c r="N126" t="s">
+        <v>24</v>
       </c>
       <c r="O126" t="s">
         <v>24</v>
       </c>
       <c r="P126" t="s">
         <v>24</v>
       </c>
       <c r="Q126" t="s">
         <v>24</v>
       </c>
-      <c r="R126" t="s">
-        <v>24</v>
+      <c r="R126">
+        <v>126.23</v>
       </c>
       <c r="S126">
-        <v>115.29</v>
+        <v>126.23</v>
       </c>
     </row>
     <row r="127" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
-        <v>64</v>
+        <v>290</v>
       </c>
       <c r="C127" t="s">
-        <v>290</v>
+        <v>291</v>
+      </c>
+      <c r="D127">
+        <v>1300</v>
       </c>
       <c r="E127" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F127" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G127" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H127">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I127" t="b">
         <v>0</v>
       </c>
       <c r="J127" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K127">
         <v>1</v>
       </c>
-      <c r="L127">
-        <v>115.2</v>
+      <c r="L127" t="s">
+        <v>24</v>
       </c>
       <c r="M127" t="s">
         <v>24</v>
       </c>
       <c r="N127" t="s">
         <v>24</v>
       </c>
       <c r="O127" t="s">
         <v>24</v>
       </c>
-      <c r="P127" t="s">
-        <v>24</v>
+      <c r="P127">
+        <v>126.1</v>
       </c>
       <c r="Q127" t="s">
         <v>24</v>
       </c>
       <c r="R127" t="s">
         <v>24</v>
       </c>
       <c r="S127">
-        <v>115.2</v>
+        <v>126.1</v>
       </c>
     </row>
     <row r="128" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="C128" t="s">
         <v>293</v>
       </c>
-      <c r="D128">
-[...1 lines deleted...]
-      </c>
       <c r="E128" t="s">
         <v>294</v>
       </c>
       <c r="F128" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G128" t="s">
         <v>23</v>
       </c>
       <c r="H128">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="I128" t="b">
         <v>0</v>
       </c>
       <c r="J128" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K128">
         <v>1</v>
       </c>
-      <c r="L128">
-        <v>114.61</v>
+      <c r="L128" t="s">
+        <v>24</v>
       </c>
       <c r="M128" t="s">
         <v>24</v>
       </c>
       <c r="N128" t="s">
         <v>24</v>
       </c>
       <c r="O128" t="s">
         <v>24</v>
       </c>
       <c r="P128" t="s">
         <v>24</v>
       </c>
       <c r="Q128" t="s">
         <v>24</v>
       </c>
-      <c r="R128" t="s">
-        <v>24</v>
+      <c r="R128">
+        <v>125.97</v>
       </c>
       <c r="S128">
-        <v>114.61</v>
+        <v>125.97</v>
       </c>
     </row>
     <row r="129" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>295</v>
+        <v>62</v>
       </c>
       <c r="C129" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>1898</v>
+        <v>83</v>
       </c>
       <c r="E129" t="s">
-        <v>297</v>
+        <v>48</v>
       </c>
       <c r="F129" t="s">
         <v>22</v>
       </c>
       <c r="G129" t="s">
         <v>23</v>
       </c>
       <c r="H129">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I129" t="b">
         <v>0</v>
       </c>
       <c r="J129" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
-      <c r="L129">
-        <v>114.6</v>
+      <c r="L129" t="s">
+        <v>24</v>
       </c>
       <c r="M129" t="s">
         <v>24</v>
       </c>
-      <c r="N129" t="s">
-        <v>24</v>
+      <c r="N129">
+        <v>124.99</v>
       </c>
       <c r="O129" t="s">
         <v>24</v>
       </c>
       <c r="P129" t="s">
         <v>24</v>
       </c>
       <c r="Q129" t="s">
         <v>24</v>
       </c>
       <c r="R129" t="s">
         <v>24</v>
       </c>
       <c r="S129">
-        <v>114.6</v>
+        <v>124.99</v>
       </c>
     </row>
     <row r="130" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
-        <v>25</v>
+        <v>225</v>
       </c>
       <c r="C130" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E130" t="s">
         <v>24</v>
       </c>
       <c r="F130" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G130" t="s">
         <v>23</v>
       </c>
       <c r="H130">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="I130" t="b">
         <v>0</v>
       </c>
       <c r="J130" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130" t="s">
         <v>24</v>
       </c>
       <c r="M130" t="s">
         <v>24</v>
       </c>
-      <c r="N130">
-        <v>114.51</v>
+      <c r="N130" t="s">
+        <v>24</v>
       </c>
       <c r="O130" t="s">
         <v>24</v>
       </c>
-      <c r="P130" t="s">
-        <v>24</v>
+      <c r="P130">
+        <v>124.97</v>
       </c>
       <c r="Q130" t="s">
         <v>24</v>
       </c>
       <c r="R130" t="s">
         <v>24</v>
       </c>
       <c r="S130">
-        <v>114.51</v>
+        <v>124.97</v>
       </c>
     </row>
     <row r="131" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
-        <v>212</v>
+        <v>44</v>
       </c>
       <c r="C131" t="s">
-        <v>299</v>
+        <v>148</v>
       </c>
       <c r="E131" t="s">
-        <v>42</v>
+        <v>296</v>
       </c>
       <c r="F131" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G131" t="s">
         <v>23</v>
       </c>
       <c r="H131">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="I131" t="b">
         <v>0</v>
       </c>
       <c r="J131" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K131">
         <v>1</v>
       </c>
-      <c r="L131">
-        <v>114.35</v>
+      <c r="L131" t="s">
+        <v>24</v>
       </c>
       <c r="M131" t="s">
         <v>24</v>
       </c>
       <c r="N131" t="s">
         <v>24</v>
       </c>
       <c r="O131" t="s">
         <v>24</v>
       </c>
       <c r="P131" t="s">
         <v>24</v>
       </c>
       <c r="Q131" t="s">
         <v>24</v>
       </c>
-      <c r="R131" t="s">
-        <v>24</v>
+      <c r="R131">
+        <v>124.17</v>
       </c>
       <c r="S131">
-        <v>114.35</v>
+        <v>124.17</v>
       </c>
     </row>
     <row r="132" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C132" t="s">
-        <v>301</v>
+        <v>298</v>
+      </c>
+      <c r="D132">
+        <v>2339</v>
       </c>
       <c r="E132" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
       <c r="F132" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="G132" t="s">
         <v>23</v>
       </c>
       <c r="H132">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="I132" t="b">
         <v>0</v>
       </c>
       <c r="J132" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K132">
         <v>1</v>
       </c>
       <c r="L132" t="s">
         <v>24</v>
       </c>
       <c r="M132" t="s">
         <v>24</v>
       </c>
       <c r="N132" t="s">
         <v>24</v>
       </c>
       <c r="O132" t="s">
         <v>24</v>
       </c>
-      <c r="P132" t="s">
-[...3 lines deleted...]
-        <v>114.17</v>
+      <c r="P132">
+        <v>124.16</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>24</v>
       </c>
       <c r="R132" t="s">
         <v>24</v>
       </c>
       <c r="S132">
-        <v>114.17</v>
+        <v>124.16</v>
       </c>
     </row>
     <row r="133" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>287</v>
+        <v>154</v>
       </c>
       <c r="C133" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>299</v>
       </c>
       <c r="E133" t="s">
-        <v>173</v>
+        <v>32</v>
       </c>
       <c r="F133" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G133" t="s">
         <v>23</v>
       </c>
       <c r="H133">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I133" t="b">
         <v>0</v>
       </c>
       <c r="J133" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K133">
         <v>1</v>
       </c>
       <c r="L133">
-        <v>114.17</v>
+        <v>124.16</v>
       </c>
       <c r="M133" t="s">
         <v>24</v>
       </c>
       <c r="N133" t="s">
         <v>24</v>
       </c>
       <c r="O133" t="s">
         <v>24</v>
       </c>
       <c r="P133" t="s">
         <v>24</v>
       </c>
       <c r="Q133" t="s">
         <v>24</v>
       </c>
       <c r="R133" t="s">
         <v>24</v>
       </c>
       <c r="S133">
-        <v>114.17</v>
+        <v>124.16</v>
       </c>
     </row>
     <row r="134" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>117</v>
+        <v>300</v>
       </c>
       <c r="C134" t="s">
-        <v>303</v>
+        <v>202</v>
       </c>
       <c r="E134" t="s">
-        <v>24</v>
+        <v>301</v>
       </c>
       <c r="F134" t="s">
+        <v>29</v>
+      </c>
+      <c r="G134" t="s">
+        <v>23</v>
+      </c>
+      <c r="H134">
         <v>22</v>
       </c>
-      <c r="G134" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I134" t="b">
         <v>0</v>
       </c>
       <c r="J134" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K134">
         <v>1</v>
       </c>
       <c r="L134" t="s">
         <v>24</v>
       </c>
       <c r="M134" t="s">
         <v>24</v>
       </c>
       <c r="N134" t="s">
         <v>24</v>
       </c>
-      <c r="O134">
-        <v>113.71</v>
+      <c r="O134" t="s">
+        <v>24</v>
       </c>
       <c r="P134" t="s">
         <v>24</v>
       </c>
       <c r="Q134" t="s">
         <v>24</v>
       </c>
-      <c r="R134" t="s">
-        <v>24</v>
+      <c r="R134">
+        <v>124.12</v>
       </c>
       <c r="S134">
-        <v>113.71</v>
+        <v>124.12</v>
       </c>
     </row>
     <row r="135" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>212</v>
+        <v>302</v>
       </c>
       <c r="C135" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>1665</v>
+        <v>303</v>
       </c>
       <c r="E135" t="s">
-        <v>305</v>
+        <v>24</v>
       </c>
       <c r="F135" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G135" t="s">
         <v>23</v>
       </c>
       <c r="H135">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="I135" t="b">
         <v>0</v>
       </c>
       <c r="J135" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K135">
         <v>1</v>
       </c>
-      <c r="L135">
-        <v>113.27</v>
+      <c r="L135" t="s">
+        <v>24</v>
       </c>
       <c r="M135" t="s">
         <v>24</v>
       </c>
       <c r="N135" t="s">
         <v>24</v>
       </c>
       <c r="O135" t="s">
         <v>24</v>
       </c>
-      <c r="P135" t="s">
-        <v>24</v>
+      <c r="P135">
+        <v>123.93</v>
       </c>
       <c r="Q135" t="s">
         <v>24</v>
       </c>
       <c r="R135" t="s">
         <v>24</v>
       </c>
       <c r="S135">
-        <v>113.27</v>
+        <v>123.93</v>
       </c>
     </row>
     <row r="136" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
-        <v>181</v>
+        <v>304</v>
       </c>
       <c r="C136" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="E136" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F136" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G136" t="s">
         <v>23</v>
       </c>
       <c r="H136">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="I136" t="b">
         <v>0</v>
       </c>
       <c r="J136" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
       <c r="L136" t="s">
         <v>24</v>
       </c>
       <c r="M136" t="s">
         <v>24</v>
       </c>
-      <c r="N136">
-        <v>113.15</v>
+      <c r="N136" t="s">
+        <v>24</v>
       </c>
       <c r="O136" t="s">
         <v>24</v>
       </c>
       <c r="P136" t="s">
         <v>24</v>
       </c>
       <c r="Q136" t="s">
         <v>24</v>
       </c>
-      <c r="R136" t="s">
-        <v>24</v>
+      <c r="R136">
+        <v>123.81</v>
       </c>
       <c r="S136">
-        <v>113.15</v>
+        <v>123.81</v>
       </c>
     </row>
     <row r="137" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A137">
         <v>136</v>
       </c>
       <c r="B137" t="s">
-        <v>59</v>
+        <v>306</v>
       </c>
       <c r="C137" t="s">
         <v>307</v>
       </c>
-      <c r="D137">
-[...1 lines deleted...]
-      </c>
       <c r="E137" t="s">
-        <v>199</v>
+        <v>24</v>
       </c>
       <c r="F137" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G137" t="s">
         <v>23</v>
       </c>
       <c r="H137">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="I137" t="b">
         <v>0</v>
       </c>
       <c r="J137" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K137">
         <v>1</v>
       </c>
       <c r="L137" t="s">
         <v>24</v>
       </c>
       <c r="M137" t="s">
         <v>24</v>
       </c>
       <c r="N137" t="s">
         <v>24</v>
       </c>
-      <c r="O137">
-        <v>113.03</v>
+      <c r="O137" t="s">
+        <v>24</v>
       </c>
       <c r="P137" t="s">
         <v>24</v>
       </c>
       <c r="Q137" t="s">
         <v>24</v>
       </c>
-      <c r="R137" t="s">
-        <v>24</v>
+      <c r="R137">
+        <v>123.16</v>
       </c>
       <c r="S137">
-        <v>113.03</v>
+        <v>123.16</v>
       </c>
     </row>
     <row r="138" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
-        <v>308</v>
+        <v>50</v>
       </c>
       <c r="C138" t="s">
-        <v>309</v>
+        <v>113</v>
+      </c>
+      <c r="D138">
+        <v>1721</v>
       </c>
       <c r="E138" t="s">
-        <v>159</v>
+        <v>48</v>
       </c>
       <c r="F138" t="s">
         <v>22</v>
       </c>
       <c r="G138" t="s">
         <v>23</v>
       </c>
       <c r="H138">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="I138" t="b">
         <v>0</v>
       </c>
       <c r="J138" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
-      <c r="L138">
-        <v>112.1</v>
+      <c r="L138" t="s">
+        <v>24</v>
       </c>
       <c r="M138" t="s">
         <v>24</v>
       </c>
       <c r="N138" t="s">
         <v>24</v>
       </c>
       <c r="O138" t="s">
         <v>24</v>
       </c>
       <c r="P138" t="s">
         <v>24</v>
       </c>
-      <c r="Q138" t="s">
-        <v>24</v>
+      <c r="Q138">
+        <v>121.94</v>
       </c>
       <c r="R138" t="s">
         <v>24</v>
       </c>
       <c r="S138">
-        <v>112.1</v>
+        <v>121.94</v>
       </c>
     </row>
     <row r="139" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C139" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="E139" t="s">
-        <v>278</v>
+        <v>48</v>
       </c>
       <c r="F139" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G139" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H139">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="I139" t="b">
         <v>0</v>
       </c>
       <c r="J139" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K139">
         <v>1</v>
       </c>
       <c r="L139">
-        <v>110.69</v>
+        <v>121.82</v>
       </c>
       <c r="M139" t="s">
         <v>24</v>
       </c>
       <c r="N139" t="s">
         <v>24</v>
       </c>
       <c r="O139" t="s">
         <v>24</v>
       </c>
       <c r="P139" t="s">
         <v>24</v>
       </c>
       <c r="Q139" t="s">
         <v>24</v>
       </c>
       <c r="R139" t="s">
         <v>24</v>
       </c>
       <c r="S139">
-        <v>110.69</v>
+        <v>121.82</v>
       </c>
     </row>
     <row r="140" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
-        <v>100</v>
+        <v>280</v>
       </c>
       <c r="C140" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>2452</v>
+        <v>310</v>
       </c>
       <c r="E140" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="F140" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G140" t="s">
         <v>23</v>
       </c>
       <c r="H140">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="I140" t="b">
         <v>0</v>
       </c>
       <c r="J140" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K140">
         <v>1</v>
       </c>
-      <c r="L140" t="s">
-        <v>24</v>
+      <c r="L140">
+        <v>121.62</v>
       </c>
       <c r="M140" t="s">
         <v>24</v>
       </c>
-      <c r="N140">
-        <v>109.57</v>
+      <c r="N140" t="s">
+        <v>24</v>
       </c>
       <c r="O140" t="s">
         <v>24</v>
       </c>
       <c r="P140" t="s">
         <v>24</v>
       </c>
       <c r="Q140" t="s">
         <v>24</v>
       </c>
       <c r="R140" t="s">
         <v>24</v>
       </c>
       <c r="S140">
-        <v>109.57</v>
+        <v>121.62</v>
       </c>
     </row>
     <row r="141" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A141">
         <v>140</v>
       </c>
       <c r="B141" t="s">
+        <v>311</v>
+      </c>
+      <c r="C141" t="s">
+        <v>312</v>
+      </c>
+      <c r="E141" t="s">
         <v>313</v>
       </c>
-      <c r="C141" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G141" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H141">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="I141" t="b">
         <v>0</v>
       </c>
       <c r="J141" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
-      <c r="L141" t="s">
-        <v>24</v>
+      <c r="L141">
+        <v>120.9</v>
       </c>
       <c r="M141" t="s">
         <v>24</v>
       </c>
       <c r="N141" t="s">
         <v>24</v>
       </c>
       <c r="O141" t="s">
         <v>24</v>
       </c>
-      <c r="P141">
-        <v>109.31</v>
+      <c r="P141" t="s">
+        <v>24</v>
       </c>
       <c r="Q141" t="s">
         <v>24</v>
       </c>
       <c r="R141" t="s">
         <v>24</v>
       </c>
       <c r="S141">
-        <v>109.31</v>
+        <v>120.9</v>
       </c>
     </row>
     <row r="142" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
+        <v>314</v>
+      </c>
+      <c r="C142" t="s">
+        <v>315</v>
+      </c>
+      <c r="E142" t="s">
         <v>316</v>
       </c>
-      <c r="C142" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F142" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="G142" t="s">
         <v>23</v>
       </c>
       <c r="H142">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="I142" t="b">
         <v>0</v>
       </c>
       <c r="J142" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K142">
         <v>1</v>
       </c>
       <c r="L142" t="s">
         <v>24</v>
       </c>
-      <c r="M142">
-        <v>108.56</v>
+      <c r="M142" t="s">
+        <v>24</v>
       </c>
       <c r="N142" t="s">
         <v>24</v>
       </c>
       <c r="O142" t="s">
         <v>24</v>
       </c>
       <c r="P142" t="s">
         <v>24</v>
       </c>
-      <c r="Q142" t="s">
-        <v>24</v>
+      <c r="Q142">
+        <v>119.5</v>
       </c>
       <c r="R142" t="s">
         <v>24</v>
       </c>
       <c r="S142">
-        <v>108.56</v>
+        <v>119.5</v>
       </c>
     </row>
     <row r="143" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
-        <v>115</v>
+        <v>27</v>
       </c>
       <c r="C143" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>1468</v>
+        <v>317</v>
       </c>
       <c r="E143" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="F143" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G143" t="s">
         <v>23</v>
       </c>
       <c r="H143">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="I143" t="b">
         <v>0</v>
       </c>
       <c r="J143" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K143">
         <v>1</v>
       </c>
-      <c r="L143">
-        <v>108.47</v>
+      <c r="L143" t="s">
+        <v>24</v>
       </c>
       <c r="M143" t="s">
         <v>24</v>
       </c>
       <c r="N143" t="s">
         <v>24</v>
       </c>
       <c r="O143" t="s">
         <v>24</v>
       </c>
       <c r="P143" t="s">
         <v>24</v>
       </c>
       <c r="Q143" t="s">
         <v>24</v>
       </c>
-      <c r="R143" t="s">
-        <v>24</v>
+      <c r="R143">
+        <v>119.06</v>
       </c>
       <c r="S143">
-        <v>108.47</v>
+        <v>119.06</v>
       </c>
     </row>
     <row r="144" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
+        <v>27</v>
+      </c>
+      <c r="C144" t="s">
         <v>318</v>
       </c>
-      <c r="C144" t="s">
+      <c r="E144" t="s">
         <v>319</v>
       </c>
-      <c r="D144">
-[...4 lines deleted...]
-      </c>
       <c r="F144" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G144" t="s">
         <v>23</v>
       </c>
       <c r="H144">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="I144" t="b">
         <v>0</v>
       </c>
       <c r="J144" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
       <c r="L144">
-        <v>108.3</v>
+        <v>118.82</v>
       </c>
       <c r="M144" t="s">
         <v>24</v>
       </c>
       <c r="N144" t="s">
         <v>24</v>
       </c>
       <c r="O144" t="s">
         <v>24</v>
       </c>
       <c r="P144" t="s">
         <v>24</v>
       </c>
       <c r="Q144" t="s">
         <v>24</v>
       </c>
       <c r="R144" t="s">
         <v>24</v>
       </c>
       <c r="S144">
-        <v>108.3</v>
+        <v>118.82</v>
       </c>
     </row>
     <row r="145" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>181</v>
+        <v>320</v>
       </c>
       <c r="C145" t="s">
-        <v>221</v>
+        <v>321</v>
       </c>
       <c r="E145" t="s">
-        <v>142</v>
+        <v>90</v>
       </c>
       <c r="F145" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G145" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H145">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="I145" t="b">
         <v>0</v>
       </c>
       <c r="J145" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K145">
         <v>1</v>
       </c>
       <c r="L145" t="s">
         <v>24</v>
       </c>
       <c r="M145" t="s">
         <v>24</v>
       </c>
       <c r="N145" t="s">
         <v>24</v>
       </c>
       <c r="O145" t="s">
         <v>24</v>
       </c>
-      <c r="P145">
-        <v>108.14</v>
+      <c r="P145" t="s">
+        <v>24</v>
       </c>
       <c r="Q145" t="s">
         <v>24</v>
       </c>
-      <c r="R145" t="s">
-        <v>24</v>
+      <c r="R145">
+        <v>118.68</v>
       </c>
       <c r="S145">
-        <v>108.14</v>
+        <v>118.68</v>
       </c>
     </row>
     <row r="146" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C146" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D146">
-        <v>1513</v>
+        <v>2482</v>
       </c>
       <c r="E146" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="F146" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G146" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H146">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="I146" t="b">
         <v>0</v>
       </c>
       <c r="J146" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146" t="s">
         <v>24</v>
       </c>
-      <c r="M146">
-        <v>108.1</v>
+      <c r="M146" t="s">
+        <v>24</v>
       </c>
       <c r="N146" t="s">
         <v>24</v>
       </c>
       <c r="O146" t="s">
         <v>24</v>
       </c>
       <c r="P146" t="s">
         <v>24</v>
       </c>
-      <c r="Q146" t="s">
-        <v>24</v>
+      <c r="Q146">
+        <v>118.62</v>
       </c>
       <c r="R146" t="s">
         <v>24</v>
       </c>
       <c r="S146">
-        <v>108.1</v>
+        <v>118.62</v>
       </c>
     </row>
     <row r="147" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C147" t="s">
-        <v>271</v>
+        <v>325</v>
+      </c>
+      <c r="D147">
+        <v>1205</v>
       </c>
       <c r="E147" t="s">
-        <v>21</v>
+        <v>326</v>
       </c>
       <c r="F147" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G147" t="s">
         <v>23</v>
       </c>
       <c r="H147">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="I147" t="b">
         <v>0</v>
       </c>
       <c r="J147" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
-      <c r="L147" t="s">
-        <v>24</v>
+      <c r="L147">
+        <v>118.4</v>
       </c>
       <c r="M147" t="s">
         <v>24</v>
       </c>
       <c r="N147" t="s">
         <v>24</v>
       </c>
       <c r="O147" t="s">
         <v>24</v>
       </c>
       <c r="P147" t="s">
         <v>24</v>
       </c>
-      <c r="Q147">
-        <v>108.06</v>
+      <c r="Q147" t="s">
+        <v>24</v>
       </c>
       <c r="R147" t="s">
         <v>24</v>
       </c>
       <c r="S147">
-        <v>108.06</v>
+        <v>118.4</v>
       </c>
     </row>
     <row r="148" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
-        <v>48</v>
+        <v>327</v>
       </c>
       <c r="C148" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>2350</v>
+        <v>167</v>
       </c>
       <c r="E148" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F148" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G148" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H148">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="I148" t="b">
         <v>0</v>
       </c>
       <c r="J148" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K148">
         <v>1</v>
       </c>
       <c r="L148" t="s">
         <v>24</v>
       </c>
       <c r="M148" t="s">
         <v>24</v>
       </c>
-      <c r="N148" t="s">
-        <v>24</v>
+      <c r="N148">
+        <v>118.34</v>
       </c>
       <c r="O148" t="s">
         <v>24</v>
       </c>
-      <c r="P148">
-        <v>108.02</v>
+      <c r="P148" t="s">
+        <v>24</v>
       </c>
       <c r="Q148" t="s">
         <v>24</v>
       </c>
       <c r="R148" t="s">
         <v>24</v>
       </c>
       <c r="S148">
-        <v>108.02</v>
+        <v>118.34</v>
       </c>
     </row>
     <row r="149" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A149">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="C149" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="E149" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="F149" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G149" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H149">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I149" t="b">
         <v>0</v>
       </c>
       <c r="J149" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K149">
         <v>1</v>
       </c>
       <c r="L149" t="s">
         <v>24</v>
       </c>
       <c r="M149" t="s">
         <v>24</v>
       </c>
-      <c r="N149" t="s">
-        <v>24</v>
+      <c r="N149">
+        <v>118.26</v>
       </c>
       <c r="O149" t="s">
         <v>24</v>
       </c>
-      <c r="P149">
-        <v>107.41</v>
+      <c r="P149" t="s">
+        <v>24</v>
       </c>
       <c r="Q149" t="s">
         <v>24</v>
       </c>
       <c r="R149" t="s">
         <v>24</v>
       </c>
       <c r="S149">
-        <v>107.41</v>
+        <v>118.26</v>
       </c>
     </row>
     <row r="150" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>71</v>
+        <v>330</v>
       </c>
       <c r="C150" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="E150" t="s">
-        <v>24</v>
+        <v>244</v>
       </c>
       <c r="F150" t="s">
         <v>22</v>
       </c>
       <c r="G150" t="s">
         <v>23</v>
       </c>
       <c r="H150">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I150" t="b">
         <v>0</v>
       </c>
       <c r="J150" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K150">
         <v>1</v>
       </c>
-      <c r="L150">
-        <v>107.23</v>
+      <c r="L150" t="s">
+        <v>24</v>
       </c>
       <c r="M150" t="s">
         <v>24</v>
       </c>
       <c r="N150" t="s">
         <v>24</v>
       </c>
       <c r="O150" t="s">
         <v>24</v>
       </c>
       <c r="P150" t="s">
         <v>24</v>
       </c>
       <c r="Q150" t="s">
         <v>24</v>
       </c>
-      <c r="R150" t="s">
-        <v>24</v>
+      <c r="R150">
+        <v>118.08</v>
       </c>
       <c r="S150">
-        <v>107.23</v>
+        <v>118.08</v>
       </c>
     </row>
     <row r="151" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>328</v>
+        <v>186</v>
       </c>
       <c r="C151" t="s">
-        <v>329</v>
+        <v>224</v>
       </c>
       <c r="E151" t="s">
-        <v>330</v>
+        <v>97</v>
       </c>
       <c r="F151" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G151" t="s">
         <v>23</v>
       </c>
       <c r="H151">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="I151" t="b">
         <v>0</v>
       </c>
       <c r="J151" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K151">
         <v>1</v>
       </c>
-      <c r="L151">
-        <v>107.11</v>
+      <c r="L151" t="s">
+        <v>24</v>
       </c>
       <c r="M151" t="s">
         <v>24</v>
       </c>
-      <c r="N151" t="s">
-        <v>24</v>
+      <c r="N151">
+        <v>115.4</v>
       </c>
       <c r="O151" t="s">
         <v>24</v>
       </c>
       <c r="P151" t="s">
         <v>24</v>
       </c>
       <c r="Q151" t="s">
         <v>24</v>
       </c>
       <c r="R151" t="s">
         <v>24</v>
       </c>
       <c r="S151">
-        <v>107.11</v>
+        <v>115.4</v>
       </c>
     </row>
     <row r="152" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>25</v>
+        <v>332</v>
       </c>
       <c r="C152" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="E152" t="s">
-        <v>191</v>
+        <v>319</v>
       </c>
       <c r="F152" t="s">
         <v>22</v>
       </c>
       <c r="G152" t="s">
         <v>23</v>
       </c>
       <c r="H152">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I152" t="b">
         <v>0</v>
       </c>
       <c r="J152" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K152">
         <v>1</v>
       </c>
       <c r="L152" t="s">
         <v>24</v>
       </c>
       <c r="M152" t="s">
         <v>24</v>
       </c>
       <c r="N152">
-        <v>107.08</v>
+        <v>115.29</v>
       </c>
       <c r="O152" t="s">
         <v>24</v>
       </c>
       <c r="P152" t="s">
         <v>24</v>
       </c>
       <c r="Q152" t="s">
         <v>24</v>
       </c>
       <c r="R152" t="s">
         <v>24</v>
       </c>
       <c r="S152">
-        <v>107.08</v>
+        <v>115.29</v>
       </c>
     </row>
     <row r="153" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>197</v>
+        <v>75</v>
       </c>
       <c r="C153" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E153" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="F153" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G153" t="s">
         <v>23</v>
       </c>
       <c r="H153">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="I153" t="b">
         <v>0</v>
       </c>
       <c r="J153" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K153">
         <v>1</v>
       </c>
       <c r="L153">
-        <v>107.01</v>
+        <v>115.2</v>
       </c>
       <c r="M153" t="s">
         <v>24</v>
       </c>
       <c r="N153" t="s">
         <v>24</v>
       </c>
       <c r="O153" t="s">
         <v>24</v>
       </c>
       <c r="P153" t="s">
         <v>24</v>
       </c>
       <c r="Q153" t="s">
         <v>24</v>
       </c>
       <c r="R153" t="s">
         <v>24</v>
       </c>
       <c r="S153">
-        <v>107.01</v>
+        <v>115.2</v>
       </c>
     </row>
     <row r="154" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C154" t="s">
-        <v>335</v>
+        <v>337</v>
+      </c>
+      <c r="D154">
+        <v>1835</v>
       </c>
       <c r="E154" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="F154" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G154" t="s">
         <v>23</v>
       </c>
       <c r="H154">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I154" t="b">
         <v>0</v>
       </c>
       <c r="J154" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K154">
         <v>1</v>
       </c>
       <c r="L154">
-        <v>106.45</v>
+        <v>114.61</v>
       </c>
       <c r="M154" t="s">
         <v>24</v>
       </c>
       <c r="N154" t="s">
         <v>24</v>
       </c>
       <c r="O154" t="s">
         <v>24</v>
       </c>
       <c r="P154" t="s">
         <v>24</v>
       </c>
       <c r="Q154" t="s">
         <v>24</v>
       </c>
       <c r="R154" t="s">
         <v>24</v>
       </c>
       <c r="S154">
-        <v>106.45</v>
+        <v>114.61</v>
       </c>
     </row>
     <row r="155" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>78</v>
+        <v>339</v>
       </c>
       <c r="C155" t="s">
-        <v>336</v>
+        <v>312</v>
       </c>
       <c r="E155" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F155" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G155" t="s">
         <v>23</v>
       </c>
       <c r="H155">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="I155" t="b">
         <v>0</v>
       </c>
       <c r="J155" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
       <c r="L155" t="s">
         <v>24</v>
       </c>
       <c r="M155" t="s">
         <v>24</v>
       </c>
-      <c r="N155">
-        <v>106.12</v>
+      <c r="N155" t="s">
+        <v>24</v>
       </c>
       <c r="O155" t="s">
         <v>24</v>
       </c>
       <c r="P155" t="s">
         <v>24</v>
       </c>
       <c r="Q155" t="s">
         <v>24</v>
       </c>
-      <c r="R155" t="s">
-        <v>24</v>
+      <c r="R155">
+        <v>114.61</v>
       </c>
       <c r="S155">
-        <v>106.12</v>
+        <v>114.61</v>
       </c>
     </row>
     <row r="156" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C156" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D156">
-        <v>1463</v>
+        <v>1898</v>
       </c>
       <c r="E156" t="s">
-        <v>21</v>
+        <v>342</v>
       </c>
       <c r="F156" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G156" t="s">
         <v>23</v>
       </c>
       <c r="H156">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="I156" t="b">
         <v>0</v>
       </c>
       <c r="J156" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K156">
         <v>1</v>
       </c>
       <c r="L156">
-        <v>106.05</v>
+        <v>114.6</v>
       </c>
       <c r="M156" t="s">
         <v>24</v>
       </c>
       <c r="N156" t="s">
         <v>24</v>
       </c>
       <c r="O156" t="s">
         <v>24</v>
       </c>
       <c r="P156" t="s">
         <v>24</v>
       </c>
       <c r="Q156" t="s">
         <v>24</v>
       </c>
       <c r="R156" t="s">
         <v>24</v>
       </c>
       <c r="S156">
-        <v>106.05</v>
+        <v>114.6</v>
       </c>
     </row>
     <row r="157" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
-        <v>339</v>
+        <v>27</v>
       </c>
       <c r="C157" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="E157" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F157" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G157" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H157">
-        <v>6</v>
+        <v>49</v>
       </c>
       <c r="I157" t="b">
         <v>0</v>
       </c>
       <c r="J157" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K157">
         <v>1</v>
       </c>
       <c r="L157" t="s">
         <v>24</v>
       </c>
       <c r="M157" t="s">
         <v>24</v>
       </c>
-      <c r="N157" t="s">
-        <v>24</v>
+      <c r="N157">
+        <v>114.51</v>
       </c>
       <c r="O157" t="s">
         <v>24</v>
       </c>
-      <c r="P157">
-        <v>105.93</v>
+      <c r="P157" t="s">
+        <v>24</v>
       </c>
       <c r="Q157" t="s">
         <v>24</v>
       </c>
       <c r="R157" t="s">
         <v>24</v>
       </c>
       <c r="S157">
-        <v>105.93</v>
+        <v>114.51</v>
       </c>
     </row>
     <row r="158" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>51</v>
+        <v>245</v>
       </c>
       <c r="C158" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>2346</v>
+        <v>344</v>
       </c>
       <c r="E158" t="s">
-        <v>342</v>
+        <v>48</v>
       </c>
       <c r="F158" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G158" t="s">
         <v>23</v>
       </c>
       <c r="H158">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I158" t="b">
         <v>0</v>
       </c>
       <c r="J158" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K158">
         <v>1</v>
       </c>
       <c r="L158">
-        <v>105.73</v>
+        <v>114.35</v>
       </c>
       <c r="M158" t="s">
         <v>24</v>
       </c>
       <c r="N158" t="s">
         <v>24</v>
       </c>
       <c r="O158" t="s">
         <v>24</v>
       </c>
       <c r="P158" t="s">
         <v>24</v>
       </c>
       <c r="Q158" t="s">
         <v>24</v>
       </c>
       <c r="R158" t="s">
         <v>24</v>
       </c>
       <c r="S158">
-        <v>105.73</v>
+        <v>114.35</v>
       </c>
     </row>
     <row r="159" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>212</v>
+        <v>345</v>
       </c>
       <c r="C159" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="E159" t="s">
-        <v>344</v>
+        <v>133</v>
       </c>
       <c r="F159" t="s">
         <v>22</v>
       </c>
       <c r="G159" t="s">
         <v>23</v>
       </c>
       <c r="H159">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="I159" t="b">
         <v>0</v>
       </c>
       <c r="J159" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K159">
         <v>1</v>
       </c>
       <c r="L159" t="s">
         <v>24</v>
       </c>
       <c r="M159" t="s">
         <v>24</v>
       </c>
       <c r="N159" t="s">
         <v>24</v>
       </c>
       <c r="O159" t="s">
         <v>24</v>
       </c>
-      <c r="P159">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="P159" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q159">
+        <v>114.17</v>
       </c>
       <c r="R159" t="s">
         <v>24</v>
       </c>
       <c r="S159">
-        <v>105.5</v>
+        <v>114.17</v>
       </c>
     </row>
     <row r="160" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
+        <v>186</v>
+      </c>
+      <c r="C160" t="s">
+        <v>347</v>
+      </c>
+      <c r="D160">
+        <v>638</v>
+      </c>
+      <c r="E160" t="s">
+        <v>195</v>
+      </c>
+      <c r="F160" t="s">
+        <v>29</v>
+      </c>
+      <c r="G160" t="s">
+        <v>23</v>
+      </c>
+      <c r="H160">
+        <v>30</v>
+      </c>
+      <c r="I160" t="b">
+        <v>0</v>
+      </c>
+      <c r="J160" t="s">
         <v>143</v>
       </c>
-      <c r="C160" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K160">
         <v>1</v>
       </c>
       <c r="L160">
-        <v>105.45</v>
+        <v>114.17</v>
       </c>
       <c r="M160" t="s">
         <v>24</v>
       </c>
       <c r="N160" t="s">
         <v>24</v>
       </c>
       <c r="O160" t="s">
         <v>24</v>
       </c>
       <c r="P160" t="s">
         <v>24</v>
       </c>
       <c r="Q160" t="s">
         <v>24</v>
       </c>
       <c r="R160" t="s">
         <v>24</v>
       </c>
       <c r="S160">
-        <v>105.45</v>
+        <v>114.17</v>
       </c>
     </row>
     <row r="161" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
-        <v>48</v>
+        <v>125</v>
       </c>
       <c r="C161" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E161" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="F161" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G161" t="s">
         <v>23</v>
       </c>
       <c r="H161">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="I161" t="b">
         <v>0</v>
       </c>
       <c r="J161" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K161">
         <v>1</v>
       </c>
       <c r="L161" t="s">
         <v>24</v>
       </c>
-      <c r="M161">
-        <v>105.07</v>
+      <c r="M161" t="s">
+        <v>24</v>
       </c>
       <c r="N161" t="s">
         <v>24</v>
       </c>
-      <c r="O161" t="s">
-        <v>24</v>
+      <c r="O161">
+        <v>113.71</v>
       </c>
       <c r="P161" t="s">
         <v>24</v>
       </c>
       <c r="Q161" t="s">
         <v>24</v>
       </c>
       <c r="R161" t="s">
         <v>24</v>
       </c>
       <c r="S161">
-        <v>105.07</v>
+        <v>113.71</v>
       </c>
     </row>
     <row r="162" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>287</v>
+        <v>245</v>
       </c>
       <c r="C162" t="s">
-        <v>347</v>
+        <v>349</v>
+      </c>
+      <c r="D162">
+        <v>1665</v>
       </c>
       <c r="E162" t="s">
-        <v>122</v>
+        <v>350</v>
       </c>
       <c r="F162" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G162" t="s">
         <v>23</v>
       </c>
       <c r="H162">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="I162" t="b">
         <v>0</v>
       </c>
       <c r="J162" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K162">
         <v>1</v>
       </c>
-      <c r="L162" t="s">
-        <v>24</v>
+      <c r="L162">
+        <v>113.27</v>
       </c>
       <c r="M162" t="s">
         <v>24</v>
       </c>
       <c r="N162" t="s">
         <v>24</v>
       </c>
       <c r="O162" t="s">
         <v>24</v>
       </c>
       <c r="P162" t="s">
         <v>24</v>
       </c>
-      <c r="Q162">
-        <v>104.96</v>
+      <c r="Q162" t="s">
+        <v>24</v>
       </c>
       <c r="R162" t="s">
         <v>24</v>
       </c>
       <c r="S162">
-        <v>104.96</v>
+        <v>113.27</v>
       </c>
     </row>
     <row r="163" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>138</v>
+        <v>118</v>
       </c>
       <c r="C163" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="E163" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F163" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G163" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H163">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="I163" t="b">
         <v>0</v>
       </c>
       <c r="J163" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K163">
         <v>1</v>
       </c>
       <c r="L163" t="s">
         <v>24</v>
       </c>
       <c r="M163" t="s">
         <v>24</v>
       </c>
       <c r="N163">
-        <v>104.74</v>
+        <v>113.15</v>
       </c>
       <c r="O163" t="s">
         <v>24</v>
       </c>
       <c r="P163" t="s">
         <v>24</v>
       </c>
       <c r="Q163" t="s">
         <v>24</v>
       </c>
       <c r="R163" t="s">
         <v>24</v>
       </c>
       <c r="S163">
-        <v>104.74</v>
+        <v>113.15</v>
       </c>
     </row>
     <row r="164" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>349</v>
+        <v>68</v>
       </c>
       <c r="C164" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D164">
-        <v>2343</v>
+        <v>2449</v>
       </c>
       <c r="E164" t="s">
-        <v>42</v>
+        <v>227</v>
       </c>
       <c r="F164" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G164" t="s">
         <v>23</v>
       </c>
       <c r="H164">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="I164" t="b">
         <v>0</v>
       </c>
       <c r="J164" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K164">
         <v>1</v>
       </c>
       <c r="L164" t="s">
         <v>24</v>
       </c>
       <c r="M164" t="s">
         <v>24</v>
       </c>
       <c r="N164" t="s">
         <v>24</v>
       </c>
-      <c r="O164" t="s">
-[...3 lines deleted...]
-        <v>104.53</v>
+      <c r="O164">
+        <v>113.03</v>
+      </c>
+      <c r="P164" t="s">
+        <v>24</v>
       </c>
       <c r="Q164" t="s">
         <v>24</v>
       </c>
       <c r="R164" t="s">
         <v>24</v>
       </c>
       <c r="S164">
-        <v>104.53</v>
+        <v>113.03</v>
       </c>
     </row>
     <row r="165" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>115</v>
+        <v>353</v>
       </c>
       <c r="C165" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="E165" t="s">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="F165" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G165" t="s">
         <v>23</v>
       </c>
       <c r="H165">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="I165" t="b">
         <v>0</v>
       </c>
       <c r="J165" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K165">
         <v>1</v>
       </c>
-      <c r="L165">
-        <v>104.29</v>
+      <c r="L165" t="s">
+        <v>24</v>
       </c>
       <c r="M165" t="s">
         <v>24</v>
       </c>
       <c r="N165" t="s">
         <v>24</v>
       </c>
       <c r="O165" t="s">
         <v>24</v>
       </c>
       <c r="P165" t="s">
         <v>24</v>
       </c>
       <c r="Q165" t="s">
         <v>24</v>
       </c>
-      <c r="R165" t="s">
-        <v>24</v>
+      <c r="R165">
+        <v>112.95</v>
       </c>
       <c r="S165">
-        <v>104.29</v>
+        <v>112.95</v>
       </c>
     </row>
     <row r="166" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>100</v>
+        <v>354</v>
       </c>
       <c r="C166" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>1755</v>
+        <v>355</v>
       </c>
       <c r="E166" t="s">
-        <v>351</v>
+        <v>178</v>
       </c>
       <c r="F166" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G166" t="s">
         <v>23</v>
       </c>
       <c r="H166">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="I166" t="b">
         <v>0</v>
       </c>
       <c r="J166" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K166">
         <v>1</v>
       </c>
-      <c r="L166" t="s">
-        <v>24</v>
+      <c r="L166">
+        <v>112.1</v>
       </c>
       <c r="M166" t="s">
         <v>24</v>
       </c>
-      <c r="N166">
-        <v>103.66</v>
+      <c r="N166" t="s">
+        <v>24</v>
       </c>
       <c r="O166" t="s">
         <v>24</v>
       </c>
       <c r="P166" t="s">
         <v>24</v>
       </c>
       <c r="Q166" t="s">
         <v>24</v>
       </c>
       <c r="R166" t="s">
         <v>24</v>
       </c>
       <c r="S166">
-        <v>103.66</v>
+        <v>112.1</v>
       </c>
     </row>
     <row r="167" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>40</v>
+        <v>356</v>
       </c>
       <c r="C167" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="E167" t="s">
-        <v>24</v>
+        <v>319</v>
       </c>
       <c r="F167" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G167" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H167">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="I167" t="b">
         <v>0</v>
       </c>
       <c r="J167" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K167">
         <v>1</v>
       </c>
-      <c r="L167" t="s">
-        <v>24</v>
+      <c r="L167">
+        <v>110.69</v>
       </c>
       <c r="M167" t="s">
         <v>24</v>
       </c>
-      <c r="N167">
-        <v>103.21</v>
+      <c r="N167" t="s">
+        <v>24</v>
       </c>
       <c r="O167" t="s">
         <v>24</v>
       </c>
       <c r="P167" t="s">
         <v>24</v>
       </c>
       <c r="Q167" t="s">
         <v>24</v>
       </c>
       <c r="R167" t="s">
         <v>24</v>
       </c>
       <c r="S167">
-        <v>103.21</v>
+        <v>110.69</v>
       </c>
     </row>
     <row r="168" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
-        <v>353</v>
+        <v>116</v>
       </c>
       <c r="C168" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D168">
-        <v>1476</v>
+        <v>2452</v>
       </c>
       <c r="E168" t="s">
-        <v>122</v>
+        <v>87</v>
       </c>
       <c r="F168" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G168" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H168">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="I168" t="b">
         <v>0</v>
       </c>
       <c r="J168" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K168">
         <v>1</v>
       </c>
       <c r="L168" t="s">
         <v>24</v>
       </c>
       <c r="M168" t="s">
         <v>24</v>
       </c>
-      <c r="N168" t="s">
-        <v>24</v>
+      <c r="N168">
+        <v>109.57</v>
       </c>
       <c r="O168" t="s">
         <v>24</v>
       </c>
-      <c r="P168">
-        <v>103.03</v>
+      <c r="P168" t="s">
+        <v>24</v>
       </c>
       <c r="Q168" t="s">
         <v>24</v>
       </c>
       <c r="R168" t="s">
         <v>24</v>
       </c>
       <c r="S168">
-        <v>103.03</v>
+        <v>109.57</v>
       </c>
     </row>
     <row r="169" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="C169" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E169" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F169" t="s">
         <v>22</v>
       </c>
       <c r="G169" t="s">
         <v>23</v>
       </c>
       <c r="H169">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I169" t="b">
         <v>0</v>
       </c>
       <c r="J169" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K169">
         <v>1</v>
       </c>
       <c r="L169" t="s">
         <v>24</v>
       </c>
-      <c r="M169">
-        <v>102.83</v>
+      <c r="M169" t="s">
+        <v>24</v>
       </c>
       <c r="N169" t="s">
         <v>24</v>
       </c>
       <c r="O169" t="s">
         <v>24</v>
       </c>
       <c r="P169" t="s">
         <v>24</v>
       </c>
       <c r="Q169" t="s">
         <v>24</v>
       </c>
-      <c r="R169" t="s">
-        <v>24</v>
+      <c r="R169">
+        <v>109.48</v>
       </c>
       <c r="S169">
-        <v>102.83</v>
+        <v>109.48</v>
       </c>
     </row>
     <row r="170" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="C170" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="E170" t="s">
-        <v>359</v>
+        <v>24</v>
       </c>
       <c r="F170" t="s">
-        <v>22</v>
+        <v>142</v>
       </c>
       <c r="G170" t="s">
         <v>23</v>
       </c>
       <c r="H170">
-        <v>49</v>
+        <v>4</v>
       </c>
       <c r="I170" t="b">
         <v>0</v>
       </c>
       <c r="J170" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K170">
         <v>1</v>
       </c>
-      <c r="L170">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L170" t="s">
+        <v>24</v>
+      </c>
+      <c r="M170">
+        <v>108.56</v>
       </c>
       <c r="N170" t="s">
         <v>24</v>
       </c>
       <c r="O170" t="s">
         <v>24</v>
       </c>
       <c r="P170" t="s">
         <v>24</v>
       </c>
       <c r="Q170" t="s">
         <v>24</v>
       </c>
       <c r="R170" t="s">
         <v>24</v>
       </c>
       <c r="S170">
-        <v>102.54</v>
+        <v>108.56</v>
       </c>
     </row>
     <row r="171" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
-        <v>360</v>
+        <v>129</v>
       </c>
       <c r="C171" t="s">
-        <v>361</v>
+        <v>345</v>
+      </c>
+      <c r="D171">
+        <v>1468</v>
       </c>
       <c r="E171" t="s">
-        <v>362</v>
+        <v>21</v>
       </c>
       <c r="F171" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G171" t="s">
         <v>23</v>
       </c>
       <c r="H171">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="I171" t="b">
         <v>0</v>
       </c>
       <c r="J171" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K171">
         <v>1</v>
       </c>
       <c r="L171">
-        <v>102.5</v>
+        <v>108.47</v>
       </c>
       <c r="M171" t="s">
         <v>24</v>
       </c>
       <c r="N171" t="s">
         <v>24</v>
       </c>
       <c r="O171" t="s">
         <v>24</v>
       </c>
       <c r="P171" t="s">
         <v>24</v>
       </c>
       <c r="Q171" t="s">
         <v>24</v>
       </c>
       <c r="R171" t="s">
         <v>24</v>
       </c>
       <c r="S171">
-        <v>102.5</v>
+        <v>108.47</v>
       </c>
     </row>
     <row r="172" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
-        <v>325</v>
+        <v>363</v>
       </c>
       <c r="C172" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D172">
-        <v>1514</v>
+        <v>2108</v>
       </c>
       <c r="E172" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F172" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G172" t="s">
         <v>23</v>
       </c>
       <c r="H172">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="I172" t="b">
         <v>0</v>
       </c>
       <c r="J172" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K172">
         <v>1</v>
       </c>
       <c r="L172">
-        <v>102.48</v>
+        <v>108.3</v>
       </c>
       <c r="M172" t="s">
         <v>24</v>
       </c>
       <c r="N172" t="s">
         <v>24</v>
       </c>
       <c r="O172" t="s">
         <v>24</v>
       </c>
       <c r="P172" t="s">
         <v>24</v>
       </c>
       <c r="Q172" t="s">
         <v>24</v>
       </c>
       <c r="R172" t="s">
         <v>24</v>
       </c>
       <c r="S172">
-        <v>102.48</v>
+        <v>108.3</v>
       </c>
     </row>
     <row r="173" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A173">
         <v>172</v>
       </c>
       <c r="B173" t="s">
-        <v>243</v>
+        <v>118</v>
       </c>
       <c r="C173" t="s">
-        <v>365</v>
+        <v>254</v>
       </c>
       <c r="E173" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="F173" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G173" t="s">
         <v>23</v>
       </c>
       <c r="H173">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="I173" t="b">
         <v>0</v>
       </c>
       <c r="J173" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K173">
         <v>1</v>
       </c>
-      <c r="L173">
-        <v>102.24</v>
+      <c r="L173" t="s">
+        <v>24</v>
       </c>
       <c r="M173" t="s">
         <v>24</v>
       </c>
       <c r="N173" t="s">
         <v>24</v>
       </c>
       <c r="O173" t="s">
         <v>24</v>
       </c>
-      <c r="P173" t="s">
-        <v>24</v>
+      <c r="P173">
+        <v>108.14</v>
       </c>
       <c r="Q173" t="s">
         <v>24</v>
       </c>
       <c r="R173" t="s">
         <v>24</v>
       </c>
       <c r="S173">
-        <v>102.24</v>
+        <v>108.14</v>
       </c>
     </row>
     <row r="174" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>25</v>
+        <v>366</v>
       </c>
       <c r="C174" t="s">
-        <v>366</v>
+        <v>312</v>
       </c>
       <c r="E174" t="s">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="F174" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G174" t="s">
         <v>23</v>
       </c>
       <c r="H174">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="I174" t="b">
         <v>0</v>
       </c>
       <c r="J174" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K174">
         <v>1</v>
       </c>
       <c r="L174" t="s">
         <v>24</v>
       </c>
       <c r="M174" t="s">
         <v>24</v>
       </c>
       <c r="N174" t="s">
         <v>24</v>
       </c>
       <c r="O174" t="s">
         <v>24</v>
       </c>
       <c r="P174" t="s">
         <v>24</v>
       </c>
       <c r="Q174">
-        <v>102.04</v>
+        <v>108.06</v>
       </c>
       <c r="R174" t="s">
         <v>24</v>
       </c>
       <c r="S174">
-        <v>102.04</v>
+        <v>108.06</v>
       </c>
     </row>
     <row r="175" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
         <v>367</v>
       </c>
       <c r="C175" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>1826</v>
+        <v>70</v>
       </c>
       <c r="E175" t="s">
-        <v>21</v>
+        <v>90</v>
       </c>
       <c r="F175" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G175" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H175">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="I175" t="b">
         <v>0</v>
       </c>
       <c r="J175" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K175">
         <v>1</v>
       </c>
       <c r="L175" t="s">
         <v>24</v>
       </c>
       <c r="M175" t="s">
         <v>24</v>
       </c>
-      <c r="N175">
-        <v>101.99</v>
+      <c r="N175" t="s">
+        <v>24</v>
       </c>
       <c r="O175" t="s">
         <v>24</v>
       </c>
       <c r="P175" t="s">
         <v>24</v>
       </c>
       <c r="Q175" t="s">
         <v>24</v>
       </c>
-      <c r="R175" t="s">
-        <v>24</v>
+      <c r="R175">
+        <v>107.77</v>
       </c>
       <c r="S175">
-        <v>101.99</v>
+        <v>107.77</v>
       </c>
     </row>
     <row r="176" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
+        <v>368</v>
+      </c>
+      <c r="C176" t="s">
         <v>369</v>
       </c>
-      <c r="C176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E176" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="F176" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G176" t="s">
         <v>23</v>
       </c>
       <c r="H176">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I176" t="b">
         <v>0</v>
       </c>
       <c r="J176" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K176">
         <v>1</v>
       </c>
-      <c r="L176">
-        <v>101.99</v>
+      <c r="L176" t="s">
+        <v>24</v>
       </c>
       <c r="M176" t="s">
         <v>24</v>
       </c>
       <c r="N176" t="s">
         <v>24</v>
       </c>
       <c r="O176" t="s">
         <v>24</v>
       </c>
-      <c r="P176" t="s">
-        <v>24</v>
+      <c r="P176">
+        <v>107.41</v>
       </c>
       <c r="Q176" t="s">
         <v>24</v>
       </c>
       <c r="R176" t="s">
         <v>24</v>
       </c>
       <c r="S176">
-        <v>101.99</v>
+        <v>107.41</v>
       </c>
     </row>
     <row r="177" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A177">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>337</v>
+        <v>82</v>
       </c>
       <c r="C177" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>1686</v>
+        <v>370</v>
       </c>
       <c r="E177" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F177" t="s">
         <v>22</v>
       </c>
       <c r="G177" t="s">
         <v>23</v>
       </c>
       <c r="H177">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="I177" t="b">
         <v>0</v>
       </c>
       <c r="J177" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K177">
         <v>1</v>
       </c>
       <c r="L177">
-        <v>101.22</v>
+        <v>107.23</v>
       </c>
       <c r="M177" t="s">
         <v>24</v>
       </c>
       <c r="N177" t="s">
         <v>24</v>
       </c>
       <c r="O177" t="s">
         <v>24</v>
       </c>
       <c r="P177" t="s">
         <v>24</v>
       </c>
       <c r="Q177" t="s">
         <v>24</v>
       </c>
       <c r="R177" t="s">
         <v>24</v>
       </c>
       <c r="S177">
-        <v>101.22</v>
+        <v>107.23</v>
       </c>
     </row>
     <row r="178" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A178">
         <v>177</v>
       </c>
       <c r="B178" t="s">
+        <v>371</v>
+      </c>
+      <c r="C178" t="s">
         <v>372</v>
       </c>
-      <c r="C178" t="s">
+      <c r="E178" t="s">
         <v>373</v>
       </c>
-      <c r="D178">
-[...4 lines deleted...]
-      </c>
       <c r="F178" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G178" t="s">
         <v>23</v>
       </c>
       <c r="H178">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="I178" t="b">
         <v>0</v>
       </c>
       <c r="J178" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K178">
         <v>1</v>
       </c>
-      <c r="L178" t="s">
-        <v>24</v>
+      <c r="L178">
+        <v>107.11</v>
       </c>
       <c r="M178" t="s">
         <v>24</v>
       </c>
-      <c r="N178">
-        <v>101</v>
+      <c r="N178" t="s">
+        <v>24</v>
       </c>
       <c r="O178" t="s">
         <v>24</v>
       </c>
       <c r="P178" t="s">
         <v>24</v>
       </c>
       <c r="Q178" t="s">
         <v>24</v>
       </c>
       <c r="R178" t="s">
         <v>24</v>
       </c>
       <c r="S178">
-        <v>101</v>
+        <v>107.11</v>
       </c>
     </row>
     <row r="179" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A179">
         <v>178</v>
       </c>
       <c r="B179" t="s">
-        <v>375</v>
+        <v>27</v>
       </c>
       <c r="C179" t="s">
-        <v>282</v>
+        <v>374</v>
       </c>
       <c r="E179" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="F179" t="s">
         <v>22</v>
       </c>
       <c r="G179" t="s">
         <v>23</v>
       </c>
       <c r="H179">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I179" t="b">
         <v>0</v>
       </c>
       <c r="J179" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K179">
         <v>1</v>
       </c>
-      <c r="L179">
-        <v>100.9</v>
+      <c r="L179" t="s">
+        <v>24</v>
       </c>
       <c r="M179" t="s">
         <v>24</v>
       </c>
-      <c r="N179" t="s">
-        <v>24</v>
+      <c r="N179">
+        <v>107.08</v>
       </c>
       <c r="O179" t="s">
         <v>24</v>
       </c>
       <c r="P179" t="s">
         <v>24</v>
       </c>
       <c r="Q179" t="s">
         <v>24</v>
       </c>
       <c r="R179" t="s">
         <v>24</v>
       </c>
       <c r="S179">
-        <v>100.9</v>
+        <v>107.08</v>
       </c>
     </row>
     <row r="180" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A180">
         <v>179</v>
       </c>
       <c r="B180" t="s">
-        <v>43</v>
+        <v>225</v>
       </c>
       <c r="C180" t="s">
+        <v>375</v>
+      </c>
+      <c r="E180" t="s">
         <v>376</v>
       </c>
-      <c r="E180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F180" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G180" t="s">
         <v>23</v>
       </c>
       <c r="H180">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="I180" t="b">
         <v>0</v>
       </c>
       <c r="J180" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K180">
         <v>1</v>
       </c>
-      <c r="L180" t="s">
-        <v>24</v>
+      <c r="L180">
+        <v>107.01</v>
       </c>
       <c r="M180" t="s">
         <v>24</v>
       </c>
       <c r="N180" t="s">
         <v>24</v>
       </c>
       <c r="O180" t="s">
         <v>24</v>
       </c>
       <c r="P180" t="s">
         <v>24</v>
       </c>
-      <c r="Q180">
-        <v>100.83</v>
+      <c r="Q180" t="s">
+        <v>24</v>
       </c>
       <c r="R180" t="s">
         <v>24</v>
       </c>
       <c r="S180">
-        <v>100.83</v>
+        <v>107.01</v>
       </c>
     </row>
     <row r="181" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
+        <v>377</v>
+      </c>
+      <c r="C181" t="s">
         <v>378</v>
       </c>
-      <c r="C181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E181" t="s">
-        <v>380</v>
+        <v>24</v>
       </c>
       <c r="F181" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G181" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H181">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="I181" t="b">
         <v>0</v>
       </c>
       <c r="J181" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K181">
         <v>1</v>
       </c>
       <c r="L181">
-        <v>100.77</v>
+        <v>106.45</v>
       </c>
       <c r="M181" t="s">
         <v>24</v>
       </c>
       <c r="N181" t="s">
         <v>24</v>
       </c>
       <c r="O181" t="s">
         <v>24</v>
       </c>
       <c r="P181" t="s">
         <v>24</v>
       </c>
       <c r="Q181" t="s">
         <v>24</v>
       </c>
       <c r="R181" t="s">
         <v>24</v>
       </c>
       <c r="S181">
-        <v>100.77</v>
+        <v>106.45</v>
       </c>
     </row>
     <row r="182" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>45</v>
+        <v>379</v>
       </c>
       <c r="C182" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="E182" t="s">
-        <v>92</v>
+        <v>244</v>
       </c>
       <c r="F182" t="s">
         <v>22</v>
       </c>
       <c r="G182" t="s">
         <v>23</v>
       </c>
       <c r="H182">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I182" t="b">
         <v>0</v>
       </c>
       <c r="J182" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K182">
         <v>1</v>
       </c>
       <c r="L182" t="s">
         <v>24</v>
       </c>
       <c r="M182" t="s">
         <v>24</v>
       </c>
       <c r="N182" t="s">
         <v>24</v>
       </c>
       <c r="O182" t="s">
         <v>24</v>
       </c>
-      <c r="P182">
-        <v>100.06</v>
+      <c r="P182" t="s">
+        <v>24</v>
       </c>
       <c r="Q182" t="s">
         <v>24</v>
       </c>
-      <c r="R182" t="s">
-        <v>24</v>
+      <c r="R182">
+        <v>106.19</v>
       </c>
       <c r="S182">
-        <v>100.06</v>
+        <v>106.19</v>
       </c>
     </row>
     <row r="183" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>382</v>
+        <v>93</v>
       </c>
       <c r="C183" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>1697</v>
+        <v>381</v>
       </c>
       <c r="E183" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F183" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G183" t="s">
         <v>23</v>
       </c>
       <c r="H183">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="I183" t="b">
         <v>0</v>
       </c>
       <c r="J183" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K183">
         <v>1</v>
       </c>
       <c r="L183" t="s">
         <v>24</v>
       </c>
       <c r="M183" t="s">
         <v>24</v>
       </c>
-      <c r="N183" t="s">
-        <v>24</v>
+      <c r="N183">
+        <v>106.12</v>
       </c>
       <c r="O183" t="s">
         <v>24</v>
       </c>
-      <c r="P183">
-        <v>99.66</v>
+      <c r="P183" t="s">
+        <v>24</v>
       </c>
       <c r="Q183" t="s">
         <v>24</v>
       </c>
       <c r="R183" t="s">
         <v>24</v>
       </c>
       <c r="S183">
-        <v>99.66</v>
+        <v>106.12</v>
       </c>
     </row>
     <row r="184" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
+        <v>382</v>
+      </c>
+      <c r="C184" t="s">
         <v>383</v>
       </c>
-      <c r="C184" t="s">
-        <v>384</v>
+      <c r="D184">
+        <v>1463</v>
       </c>
       <c r="E184" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F184" t="s">
-        <v>126</v>
+        <v>29</v>
       </c>
       <c r="G184" t="s">
         <v>23</v>
       </c>
       <c r="H184">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="I184" t="b">
         <v>0</v>
       </c>
       <c r="J184" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K184">
         <v>1</v>
       </c>
-      <c r="L184" t="s">
-[...3 lines deleted...]
-        <v>99.66</v>
+      <c r="L184">
+        <v>106.05</v>
+      </c>
+      <c r="M184" t="s">
+        <v>24</v>
       </c>
       <c r="N184" t="s">
         <v>24</v>
       </c>
       <c r="O184" t="s">
         <v>24</v>
       </c>
       <c r="P184" t="s">
         <v>24</v>
       </c>
       <c r="Q184" t="s">
         <v>24</v>
       </c>
       <c r="R184" t="s">
         <v>24</v>
       </c>
       <c r="S184">
-        <v>99.66</v>
+        <v>106.05</v>
       </c>
     </row>
     <row r="185" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
+        <v>384</v>
+      </c>
+      <c r="C185" t="s">
         <v>385</v>
       </c>
-      <c r="C185" t="s">
+      <c r="E185" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F185" t="s">
         <v>22</v>
       </c>
       <c r="G185" t="s">
         <v>23</v>
       </c>
       <c r="H185">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I185" t="b">
         <v>0</v>
       </c>
       <c r="J185" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K185">
         <v>1</v>
       </c>
-      <c r="L185">
-        <v>99.65</v>
+      <c r="L185" t="s">
+        <v>24</v>
       </c>
       <c r="M185" t="s">
         <v>24</v>
       </c>
       <c r="N185" t="s">
         <v>24</v>
       </c>
       <c r="O185" t="s">
         <v>24</v>
       </c>
       <c r="P185" t="s">
         <v>24</v>
       </c>
       <c r="Q185" t="s">
         <v>24</v>
       </c>
-      <c r="R185" t="s">
-        <v>24</v>
+      <c r="R185">
+        <v>106.04</v>
       </c>
       <c r="S185">
-        <v>99.65</v>
+        <v>106.04</v>
       </c>
     </row>
     <row r="186" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
         <v>387</v>
       </c>
       <c r="C186" t="s">
         <v>388</v>
       </c>
       <c r="E186" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="F186" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G186" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H186">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="I186" t="b">
         <v>0</v>
       </c>
       <c r="J186" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K186">
         <v>1</v>
       </c>
       <c r="L186" t="s">
         <v>24</v>
       </c>
       <c r="M186" t="s">
         <v>24</v>
       </c>
-      <c r="N186">
-        <v>99.07</v>
+      <c r="N186" t="s">
+        <v>24</v>
       </c>
       <c r="O186" t="s">
         <v>24</v>
       </c>
-      <c r="P186" t="s">
-        <v>24</v>
+      <c r="P186">
+        <v>105.93</v>
       </c>
       <c r="Q186" t="s">
         <v>24</v>
       </c>
       <c r="R186" t="s">
         <v>24</v>
       </c>
       <c r="S186">
-        <v>99.07</v>
+        <v>105.93</v>
       </c>
     </row>
     <row r="187" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
         <v>389</v>
       </c>
       <c r="C187" t="s">
         <v>390</v>
       </c>
-      <c r="D187">
-[...1 lines deleted...]
-      </c>
       <c r="E187" t="s">
-        <v>391</v>
+        <v>24</v>
       </c>
       <c r="F187" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G187" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H187">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="I187" t="b">
         <v>0</v>
       </c>
       <c r="J187" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K187">
         <v>1</v>
       </c>
       <c r="L187" t="s">
         <v>24</v>
       </c>
       <c r="M187" t="s">
         <v>24</v>
       </c>
-      <c r="N187">
-        <v>98.96</v>
+      <c r="N187" t="s">
+        <v>24</v>
       </c>
       <c r="O187" t="s">
         <v>24</v>
       </c>
       <c r="P187" t="s">
         <v>24</v>
       </c>
       <c r="Q187" t="s">
         <v>24</v>
       </c>
-      <c r="R187" t="s">
-        <v>24</v>
+      <c r="R187">
+        <v>105.9</v>
       </c>
       <c r="S187">
-        <v>98.96</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="188" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>181</v>
+        <v>62</v>
       </c>
       <c r="C188" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="E188" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="F188" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G188" t="s">
         <v>23</v>
       </c>
       <c r="H188">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="I188" t="b">
         <v>0</v>
       </c>
       <c r="J188" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K188">
         <v>1</v>
       </c>
       <c r="L188" t="s">
         <v>24</v>
       </c>
       <c r="M188" t="s">
         <v>24</v>
       </c>
       <c r="N188" t="s">
         <v>24</v>
       </c>
       <c r="O188" t="s">
         <v>24</v>
       </c>
-      <c r="P188">
-        <v>98.9</v>
+      <c r="P188" t="s">
+        <v>24</v>
       </c>
       <c r="Q188" t="s">
         <v>24</v>
       </c>
-      <c r="R188" t="s">
-        <v>24</v>
+      <c r="R188">
+        <v>105.86</v>
       </c>
       <c r="S188">
-        <v>98.9</v>
+        <v>105.86</v>
       </c>
     </row>
     <row r="189" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
+        <v>19</v>
+      </c>
+      <c r="C189" t="s">
+        <v>392</v>
+      </c>
+      <c r="D189">
+        <v>2346</v>
+      </c>
+      <c r="E189" t="s">
         <v>393</v>
       </c>
-      <c r="C189" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F189" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G189" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H189">
-        <v>9</v>
+        <v>40</v>
       </c>
       <c r="I189" t="b">
         <v>0</v>
       </c>
       <c r="J189" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K189">
         <v>1</v>
       </c>
       <c r="L189">
-        <v>98.84</v>
+        <v>105.73</v>
       </c>
       <c r="M189" t="s">
         <v>24</v>
       </c>
       <c r="N189" t="s">
         <v>24</v>
       </c>
       <c r="O189" t="s">
         <v>24</v>
       </c>
       <c r="P189" t="s">
         <v>24</v>
       </c>
       <c r="Q189" t="s">
         <v>24</v>
       </c>
       <c r="R189" t="s">
         <v>24</v>
       </c>
       <c r="S189">
-        <v>98.84</v>
+        <v>105.73</v>
       </c>
     </row>
     <row r="190" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>313</v>
+        <v>245</v>
       </c>
       <c r="C190" t="s">
+        <v>394</v>
+      </c>
+      <c r="E190" t="s">
         <v>395</v>
       </c>
-      <c r="D190">
-[...4 lines deleted...]
-      </c>
       <c r="F190" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G190" t="s">
         <v>23</v>
       </c>
       <c r="H190">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="I190" t="b">
         <v>0</v>
       </c>
       <c r="J190" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K190">
         <v>1</v>
       </c>
       <c r="L190" t="s">
         <v>24</v>
       </c>
       <c r="M190" t="s">
         <v>24</v>
       </c>
       <c r="N190" t="s">
         <v>24</v>
       </c>
       <c r="O190" t="s">
         <v>24</v>
       </c>
       <c r="P190">
-        <v>97.92</v>
+        <v>105.5</v>
       </c>
       <c r="Q190" t="s">
         <v>24</v>
       </c>
       <c r="R190" t="s">
         <v>24</v>
       </c>
       <c r="S190">
-        <v>97.92</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="191" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
-        <v>35</v>
+        <v>137</v>
       </c>
       <c r="C191" t="s">
         <v>396</v>
       </c>
       <c r="D191">
-        <v>869</v>
+        <v>1647</v>
       </c>
       <c r="E191" t="s">
-        <v>42</v>
+        <v>335</v>
       </c>
       <c r="F191" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G191" t="s">
         <v>23</v>
       </c>
       <c r="H191">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="I191" t="b">
         <v>0</v>
       </c>
       <c r="J191" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K191">
         <v>1</v>
       </c>
-      <c r="L191" t="s">
-        <v>24</v>
+      <c r="L191">
+        <v>105.45</v>
       </c>
       <c r="M191" t="s">
         <v>24</v>
       </c>
-      <c r="N191">
-        <v>96.74</v>
+      <c r="N191" t="s">
+        <v>24</v>
       </c>
       <c r="O191" t="s">
         <v>24</v>
       </c>
       <c r="P191" t="s">
         <v>24</v>
       </c>
       <c r="Q191" t="s">
         <v>24</v>
       </c>
       <c r="R191" t="s">
         <v>24</v>
       </c>
       <c r="S191">
-        <v>96.74</v>
+        <v>105.45</v>
       </c>
     </row>
     <row r="192" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>181</v>
+        <v>397</v>
       </c>
       <c r="C192" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E192" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F192" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G192" t="s">
         <v>23</v>
       </c>
       <c r="H192">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="I192" t="b">
         <v>0</v>
       </c>
       <c r="J192" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K192">
         <v>1</v>
       </c>
-      <c r="L192">
-        <v>96.6</v>
+      <c r="L192" t="s">
+        <v>24</v>
       </c>
       <c r="M192" t="s">
         <v>24</v>
       </c>
       <c r="N192" t="s">
         <v>24</v>
       </c>
       <c r="O192" t="s">
         <v>24</v>
       </c>
       <c r="P192" t="s">
         <v>24</v>
       </c>
       <c r="Q192" t="s">
         <v>24</v>
       </c>
-      <c r="R192" t="s">
-        <v>24</v>
+      <c r="R192">
+        <v>105.2</v>
       </c>
       <c r="S192">
-        <v>96.6</v>
+        <v>105.2</v>
       </c>
     </row>
     <row r="193" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
-        <v>287</v>
+        <v>91</v>
       </c>
       <c r="C193" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E193" t="s">
-        <v>162</v>
+        <v>21</v>
       </c>
       <c r="F193" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G193" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H193">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="I193" t="b">
         <v>0</v>
       </c>
       <c r="J193" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K193">
         <v>1</v>
       </c>
       <c r="L193" t="s">
         <v>24</v>
       </c>
-      <c r="M193">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M193" t="s">
+        <v>24</v>
+      </c>
+      <c r="N193">
+        <v>104.74</v>
       </c>
       <c r="O193" t="s">
         <v>24</v>
       </c>
       <c r="P193" t="s">
         <v>24</v>
       </c>
       <c r="Q193" t="s">
         <v>24</v>
       </c>
       <c r="R193" t="s">
         <v>24</v>
       </c>
       <c r="S193">
-        <v>96.53</v>
+        <v>104.74</v>
       </c>
     </row>
     <row r="194" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C194" t="s">
-        <v>401</v>
+        <v>402</v>
+      </c>
+      <c r="D194">
+        <v>2343</v>
       </c>
       <c r="E194" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="F194" t="s">
         <v>22</v>
       </c>
       <c r="G194" t="s">
         <v>23</v>
       </c>
       <c r="H194">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="I194" t="b">
         <v>0</v>
       </c>
       <c r="J194" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K194">
         <v>1</v>
       </c>
-      <c r="L194">
-        <v>96.51</v>
+      <c r="L194" t="s">
+        <v>24</v>
       </c>
       <c r="M194" t="s">
         <v>24</v>
       </c>
       <c r="N194" t="s">
         <v>24</v>
       </c>
       <c r="O194" t="s">
         <v>24</v>
       </c>
-      <c r="P194" t="s">
-        <v>24</v>
+      <c r="P194">
+        <v>104.53</v>
       </c>
       <c r="Q194" t="s">
         <v>24</v>
       </c>
       <c r="R194" t="s">
         <v>24</v>
       </c>
       <c r="S194">
-        <v>96.51</v>
+        <v>104.53</v>
       </c>
     </row>
     <row r="195" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>181</v>
+        <v>129</v>
       </c>
       <c r="C195" t="s">
-        <v>402</v>
+        <v>256</v>
       </c>
       <c r="E195" t="s">
-        <v>403</v>
+        <v>64</v>
       </c>
       <c r="F195" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G195" t="s">
         <v>23</v>
       </c>
       <c r="H195">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="I195" t="b">
         <v>0</v>
       </c>
       <c r="J195" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K195">
         <v>1</v>
       </c>
       <c r="L195">
-        <v>96.42</v>
+        <v>104.29</v>
       </c>
       <c r="M195" t="s">
         <v>24</v>
       </c>
       <c r="N195" t="s">
         <v>24</v>
       </c>
       <c r="O195" t="s">
         <v>24</v>
       </c>
       <c r="P195" t="s">
         <v>24</v>
       </c>
       <c r="Q195" t="s">
         <v>24</v>
       </c>
       <c r="R195" t="s">
         <v>24</v>
       </c>
       <c r="S195">
-        <v>96.42</v>
+        <v>104.29</v>
       </c>
     </row>
     <row r="196" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>404</v>
+        <v>116</v>
       </c>
       <c r="C196" t="s">
-        <v>405</v>
+        <v>129</v>
+      </c>
+      <c r="D196">
+        <v>1755</v>
       </c>
       <c r="E196" t="s">
         <v>403</v>
       </c>
       <c r="F196" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G196" t="s">
         <v>23</v>
       </c>
       <c r="H196">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="I196" t="b">
         <v>0</v>
       </c>
       <c r="J196" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K196">
         <v>1</v>
       </c>
-      <c r="L196">
-        <v>96.36</v>
+      <c r="L196" t="s">
+        <v>24</v>
       </c>
       <c r="M196" t="s">
         <v>24</v>
       </c>
-      <c r="N196" t="s">
-        <v>24</v>
+      <c r="N196">
+        <v>103.66</v>
       </c>
       <c r="O196" t="s">
         <v>24</v>
       </c>
       <c r="P196" t="s">
         <v>24</v>
       </c>
       <c r="Q196" t="s">
         <v>24</v>
       </c>
       <c r="R196" t="s">
         <v>24</v>
       </c>
       <c r="S196">
-        <v>96.36</v>
+        <v>103.66</v>
       </c>
     </row>
     <row r="197" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="C197" t="s">
-        <v>243</v>
+        <v>404</v>
       </c>
       <c r="E197" t="s">
-        <v>50</v>
+        <v>218</v>
       </c>
       <c r="F197" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="G197" t="s">
         <v>23</v>
       </c>
       <c r="H197">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="I197" t="b">
         <v>0</v>
       </c>
       <c r="J197" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K197">
         <v>1</v>
       </c>
       <c r="L197" t="s">
         <v>24</v>
       </c>
       <c r="M197" t="s">
         <v>24</v>
       </c>
       <c r="N197" t="s">
         <v>24</v>
       </c>
       <c r="O197" t="s">
         <v>24</v>
       </c>
-      <c r="P197">
-        <v>96.33</v>
+      <c r="P197" t="s">
+        <v>24</v>
       </c>
       <c r="Q197" t="s">
         <v>24</v>
       </c>
-      <c r="R197" t="s">
-        <v>24</v>
+      <c r="R197">
+        <v>103.41</v>
       </c>
       <c r="S197">
-        <v>96.33</v>
+        <v>103.41</v>
       </c>
     </row>
     <row r="198" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>406</v>
+        <v>46</v>
       </c>
       <c r="C198" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E198" t="s">
         <v>24</v>
       </c>
       <c r="F198" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G198" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H198">
-        <v>57</v>
+        <v>7</v>
       </c>
       <c r="I198" t="b">
         <v>0</v>
       </c>
       <c r="J198" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K198">
         <v>1</v>
       </c>
-      <c r="L198">
-        <v>96.33</v>
+      <c r="L198" t="s">
+        <v>24</v>
       </c>
       <c r="M198" t="s">
         <v>24</v>
       </c>
-      <c r="N198" t="s">
-        <v>24</v>
+      <c r="N198">
+        <v>103.21</v>
       </c>
       <c r="O198" t="s">
         <v>24</v>
       </c>
       <c r="P198" t="s">
         <v>24</v>
       </c>
       <c r="Q198" t="s">
         <v>24</v>
       </c>
       <c r="R198" t="s">
         <v>24</v>
       </c>
       <c r="S198">
-        <v>96.33</v>
+        <v>103.21</v>
       </c>
     </row>
     <row r="199" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="C199" t="s">
+        <v>407</v>
+      </c>
+      <c r="D199">
+        <v>1476</v>
+      </c>
+      <c r="E199" t="s">
+        <v>135</v>
+      </c>
+      <c r="F199" t="s">
         <v>33</v>
       </c>
-      <c r="E199" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G199" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H199">
-        <v>44</v>
+        <v>10</v>
       </c>
       <c r="I199" t="b">
         <v>0</v>
       </c>
       <c r="J199" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K199">
         <v>1</v>
       </c>
-      <c r="L199">
-        <v>96.28</v>
+      <c r="L199" t="s">
+        <v>24</v>
       </c>
       <c r="M199" t="s">
         <v>24</v>
       </c>
       <c r="N199" t="s">
         <v>24</v>
       </c>
       <c r="O199" t="s">
         <v>24</v>
       </c>
-      <c r="P199" t="s">
-        <v>24</v>
+      <c r="P199">
+        <v>103.03</v>
       </c>
       <c r="Q199" t="s">
         <v>24</v>
       </c>
       <c r="R199" t="s">
         <v>24</v>
       </c>
       <c r="S199">
-        <v>96.28</v>
+        <v>103.03</v>
       </c>
     </row>
     <row r="200" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C200" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="E200" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="F200" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G200" t="s">
         <v>23</v>
       </c>
       <c r="H200">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="I200" t="b">
         <v>0</v>
       </c>
       <c r="J200" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K200">
         <v>1</v>
       </c>
-      <c r="L200">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L200" t="s">
+        <v>24</v>
+      </c>
+      <c r="M200">
+        <v>102.83</v>
       </c>
       <c r="N200" t="s">
         <v>24</v>
       </c>
       <c r="O200" t="s">
         <v>24</v>
       </c>
       <c r="P200" t="s">
         <v>24</v>
       </c>
       <c r="Q200" t="s">
         <v>24</v>
       </c>
       <c r="R200" t="s">
         <v>24</v>
       </c>
       <c r="S200">
-        <v>95.92</v>
+        <v>102.83</v>
       </c>
     </row>
     <row r="201" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
-        <v>178</v>
+        <v>410</v>
       </c>
       <c r="C201" t="s">
-        <v>412</v>
+        <v>331</v>
       </c>
       <c r="E201" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="F201" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G201" t="s">
         <v>23</v>
       </c>
       <c r="H201">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="I201" t="b">
         <v>0</v>
       </c>
       <c r="J201" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K201">
         <v>1</v>
       </c>
       <c r="L201" t="s">
         <v>24</v>
       </c>
-      <c r="M201">
-        <v>95.68</v>
+      <c r="M201" t="s">
+        <v>24</v>
       </c>
       <c r="N201" t="s">
         <v>24</v>
       </c>
       <c r="O201" t="s">
         <v>24</v>
       </c>
       <c r="P201" t="s">
         <v>24</v>
       </c>
       <c r="Q201" t="s">
         <v>24</v>
       </c>
-      <c r="R201" t="s">
-        <v>24</v>
+      <c r="R201">
+        <v>102.81</v>
       </c>
       <c r="S201">
-        <v>95.68</v>
+        <v>102.81</v>
       </c>
     </row>
     <row r="202" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
+        <v>411</v>
+      </c>
+      <c r="C202" t="s">
+        <v>412</v>
+      </c>
+      <c r="E202" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F202" t="s">
         <v>22</v>
       </c>
       <c r="G202" t="s">
         <v>23</v>
       </c>
       <c r="H202">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="I202" t="b">
         <v>0</v>
       </c>
       <c r="J202" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K202">
         <v>1</v>
       </c>
-      <c r="L202" t="s">
-        <v>24</v>
+      <c r="L202">
+        <v>102.54</v>
       </c>
       <c r="M202" t="s">
         <v>24</v>
       </c>
-      <c r="N202">
-        <v>95.56</v>
+      <c r="N202" t="s">
+        <v>24</v>
       </c>
       <c r="O202" t="s">
         <v>24</v>
       </c>
       <c r="P202" t="s">
         <v>24</v>
       </c>
       <c r="Q202" t="s">
         <v>24</v>
       </c>
       <c r="R202" t="s">
         <v>24</v>
       </c>
       <c r="S202">
-        <v>95.56</v>
+        <v>102.54</v>
       </c>
     </row>
     <row r="203" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
+        <v>367</v>
+      </c>
+      <c r="C203" t="s">
+        <v>414</v>
+      </c>
+      <c r="E203" t="s">
         <v>415</v>
       </c>
-      <c r="C203" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F203" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G203" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H203">
-        <v>10</v>
+        <v>43</v>
       </c>
       <c r="I203" t="b">
         <v>0</v>
       </c>
       <c r="J203" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K203">
         <v>1</v>
       </c>
-      <c r="L203" t="s">
-        <v>24</v>
+      <c r="L203">
+        <v>102.5</v>
       </c>
       <c r="M203" t="s">
         <v>24</v>
       </c>
-      <c r="N203">
-        <v>95.48</v>
+      <c r="N203" t="s">
+        <v>24</v>
       </c>
       <c r="O203" t="s">
         <v>24</v>
       </c>
       <c r="P203" t="s">
         <v>24</v>
       </c>
       <c r="Q203" t="s">
         <v>24</v>
       </c>
       <c r="R203" t="s">
         <v>24</v>
       </c>
       <c r="S203">
-        <v>95.48</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="204" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
+        <v>368</v>
+      </c>
+      <c r="C204" t="s">
+        <v>416</v>
+      </c>
+      <c r="D204">
+        <v>1514</v>
+      </c>
+      <c r="E204" t="s">
         <v>417</v>
       </c>
-      <c r="C204" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F204" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G204" t="s">
         <v>23</v>
       </c>
       <c r="H204">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="I204" t="b">
         <v>0</v>
       </c>
       <c r="J204" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K204">
         <v>1</v>
       </c>
-      <c r="L204" t="s">
-        <v>24</v>
+      <c r="L204">
+        <v>102.48</v>
       </c>
       <c r="M204" t="s">
         <v>24</v>
       </c>
       <c r="N204" t="s">
         <v>24</v>
       </c>
-      <c r="O204">
-        <v>95.15</v>
+      <c r="O204" t="s">
+        <v>24</v>
       </c>
       <c r="P204" t="s">
         <v>24</v>
       </c>
       <c r="Q204" t="s">
         <v>24</v>
       </c>
       <c r="R204" t="s">
         <v>24</v>
       </c>
       <c r="S204">
-        <v>95.15</v>
+        <v>102.48</v>
       </c>
     </row>
     <row r="205" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>419</v>
+        <v>88</v>
       </c>
       <c r="C205" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="E205" t="s">
-        <v>421</v>
+        <v>24</v>
       </c>
       <c r="F205" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G205" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H205">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="I205" t="b">
         <v>0</v>
       </c>
       <c r="J205" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K205">
         <v>1</v>
       </c>
       <c r="L205" t="s">
         <v>24</v>
       </c>
       <c r="M205" t="s">
         <v>24</v>
       </c>
       <c r="N205" t="s">
         <v>24</v>
       </c>
       <c r="O205" t="s">
         <v>24</v>
       </c>
-      <c r="P205">
-        <v>95</v>
+      <c r="P205" t="s">
+        <v>24</v>
       </c>
       <c r="Q205" t="s">
         <v>24</v>
       </c>
-      <c r="R205" t="s">
-        <v>24</v>
+      <c r="R205">
+        <v>102.29</v>
       </c>
       <c r="S205">
-        <v>95</v>
+        <v>102.29</v>
       </c>
     </row>
     <row r="206" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>422</v>
+        <v>277</v>
       </c>
       <c r="C206" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>2475</v>
+        <v>419</v>
       </c>
       <c r="E206" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F206" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G206" t="s">
         <v>23</v>
       </c>
       <c r="H206">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="I206" t="b">
         <v>0</v>
       </c>
       <c r="J206" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K206">
         <v>1</v>
       </c>
-      <c r="L206" t="s">
-        <v>24</v>
+      <c r="L206">
+        <v>102.24</v>
       </c>
       <c r="M206" t="s">
         <v>24</v>
       </c>
       <c r="N206" t="s">
         <v>24</v>
       </c>
       <c r="O206" t="s">
         <v>24</v>
       </c>
-      <c r="P206">
-        <v>94.64</v>
+      <c r="P206" t="s">
+        <v>24</v>
       </c>
       <c r="Q206" t="s">
         <v>24</v>
       </c>
       <c r="R206" t="s">
         <v>24</v>
       </c>
       <c r="S206">
-        <v>94.64</v>
+        <v>102.24</v>
       </c>
     </row>
     <row r="207" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>423</v>
+        <v>27</v>
       </c>
       <c r="C207" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="E207" t="s">
-        <v>199</v>
+        <v>90</v>
       </c>
       <c r="F207" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G207" t="s">
         <v>23</v>
       </c>
       <c r="H207">
-        <v>15</v>
+        <v>68</v>
       </c>
       <c r="I207" t="b">
         <v>0</v>
       </c>
       <c r="J207" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K207">
         <v>1</v>
       </c>
       <c r="L207" t="s">
         <v>24</v>
       </c>
       <c r="M207" t="s">
         <v>24</v>
       </c>
       <c r="N207" t="s">
         <v>24</v>
       </c>
-      <c r="O207">
-        <v>94.54</v>
+      <c r="O207" t="s">
+        <v>24</v>
       </c>
       <c r="P207" t="s">
         <v>24</v>
       </c>
-      <c r="Q207" t="s">
-        <v>24</v>
+      <c r="Q207">
+        <v>102.04</v>
       </c>
       <c r="R207" t="s">
         <v>24</v>
       </c>
       <c r="S207">
-        <v>94.54</v>
+        <v>102.04</v>
       </c>
     </row>
     <row r="208" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>284</v>
+        <v>421</v>
       </c>
       <c r="C208" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>2476</v>
+        <v>422</v>
       </c>
       <c r="E208" t="s">
         <v>24</v>
       </c>
       <c r="F208" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G208" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H208">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="I208" t="b">
         <v>0</v>
       </c>
       <c r="J208" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K208">
         <v>1</v>
       </c>
-      <c r="L208" t="s">
-        <v>24</v>
+      <c r="L208">
+        <v>101.99</v>
       </c>
       <c r="M208" t="s">
         <v>24</v>
       </c>
       <c r="N208" t="s">
         <v>24</v>
       </c>
       <c r="O208" t="s">
         <v>24</v>
       </c>
-      <c r="P208">
-        <v>94.42</v>
+      <c r="P208" t="s">
+        <v>24</v>
       </c>
       <c r="Q208" t="s">
         <v>24</v>
       </c>
       <c r="R208" t="s">
         <v>24</v>
       </c>
       <c r="S208">
-        <v>94.42</v>
+        <v>101.99</v>
       </c>
     </row>
     <row r="209" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A209">
         <v>208</v>
       </c>
       <c r="B209" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C209" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D209">
-        <v>2047</v>
+        <v>1826</v>
       </c>
       <c r="E209" t="s">
         <v>21</v>
       </c>
       <c r="F209" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G209" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H209">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="I209" t="b">
         <v>0</v>
       </c>
       <c r="J209" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K209">
         <v>1</v>
       </c>
       <c r="L209" t="s">
         <v>24</v>
       </c>
       <c r="M209" t="s">
         <v>24</v>
       </c>
-      <c r="N209" t="s">
-        <v>24</v>
+      <c r="N209">
+        <v>101.99</v>
       </c>
       <c r="O209" t="s">
         <v>24</v>
       </c>
-      <c r="P209">
-        <v>94.34</v>
+      <c r="P209" t="s">
+        <v>24</v>
       </c>
       <c r="Q209" t="s">
         <v>24</v>
       </c>
       <c r="R209" t="s">
         <v>24</v>
       </c>
       <c r="S209">
-        <v>94.34</v>
+        <v>101.99</v>
       </c>
     </row>
     <row r="210" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A210">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>102</v>
+        <v>209</v>
       </c>
       <c r="C210" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="E210" t="s">
-        <v>380</v>
+        <v>24</v>
       </c>
       <c r="F210" t="s">
         <v>22</v>
       </c>
       <c r="G210" t="s">
         <v>23</v>
       </c>
       <c r="H210">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="I210" t="b">
         <v>0</v>
       </c>
       <c r="J210" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K210">
         <v>1</v>
       </c>
       <c r="L210" t="s">
         <v>24</v>
       </c>
-      <c r="M210">
-        <v>94.25</v>
+      <c r="M210" t="s">
+        <v>24</v>
       </c>
       <c r="N210" t="s">
         <v>24</v>
       </c>
       <c r="O210" t="s">
         <v>24</v>
       </c>
       <c r="P210" t="s">
         <v>24</v>
       </c>
       <c r="Q210" t="s">
         <v>24</v>
       </c>
-      <c r="R210" t="s">
-        <v>24</v>
+      <c r="R210">
+        <v>101.92</v>
       </c>
       <c r="S210">
-        <v>94.25</v>
+        <v>101.92</v>
       </c>
     </row>
     <row r="211" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>429</v>
+        <v>382</v>
       </c>
       <c r="C211" t="s">
-        <v>430</v>
+        <v>426</v>
+      </c>
+      <c r="D211">
+        <v>1686</v>
       </c>
       <c r="E211" t="s">
-        <v>431</v>
+        <v>21</v>
       </c>
       <c r="F211" t="s">
         <v>22</v>
       </c>
       <c r="G211" t="s">
         <v>23</v>
       </c>
       <c r="H211">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I211" t="b">
         <v>0</v>
       </c>
       <c r="J211" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K211">
         <v>1</v>
       </c>
       <c r="L211">
-        <v>93.95</v>
+        <v>101.22</v>
       </c>
       <c r="M211" t="s">
         <v>24</v>
       </c>
       <c r="N211" t="s">
         <v>24</v>
       </c>
       <c r="O211" t="s">
         <v>24</v>
       </c>
       <c r="P211" t="s">
         <v>24</v>
       </c>
       <c r="Q211" t="s">
         <v>24</v>
       </c>
       <c r="R211" t="s">
         <v>24</v>
       </c>
       <c r="S211">
-        <v>93.95</v>
+        <v>101.22</v>
       </c>
     </row>
     <row r="212" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>90</v>
+        <v>427</v>
       </c>
       <c r="C212" t="s">
-        <v>432</v>
+        <v>428</v>
+      </c>
+      <c r="D212">
+        <v>1171</v>
       </c>
       <c r="E212" t="s">
-        <v>24</v>
+        <v>429</v>
       </c>
       <c r="F212" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G212" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H212">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I212" t="b">
         <v>0</v>
       </c>
       <c r="J212" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K212">
         <v>1</v>
       </c>
       <c r="L212" t="s">
         <v>24</v>
       </c>
       <c r="M212" t="s">
         <v>24</v>
       </c>
       <c r="N212">
-        <v>93.91</v>
+        <v>101</v>
       </c>
       <c r="O212" t="s">
         <v>24</v>
       </c>
       <c r="P212" t="s">
         <v>24</v>
       </c>
       <c r="Q212" t="s">
         <v>24</v>
       </c>
       <c r="R212" t="s">
         <v>24</v>
       </c>
       <c r="S212">
-        <v>93.91</v>
+        <v>101</v>
       </c>
     </row>
     <row r="213" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>360</v>
+        <v>82</v>
       </c>
       <c r="C213" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="D213">
-        <v>1612</v>
+        <v>692</v>
       </c>
       <c r="E213" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="F213" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G213" t="s">
         <v>23</v>
       </c>
       <c r="H213">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="I213" t="b">
         <v>0</v>
       </c>
       <c r="J213" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K213">
         <v>1</v>
       </c>
       <c r="L213" t="s">
         <v>24</v>
       </c>
       <c r="M213" t="s">
         <v>24</v>
       </c>
       <c r="N213" t="s">
         <v>24</v>
       </c>
       <c r="O213" t="s">
         <v>24</v>
       </c>
-      <c r="P213">
-        <v>93.66</v>
+      <c r="P213" t="s">
+        <v>24</v>
       </c>
       <c r="Q213" t="s">
         <v>24</v>
       </c>
-      <c r="R213" t="s">
-        <v>24</v>
+      <c r="R213">
+        <v>100.97</v>
       </c>
       <c r="S213">
-        <v>93.66</v>
+        <v>100.97</v>
       </c>
     </row>
     <row r="214" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="C214" t="s">
-        <v>435</v>
+        <v>325</v>
       </c>
       <c r="E214" t="s">
         <v>24</v>
       </c>
       <c r="F214" t="s">
         <v>22</v>
       </c>
       <c r="G214" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H214">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="I214" t="b">
         <v>0</v>
       </c>
       <c r="J214" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K214">
         <v>1</v>
       </c>
-      <c r="L214" t="s">
-        <v>24</v>
+      <c r="L214">
+        <v>100.9</v>
       </c>
       <c r="M214" t="s">
         <v>24</v>
       </c>
       <c r="N214" t="s">
         <v>24</v>
       </c>
       <c r="O214" t="s">
         <v>24</v>
       </c>
-      <c r="P214">
-        <v>93.66</v>
+      <c r="P214" t="s">
+        <v>24</v>
       </c>
       <c r="Q214" t="s">
         <v>24</v>
       </c>
       <c r="R214" t="s">
         <v>24</v>
       </c>
       <c r="S214">
-        <v>93.66</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="215" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>436</v>
+        <v>44</v>
       </c>
       <c r="C215" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="E215" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="F215" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="G215" t="s">
         <v>23</v>
       </c>
       <c r="H215">
-        <v>3</v>
+        <v>45</v>
       </c>
       <c r="I215" t="b">
         <v>0</v>
       </c>
       <c r="J215" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K215">
         <v>1</v>
       </c>
       <c r="L215" t="s">
         <v>24</v>
       </c>
       <c r="M215" t="s">
         <v>24</v>
       </c>
-      <c r="N215">
-        <v>93.51</v>
+      <c r="N215" t="s">
+        <v>24</v>
       </c>
       <c r="O215" t="s">
         <v>24</v>
       </c>
       <c r="P215" t="s">
         <v>24</v>
       </c>
-      <c r="Q215" t="s">
-        <v>24</v>
+      <c r="Q215">
+        <v>100.83</v>
       </c>
       <c r="R215" t="s">
         <v>24</v>
       </c>
       <c r="S215">
-        <v>93.51</v>
+        <v>100.83</v>
       </c>
     </row>
     <row r="216" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="C216" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="E216" t="s">
-        <v>24</v>
+        <v>436</v>
       </c>
       <c r="F216" t="s">
         <v>22</v>
       </c>
       <c r="G216" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H216">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="I216" t="b">
         <v>0</v>
       </c>
       <c r="J216" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K216">
         <v>1</v>
       </c>
-      <c r="L216" t="s">
-        <v>24</v>
+      <c r="L216">
+        <v>100.77</v>
       </c>
       <c r="M216" t="s">
         <v>24</v>
       </c>
-      <c r="N216">
-        <v>93.44</v>
+      <c r="N216" t="s">
+        <v>24</v>
       </c>
       <c r="O216" t="s">
         <v>24</v>
       </c>
       <c r="P216" t="s">
         <v>24</v>
       </c>
       <c r="Q216" t="s">
         <v>24</v>
       </c>
       <c r="R216" t="s">
         <v>24</v>
       </c>
       <c r="S216">
-        <v>93.44</v>
+        <v>100.77</v>
       </c>
     </row>
     <row r="217" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>440</v>
+        <v>54</v>
       </c>
       <c r="C217" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="E217" t="s">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="F217" t="s">
         <v>22</v>
       </c>
       <c r="G217" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H217">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="I217" t="b">
         <v>0</v>
       </c>
       <c r="J217" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K217">
         <v>1</v>
       </c>
       <c r="L217" t="s">
         <v>24</v>
       </c>
       <c r="M217" t="s">
         <v>24</v>
       </c>
       <c r="N217" t="s">
         <v>24</v>
       </c>
       <c r="O217" t="s">
         <v>24</v>
       </c>
       <c r="P217">
-        <v>93.34</v>
+        <v>100.06</v>
       </c>
       <c r="Q217" t="s">
         <v>24</v>
       </c>
       <c r="R217" t="s">
         <v>24</v>
       </c>
       <c r="S217">
-        <v>93.34</v>
+        <v>100.06</v>
       </c>
     </row>
     <row r="218" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>28</v>
+        <v>238</v>
       </c>
       <c r="C218" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="E218" t="s">
-        <v>24</v>
+        <v>218</v>
       </c>
       <c r="F218" t="s">
         <v>22</v>
       </c>
       <c r="G218" t="s">
         <v>23</v>
       </c>
       <c r="H218">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="I218" t="b">
         <v>0</v>
       </c>
       <c r="J218" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K218">
         <v>1</v>
       </c>
       <c r="L218" t="s">
         <v>24</v>
       </c>
-      <c r="M218">
-        <v>93.1</v>
+      <c r="M218" t="s">
+        <v>24</v>
       </c>
       <c r="N218" t="s">
         <v>24</v>
       </c>
       <c r="O218" t="s">
         <v>24</v>
       </c>
       <c r="P218" t="s">
         <v>24</v>
       </c>
       <c r="Q218" t="s">
         <v>24</v>
       </c>
-      <c r="R218" t="s">
-        <v>24</v>
+      <c r="R218">
+        <v>99.9</v>
       </c>
       <c r="S218">
-        <v>93.1</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="219" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>443</v>
+        <v>320</v>
       </c>
       <c r="C219" t="s">
-        <v>444</v>
+        <v>111</v>
       </c>
       <c r="D219">
-        <v>453</v>
+        <v>1697</v>
       </c>
       <c r="E219" t="s">
-        <v>196</v>
+        <v>64</v>
       </c>
       <c r="F219" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G219" t="s">
         <v>23</v>
       </c>
       <c r="H219">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="I219" t="b">
         <v>0</v>
       </c>
       <c r="J219" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K219">
         <v>1</v>
       </c>
       <c r="L219" t="s">
         <v>24</v>
       </c>
       <c r="M219" t="s">
         <v>24</v>
       </c>
-      <c r="N219">
-        <v>93.1</v>
+      <c r="N219" t="s">
+        <v>24</v>
       </c>
       <c r="O219" t="s">
         <v>24</v>
       </c>
-      <c r="P219" t="s">
-        <v>24</v>
+      <c r="P219">
+        <v>99.66</v>
       </c>
       <c r="Q219" t="s">
         <v>24</v>
       </c>
       <c r="R219" t="s">
         <v>24</v>
       </c>
       <c r="S219">
-        <v>93.1</v>
+        <v>99.66</v>
       </c>
     </row>
     <row r="220" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="C220" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>440</v>
       </c>
       <c r="E220" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F220" t="s">
-        <v>31</v>
+        <v>142</v>
       </c>
       <c r="G220" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H220">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="I220" t="b">
         <v>0</v>
       </c>
       <c r="J220" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K220">
         <v>1</v>
       </c>
       <c r="L220" t="s">
         <v>24</v>
       </c>
       <c r="M220">
-        <v>93.05</v>
+        <v>99.66</v>
       </c>
       <c r="N220" t="s">
         <v>24</v>
       </c>
       <c r="O220" t="s">
         <v>24</v>
       </c>
       <c r="P220" t="s">
         <v>24</v>
       </c>
       <c r="Q220" t="s">
         <v>24</v>
       </c>
       <c r="R220" t="s">
         <v>24</v>
       </c>
       <c r="S220">
-        <v>93.05</v>
+        <v>99.66</v>
       </c>
     </row>
     <row r="221" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C221" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>1558</v>
+        <v>442</v>
       </c>
       <c r="E221" t="s">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c r="F221" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G221" t="s">
         <v>23</v>
       </c>
       <c r="H221">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="I221" t="b">
         <v>0</v>
       </c>
       <c r="J221" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K221">
         <v>1</v>
       </c>
       <c r="L221">
-        <v>92.89</v>
+        <v>99.65</v>
       </c>
       <c r="M221" t="s">
         <v>24</v>
       </c>
       <c r="N221" t="s">
         <v>24</v>
       </c>
       <c r="O221" t="s">
         <v>24</v>
       </c>
       <c r="P221" t="s">
         <v>24</v>
       </c>
       <c r="Q221" t="s">
         <v>24</v>
       </c>
       <c r="R221" t="s">
         <v>24</v>
       </c>
       <c r="S221">
-        <v>92.89</v>
+        <v>99.65</v>
       </c>
     </row>
     <row r="222" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C222" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="E222" t="s">
-        <v>450</v>
+        <v>399</v>
       </c>
       <c r="F222" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G222" t="s">
+        <v>23</v>
+      </c>
+      <c r="H222">
         <v>39</v>
       </c>
-      <c r="H222">
-[...1 lines deleted...]
-      </c>
       <c r="I222" t="b">
         <v>0</v>
       </c>
       <c r="J222" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K222">
         <v>1</v>
       </c>
       <c r="L222" t="s">
         <v>24</v>
       </c>
       <c r="M222" t="s">
         <v>24</v>
       </c>
-      <c r="N222">
-        <v>92.88</v>
+      <c r="N222" t="s">
+        <v>24</v>
       </c>
       <c r="O222" t="s">
         <v>24</v>
       </c>
       <c r="P222" t="s">
         <v>24</v>
       </c>
       <c r="Q222" t="s">
         <v>24</v>
       </c>
-      <c r="R222" t="s">
-        <v>24</v>
+      <c r="R222">
+        <v>99.58</v>
       </c>
       <c r="S222">
-        <v>92.88</v>
+        <v>99.58</v>
       </c>
     </row>
     <row r="223" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="C223" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>931</v>
+        <v>446</v>
       </c>
       <c r="E223" t="s">
-        <v>42</v>
+        <v>24</v>
       </c>
       <c r="F223" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G223" t="s">
         <v>23</v>
       </c>
       <c r="H223">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="I223" t="b">
         <v>0</v>
       </c>
       <c r="J223" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K223">
         <v>1</v>
       </c>
-      <c r="L223">
-        <v>92.81</v>
+      <c r="L223" t="s">
+        <v>24</v>
       </c>
       <c r="M223" t="s">
         <v>24</v>
       </c>
-      <c r="N223" t="s">
-        <v>24</v>
+      <c r="N223">
+        <v>99.07</v>
       </c>
       <c r="O223" t="s">
         <v>24</v>
       </c>
       <c r="P223" t="s">
         <v>24</v>
       </c>
       <c r="Q223" t="s">
         <v>24</v>
       </c>
       <c r="R223" t="s">
         <v>24</v>
       </c>
       <c r="S223">
-        <v>92.81</v>
+        <v>99.07</v>
       </c>
     </row>
     <row r="224" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="C224" t="s">
-        <v>454</v>
+        <v>448</v>
+      </c>
+      <c r="D224">
+        <v>2458</v>
       </c>
       <c r="E224" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="F224" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G224" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H224">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I224" t="b">
         <v>0</v>
       </c>
       <c r="J224" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K224">
         <v>1</v>
       </c>
       <c r="L224" t="s">
         <v>24</v>
       </c>
       <c r="M224" t="s">
         <v>24</v>
       </c>
       <c r="N224">
-        <v>92.78</v>
+        <v>98.96</v>
       </c>
       <c r="O224" t="s">
         <v>24</v>
       </c>
       <c r="P224" t="s">
         <v>24</v>
       </c>
       <c r="Q224" t="s">
         <v>24</v>
       </c>
       <c r="R224" t="s">
         <v>24</v>
       </c>
       <c r="S224">
-        <v>92.78</v>
+        <v>98.96</v>
       </c>
     </row>
     <row r="225" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>83</v>
+        <v>118</v>
       </c>
       <c r="C225" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="E225" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="F225" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G225" t="s">
         <v>23</v>
       </c>
       <c r="H225">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="I225" t="b">
         <v>0</v>
       </c>
       <c r="J225" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K225">
         <v>1</v>
       </c>
-      <c r="L225">
-        <v>92.76</v>
+      <c r="L225" t="s">
+        <v>24</v>
       </c>
       <c r="M225" t="s">
         <v>24</v>
       </c>
       <c r="N225" t="s">
         <v>24</v>
       </c>
       <c r="O225" t="s">
         <v>24</v>
       </c>
-      <c r="P225" t="s">
-        <v>24</v>
+      <c r="P225">
+        <v>98.9</v>
       </c>
       <c r="Q225" t="s">
         <v>24</v>
       </c>
       <c r="R225" t="s">
         <v>24</v>
       </c>
       <c r="S225">
-        <v>92.76</v>
+        <v>98.9</v>
       </c>
     </row>
     <row r="226" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="C226" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>2151</v>
+        <v>452</v>
       </c>
       <c r="E226" t="s">
-        <v>330</v>
+        <v>24</v>
       </c>
       <c r="F226" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G226" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H226">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="I226" t="b">
         <v>0</v>
       </c>
       <c r="J226" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K226">
         <v>1</v>
       </c>
-      <c r="L226" t="s">
-        <v>24</v>
+      <c r="L226">
+        <v>98.84</v>
       </c>
       <c r="M226" t="s">
         <v>24</v>
       </c>
-      <c r="N226">
-        <v>92.34</v>
+      <c r="N226" t="s">
+        <v>24</v>
       </c>
       <c r="O226" t="s">
         <v>24</v>
       </c>
       <c r="P226" t="s">
         <v>24</v>
       </c>
       <c r="Q226" t="s">
         <v>24</v>
       </c>
       <c r="R226" t="s">
         <v>24</v>
       </c>
       <c r="S226">
-        <v>92.34</v>
+        <v>98.84</v>
       </c>
     </row>
     <row r="227" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="C227" t="s">
-        <v>460</v>
+        <v>169</v>
+      </c>
+      <c r="D227">
+        <v>1020</v>
       </c>
       <c r="E227" t="s">
-        <v>50</v>
+        <v>21</v>
       </c>
       <c r="F227" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G227" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H227">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="I227" t="b">
         <v>0</v>
       </c>
       <c r="J227" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K227">
         <v>1</v>
       </c>
       <c r="L227" t="s">
         <v>24</v>
       </c>
       <c r="M227" t="s">
         <v>24</v>
       </c>
       <c r="N227" t="s">
         <v>24</v>
       </c>
       <c r="O227" t="s">
         <v>24</v>
       </c>
-      <c r="P227">
-        <v>92.33</v>
+      <c r="P227" t="s">
+        <v>24</v>
       </c>
       <c r="Q227" t="s">
         <v>24</v>
       </c>
-      <c r="R227" t="s">
-        <v>24</v>
+      <c r="R227">
+        <v>98.51</v>
       </c>
       <c r="S227">
-        <v>92.33</v>
+        <v>98.51</v>
       </c>
     </row>
     <row r="228" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
+        <v>454</v>
+      </c>
+      <c r="C228" t="s">
+        <v>455</v>
+      </c>
+      <c r="E228" t="s">
+        <v>24</v>
+      </c>
+      <c r="F228" t="s">
+        <v>67</v>
+      </c>
+      <c r="G228" t="s">
+        <v>23</v>
+      </c>
+      <c r="H228">
+        <v>15</v>
+      </c>
+      <c r="I228" t="b">
+        <v>0</v>
+      </c>
+      <c r="J228" t="s">
         <v>147</v>
       </c>
-      <c r="C228" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K228">
         <v>1</v>
       </c>
-      <c r="L228">
-        <v>92.27</v>
+      <c r="L228" t="s">
+        <v>24</v>
       </c>
       <c r="M228" t="s">
         <v>24</v>
       </c>
       <c r="N228" t="s">
         <v>24</v>
       </c>
       <c r="O228" t="s">
         <v>24</v>
       </c>
       <c r="P228" t="s">
         <v>24</v>
       </c>
       <c r="Q228" t="s">
         <v>24</v>
       </c>
-      <c r="R228" t="s">
-        <v>24</v>
+      <c r="R228">
+        <v>97.94</v>
       </c>
       <c r="S228">
-        <v>92.27</v>
+        <v>97.94</v>
       </c>
     </row>
     <row r="229" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>462</v>
+        <v>190</v>
       </c>
       <c r="C229" t="s">
-        <v>179</v>
+        <v>456</v>
+      </c>
+      <c r="D229">
+        <v>1796</v>
       </c>
       <c r="E229" t="s">
-        <v>463</v>
+        <v>24</v>
       </c>
       <c r="F229" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G229" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H229">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="I229" t="b">
         <v>0</v>
       </c>
       <c r="J229" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K229">
         <v>1</v>
       </c>
       <c r="L229" t="s">
         <v>24</v>
       </c>
       <c r="M229" t="s">
         <v>24</v>
       </c>
-      <c r="N229">
-        <v>91.67</v>
+      <c r="N229" t="s">
+        <v>24</v>
       </c>
       <c r="O229" t="s">
         <v>24</v>
       </c>
-      <c r="P229" t="s">
-        <v>24</v>
+      <c r="P229">
+        <v>97.92</v>
       </c>
       <c r="Q229" t="s">
         <v>24</v>
       </c>
       <c r="R229" t="s">
         <v>24</v>
       </c>
       <c r="S229">
-        <v>91.67</v>
+        <v>97.92</v>
       </c>
     </row>
     <row r="230" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>115</v>
+        <v>457</v>
       </c>
       <c r="C230" t="s">
-        <v>464</v>
+        <v>444</v>
       </c>
       <c r="E230" t="s">
-        <v>24</v>
+        <v>458</v>
       </c>
       <c r="F230" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G230" t="s">
         <v>23</v>
       </c>
       <c r="H230">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="I230" t="b">
         <v>0</v>
       </c>
       <c r="J230" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K230">
         <v>1</v>
       </c>
       <c r="L230" t="s">
         <v>24</v>
       </c>
       <c r="M230" t="s">
         <v>24</v>
       </c>
       <c r="N230" t="s">
         <v>24</v>
       </c>
       <c r="O230" t="s">
         <v>24</v>
       </c>
-      <c r="P230">
-        <v>91.47</v>
+      <c r="P230" t="s">
+        <v>24</v>
       </c>
       <c r="Q230" t="s">
         <v>24</v>
       </c>
-      <c r="R230" t="s">
-        <v>24</v>
+      <c r="R230">
+        <v>97.72</v>
       </c>
       <c r="S230">
-        <v>91.47</v>
+        <v>97.72</v>
       </c>
     </row>
     <row r="231" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>360</v>
+        <v>39</v>
       </c>
       <c r="C231" t="s">
-        <v>206</v>
+        <v>459</v>
+      </c>
+      <c r="D231">
+        <v>869</v>
       </c>
       <c r="E231" t="s">
-        <v>438</v>
+        <v>48</v>
       </c>
       <c r="F231" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="G231" t="s">
         <v>23</v>
       </c>
       <c r="H231">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="I231" t="b">
         <v>0</v>
       </c>
       <c r="J231" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K231">
         <v>1</v>
       </c>
       <c r="L231" t="s">
         <v>24</v>
       </c>
       <c r="M231" t="s">
         <v>24</v>
       </c>
       <c r="N231">
-        <v>91.29</v>
+        <v>96.74</v>
       </c>
       <c r="O231" t="s">
         <v>24</v>
       </c>
       <c r="P231" t="s">
         <v>24</v>
       </c>
       <c r="Q231" t="s">
         <v>24</v>
       </c>
       <c r="R231" t="s">
         <v>24</v>
       </c>
       <c r="S231">
-        <v>91.29</v>
+        <v>96.74</v>
       </c>
     </row>
     <row r="232" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>465</v>
+        <v>118</v>
       </c>
       <c r="C232" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>1960</v>
+        <v>460</v>
       </c>
       <c r="E232" t="s">
-        <v>50</v>
+        <v>461</v>
       </c>
       <c r="F232" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G232" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H232">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I232" t="b">
         <v>0</v>
       </c>
       <c r="J232" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K232">
         <v>1</v>
       </c>
-      <c r="L232" t="s">
-[...3 lines deleted...]
-        <v>91.22</v>
+      <c r="L232">
+        <v>96.6</v>
+      </c>
+      <c r="M232" t="s">
+        <v>24</v>
       </c>
       <c r="N232" t="s">
         <v>24</v>
       </c>
       <c r="O232" t="s">
         <v>24</v>
       </c>
       <c r="P232" t="s">
         <v>24</v>
       </c>
       <c r="Q232" t="s">
         <v>24</v>
       </c>
       <c r="R232" t="s">
         <v>24</v>
       </c>
       <c r="S232">
-        <v>91.22</v>
+        <v>96.6</v>
       </c>
     </row>
     <row r="233" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
-        <v>451</v>
+        <v>186</v>
       </c>
       <c r="C233" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>1429</v>
+        <v>462</v>
       </c>
       <c r="E233" t="s">
-        <v>467</v>
+        <v>106</v>
       </c>
       <c r="F233" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G233" t="s">
         <v>23</v>
       </c>
       <c r="H233">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I233" t="b">
         <v>0</v>
       </c>
       <c r="J233" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K233">
         <v>1</v>
       </c>
       <c r="L233" t="s">
         <v>24</v>
       </c>
       <c r="M233">
-        <v>91.14</v>
+        <v>96.53</v>
       </c>
       <c r="N233" t="s">
         <v>24</v>
       </c>
       <c r="O233" t="s">
         <v>24</v>
       </c>
       <c r="P233" t="s">
         <v>24</v>
       </c>
       <c r="Q233" t="s">
         <v>24</v>
       </c>
       <c r="R233" t="s">
         <v>24</v>
       </c>
       <c r="S233">
-        <v>91.14</v>
+        <v>96.53</v>
       </c>
     </row>
     <row r="234" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A234">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>78</v>
+        <v>389</v>
       </c>
       <c r="C234" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="E234" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="F234" t="s">
         <v>22</v>
       </c>
       <c r="G234" t="s">
         <v>23</v>
       </c>
       <c r="H234">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="I234" t="b">
         <v>0</v>
       </c>
       <c r="J234" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K234">
         <v>1</v>
       </c>
       <c r="L234">
-        <v>91.06</v>
+        <v>96.51</v>
       </c>
       <c r="M234" t="s">
         <v>24</v>
       </c>
       <c r="N234" t="s">
         <v>24</v>
       </c>
       <c r="O234" t="s">
         <v>24</v>
       </c>
       <c r="P234" t="s">
         <v>24</v>
       </c>
       <c r="Q234" t="s">
         <v>24</v>
       </c>
       <c r="R234" t="s">
         <v>24</v>
       </c>
       <c r="S234">
-        <v>91.06</v>
+        <v>96.51</v>
       </c>
     </row>
     <row r="235" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>469</v>
+        <v>118</v>
       </c>
       <c r="C235" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="E235" t="s">
-        <v>122</v>
+        <v>465</v>
       </c>
       <c r="F235" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G235" t="s">
         <v>23</v>
       </c>
       <c r="H235">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="I235" t="b">
         <v>0</v>
       </c>
       <c r="J235" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K235">
         <v>1</v>
       </c>
       <c r="L235">
-        <v>91.04</v>
+        <v>96.42</v>
       </c>
       <c r="M235" t="s">
         <v>24</v>
       </c>
       <c r="N235" t="s">
         <v>24</v>
       </c>
       <c r="O235" t="s">
         <v>24</v>
       </c>
       <c r="P235" t="s">
         <v>24</v>
       </c>
       <c r="Q235" t="s">
         <v>24</v>
       </c>
       <c r="R235" t="s">
         <v>24</v>
       </c>
       <c r="S235">
-        <v>91.04</v>
+        <v>96.42</v>
       </c>
     </row>
     <row r="236" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>53</v>
+        <v>466</v>
       </c>
       <c r="C236" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="E236" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="F236" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G236" t="s">
         <v>23</v>
       </c>
       <c r="H236">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="I236" t="b">
         <v>0</v>
       </c>
       <c r="J236" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K236">
         <v>1</v>
       </c>
       <c r="L236">
-        <v>90.84</v>
+        <v>96.36</v>
       </c>
       <c r="M236" t="s">
         <v>24</v>
       </c>
       <c r="N236" t="s">
         <v>24</v>
       </c>
       <c r="O236" t="s">
         <v>24</v>
       </c>
       <c r="P236" t="s">
         <v>24</v>
       </c>
       <c r="Q236" t="s">
         <v>24</v>
       </c>
       <c r="R236" t="s">
         <v>24</v>
       </c>
       <c r="S236">
-        <v>90.84</v>
+        <v>96.36</v>
       </c>
     </row>
     <row r="237" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
-        <v>422</v>
+        <v>65</v>
       </c>
       <c r="C237" t="s">
-        <v>472</v>
+        <v>277</v>
       </c>
       <c r="E237" t="s">
-        <v>473</v>
+        <v>64</v>
       </c>
       <c r="F237" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G237" t="s">
         <v>23</v>
       </c>
       <c r="H237">
-        <v>65</v>
+        <v>2</v>
       </c>
       <c r="I237" t="b">
         <v>0</v>
       </c>
       <c r="J237" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K237">
         <v>1</v>
       </c>
       <c r="L237" t="s">
         <v>24</v>
       </c>
-      <c r="M237">
-        <v>90.25</v>
+      <c r="M237" t="s">
+        <v>24</v>
       </c>
       <c r="N237" t="s">
         <v>24</v>
       </c>
       <c r="O237" t="s">
         <v>24</v>
       </c>
-      <c r="P237" t="s">
-        <v>24</v>
+      <c r="P237">
+        <v>96.33</v>
       </c>
       <c r="Q237" t="s">
         <v>24</v>
       </c>
       <c r="R237" t="s">
         <v>24</v>
       </c>
       <c r="S237">
-        <v>90.25</v>
+        <v>96.33</v>
       </c>
     </row>
     <row r="238" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A238">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>28</v>
+        <v>384</v>
       </c>
       <c r="C238" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>1370</v>
+        <v>468</v>
       </c>
       <c r="E238" t="s">
+        <v>24</v>
+      </c>
+      <c r="F238" t="s">
+        <v>22</v>
+      </c>
+      <c r="G238" t="s">
+        <v>23</v>
+      </c>
+      <c r="H238">
         <v>77</v>
       </c>
-      <c r="F238" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I238" t="b">
         <v>0</v>
       </c>
       <c r="J238" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K238">
         <v>1</v>
       </c>
-      <c r="L238" t="s">
-        <v>24</v>
+      <c r="L238">
+        <v>96.33</v>
       </c>
       <c r="M238" t="s">
         <v>24</v>
       </c>
       <c r="N238" t="s">
         <v>24</v>
       </c>
       <c r="O238" t="s">
         <v>24</v>
       </c>
       <c r="P238" t="s">
         <v>24</v>
       </c>
-      <c r="Q238">
-        <v>90.23</v>
+      <c r="Q238" t="s">
+        <v>24</v>
       </c>
       <c r="R238" t="s">
         <v>24</v>
       </c>
       <c r="S238">
-        <v>90.23</v>
+        <v>96.33</v>
       </c>
     </row>
     <row r="239" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A239">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C239" t="s">
-        <v>475</v>
+        <v>35</v>
       </c>
       <c r="E239" t="s">
-        <v>24</v>
+        <v>470</v>
       </c>
       <c r="F239" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G239" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H239">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="I239" t="b">
         <v>0</v>
       </c>
       <c r="J239" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K239">
         <v>1</v>
       </c>
-      <c r="L239" t="s">
-        <v>24</v>
+      <c r="L239">
+        <v>96.28</v>
       </c>
       <c r="M239" t="s">
         <v>24</v>
       </c>
       <c r="N239" t="s">
         <v>24</v>
       </c>
       <c r="O239" t="s">
         <v>24</v>
       </c>
-      <c r="P239">
-        <v>89.97</v>
+      <c r="P239" t="s">
+        <v>24</v>
       </c>
       <c r="Q239" t="s">
         <v>24</v>
       </c>
       <c r="R239" t="s">
         <v>24</v>
       </c>
       <c r="S239">
-        <v>89.97</v>
+        <v>96.28</v>
       </c>
     </row>
     <row r="240" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="C240" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>1785</v>
+        <v>472</v>
       </c>
       <c r="E240" t="s">
-        <v>191</v>
+        <v>21</v>
       </c>
       <c r="F240" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G240" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H240">
-        <v>19</v>
+        <v>51</v>
       </c>
       <c r="I240" t="b">
         <v>0</v>
       </c>
       <c r="J240" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K240">
         <v>1</v>
       </c>
       <c r="L240">
-        <v>89.95</v>
+        <v>95.92</v>
       </c>
       <c r="M240" t="s">
         <v>24</v>
       </c>
       <c r="N240" t="s">
         <v>24</v>
       </c>
       <c r="O240" t="s">
         <v>24</v>
       </c>
       <c r="P240" t="s">
         <v>24</v>
       </c>
       <c r="Q240" t="s">
         <v>24</v>
       </c>
       <c r="R240" t="s">
         <v>24</v>
       </c>
       <c r="S240">
-        <v>89.95</v>
+        <v>95.92</v>
       </c>
     </row>
     <row r="241" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>478</v>
+        <v>201</v>
       </c>
       <c r="C241" t="s">
-        <v>206</v>
+        <v>473</v>
       </c>
       <c r="E241" t="s">
-        <v>50</v>
+        <v>161</v>
       </c>
       <c r="F241" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G241" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H241">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I241" t="b">
         <v>0</v>
       </c>
       <c r="J241" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K241">
         <v>1</v>
       </c>
       <c r="L241" t="s">
         <v>24</v>
       </c>
-      <c r="M241" t="s">
-        <v>24</v>
+      <c r="M241">
+        <v>95.68</v>
       </c>
       <c r="N241" t="s">
         <v>24</v>
       </c>
       <c r="O241" t="s">
         <v>24</v>
       </c>
-      <c r="P241">
-        <v>89.73</v>
+      <c r="P241" t="s">
+        <v>24</v>
       </c>
       <c r="Q241" t="s">
         <v>24</v>
       </c>
       <c r="R241" t="s">
         <v>24</v>
       </c>
       <c r="S241">
-        <v>89.73</v>
+        <v>95.68</v>
       </c>
     </row>
     <row r="242" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="C242" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="E242" t="s">
         <v>24</v>
       </c>
       <c r="F242" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G242" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H242">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="I242" t="b">
         <v>0</v>
       </c>
       <c r="J242" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K242">
         <v>1</v>
       </c>
       <c r="L242" t="s">
         <v>24</v>
       </c>
       <c r="M242" t="s">
         <v>24</v>
       </c>
       <c r="N242">
-        <v>89.56</v>
+        <v>95.56</v>
       </c>
       <c r="O242" t="s">
         <v>24</v>
       </c>
       <c r="P242" t="s">
         <v>24</v>
       </c>
       <c r="Q242" t="s">
         <v>24</v>
       </c>
       <c r="R242" t="s">
         <v>24</v>
       </c>
       <c r="S242">
-        <v>89.56</v>
+        <v>95.56</v>
       </c>
     </row>
     <row r="243" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>220</v>
+        <v>476</v>
       </c>
       <c r="C243" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="E243" t="s">
         <v>24</v>
       </c>
       <c r="F243" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G243" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H243">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="I243" t="b">
         <v>0</v>
       </c>
       <c r="J243" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K243">
         <v>1</v>
       </c>
-      <c r="L243">
-        <v>89.08</v>
+      <c r="L243" t="s">
+        <v>24</v>
       </c>
       <c r="M243" t="s">
         <v>24</v>
       </c>
-      <c r="N243" t="s">
-        <v>24</v>
+      <c r="N243">
+        <v>95.48</v>
       </c>
       <c r="O243" t="s">
         <v>24</v>
       </c>
       <c r="P243" t="s">
         <v>24</v>
       </c>
       <c r="Q243" t="s">
         <v>24</v>
       </c>
       <c r="R243" t="s">
         <v>24</v>
       </c>
       <c r="S243">
-        <v>89.08</v>
+        <v>95.48</v>
       </c>
     </row>
     <row r="244" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>482</v>
+        <v>306</v>
       </c>
       <c r="C244" t="s">
-        <v>483</v>
+        <v>478</v>
+      </c>
+      <c r="D244">
+        <v>1167</v>
       </c>
       <c r="E244" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="F244" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G244" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H244">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="I244" t="b">
         <v>0</v>
       </c>
       <c r="J244" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K244">
         <v>1</v>
       </c>
       <c r="L244" t="s">
         <v>24</v>
       </c>
       <c r="M244" t="s">
         <v>24</v>
       </c>
-      <c r="N244">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N244" t="s">
+        <v>24</v>
+      </c>
+      <c r="O244">
+        <v>95.15</v>
       </c>
       <c r="P244" t="s">
         <v>24</v>
       </c>
       <c r="Q244" t="s">
         <v>24</v>
       </c>
       <c r="R244" t="s">
         <v>24</v>
       </c>
       <c r="S244">
-        <v>89.06</v>
+        <v>95.15</v>
       </c>
     </row>
     <row r="245" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C245" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="E245" t="s">
-        <v>77</v>
+        <v>481</v>
       </c>
       <c r="F245" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G245" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H245">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I245" t="b">
         <v>0</v>
       </c>
       <c r="J245" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K245">
         <v>1</v>
       </c>
       <c r="L245" t="s">
         <v>24</v>
       </c>
       <c r="M245" t="s">
         <v>24</v>
       </c>
       <c r="N245" t="s">
         <v>24</v>
       </c>
       <c r="O245" t="s">
         <v>24</v>
       </c>
-      <c r="P245" t="s">
-[...3 lines deleted...]
-        <v>88.89</v>
+      <c r="P245">
+        <v>95</v>
+      </c>
+      <c r="Q245" t="s">
+        <v>24</v>
       </c>
       <c r="R245" t="s">
         <v>24</v>
       </c>
       <c r="S245">
-        <v>88.89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="246" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="C246" t="s">
-        <v>112</v>
+        <v>109</v>
+      </c>
+      <c r="D246">
+        <v>2475</v>
       </c>
       <c r="E246" t="s">
-        <v>113</v>
+        <v>64</v>
       </c>
       <c r="F246" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G246" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H246">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="I246" t="b">
         <v>0</v>
       </c>
       <c r="J246" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K246">
         <v>1</v>
       </c>
       <c r="L246" t="s">
         <v>24</v>
       </c>
       <c r="M246" t="s">
         <v>24</v>
       </c>
       <c r="N246" t="s">
         <v>24</v>
       </c>
-      <c r="O246">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O246" t="s">
+        <v>24</v>
+      </c>
+      <c r="P246">
+        <v>94.64</v>
       </c>
       <c r="Q246" t="s">
         <v>24</v>
       </c>
       <c r="R246" t="s">
         <v>24</v>
       </c>
       <c r="S246">
-        <v>88.48</v>
+        <v>94.64</v>
       </c>
     </row>
     <row r="247" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>349</v>
+        <v>454</v>
       </c>
       <c r="C247" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="E247" t="s">
-        <v>196</v>
+        <v>227</v>
       </c>
       <c r="F247" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G247" t="s">
         <v>23</v>
       </c>
       <c r="H247">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="I247" t="b">
         <v>0</v>
       </c>
       <c r="J247" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K247">
         <v>1</v>
       </c>
       <c r="L247" t="s">
         <v>24</v>
       </c>
       <c r="M247" t="s">
         <v>24</v>
       </c>
       <c r="N247" t="s">
         <v>24</v>
       </c>
-      <c r="O247" t="s">
-[...3 lines deleted...]
-        <v>88.38</v>
+      <c r="O247">
+        <v>94.54</v>
+      </c>
+      <c r="P247" t="s">
+        <v>24</v>
       </c>
       <c r="Q247" t="s">
         <v>24</v>
       </c>
       <c r="R247" t="s">
         <v>24</v>
       </c>
       <c r="S247">
-        <v>88.38</v>
+        <v>94.54</v>
       </c>
     </row>
     <row r="248" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>488</v>
+        <v>327</v>
       </c>
       <c r="C248" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="D248">
-        <v>1426</v>
+        <v>2476</v>
       </c>
       <c r="E248" t="s">
-        <v>490</v>
+        <v>24</v>
       </c>
       <c r="F248" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G248" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H248">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="I248" t="b">
         <v>0</v>
       </c>
       <c r="J248" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K248">
         <v>1</v>
       </c>
       <c r="L248" t="s">
         <v>24</v>
       </c>
       <c r="M248" t="s">
         <v>24</v>
       </c>
       <c r="N248" t="s">
         <v>24</v>
       </c>
       <c r="O248" t="s">
         <v>24</v>
       </c>
-      <c r="P248" t="s">
-[...3 lines deleted...]
-        <v>88.3</v>
+      <c r="P248">
+        <v>94.42</v>
+      </c>
+      <c r="Q248" t="s">
+        <v>24</v>
       </c>
       <c r="R248" t="s">
         <v>24</v>
       </c>
       <c r="S248">
-        <v>88.3</v>
+        <v>94.42</v>
       </c>
     </row>
     <row r="249" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>459</v>
+        <v>485</v>
       </c>
       <c r="C249" t="s">
-        <v>491</v>
+        <v>486</v>
+      </c>
+      <c r="D249">
+        <v>2047</v>
       </c>
       <c r="E249" t="s">
-        <v>438</v>
+        <v>21</v>
       </c>
       <c r="F249" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G249" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H249">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="I249" t="b">
         <v>0</v>
       </c>
       <c r="J249" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K249">
         <v>1</v>
       </c>
       <c r="L249" t="s">
         <v>24</v>
       </c>
       <c r="M249" t="s">
         <v>24</v>
       </c>
-      <c r="N249">
-        <v>88.28</v>
+      <c r="N249" t="s">
+        <v>24</v>
       </c>
       <c r="O249" t="s">
         <v>24</v>
       </c>
-      <c r="P249" t="s">
-        <v>24</v>
+      <c r="P249">
+        <v>94.34</v>
       </c>
       <c r="Q249" t="s">
         <v>24</v>
       </c>
       <c r="R249" t="s">
         <v>24</v>
       </c>
       <c r="S249">
-        <v>88.28</v>
+        <v>94.34</v>
       </c>
     </row>
     <row r="250" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>492</v>
+        <v>88</v>
       </c>
       <c r="C250" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E250" t="s">
-        <v>50</v>
+        <v>436</v>
       </c>
       <c r="F250" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G250" t="s">
         <v>23</v>
       </c>
       <c r="H250">
-        <v>19</v>
+        <v>79</v>
       </c>
       <c r="I250" t="b">
         <v>0</v>
       </c>
       <c r="J250" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K250">
         <v>1</v>
       </c>
       <c r="L250" t="s">
         <v>24</v>
       </c>
-      <c r="M250" t="s">
-        <v>24</v>
+      <c r="M250">
+        <v>94.25</v>
       </c>
       <c r="N250" t="s">
         <v>24</v>
       </c>
       <c r="O250" t="s">
         <v>24</v>
       </c>
-      <c r="P250">
-        <v>87.65</v>
+      <c r="P250" t="s">
+        <v>24</v>
       </c>
       <c r="Q250" t="s">
         <v>24</v>
       </c>
       <c r="R250" t="s">
         <v>24</v>
       </c>
       <c r="S250">
-        <v>87.65</v>
+        <v>94.25</v>
       </c>
     </row>
     <row r="251" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>494</v>
+        <v>225</v>
       </c>
       <c r="C251" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="E251" t="s">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="F251" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G251" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H251">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I251" t="b">
         <v>0</v>
       </c>
       <c r="J251" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K251">
         <v>1</v>
       </c>
       <c r="L251" t="s">
         <v>24</v>
       </c>
       <c r="M251" t="s">
         <v>24</v>
       </c>
       <c r="N251" t="s">
         <v>24</v>
       </c>
       <c r="O251" t="s">
         <v>24</v>
       </c>
       <c r="P251" t="s">
         <v>24</v>
       </c>
-      <c r="Q251">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="Q251" t="s">
+        <v>24</v>
+      </c>
+      <c r="R251">
+        <v>94.17</v>
       </c>
       <c r="S251">
-        <v>87.44</v>
+        <v>94.17</v>
       </c>
     </row>
     <row r="252" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="C252" t="s">
-        <v>33</v>
+        <v>490</v>
       </c>
       <c r="E252" t="s">
-        <v>438</v>
+        <v>491</v>
       </c>
       <c r="F252" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G252" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H252">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="I252" t="b">
         <v>0</v>
       </c>
       <c r="J252" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K252">
         <v>1</v>
       </c>
-      <c r="L252" t="s">
-        <v>24</v>
+      <c r="L252">
+        <v>93.95</v>
       </c>
       <c r="M252" t="s">
         <v>24</v>
       </c>
       <c r="N252" t="s">
         <v>24</v>
       </c>
       <c r="O252" t="s">
         <v>24</v>
       </c>
-      <c r="P252">
-        <v>87.16</v>
+      <c r="P252" t="s">
+        <v>24</v>
       </c>
       <c r="Q252" t="s">
         <v>24</v>
       </c>
       <c r="R252" t="s">
         <v>24</v>
       </c>
       <c r="S252">
-        <v>87.16</v>
+        <v>93.95</v>
       </c>
     </row>
     <row r="253" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>233</v>
+        <v>367</v>
       </c>
       <c r="C253" t="s">
-        <v>497</v>
+        <v>492</v>
+      </c>
+      <c r="D253">
+        <v>1612</v>
       </c>
       <c r="E253" t="s">
-        <v>438</v>
+        <v>21</v>
       </c>
       <c r="F253" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G253" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H253">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="I253" t="b">
         <v>0</v>
       </c>
       <c r="J253" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K253">
         <v>1</v>
       </c>
       <c r="L253" t="s">
         <v>24</v>
       </c>
       <c r="M253" t="s">
         <v>24</v>
       </c>
       <c r="N253" t="s">
         <v>24</v>
       </c>
       <c r="O253" t="s">
         <v>24</v>
       </c>
       <c r="P253">
-        <v>87.04</v>
+        <v>93.66</v>
       </c>
       <c r="Q253" t="s">
         <v>24</v>
       </c>
       <c r="R253" t="s">
         <v>24</v>
       </c>
       <c r="S253">
-        <v>87.04</v>
+        <v>93.66</v>
       </c>
     </row>
     <row r="254" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="C254" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>1797</v>
+        <v>494</v>
       </c>
       <c r="E254" t="s">
-        <v>438</v>
+        <v>24</v>
       </c>
       <c r="F254" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G254" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H254">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="I254" t="b">
         <v>0</v>
       </c>
       <c r="J254" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K254">
         <v>1</v>
       </c>
       <c r="L254" t="s">
         <v>24</v>
       </c>
       <c r="M254" t="s">
         <v>24</v>
       </c>
-      <c r="N254">
-        <v>85.92</v>
+      <c r="N254" t="s">
+        <v>24</v>
       </c>
       <c r="O254" t="s">
         <v>24</v>
       </c>
-      <c r="P254" t="s">
-        <v>24</v>
+      <c r="P254">
+        <v>93.66</v>
       </c>
       <c r="Q254" t="s">
         <v>24</v>
       </c>
       <c r="R254" t="s">
         <v>24</v>
       </c>
       <c r="S254">
-        <v>85.92</v>
+        <v>93.66</v>
       </c>
     </row>
     <row r="255" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>453</v>
+        <v>495</v>
       </c>
       <c r="C255" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="E255" t="s">
-        <v>24</v>
+        <v>497</v>
       </c>
       <c r="F255" t="s">
-        <v>22</v>
+        <v>115</v>
       </c>
       <c r="G255" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H255">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="I255" t="b">
         <v>0</v>
       </c>
       <c r="J255" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K255">
         <v>1</v>
       </c>
       <c r="L255" t="s">
         <v>24</v>
       </c>
       <c r="M255" t="s">
         <v>24</v>
       </c>
       <c r="N255">
-        <v>85.26</v>
+        <v>93.51</v>
       </c>
       <c r="O255" t="s">
         <v>24</v>
       </c>
       <c r="P255" t="s">
         <v>24</v>
       </c>
       <c r="Q255" t="s">
         <v>24</v>
       </c>
       <c r="R255" t="s">
         <v>24</v>
       </c>
       <c r="S255">
-        <v>85.26</v>
+        <v>93.51</v>
       </c>
     </row>
     <row r="256" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>501</v>
+        <v>454</v>
       </c>
       <c r="C256" t="s">
-        <v>340</v>
+        <v>498</v>
       </c>
       <c r="E256" t="s">
         <v>24</v>
       </c>
       <c r="F256" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G256" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H256">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I256" t="b">
         <v>0</v>
       </c>
       <c r="J256" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K256">
         <v>1</v>
       </c>
       <c r="L256" t="s">
         <v>24</v>
       </c>
       <c r="M256" t="s">
         <v>24</v>
       </c>
-      <c r="N256" t="s">
-[...3 lines deleted...]
-        <v>85.16</v>
+      <c r="N256">
+        <v>93.44</v>
+      </c>
+      <c r="O256" t="s">
+        <v>24</v>
       </c>
       <c r="P256" t="s">
         <v>24</v>
       </c>
       <c r="Q256" t="s">
         <v>24</v>
       </c>
       <c r="R256" t="s">
         <v>24</v>
       </c>
       <c r="S256">
-        <v>85.16</v>
+        <v>93.44</v>
       </c>
     </row>
     <row r="257" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="C257" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>1492</v>
+        <v>500</v>
       </c>
       <c r="E257" t="s">
-        <v>503</v>
+        <v>24</v>
       </c>
       <c r="F257" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G257" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H257">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="I257" t="b">
         <v>0</v>
       </c>
       <c r="J257" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K257">
         <v>1</v>
       </c>
-      <c r="L257">
-        <v>85.06</v>
+      <c r="L257" t="s">
+        <v>24</v>
       </c>
       <c r="M257" t="s">
         <v>24</v>
       </c>
       <c r="N257" t="s">
         <v>24</v>
       </c>
       <c r="O257" t="s">
         <v>24</v>
       </c>
-      <c r="P257" t="s">
-        <v>24</v>
+      <c r="P257">
+        <v>93.34</v>
       </c>
       <c r="Q257" t="s">
         <v>24</v>
       </c>
       <c r="R257" t="s">
         <v>24</v>
       </c>
       <c r="S257">
-        <v>85.06</v>
+        <v>93.34</v>
       </c>
     </row>
     <row r="258" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>85</v>
+        <v>30</v>
       </c>
       <c r="C258" t="s">
-        <v>60</v>
+        <v>501</v>
       </c>
       <c r="E258" t="s">
-        <v>159</v>
+        <v>24</v>
       </c>
       <c r="F258" t="s">
         <v>22</v>
       </c>
       <c r="G258" t="s">
         <v>23</v>
       </c>
       <c r="H258">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="I258" t="b">
         <v>0</v>
       </c>
       <c r="J258" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K258">
         <v>1</v>
       </c>
-      <c r="L258">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L258" t="s">
+        <v>24</v>
+      </c>
+      <c r="M258">
+        <v>93.1</v>
       </c>
       <c r="N258" t="s">
         <v>24</v>
       </c>
       <c r="O258" t="s">
         <v>24</v>
       </c>
       <c r="P258" t="s">
         <v>24</v>
       </c>
       <c r="Q258" t="s">
         <v>24</v>
       </c>
       <c r="R258" t="s">
         <v>24</v>
       </c>
       <c r="S258">
-        <v>84.87</v>
+        <v>93.1</v>
       </c>
     </row>
     <row r="259" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="C259" t="s">
-        <v>293</v>
+        <v>503</v>
+      </c>
+      <c r="D259">
+        <v>453</v>
       </c>
       <c r="E259" t="s">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="F259" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G259" t="s">
         <v>23</v>
       </c>
       <c r="H259">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="I259" t="b">
         <v>0</v>
       </c>
       <c r="J259" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K259">
         <v>1</v>
       </c>
-      <c r="L259">
-        <v>84.45</v>
+      <c r="L259" t="s">
+        <v>24</v>
       </c>
       <c r="M259" t="s">
         <v>24</v>
       </c>
-      <c r="N259" t="s">
-        <v>24</v>
+      <c r="N259">
+        <v>93.1</v>
       </c>
       <c r="O259" t="s">
         <v>24</v>
       </c>
       <c r="P259" t="s">
         <v>24</v>
       </c>
       <c r="Q259" t="s">
         <v>24</v>
       </c>
       <c r="R259" t="s">
         <v>24</v>
       </c>
       <c r="S259">
-        <v>84.45</v>
+        <v>93.1</v>
       </c>
     </row>
     <row r="260" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="C260" t="s">
-        <v>506</v>
+        <v>63</v>
+      </c>
+      <c r="D260">
+        <v>575</v>
       </c>
       <c r="E260" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="F260" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G260" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H260">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I260" t="b">
         <v>0</v>
       </c>
       <c r="J260" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K260">
         <v>1</v>
       </c>
       <c r="L260" t="s">
         <v>24</v>
       </c>
-      <c r="M260" t="s">
-[...3 lines deleted...]
-        <v>84.38</v>
+      <c r="M260">
+        <v>93.05</v>
+      </c>
+      <c r="N260" t="s">
+        <v>24</v>
       </c>
       <c r="O260" t="s">
         <v>24</v>
       </c>
       <c r="P260" t="s">
         <v>24</v>
       </c>
       <c r="Q260" t="s">
         <v>24</v>
       </c>
       <c r="R260" t="s">
         <v>24</v>
       </c>
       <c r="S260">
-        <v>84.38</v>
+        <v>93.05</v>
       </c>
     </row>
     <row r="261" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
+        <v>505</v>
+      </c>
+      <c r="C261" t="s">
+        <v>506</v>
+      </c>
+      <c r="E261" t="s">
         <v>507</v>
       </c>
-      <c r="C261" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F261" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G261" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H261">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="I261" t="b">
         <v>0</v>
       </c>
       <c r="J261" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K261">
         <v>1</v>
       </c>
       <c r="L261" t="s">
         <v>24</v>
       </c>
       <c r="M261" t="s">
         <v>24</v>
       </c>
-      <c r="N261" t="s">
-        <v>24</v>
+      <c r="N261">
+        <v>92.88</v>
       </c>
       <c r="O261" t="s">
         <v>24</v>
       </c>
-      <c r="P261">
-        <v>83.92</v>
+      <c r="P261" t="s">
+        <v>24</v>
       </c>
       <c r="Q261" t="s">
         <v>24</v>
       </c>
       <c r="R261" t="s">
         <v>24</v>
       </c>
       <c r="S261">
-        <v>83.92</v>
+        <v>92.88</v>
       </c>
     </row>
     <row r="262" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
+        <v>508</v>
+      </c>
+      <c r="C262" t="s">
         <v>509</v>
       </c>
-      <c r="C262" t="s">
-        <v>464</v>
+      <c r="D262">
+        <v>931</v>
       </c>
       <c r="E262" t="s">
-        <v>510</v>
+        <v>48</v>
       </c>
       <c r="F262" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G262" t="s">
         <v>23</v>
       </c>
       <c r="H262">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="I262" t="b">
         <v>0</v>
       </c>
       <c r="J262" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K262">
         <v>1</v>
       </c>
-      <c r="L262" t="s">
-        <v>24</v>
+      <c r="L262">
+        <v>92.81</v>
       </c>
       <c r="M262" t="s">
         <v>24</v>
       </c>
       <c r="N262" t="s">
         <v>24</v>
       </c>
       <c r="O262" t="s">
         <v>24</v>
       </c>
-      <c r="P262">
-        <v>83.84</v>
+      <c r="P262" t="s">
+        <v>24</v>
       </c>
       <c r="Q262" t="s">
         <v>24</v>
       </c>
       <c r="R262" t="s">
         <v>24</v>
       </c>
       <c r="S262">
-        <v>83.84</v>
+        <v>92.81</v>
       </c>
     </row>
     <row r="263" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
+        <v>510</v>
+      </c>
+      <c r="C263" t="s">
         <v>511</v>
       </c>
-      <c r="C263" t="s">
+      <c r="E263" t="s">
         <v>512</v>
       </c>
-      <c r="E263" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F263" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G263" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H263">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="I263" t="b">
         <v>0</v>
       </c>
       <c r="J263" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K263">
         <v>1</v>
       </c>
       <c r="L263" t="s">
         <v>24</v>
       </c>
       <c r="M263" t="s">
         <v>24</v>
       </c>
-      <c r="N263" t="s">
-        <v>24</v>
+      <c r="N263">
+        <v>92.78</v>
       </c>
       <c r="O263" t="s">
         <v>24</v>
       </c>
-      <c r="P263">
-        <v>83.83</v>
+      <c r="P263" t="s">
+        <v>24</v>
       </c>
       <c r="Q263" t="s">
         <v>24</v>
       </c>
       <c r="R263" t="s">
         <v>24</v>
       </c>
       <c r="S263">
-        <v>83.83</v>
+        <v>92.78</v>
       </c>
     </row>
     <row r="264" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
+        <v>50</v>
+      </c>
+      <c r="C264" t="s">
         <v>513</v>
       </c>
-      <c r="C264" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E264" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F264" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G264" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H264">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="I264" t="b">
         <v>0</v>
       </c>
       <c r="J264" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K264">
         <v>1</v>
       </c>
-      <c r="L264" t="s">
-        <v>24</v>
+      <c r="L264">
+        <v>92.76</v>
       </c>
       <c r="M264" t="s">
         <v>24</v>
       </c>
       <c r="N264" t="s">
         <v>24</v>
       </c>
       <c r="O264" t="s">
         <v>24</v>
       </c>
-      <c r="P264">
-        <v>83.64</v>
+      <c r="P264" t="s">
+        <v>24</v>
       </c>
       <c r="Q264" t="s">
         <v>24</v>
       </c>
       <c r="R264" t="s">
         <v>24</v>
       </c>
       <c r="S264">
-        <v>83.64</v>
+        <v>92.76</v>
       </c>
     </row>
     <row r="265" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
+        <v>514</v>
+      </c>
+      <c r="C265" t="s">
         <v>515</v>
       </c>
-      <c r="C265" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D265">
-        <v>2231</v>
+        <v>2151</v>
       </c>
       <c r="E265" t="s">
-        <v>24</v>
+        <v>373</v>
       </c>
       <c r="F265" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G265" t="s">
         <v>23</v>
       </c>
       <c r="H265">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="I265" t="b">
         <v>0</v>
       </c>
       <c r="J265" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K265">
         <v>1</v>
       </c>
-      <c r="L265">
-        <v>82.53</v>
+      <c r="L265" t="s">
+        <v>24</v>
       </c>
       <c r="M265" t="s">
         <v>24</v>
       </c>
-      <c r="N265" t="s">
-        <v>24</v>
+      <c r="N265">
+        <v>92.34</v>
       </c>
       <c r="O265" t="s">
         <v>24</v>
       </c>
       <c r="P265" t="s">
         <v>24</v>
       </c>
       <c r="Q265" t="s">
         <v>24</v>
       </c>
       <c r="R265" t="s">
         <v>24</v>
       </c>
       <c r="S265">
-        <v>82.53</v>
+        <v>92.34</v>
       </c>
     </row>
     <row r="266" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
+        <v>516</v>
+      </c>
+      <c r="C266" t="s">
         <v>517</v>
       </c>
-      <c r="C266" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E266" t="s">
-        <v>196</v>
+        <v>64</v>
       </c>
       <c r="F266" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G266" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H266">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="I266" t="b">
         <v>0</v>
       </c>
       <c r="J266" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K266">
         <v>1</v>
       </c>
       <c r="L266" t="s">
         <v>24</v>
       </c>
       <c r="M266" t="s">
         <v>24</v>
       </c>
-      <c r="N266">
-        <v>82.13</v>
+      <c r="N266" t="s">
+        <v>24</v>
       </c>
       <c r="O266" t="s">
         <v>24</v>
       </c>
-      <c r="P266" t="s">
-        <v>24</v>
+      <c r="P266">
+        <v>92.33</v>
       </c>
       <c r="Q266" t="s">
         <v>24</v>
       </c>
       <c r="R266" t="s">
         <v>24</v>
       </c>
       <c r="S266">
-        <v>82.13</v>
+        <v>92.33</v>
       </c>
     </row>
     <row r="267" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>323</v>
+        <v>166</v>
       </c>
       <c r="C267" t="s">
-        <v>519</v>
+        <v>35</v>
       </c>
       <c r="D267">
-        <v>2189</v>
+        <v>1813</v>
       </c>
       <c r="E267" t="s">
-        <v>142</v>
+        <v>518</v>
       </c>
       <c r="F267" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="G267" t="s">
         <v>23</v>
       </c>
       <c r="H267">
-        <v>5</v>
+        <v>49</v>
       </c>
       <c r="I267" t="b">
         <v>0</v>
       </c>
       <c r="J267" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="K267">
         <v>1</v>
       </c>
-      <c r="L267" t="s">
-[...3 lines deleted...]
-        <v>81.86</v>
+      <c r="L267">
+        <v>92.27</v>
+      </c>
+      <c r="M267" t="s">
+        <v>24</v>
       </c>
       <c r="N267" t="s">
         <v>24</v>
       </c>
       <c r="O267" t="s">
         <v>24</v>
       </c>
       <c r="P267" t="s">
         <v>24</v>
       </c>
       <c r="Q267" t="s">
         <v>24</v>
       </c>
       <c r="R267" t="s">
         <v>24</v>
       </c>
       <c r="S267">
-        <v>81.86</v>
+        <v>92.27</v>
       </c>
     </row>
     <row r="268" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
+        <v>519</v>
+      </c>
+      <c r="C268" t="s">
+        <v>202</v>
+      </c>
+      <c r="E268" t="s">
         <v>520</v>
       </c>
-      <c r="C268" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F268" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="G268" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H268">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="I268" t="b">
         <v>0</v>
       </c>
       <c r="J268" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K268">
         <v>1</v>
       </c>
       <c r="L268" t="s">
         <v>24</v>
       </c>
       <c r="M268" t="s">
         <v>24</v>
       </c>
-      <c r="N268" t="s">
-        <v>24</v>
+      <c r="N268">
+        <v>91.67</v>
       </c>
       <c r="O268" t="s">
         <v>24</v>
       </c>
-      <c r="P268">
-        <v>81.51</v>
+      <c r="P268" t="s">
+        <v>24</v>
       </c>
       <c r="Q268" t="s">
         <v>24</v>
       </c>
       <c r="R268" t="s">
         <v>24</v>
       </c>
       <c r="S268">
-        <v>81.51</v>
+        <v>91.67</v>
       </c>
     </row>
     <row r="269" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
+        <v>129</v>
+      </c>
+      <c r="C269" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="E269" t="s">
         <v>24</v>
       </c>
       <c r="F269" t="s">
         <v>22</v>
       </c>
       <c r="G269" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H269">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="I269" t="b">
         <v>0</v>
       </c>
       <c r="J269" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K269">
         <v>1</v>
       </c>
-      <c r="L269">
-        <v>81.22</v>
+      <c r="L269" t="s">
+        <v>24</v>
       </c>
       <c r="M269" t="s">
         <v>24</v>
       </c>
       <c r="N269" t="s">
         <v>24</v>
       </c>
       <c r="O269" t="s">
         <v>24</v>
       </c>
-      <c r="P269" t="s">
-        <v>24</v>
+      <c r="P269">
+        <v>91.47</v>
       </c>
       <c r="Q269" t="s">
         <v>24</v>
       </c>
       <c r="R269" t="s">
         <v>24</v>
       </c>
       <c r="S269">
-        <v>81.22</v>
+        <v>91.47</v>
       </c>
     </row>
     <row r="270" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>523</v>
+        <v>367</v>
       </c>
       <c r="C270" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>163</v>
       </c>
       <c r="E270" t="s">
-        <v>122</v>
+        <v>497</v>
       </c>
       <c r="F270" t="s">
-        <v>31</v>
+        <v>115</v>
       </c>
       <c r="G270" t="s">
         <v>23</v>
       </c>
       <c r="H270">
-        <v>51</v>
+        <v>4</v>
       </c>
       <c r="I270" t="b">
         <v>0</v>
       </c>
       <c r="J270" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K270">
         <v>1</v>
       </c>
-      <c r="L270">
-        <v>81.08</v>
+      <c r="L270" t="s">
+        <v>24</v>
       </c>
       <c r="M270" t="s">
         <v>24</v>
       </c>
-      <c r="N270" t="s">
-        <v>24</v>
+      <c r="N270">
+        <v>91.29</v>
       </c>
       <c r="O270" t="s">
         <v>24</v>
       </c>
       <c r="P270" t="s">
         <v>24</v>
       </c>
       <c r="Q270" t="s">
         <v>24</v>
       </c>
       <c r="R270" t="s">
         <v>24</v>
       </c>
       <c r="S270">
-        <v>81.08</v>
+        <v>91.29</v>
       </c>
     </row>
     <row r="271" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="C271" t="s">
-        <v>526</v>
+        <v>446</v>
+      </c>
+      <c r="D271">
+        <v>1960</v>
       </c>
       <c r="E271" t="s">
-        <v>191</v>
+        <v>64</v>
       </c>
       <c r="F271" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="G271" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H271">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="I271" t="b">
         <v>0</v>
       </c>
       <c r="J271" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K271">
         <v>1</v>
       </c>
-      <c r="L271">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="L271" t="s">
+        <v>24</v>
+      </c>
+      <c r="M271">
+        <v>91.22</v>
       </c>
       <c r="N271" t="s">
         <v>24</v>
       </c>
       <c r="O271" t="s">
         <v>24</v>
       </c>
       <c r="P271" t="s">
         <v>24</v>
       </c>
       <c r="Q271" t="s">
         <v>24</v>
       </c>
       <c r="R271" t="s">
         <v>24</v>
       </c>
       <c r="S271">
-        <v>81.01</v>
+        <v>91.22</v>
       </c>
     </row>
     <row r="272" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>527</v>
+        <v>508</v>
       </c>
       <c r="C272" t="s">
-        <v>115</v>
+        <v>523</v>
+      </c>
+      <c r="D272">
+        <v>1429</v>
       </c>
       <c r="E272" t="s">
-        <v>24</v>
+        <v>294</v>
       </c>
       <c r="F272" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="G272" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H272">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="I272" t="b">
         <v>0</v>
       </c>
       <c r="J272" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K272">
         <v>1</v>
       </c>
       <c r="L272" t="s">
         <v>24</v>
       </c>
-      <c r="M272" t="s">
-[...3 lines deleted...]
-        <v>80.87</v>
+      <c r="M272">
+        <v>91.14</v>
+      </c>
+      <c r="N272" t="s">
+        <v>24</v>
       </c>
       <c r="O272" t="s">
         <v>24</v>
       </c>
       <c r="P272" t="s">
         <v>24</v>
       </c>
       <c r="Q272" t="s">
         <v>24</v>
       </c>
       <c r="R272" t="s">
         <v>24</v>
       </c>
       <c r="S272">
-        <v>80.87</v>
+        <v>91.14</v>
       </c>
     </row>
     <row r="273" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>53</v>
+        <v>368</v>
       </c>
       <c r="C273" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="E273" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="F273" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="G273" t="s">
         <v>23</v>
       </c>
       <c r="H273">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="I273" t="b">
         <v>0</v>
       </c>
       <c r="J273" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K273">
         <v>1</v>
       </c>
       <c r="L273" t="s">
         <v>24</v>
       </c>
       <c r="M273" t="s">
         <v>24</v>
       </c>
       <c r="N273" t="s">
         <v>24</v>
       </c>
-      <c r="O273">
-        <v>80.72</v>
+      <c r="O273" t="s">
+        <v>24</v>
       </c>
       <c r="P273" t="s">
         <v>24</v>
       </c>
       <c r="Q273" t="s">
         <v>24</v>
       </c>
-      <c r="R273" t="s">
-        <v>24</v>
+      <c r="R273">
+        <v>91.07</v>
       </c>
       <c r="S273">
-        <v>80.72</v>
+        <v>91.07</v>
       </c>
     </row>
     <row r="274" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>64</v>
+        <v>93</v>
       </c>
       <c r="C274" t="s">
-        <v>289</v>
+        <v>526</v>
       </c>
       <c r="E274" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="F274" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G274" t="s">
         <v>23</v>
       </c>
       <c r="H274">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="I274" t="b">
         <v>0</v>
       </c>
       <c r="J274" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K274">
         <v>1</v>
       </c>
-      <c r="L274" t="s">
-        <v>24</v>
+      <c r="L274">
+        <v>91.06</v>
       </c>
       <c r="M274" t="s">
         <v>24</v>
       </c>
-      <c r="N274">
-        <v>80.37</v>
+      <c r="N274" t="s">
+        <v>24</v>
       </c>
       <c r="O274" t="s">
         <v>24</v>
       </c>
       <c r="P274" t="s">
         <v>24</v>
       </c>
       <c r="Q274" t="s">
         <v>24</v>
       </c>
       <c r="R274" t="s">
         <v>24</v>
       </c>
       <c r="S274">
-        <v>80.37</v>
+        <v>91.06</v>
       </c>
     </row>
     <row r="275" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>310</v>
+        <v>527</v>
       </c>
       <c r="C275" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="E275" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="F275" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G275" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H275">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I275" t="b">
         <v>0</v>
       </c>
       <c r="J275" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K275">
         <v>1</v>
       </c>
-      <c r="L275" t="s">
-        <v>24</v>
+      <c r="L275">
+        <v>91.04</v>
       </c>
       <c r="M275" t="s">
         <v>24</v>
       </c>
       <c r="N275" t="s">
         <v>24</v>
       </c>
       <c r="O275" t="s">
         <v>24</v>
       </c>
-      <c r="P275">
-        <v>79.67</v>
+      <c r="P275" t="s">
+        <v>24</v>
       </c>
       <c r="Q275" t="s">
         <v>24</v>
       </c>
       <c r="R275" t="s">
         <v>24</v>
       </c>
       <c r="S275">
-        <v>79.67</v>
+        <v>91.04</v>
       </c>
     </row>
     <row r="276" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>453</v>
+        <v>57</v>
       </c>
       <c r="C276" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="E276" t="s">
-        <v>24</v>
+        <v>529</v>
       </c>
       <c r="F276" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="G276" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H276">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="I276" t="b">
         <v>0</v>
       </c>
       <c r="J276" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K276">
         <v>1</v>
       </c>
-      <c r="L276" t="s">
-        <v>24</v>
+      <c r="L276">
+        <v>90.84</v>
       </c>
       <c r="M276" t="s">
         <v>24</v>
       </c>
-      <c r="N276">
-        <v>79.22</v>
+      <c r="N276" t="s">
+        <v>24</v>
       </c>
       <c r="O276" t="s">
         <v>24</v>
       </c>
       <c r="P276" t="s">
         <v>24</v>
       </c>
       <c r="Q276" t="s">
         <v>24</v>
       </c>
       <c r="R276" t="s">
         <v>24</v>
       </c>
       <c r="S276">
-        <v>79.22</v>
+        <v>90.84</v>
       </c>
     </row>
     <row r="277" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>532</v>
+        <v>482</v>
       </c>
       <c r="C277" t="s">
-        <v>98</v>
+        <v>530</v>
       </c>
       <c r="E277" t="s">
-        <v>24</v>
+        <v>531</v>
       </c>
       <c r="F277" t="s">
         <v>22</v>
       </c>
       <c r="G277" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H277">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="I277" t="b">
         <v>0</v>
       </c>
       <c r="J277" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K277">
         <v>1</v>
       </c>
       <c r="L277" t="s">
         <v>24</v>
       </c>
-      <c r="M277" t="s">
-[...3 lines deleted...]
-        <v>79.01</v>
+      <c r="M277">
+        <v>90.25</v>
+      </c>
+      <c r="N277" t="s">
+        <v>24</v>
       </c>
       <c r="O277" t="s">
         <v>24</v>
       </c>
       <c r="P277" t="s">
         <v>24</v>
       </c>
       <c r="Q277" t="s">
         <v>24</v>
       </c>
       <c r="R277" t="s">
         <v>24</v>
       </c>
       <c r="S277">
-        <v>79.01</v>
+        <v>90.25</v>
       </c>
     </row>
     <row r="278" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
+        <v>532</v>
+      </c>
+      <c r="C278" t="s">
         <v>533</v>
       </c>
-      <c r="C278" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E278" t="s">
-        <v>535</v>
+        <v>24</v>
       </c>
       <c r="F278" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G278" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H278">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="I278" t="b">
         <v>0</v>
       </c>
       <c r="J278" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K278">
         <v>1</v>
       </c>
       <c r="L278" t="s">
         <v>24</v>
       </c>
       <c r="M278" t="s">
         <v>24</v>
       </c>
-      <c r="N278">
-        <v>78.9</v>
+      <c r="N278" t="s">
+        <v>24</v>
       </c>
       <c r="O278" t="s">
         <v>24</v>
       </c>
-      <c r="P278" t="s">
-        <v>24</v>
+      <c r="P278">
+        <v>89.97</v>
       </c>
       <c r="Q278" t="s">
         <v>24</v>
       </c>
       <c r="R278" t="s">
         <v>24</v>
       </c>
       <c r="S278">
-        <v>78.9</v>
+        <v>89.97</v>
       </c>
     </row>
     <row r="279" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>419</v>
+        <v>534</v>
       </c>
       <c r="C279" t="s">
-        <v>536</v>
+        <v>535</v>
+      </c>
+      <c r="D279">
+        <v>1785</v>
       </c>
       <c r="E279" t="s">
-        <v>24</v>
+        <v>211</v>
       </c>
       <c r="F279" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G279" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H279">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I279" t="b">
         <v>0</v>
       </c>
       <c r="J279" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K279">
         <v>1</v>
       </c>
-      <c r="L279" t="s">
-        <v>24</v>
+      <c r="L279">
+        <v>89.95</v>
       </c>
       <c r="M279" t="s">
         <v>24</v>
       </c>
-      <c r="N279">
-        <v>77.98</v>
+      <c r="N279" t="s">
+        <v>24</v>
       </c>
       <c r="O279" t="s">
         <v>24</v>
       </c>
       <c r="P279" t="s">
         <v>24</v>
       </c>
       <c r="Q279" t="s">
         <v>24</v>
       </c>
       <c r="R279" t="s">
         <v>24</v>
       </c>
       <c r="S279">
-        <v>77.98</v>
+        <v>89.95</v>
       </c>
     </row>
     <row r="280" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>140</v>
+        <v>536</v>
       </c>
       <c r="C280" t="s">
-        <v>229</v>
+        <v>163</v>
       </c>
       <c r="E280" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="F280" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="G280" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H280">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I280" t="b">
         <v>0</v>
       </c>
       <c r="J280" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K280">
         <v>1</v>
       </c>
       <c r="L280" t="s">
         <v>24</v>
       </c>
       <c r="M280" t="s">
         <v>24</v>
       </c>
-      <c r="N280">
-        <v>77.95</v>
+      <c r="N280" t="s">
+        <v>24</v>
       </c>
       <c r="O280" t="s">
         <v>24</v>
       </c>
-      <c r="P280" t="s">
-        <v>24</v>
+      <c r="P280">
+        <v>89.73</v>
       </c>
       <c r="Q280" t="s">
         <v>24</v>
       </c>
       <c r="R280" t="s">
         <v>24</v>
       </c>
       <c r="S280">
-        <v>77.95</v>
+        <v>89.73</v>
       </c>
     </row>
     <row r="281" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>243</v>
+        <v>537</v>
       </c>
       <c r="C281" t="s">
-        <v>282</v>
-[...2 lines deleted...]
-        <v>898</v>
+        <v>538</v>
       </c>
       <c r="E281" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="F281" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G281" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H281">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="I281" t="b">
         <v>0</v>
       </c>
       <c r="J281" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K281">
         <v>1</v>
       </c>
-      <c r="L281">
-        <v>76.92</v>
+      <c r="L281" t="s">
+        <v>24</v>
       </c>
       <c r="M281" t="s">
         <v>24</v>
       </c>
-      <c r="N281" t="s">
-        <v>24</v>
+      <c r="N281">
+        <v>89.56</v>
       </c>
       <c r="O281" t="s">
         <v>24</v>
       </c>
       <c r="P281" t="s">
         <v>24</v>
       </c>
       <c r="Q281" t="s">
         <v>24</v>
       </c>
       <c r="R281" t="s">
         <v>24</v>
       </c>
       <c r="S281">
-        <v>76.92</v>
+        <v>89.56</v>
       </c>
     </row>
     <row r="282" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="C282" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>1422</v>
+        <v>539</v>
       </c>
       <c r="E282" t="s">
-        <v>180</v>
+        <v>24</v>
       </c>
       <c r="F282" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G282" t="s">
         <v>23</v>
       </c>
       <c r="H282">
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="I282" t="b">
         <v>0</v>
       </c>
       <c r="J282" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K282">
         <v>1</v>
       </c>
       <c r="L282">
-        <v>75.41</v>
+        <v>89.08</v>
       </c>
       <c r="M282" t="s">
         <v>24</v>
       </c>
       <c r="N282" t="s">
         <v>24</v>
       </c>
       <c r="O282" t="s">
         <v>24</v>
       </c>
       <c r="P282" t="s">
         <v>24</v>
       </c>
       <c r="Q282" t="s">
         <v>24</v>
       </c>
       <c r="R282" t="s">
         <v>24</v>
       </c>
       <c r="S282">
-        <v>75.41</v>
+        <v>89.08</v>
       </c>
     </row>
     <row r="283" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C283" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="E283" t="s">
-        <v>539</v>
+        <v>24</v>
       </c>
       <c r="F283" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="G283" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H283">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="I283" t="b">
         <v>0</v>
       </c>
       <c r="J283" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K283">
         <v>1</v>
       </c>
       <c r="L283" t="s">
         <v>24</v>
       </c>
-      <c r="M283">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="M283" t="s">
+        <v>24</v>
+      </c>
+      <c r="N283">
+        <v>89.06</v>
       </c>
       <c r="O283" t="s">
         <v>24</v>
       </c>
       <c r="P283" t="s">
         <v>24</v>
       </c>
       <c r="Q283" t="s">
         <v>24</v>
       </c>
       <c r="R283" t="s">
         <v>24</v>
       </c>
       <c r="S283">
-        <v>73.02</v>
+        <v>89.06</v>
       </c>
     </row>
     <row r="284" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C284" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="E284" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="F284" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="G284" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H284">
         <v>14</v>
       </c>
       <c r="I284" t="b">
         <v>0</v>
       </c>
       <c r="J284" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K284">
         <v>1</v>
       </c>
       <c r="L284" t="s">
         <v>24</v>
       </c>
       <c r="M284" t="s">
         <v>24</v>
       </c>
       <c r="N284" t="s">
         <v>24</v>
       </c>
       <c r="O284" t="s">
         <v>24</v>
       </c>
       <c r="P284" t="s">
         <v>24</v>
       </c>
       <c r="Q284">
-        <v>72.74</v>
+        <v>88.89</v>
       </c>
       <c r="R284" t="s">
         <v>24</v>
       </c>
       <c r="S284">
-        <v>72.74</v>
+        <v>88.89</v>
       </c>
     </row>
     <row r="285" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C285" t="s">
-        <v>543</v>
+        <v>132</v>
       </c>
       <c r="E285" t="s">
-        <v>24</v>
+        <v>133</v>
       </c>
       <c r="F285" t="s">
         <v>22</v>
       </c>
       <c r="G285" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H285">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="I285" t="b">
         <v>0</v>
       </c>
       <c r="J285" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K285">
         <v>1</v>
       </c>
       <c r="L285" t="s">
         <v>24</v>
       </c>
       <c r="M285" t="s">
         <v>24</v>
       </c>
-      <c r="N285">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="N285" t="s">
+        <v>24</v>
+      </c>
+      <c r="O285">
+        <v>88.48</v>
       </c>
       <c r="P285" t="s">
         <v>24</v>
       </c>
       <c r="Q285" t="s">
         <v>24</v>
       </c>
       <c r="R285" t="s">
         <v>24</v>
       </c>
       <c r="S285">
-        <v>72.73</v>
+        <v>88.48</v>
       </c>
     </row>
     <row r="286" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>544</v>
+        <v>401</v>
       </c>
       <c r="C286" t="s">
         <v>545</v>
       </c>
       <c r="E286" t="s">
-        <v>546</v>
+        <v>122</v>
       </c>
       <c r="F286" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G286" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H286">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="I286" t="b">
         <v>0</v>
       </c>
       <c r="J286" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K286">
         <v>1</v>
       </c>
       <c r="L286" t="s">
         <v>24</v>
       </c>
       <c r="M286" t="s">
         <v>24</v>
       </c>
       <c r="N286" t="s">
         <v>24</v>
       </c>
-      <c r="O286">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O286" t="s">
+        <v>24</v>
+      </c>
+      <c r="P286">
+        <v>88.38</v>
       </c>
       <c r="Q286" t="s">
         <v>24</v>
       </c>
       <c r="R286" t="s">
         <v>24</v>
       </c>
       <c r="S286">
-        <v>71.99</v>
+        <v>88.38</v>
       </c>
     </row>
     <row r="287" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>270</v>
+        <v>516</v>
       </c>
       <c r="C287" t="s">
-        <v>206</v>
+        <v>546</v>
       </c>
       <c r="E287" t="s">
-        <v>546</v>
+        <v>497</v>
       </c>
       <c r="F287" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G287" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H287">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="I287" t="b">
         <v>0</v>
       </c>
       <c r="J287" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K287">
         <v>1</v>
       </c>
       <c r="L287" t="s">
         <v>24</v>
       </c>
       <c r="M287" t="s">
         <v>24</v>
       </c>
-      <c r="N287" t="s">
-[...3 lines deleted...]
-        <v>71.96</v>
+      <c r="N287">
+        <v>88.28</v>
+      </c>
+      <c r="O287" t="s">
+        <v>24</v>
       </c>
       <c r="P287" t="s">
         <v>24</v>
       </c>
       <c r="Q287" t="s">
         <v>24</v>
       </c>
       <c r="R287" t="s">
         <v>24</v>
       </c>
       <c r="S287">
-        <v>71.96</v>
+        <v>88.28</v>
       </c>
     </row>
     <row r="288" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
         <v>547</v>
       </c>
       <c r="C288" t="s">
-        <v>548</v>
+        <v>256</v>
       </c>
       <c r="E288" t="s">
         <v>24</v>
       </c>
       <c r="F288" t="s">
         <v>22</v>
       </c>
       <c r="G288" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H288">
-        <v>27</v>
+        <v>87</v>
       </c>
       <c r="I288" t="b">
         <v>0</v>
       </c>
       <c r="J288" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K288">
         <v>1</v>
       </c>
       <c r="L288" t="s">
         <v>24</v>
       </c>
       <c r="M288" t="s">
         <v>24</v>
       </c>
       <c r="N288" t="s">
         <v>24</v>
       </c>
-      <c r="O288">
-        <v>71.11</v>
+      <c r="O288" t="s">
+        <v>24</v>
       </c>
       <c r="P288" t="s">
         <v>24</v>
       </c>
       <c r="Q288" t="s">
         <v>24</v>
       </c>
-      <c r="R288" t="s">
-        <v>24</v>
+      <c r="R288">
+        <v>88.21</v>
       </c>
       <c r="S288">
-        <v>71.11</v>
+        <v>88.21</v>
       </c>
     </row>
     <row r="289" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C289" t="s">
-        <v>550</v>
+        <v>68</v>
       </c>
       <c r="E289" t="s">
         <v>24</v>
       </c>
       <c r="F289" t="s">
         <v>22</v>
       </c>
       <c r="G289" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H289">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="I289" t="b">
         <v>0</v>
       </c>
       <c r="J289" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K289">
         <v>1</v>
       </c>
       <c r="L289" t="s">
         <v>24</v>
       </c>
       <c r="M289" t="s">
         <v>24</v>
       </c>
       <c r="N289" t="s">
         <v>24</v>
       </c>
-      <c r="O289">
-        <v>71.07</v>
+      <c r="O289" t="s">
+        <v>24</v>
       </c>
       <c r="P289" t="s">
         <v>24</v>
       </c>
       <c r="Q289" t="s">
         <v>24</v>
       </c>
-      <c r="R289" t="s">
-        <v>24</v>
+      <c r="R289">
+        <v>87.98</v>
       </c>
       <c r="S289">
-        <v>71.07</v>
+        <v>87.98</v>
       </c>
     </row>
     <row r="290" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C290" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="E290" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="F290" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="G290" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H290">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I290" t="b">
         <v>0</v>
       </c>
       <c r="J290" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K290">
         <v>1</v>
       </c>
       <c r="L290" t="s">
         <v>24</v>
       </c>
       <c r="M290" t="s">
         <v>24</v>
       </c>
       <c r="N290" t="s">
         <v>24</v>
       </c>
-      <c r="O290">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="O290" t="s">
+        <v>24</v>
+      </c>
+      <c r="P290">
+        <v>87.65</v>
       </c>
       <c r="Q290" t="s">
         <v>24</v>
       </c>
       <c r="R290" t="s">
         <v>24</v>
       </c>
       <c r="S290">
-        <v>71.04</v>
+        <v>87.65</v>
       </c>
     </row>
     <row r="291" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
+        <v>551</v>
+      </c>
+      <c r="C291" t="s">
+        <v>35</v>
+      </c>
+      <c r="E291" t="s">
+        <v>497</v>
+      </c>
+      <c r="F291" t="s">
+        <v>33</v>
+      </c>
+      <c r="G291" t="s">
+        <v>43</v>
+      </c>
+      <c r="H291">
+        <v>18</v>
+      </c>
+      <c r="I291" t="b">
+        <v>0</v>
+      </c>
+      <c r="J291" t="s">
         <v>147</v>
       </c>
-      <c r="C291" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K291">
         <v>1</v>
       </c>
       <c r="L291" t="s">
         <v>24</v>
       </c>
       <c r="M291" t="s">
         <v>24</v>
       </c>
       <c r="N291" t="s">
         <v>24</v>
       </c>
       <c r="O291" t="s">
         <v>24</v>
       </c>
-      <c r="P291" t="s">
-[...3 lines deleted...]
-        <v>70.76</v>
+      <c r="P291">
+        <v>87.16</v>
+      </c>
+      <c r="Q291" t="s">
+        <v>24</v>
       </c>
       <c r="R291" t="s">
         <v>24</v>
       </c>
       <c r="S291">
-        <v>70.76</v>
+        <v>87.16</v>
       </c>
     </row>
     <row r="292" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>554</v>
+        <v>265</v>
       </c>
       <c r="C292" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="E292" t="s">
-        <v>556</v>
+        <v>497</v>
       </c>
       <c r="F292" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="G292" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H292">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="I292" t="b">
         <v>0</v>
       </c>
       <c r="J292" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K292">
         <v>1</v>
       </c>
       <c r="L292" t="s">
         <v>24</v>
       </c>
       <c r="M292" t="s">
         <v>24</v>
       </c>
       <c r="N292" t="s">
         <v>24</v>
       </c>
       <c r="O292" t="s">
         <v>24</v>
       </c>
       <c r="P292">
-        <v>70.2</v>
+        <v>87.04</v>
       </c>
       <c r="Q292" t="s">
         <v>24</v>
       </c>
       <c r="R292" t="s">
         <v>24</v>
       </c>
       <c r="S292">
-        <v>70.2</v>
+        <v>87.04</v>
       </c>
     </row>
     <row r="293" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="C293" t="s">
-        <v>33</v>
+        <v>554</v>
+      </c>
+      <c r="D293">
+        <v>1797</v>
       </c>
       <c r="E293" t="s">
-        <v>50</v>
+        <v>497</v>
       </c>
       <c r="F293" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G293" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H293">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="I293" t="b">
         <v>0</v>
       </c>
       <c r="J293" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K293">
         <v>1</v>
       </c>
       <c r="L293" t="s">
         <v>24</v>
       </c>
       <c r="M293" t="s">
         <v>24</v>
       </c>
-      <c r="N293" t="s">
-        <v>24</v>
+      <c r="N293">
+        <v>85.92</v>
       </c>
       <c r="O293" t="s">
         <v>24</v>
       </c>
-      <c r="P293">
-        <v>68.48</v>
+      <c r="P293" t="s">
+        <v>24</v>
       </c>
       <c r="Q293" t="s">
         <v>24</v>
       </c>
       <c r="R293" t="s">
         <v>24</v>
       </c>
       <c r="S293">
-        <v>68.48</v>
+        <v>85.92</v>
       </c>
     </row>
     <row r="294" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>181</v>
+        <v>510</v>
       </c>
       <c r="C294" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="E294" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F294" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G294" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H294">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I294" t="b">
         <v>0</v>
       </c>
       <c r="J294" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K294">
         <v>1</v>
       </c>
       <c r="L294" t="s">
         <v>24</v>
       </c>
       <c r="M294" t="s">
         <v>24</v>
       </c>
-      <c r="N294" t="s">
-        <v>24</v>
+      <c r="N294">
+        <v>85.26</v>
       </c>
       <c r="O294" t="s">
         <v>24</v>
       </c>
-      <c r="P294">
-        <v>68.06</v>
+      <c r="P294" t="s">
+        <v>24</v>
       </c>
       <c r="Q294" t="s">
         <v>24</v>
       </c>
       <c r="R294" t="s">
         <v>24</v>
       </c>
       <c r="S294">
-        <v>68.06</v>
+        <v>85.26</v>
       </c>
     </row>
     <row r="295" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="C295" t="s">
-        <v>560</v>
+        <v>388</v>
       </c>
       <c r="E295" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F295" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="G295" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H295">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="I295" t="b">
         <v>0</v>
       </c>
       <c r="J295" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K295">
         <v>1</v>
       </c>
       <c r="L295" t="s">
         <v>24</v>
       </c>
       <c r="M295" t="s">
         <v>24</v>
       </c>
       <c r="N295" t="s">
         <v>24</v>
       </c>
-      <c r="O295" t="s">
-[...3 lines deleted...]
-        <v>67.91</v>
+      <c r="O295">
+        <v>85.16</v>
+      </c>
+      <c r="P295" t="s">
+        <v>24</v>
       </c>
       <c r="Q295" t="s">
         <v>24</v>
       </c>
       <c r="R295" t="s">
         <v>24</v>
       </c>
       <c r="S295">
-        <v>67.91</v>
+        <v>85.16</v>
       </c>
     </row>
     <row r="296" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C296" t="s">
-        <v>36</v>
+        <v>35</v>
+      </c>
+      <c r="D296">
+        <v>1492</v>
       </c>
       <c r="E296" t="s">
-        <v>196</v>
+        <v>558</v>
       </c>
       <c r="F296" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G296" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H296">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I296" t="b">
         <v>0</v>
       </c>
       <c r="J296" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K296">
         <v>1</v>
       </c>
-      <c r="L296" t="s">
-        <v>24</v>
+      <c r="L296">
+        <v>85.06</v>
       </c>
       <c r="M296" t="s">
         <v>24</v>
       </c>
-      <c r="N296">
-        <v>67.43</v>
+      <c r="N296" t="s">
+        <v>24</v>
       </c>
       <c r="O296" t="s">
         <v>24</v>
       </c>
       <c r="P296" t="s">
         <v>24</v>
       </c>
       <c r="Q296" t="s">
         <v>24</v>
       </c>
       <c r="R296" t="s">
         <v>24</v>
       </c>
       <c r="S296">
-        <v>67.43</v>
+        <v>85.06</v>
       </c>
     </row>
     <row r="297" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>562</v>
+        <v>52</v>
       </c>
       <c r="C297" t="s">
-        <v>563</v>
+        <v>69</v>
       </c>
       <c r="E297" t="s">
-        <v>24</v>
+        <v>178</v>
       </c>
       <c r="F297" t="s">
         <v>22</v>
       </c>
       <c r="G297" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H297">
-        <v>30</v>
+        <v>89</v>
       </c>
       <c r="I297" t="b">
         <v>0</v>
       </c>
       <c r="J297" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K297">
         <v>1</v>
       </c>
-      <c r="L297" t="s">
-        <v>24</v>
+      <c r="L297">
+        <v>84.87</v>
       </c>
       <c r="M297" t="s">
         <v>24</v>
       </c>
       <c r="N297" t="s">
         <v>24</v>
       </c>
       <c r="O297" t="s">
         <v>24</v>
       </c>
-      <c r="P297">
-        <v>67.34</v>
+      <c r="P297" t="s">
+        <v>24</v>
       </c>
       <c r="Q297" t="s">
         <v>24</v>
       </c>
       <c r="R297" t="s">
         <v>24</v>
       </c>
       <c r="S297">
-        <v>67.34</v>
+        <v>84.87</v>
       </c>
     </row>
     <row r="298" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="C298" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>488</v>
       </c>
       <c r="E298" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="F298" t="s">
-        <v>566</v>
+        <v>22</v>
       </c>
       <c r="G298" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H298">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="I298" t="b">
         <v>0</v>
       </c>
       <c r="J298" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K298">
         <v>1</v>
       </c>
       <c r="L298" t="s">
         <v>24</v>
       </c>
       <c r="M298" t="s">
         <v>24</v>
       </c>
       <c r="N298" t="s">
         <v>24</v>
       </c>
       <c r="O298" t="s">
         <v>24</v>
       </c>
-      <c r="P298">
-        <v>66.89</v>
+      <c r="P298" t="s">
+        <v>24</v>
       </c>
       <c r="Q298" t="s">
         <v>24</v>
       </c>
-      <c r="R298" t="s">
-        <v>24</v>
+      <c r="R298">
+        <v>84.65</v>
       </c>
       <c r="S298">
-        <v>66.89</v>
+        <v>84.65</v>
       </c>
     </row>
     <row r="299" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>59</v>
+        <v>560</v>
       </c>
       <c r="C299" t="s">
-        <v>567</v>
+        <v>337</v>
       </c>
       <c r="E299" t="s">
-        <v>291</v>
+        <v>24</v>
       </c>
       <c r="F299" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G299" t="s">
         <v>23</v>
       </c>
       <c r="H299">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I299" t="b">
         <v>0</v>
       </c>
       <c r="J299" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K299">
         <v>1</v>
       </c>
       <c r="L299">
-        <v>65.73</v>
+        <v>84.45</v>
       </c>
       <c r="M299" t="s">
         <v>24</v>
       </c>
       <c r="N299" t="s">
         <v>24</v>
       </c>
       <c r="O299" t="s">
         <v>24</v>
       </c>
       <c r="P299" t="s">
         <v>24</v>
       </c>
       <c r="Q299" t="s">
         <v>24</v>
       </c>
       <c r="R299" t="s">
         <v>24</v>
       </c>
       <c r="S299">
-        <v>65.73</v>
+        <v>84.45</v>
       </c>
     </row>
     <row r="300" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>568</v>
+        <v>561</v>
       </c>
       <c r="C300" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>2477</v>
+        <v>562</v>
       </c>
       <c r="E300" t="s">
-        <v>50</v>
+        <v>24</v>
       </c>
       <c r="F300" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G300" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H300">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="I300" t="b">
         <v>0</v>
       </c>
       <c r="J300" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="K300">
         <v>1</v>
       </c>
       <c r="L300" t="s">
         <v>24</v>
       </c>
       <c r="M300" t="s">
         <v>24</v>
       </c>
-      <c r="N300" t="s">
-        <v>24</v>
+      <c r="N300">
+        <v>84.38</v>
       </c>
       <c r="O300" t="s">
         <v>24</v>
       </c>
-      <c r="P300">
-        <v>64.1</v>
+      <c r="P300" t="s">
+        <v>24</v>
       </c>
       <c r="Q300" t="s">
         <v>24</v>
       </c>
       <c r="R300" t="s">
         <v>24</v>
       </c>
       <c r="S300">
-        <v>64.1</v>
+        <v>84.38</v>
       </c>
     </row>
     <row r="301" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>254</v>
+        <v>563</v>
       </c>
       <c r="C301" t="s">
-        <v>570</v>
+        <v>521</v>
       </c>
       <c r="E301" t="s">
-        <v>50</v>
+        <v>564</v>
       </c>
       <c r="F301" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="G301" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H301">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I301" t="b">
         <v>0</v>
       </c>
       <c r="J301" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K301">
         <v>1</v>
       </c>
       <c r="L301" t="s">
         <v>24</v>
       </c>
       <c r="M301" t="s">
         <v>24</v>
       </c>
       <c r="N301" t="s">
         <v>24</v>
       </c>
       <c r="O301" t="s">
         <v>24</v>
       </c>
       <c r="P301">
-        <v>63.98</v>
+        <v>83.84</v>
       </c>
       <c r="Q301" t="s">
         <v>24</v>
       </c>
       <c r="R301" t="s">
         <v>24</v>
       </c>
       <c r="S301">
-        <v>63.98</v>
+        <v>83.84</v>
       </c>
     </row>
     <row r="302" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>56</v>
+        <v>499</v>
       </c>
       <c r="C302" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="E302" t="s">
         <v>24</v>
       </c>
       <c r="F302" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G302" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="H302">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="I302" t="b">
         <v>0</v>
       </c>
       <c r="J302" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K302">
         <v>1</v>
       </c>
       <c r="L302" t="s">
         <v>24</v>
       </c>
       <c r="M302" t="s">
         <v>24</v>
       </c>
-      <c r="N302">
-        <v>57.06</v>
+      <c r="N302" t="s">
+        <v>24</v>
       </c>
       <c r="O302" t="s">
         <v>24</v>
       </c>
       <c r="P302" t="s">
         <v>24</v>
       </c>
       <c r="Q302" t="s">
         <v>24</v>
       </c>
-      <c r="R302" t="s">
-        <v>24</v>
+      <c r="R302">
+        <v>83.67</v>
       </c>
       <c r="S302">
-        <v>57.06</v>
+        <v>83.67</v>
       </c>
     </row>
     <row r="303" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="C303" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="E303" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="F303" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="G303" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H303">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="I303" t="b">
         <v>0</v>
       </c>
       <c r="J303" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K303">
         <v>1</v>
       </c>
       <c r="L303" t="s">
         <v>24</v>
       </c>
       <c r="M303" t="s">
         <v>24</v>
       </c>
-      <c r="N303">
-        <v>57.03</v>
+      <c r="N303" t="s">
+        <v>24</v>
       </c>
       <c r="O303" t="s">
         <v>24</v>
       </c>
-      <c r="P303" t="s">
-        <v>24</v>
+      <c r="P303">
+        <v>83.64</v>
       </c>
       <c r="Q303" t="s">
         <v>24</v>
       </c>
       <c r="R303" t="s">
         <v>24</v>
       </c>
       <c r="S303">
-        <v>57.03</v>
+        <v>83.64</v>
       </c>
     </row>
     <row r="304" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="C304" t="s">
-        <v>574</v>
+        <v>488</v>
       </c>
       <c r="E304" t="s">
         <v>24</v>
       </c>
       <c r="F304" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="G304" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H304">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="I304" t="b">
         <v>0</v>
       </c>
       <c r="J304" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K304">
         <v>1</v>
       </c>
       <c r="L304" t="s">
         <v>24</v>
       </c>
       <c r="M304" t="s">
         <v>24</v>
       </c>
-      <c r="N304">
-        <v>57</v>
+      <c r="N304" t="s">
+        <v>24</v>
       </c>
       <c r="O304" t="s">
         <v>24</v>
       </c>
       <c r="P304" t="s">
         <v>24</v>
       </c>
       <c r="Q304" t="s">
         <v>24</v>
       </c>
-      <c r="R304" t="s">
-        <v>24</v>
+      <c r="R304">
+        <v>83.62</v>
       </c>
       <c r="S304">
-        <v>57</v>
+        <v>83.62</v>
       </c>
     </row>
     <row r="305" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>479</v>
+        <v>569</v>
       </c>
       <c r="C305" t="s">
-        <v>206</v>
+        <v>570</v>
+      </c>
+      <c r="D305">
+        <v>2231</v>
       </c>
       <c r="E305" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="F305" t="s">
         <v>22</v>
       </c>
       <c r="G305" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H305">
-        <v>32</v>
+        <v>90</v>
       </c>
       <c r="I305" t="b">
         <v>0</v>
       </c>
       <c r="J305" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="K305">
         <v>1</v>
       </c>
-      <c r="L305" t="s">
-        <v>24</v>
+      <c r="L305">
+        <v>82.53</v>
       </c>
       <c r="M305" t="s">
         <v>24</v>
       </c>
       <c r="N305" t="s">
         <v>24</v>
       </c>
       <c r="O305" t="s">
         <v>24</v>
       </c>
       <c r="P305" t="s">
         <v>24</v>
       </c>
-      <c r="Q305">
-        <v>55.31</v>
+      <c r="Q305" t="s">
+        <v>24</v>
       </c>
       <c r="R305" t="s">
         <v>24</v>
       </c>
       <c r="S305">
-        <v>55.31</v>
+        <v>82.53</v>
       </c>
     </row>
     <row r="306" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="C306" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="E306" t="s">
-        <v>50</v>
+        <v>122</v>
       </c>
       <c r="F306" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="G306" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="H306">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I306" t="b">
         <v>0</v>
       </c>
       <c r="J306" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K306">
         <v>1</v>
       </c>
       <c r="L306" t="s">
         <v>24</v>
       </c>
       <c r="M306" t="s">
         <v>24</v>
       </c>
-      <c r="N306" t="s">
-        <v>24</v>
+      <c r="N306">
+        <v>82.13</v>
       </c>
       <c r="O306" t="s">
         <v>24</v>
       </c>
-      <c r="P306">
-        <v>55.21</v>
+      <c r="P306" t="s">
+        <v>24</v>
       </c>
       <c r="Q306" t="s">
         <v>24</v>
       </c>
       <c r="R306" t="s">
         <v>24</v>
       </c>
       <c r="S306">
-        <v>55.21</v>
+        <v>82.13</v>
       </c>
     </row>
     <row r="307" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>64</v>
+        <v>253</v>
       </c>
       <c r="C307" t="s">
-        <v>428</v>
+        <v>573</v>
       </c>
       <c r="E307" t="s">
-        <v>577</v>
+        <v>24</v>
       </c>
       <c r="F307" t="s">
-        <v>110</v>
+        <v>22</v>
       </c>
       <c r="G307" t="s">
         <v>23</v>
       </c>
       <c r="H307">
-        <v>7</v>
+        <v>91</v>
       </c>
       <c r="I307" t="b">
         <v>0</v>
       </c>
       <c r="J307" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="K307">
         <v>1</v>
       </c>
       <c r="L307" t="s">
         <v>24</v>
       </c>
       <c r="M307" t="s">
         <v>24</v>
       </c>
       <c r="N307" t="s">
         <v>24</v>
       </c>
       <c r="O307" t="s">
         <v>24</v>
       </c>
-      <c r="P307">
-        <v>55.08</v>
+      <c r="P307" t="s">
+        <v>24</v>
       </c>
       <c r="Q307" t="s">
         <v>24</v>
       </c>
-      <c r="R307" t="s">
-        <v>24</v>
+      <c r="R307">
+        <v>81.93</v>
       </c>
       <c r="S307">
-        <v>55.08</v>
+        <v>81.93</v>
       </c>
     </row>
     <row r="308" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
+        <v>366</v>
+      </c>
+      <c r="C308" t="s">
+        <v>574</v>
+      </c>
+      <c r="D308">
+        <v>2189</v>
+      </c>
+      <c r="E308" t="s">
+        <v>161</v>
+      </c>
+      <c r="F308" t="s">
+        <v>115</v>
+      </c>
+      <c r="G308" t="s">
+        <v>23</v>
+      </c>
+      <c r="H308">
+        <v>5</v>
+      </c>
+      <c r="I308" t="b">
+        <v>0</v>
+      </c>
+      <c r="J308" t="s">
+        <v>143</v>
+      </c>
+      <c r="K308">
+        <v>1</v>
+      </c>
+      <c r="L308" t="s">
+        <v>24</v>
+      </c>
+      <c r="M308">
+        <v>81.86</v>
+      </c>
+      <c r="N308" t="s">
+        <v>24</v>
+      </c>
+      <c r="O308" t="s">
+        <v>24</v>
+      </c>
+      <c r="P308" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q308" t="s">
+        <v>24</v>
+      </c>
+      <c r="R308" t="s">
+        <v>24</v>
+      </c>
+      <c r="S308">
+        <v>81.86</v>
+      </c>
+    </row>
+    <row r="309" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A309">
+        <v>308</v>
+      </c>
+      <c r="B309" t="s">
+        <v>575</v>
+      </c>
+      <c r="C309" t="s">
+        <v>576</v>
+      </c>
+      <c r="E309" t="s">
+        <v>24</v>
+      </c>
+      <c r="F309" t="s">
+        <v>22</v>
+      </c>
+      <c r="G309" t="s">
+        <v>23</v>
+      </c>
+      <c r="H309">
+        <v>92</v>
+      </c>
+      <c r="I309" t="b">
+        <v>0</v>
+      </c>
+      <c r="J309" t="s">
+        <v>147</v>
+      </c>
+      <c r="K309">
+        <v>1</v>
+      </c>
+      <c r="L309" t="s">
+        <v>24</v>
+      </c>
+      <c r="M309" t="s">
+        <v>24</v>
+      </c>
+      <c r="N309" t="s">
+        <v>24</v>
+      </c>
+      <c r="O309" t="s">
+        <v>24</v>
+      </c>
+      <c r="P309" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q309" t="s">
+        <v>24</v>
+      </c>
+      <c r="R309">
+        <v>81.36</v>
+      </c>
+      <c r="S309">
+        <v>81.36</v>
+      </c>
+    </row>
+    <row r="310" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A310">
+        <v>309</v>
+      </c>
+      <c r="B310" t="s">
+        <v>577</v>
+      </c>
+      <c r="C310" t="s">
         <v>578</v>
       </c>
-      <c r="C308" t="s">
+      <c r="E310" t="s">
+        <v>24</v>
+      </c>
+      <c r="F310" t="s">
+        <v>22</v>
+      </c>
+      <c r="G310" t="s">
+        <v>43</v>
+      </c>
+      <c r="H310">
+        <v>27</v>
+      </c>
+      <c r="I310" t="b">
+        <v>0</v>
+      </c>
+      <c r="J310" t="s">
+        <v>147</v>
+      </c>
+      <c r="K310">
+        <v>1</v>
+      </c>
+      <c r="L310">
+        <v>81.22</v>
+      </c>
+      <c r="M310" t="s">
+        <v>24</v>
+      </c>
+      <c r="N310" t="s">
+        <v>24</v>
+      </c>
+      <c r="O310" t="s">
+        <v>24</v>
+      </c>
+      <c r="P310" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q310" t="s">
+        <v>24</v>
+      </c>
+      <c r="R310" t="s">
+        <v>24</v>
+      </c>
+      <c r="S310">
+        <v>81.22</v>
+      </c>
+    </row>
+    <row r="311" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A311">
+        <v>310</v>
+      </c>
+      <c r="B311" t="s">
         <v>579</v>
       </c>
-      <c r="D308">
+      <c r="C311" t="s">
+        <v>580</v>
+      </c>
+      <c r="D311">
+        <v>610</v>
+      </c>
+      <c r="E311" t="s">
+        <v>135</v>
+      </c>
+      <c r="F311" t="s">
+        <v>33</v>
+      </c>
+      <c r="G311" t="s">
+        <v>23</v>
+      </c>
+      <c r="H311">
+        <v>54</v>
+      </c>
+      <c r="I311" t="b">
+        <v>0</v>
+      </c>
+      <c r="J311" t="s">
+        <v>143</v>
+      </c>
+      <c r="K311">
+        <v>1</v>
+      </c>
+      <c r="L311">
+        <v>81.08</v>
+      </c>
+      <c r="M311" t="s">
+        <v>24</v>
+      </c>
+      <c r="N311" t="s">
+        <v>24</v>
+      </c>
+      <c r="O311" t="s">
+        <v>24</v>
+      </c>
+      <c r="P311" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>24</v>
+      </c>
+      <c r="R311" t="s">
+        <v>24</v>
+      </c>
+      <c r="S311">
+        <v>81.08</v>
+      </c>
+    </row>
+    <row r="312" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A312">
+        <v>311</v>
+      </c>
+      <c r="B312" t="s">
+        <v>581</v>
+      </c>
+      <c r="C312" t="s">
+        <v>582</v>
+      </c>
+      <c r="E312" t="s">
+        <v>211</v>
+      </c>
+      <c r="F312" t="s">
+        <v>29</v>
+      </c>
+      <c r="G312" t="s">
+        <v>23</v>
+      </c>
+      <c r="H312">
+        <v>53</v>
+      </c>
+      <c r="I312" t="b">
+        <v>0</v>
+      </c>
+      <c r="J312" t="s">
+        <v>147</v>
+      </c>
+      <c r="K312">
+        <v>1</v>
+      </c>
+      <c r="L312">
+        <v>81.01</v>
+      </c>
+      <c r="M312" t="s">
+        <v>24</v>
+      </c>
+      <c r="N312" t="s">
+        <v>24</v>
+      </c>
+      <c r="O312" t="s">
+        <v>24</v>
+      </c>
+      <c r="P312" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q312" t="s">
+        <v>24</v>
+      </c>
+      <c r="R312" t="s">
+        <v>24</v>
+      </c>
+      <c r="S312">
+        <v>81.01</v>
+      </c>
+    </row>
+    <row r="313" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A313">
+        <v>312</v>
+      </c>
+      <c r="B313" t="s">
+        <v>583</v>
+      </c>
+      <c r="C313" t="s">
+        <v>129</v>
+      </c>
+      <c r="E313" t="s">
+        <v>24</v>
+      </c>
+      <c r="F313" t="s">
+        <v>33</v>
+      </c>
+      <c r="G313" t="s">
+        <v>43</v>
+      </c>
+      <c r="H313">
+        <v>21</v>
+      </c>
+      <c r="I313" t="b">
+        <v>0</v>
+      </c>
+      <c r="J313" t="s">
+        <v>147</v>
+      </c>
+      <c r="K313">
+        <v>1</v>
+      </c>
+      <c r="L313" t="s">
+        <v>24</v>
+      </c>
+      <c r="M313" t="s">
+        <v>24</v>
+      </c>
+      <c r="N313">
+        <v>80.87</v>
+      </c>
+      <c r="O313" t="s">
+        <v>24</v>
+      </c>
+      <c r="P313" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q313" t="s">
+        <v>24</v>
+      </c>
+      <c r="R313" t="s">
+        <v>24</v>
+      </c>
+      <c r="S313">
+        <v>80.87</v>
+      </c>
+    </row>
+    <row r="314" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A314">
+        <v>313</v>
+      </c>
+      <c r="B314" t="s">
+        <v>57</v>
+      </c>
+      <c r="C314" t="s">
+        <v>584</v>
+      </c>
+      <c r="E314" t="s">
+        <v>585</v>
+      </c>
+      <c r="F314" t="s">
+        <v>115</v>
+      </c>
+      <c r="G314" t="s">
+        <v>23</v>
+      </c>
+      <c r="H314">
+        <v>6</v>
+      </c>
+      <c r="I314" t="b">
+        <v>0</v>
+      </c>
+      <c r="J314" t="s">
+        <v>147</v>
+      </c>
+      <c r="K314">
+        <v>1</v>
+      </c>
+      <c r="L314" t="s">
+        <v>24</v>
+      </c>
+      <c r="M314" t="s">
+        <v>24</v>
+      </c>
+      <c r="N314" t="s">
+        <v>24</v>
+      </c>
+      <c r="O314">
+        <v>80.72</v>
+      </c>
+      <c r="P314" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q314" t="s">
+        <v>24</v>
+      </c>
+      <c r="R314" t="s">
+        <v>24</v>
+      </c>
+      <c r="S314">
+        <v>80.72</v>
+      </c>
+    </row>
+    <row r="315" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A315">
+        <v>314</v>
+      </c>
+      <c r="B315" t="s">
+        <v>75</v>
+      </c>
+      <c r="C315" t="s">
+        <v>333</v>
+      </c>
+      <c r="E315" t="s">
+        <v>24</v>
+      </c>
+      <c r="F315" t="s">
+        <v>67</v>
+      </c>
+      <c r="G315" t="s">
+        <v>23</v>
+      </c>
+      <c r="H315">
+        <v>26</v>
+      </c>
+      <c r="I315" t="b">
+        <v>0</v>
+      </c>
+      <c r="J315" t="s">
+        <v>147</v>
+      </c>
+      <c r="K315">
+        <v>1</v>
+      </c>
+      <c r="L315" t="s">
+        <v>24</v>
+      </c>
+      <c r="M315" t="s">
+        <v>24</v>
+      </c>
+      <c r="N315">
+        <v>80.37</v>
+      </c>
+      <c r="O315" t="s">
+        <v>24</v>
+      </c>
+      <c r="P315" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q315" t="s">
+        <v>24</v>
+      </c>
+      <c r="R315" t="s">
+        <v>24</v>
+      </c>
+      <c r="S315">
+        <v>80.37</v>
+      </c>
+    </row>
+    <row r="316" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A316">
+        <v>315</v>
+      </c>
+      <c r="B316" t="s">
+        <v>62</v>
+      </c>
+      <c r="C316" t="s">
+        <v>256</v>
+      </c>
+      <c r="E316" t="s">
+        <v>90</v>
+      </c>
+      <c r="F316" t="s">
+        <v>22</v>
+      </c>
+      <c r="G316" t="s">
+        <v>23</v>
+      </c>
+      <c r="H316">
+        <v>93</v>
+      </c>
+      <c r="I316" t="b">
+        <v>0</v>
+      </c>
+      <c r="J316" t="s">
+        <v>147</v>
+      </c>
+      <c r="K316">
+        <v>1</v>
+      </c>
+      <c r="L316" t="s">
+        <v>24</v>
+      </c>
+      <c r="M316" t="s">
+        <v>24</v>
+      </c>
+      <c r="N316" t="s">
+        <v>24</v>
+      </c>
+      <c r="O316" t="s">
+        <v>24</v>
+      </c>
+      <c r="P316" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q316" t="s">
+        <v>24</v>
+      </c>
+      <c r="R316">
+        <v>80.37</v>
+      </c>
+      <c r="S316">
+        <v>80.37</v>
+      </c>
+    </row>
+    <row r="317" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A317">
+        <v>316</v>
+      </c>
+      <c r="B317" t="s">
+        <v>356</v>
+      </c>
+      <c r="C317" t="s">
+        <v>586</v>
+      </c>
+      <c r="E317" t="s">
+        <v>24</v>
+      </c>
+      <c r="F317" t="s">
+        <v>22</v>
+      </c>
+      <c r="G317" t="s">
+        <v>43</v>
+      </c>
+      <c r="H317">
+        <v>28</v>
+      </c>
+      <c r="I317" t="b">
+        <v>0</v>
+      </c>
+      <c r="J317" t="s">
+        <v>147</v>
+      </c>
+      <c r="K317">
+        <v>1</v>
+      </c>
+      <c r="L317" t="s">
+        <v>24</v>
+      </c>
+      <c r="M317" t="s">
+        <v>24</v>
+      </c>
+      <c r="N317" t="s">
+        <v>24</v>
+      </c>
+      <c r="O317" t="s">
+        <v>24</v>
+      </c>
+      <c r="P317">
+        <v>79.67</v>
+      </c>
+      <c r="Q317" t="s">
+        <v>24</v>
+      </c>
+      <c r="R317" t="s">
+        <v>24</v>
+      </c>
+      <c r="S317">
+        <v>79.67</v>
+      </c>
+    </row>
+    <row r="318" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A318">
+        <v>317</v>
+      </c>
+      <c r="B318" t="s">
+        <v>322</v>
+      </c>
+      <c r="C318" t="s">
+        <v>587</v>
+      </c>
+      <c r="E318" t="s">
+        <v>588</v>
+      </c>
+      <c r="F318" t="s">
+        <v>33</v>
+      </c>
+      <c r="G318" t="s">
+        <v>23</v>
+      </c>
+      <c r="H318">
+        <v>55</v>
+      </c>
+      <c r="I318" t="b">
+        <v>0</v>
+      </c>
+      <c r="J318" t="s">
+        <v>147</v>
+      </c>
+      <c r="K318">
+        <v>1</v>
+      </c>
+      <c r="L318" t="s">
+        <v>24</v>
+      </c>
+      <c r="M318" t="s">
+        <v>24</v>
+      </c>
+      <c r="N318" t="s">
+        <v>24</v>
+      </c>
+      <c r="O318" t="s">
+        <v>24</v>
+      </c>
+      <c r="P318" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q318" t="s">
+        <v>24</v>
+      </c>
+      <c r="R318">
+        <v>79.61</v>
+      </c>
+      <c r="S318">
+        <v>79.61</v>
+      </c>
+    </row>
+    <row r="319" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A319">
+        <v>318</v>
+      </c>
+      <c r="B319" t="s">
+        <v>510</v>
+      </c>
+      <c r="C319" t="s">
+        <v>589</v>
+      </c>
+      <c r="E319" t="s">
+        <v>24</v>
+      </c>
+      <c r="F319" t="s">
+        <v>29</v>
+      </c>
+      <c r="G319" t="s">
+        <v>43</v>
+      </c>
+      <c r="H319">
+        <v>16</v>
+      </c>
+      <c r="I319" t="b">
+        <v>0</v>
+      </c>
+      <c r="J319" t="s">
+        <v>147</v>
+      </c>
+      <c r="K319">
+        <v>1</v>
+      </c>
+      <c r="L319" t="s">
+        <v>24</v>
+      </c>
+      <c r="M319" t="s">
+        <v>24</v>
+      </c>
+      <c r="N319">
+        <v>79.22</v>
+      </c>
+      <c r="O319" t="s">
+        <v>24</v>
+      </c>
+      <c r="P319" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q319" t="s">
+        <v>24</v>
+      </c>
+      <c r="R319" t="s">
+        <v>24</v>
+      </c>
+      <c r="S319">
+        <v>79.22</v>
+      </c>
+    </row>
+    <row r="320" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A320">
+        <v>319</v>
+      </c>
+      <c r="B320" t="s">
+        <v>590</v>
+      </c>
+      <c r="C320" t="s">
+        <v>111</v>
+      </c>
+      <c r="E320" t="s">
+        <v>24</v>
+      </c>
+      <c r="F320" t="s">
+        <v>22</v>
+      </c>
+      <c r="G320" t="s">
+        <v>43</v>
+      </c>
+      <c r="H320">
+        <v>29</v>
+      </c>
+      <c r="I320" t="b">
+        <v>0</v>
+      </c>
+      <c r="J320" t="s">
+        <v>147</v>
+      </c>
+      <c r="K320">
+        <v>1</v>
+      </c>
+      <c r="L320" t="s">
+        <v>24</v>
+      </c>
+      <c r="M320" t="s">
+        <v>24</v>
+      </c>
+      <c r="N320">
+        <v>79.01</v>
+      </c>
+      <c r="O320" t="s">
+        <v>24</v>
+      </c>
+      <c r="P320" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q320" t="s">
+        <v>24</v>
+      </c>
+      <c r="R320" t="s">
+        <v>24</v>
+      </c>
+      <c r="S320">
+        <v>79.01</v>
+      </c>
+    </row>
+    <row r="321" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A321">
+        <v>320</v>
+      </c>
+      <c r="B321" t="s">
+        <v>591</v>
+      </c>
+      <c r="C321" t="s">
+        <v>592</v>
+      </c>
+      <c r="E321" t="s">
+        <v>593</v>
+      </c>
+      <c r="F321" t="s">
+        <v>67</v>
+      </c>
+      <c r="G321" t="s">
+        <v>43</v>
+      </c>
+      <c r="H321">
+        <v>14</v>
+      </c>
+      <c r="I321" t="b">
+        <v>0</v>
+      </c>
+      <c r="J321" t="s">
+        <v>147</v>
+      </c>
+      <c r="K321">
+        <v>1</v>
+      </c>
+      <c r="L321" t="s">
+        <v>24</v>
+      </c>
+      <c r="M321" t="s">
+        <v>24</v>
+      </c>
+      <c r="N321">
+        <v>78.9</v>
+      </c>
+      <c r="O321" t="s">
+        <v>24</v>
+      </c>
+      <c r="P321" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q321" t="s">
+        <v>24</v>
+      </c>
+      <c r="R321" t="s">
+        <v>24</v>
+      </c>
+      <c r="S321">
+        <v>78.9</v>
+      </c>
+    </row>
+    <row r="322" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A322">
+        <v>321</v>
+      </c>
+      <c r="B322" t="s">
+        <v>479</v>
+      </c>
+      <c r="C322" t="s">
+        <v>594</v>
+      </c>
+      <c r="E322" t="s">
+        <v>24</v>
+      </c>
+      <c r="F322" t="s">
+        <v>33</v>
+      </c>
+      <c r="G322" t="s">
+        <v>43</v>
+      </c>
+      <c r="H322">
+        <v>22</v>
+      </c>
+      <c r="I322" t="b">
+        <v>0</v>
+      </c>
+      <c r="J322" t="s">
+        <v>147</v>
+      </c>
+      <c r="K322">
+        <v>1</v>
+      </c>
+      <c r="L322" t="s">
+        <v>24</v>
+      </c>
+      <c r="M322" t="s">
+        <v>24</v>
+      </c>
+      <c r="N322">
+        <v>77.98</v>
+      </c>
+      <c r="O322" t="s">
+        <v>24</v>
+      </c>
+      <c r="P322" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q322" t="s">
+        <v>24</v>
+      </c>
+      <c r="R322" t="s">
+        <v>24</v>
+      </c>
+      <c r="S322">
+        <v>77.98</v>
+      </c>
+    </row>
+    <row r="323" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A323">
+        <v>322</v>
+      </c>
+      <c r="B323" t="s">
+        <v>158</v>
+      </c>
+      <c r="C323" t="s">
+        <v>262</v>
+      </c>
+      <c r="E323" t="s">
+        <v>24</v>
+      </c>
+      <c r="F323" t="s">
+        <v>67</v>
+      </c>
+      <c r="G323" t="s">
+        <v>23</v>
+      </c>
+      <c r="H323">
+        <v>27</v>
+      </c>
+      <c r="I323" t="b">
+        <v>0</v>
+      </c>
+      <c r="J323" t="s">
+        <v>147</v>
+      </c>
+      <c r="K323">
+        <v>1</v>
+      </c>
+      <c r="L323" t="s">
+        <v>24</v>
+      </c>
+      <c r="M323" t="s">
+        <v>24</v>
+      </c>
+      <c r="N323">
+        <v>77.95</v>
+      </c>
+      <c r="O323" t="s">
+        <v>24</v>
+      </c>
+      <c r="P323" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q323" t="s">
+        <v>24</v>
+      </c>
+      <c r="R323" t="s">
+        <v>24</v>
+      </c>
+      <c r="S323">
+        <v>77.95</v>
+      </c>
+    </row>
+    <row r="324" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A324">
+        <v>323</v>
+      </c>
+      <c r="B324" t="s">
+        <v>277</v>
+      </c>
+      <c r="C324" t="s">
+        <v>325</v>
+      </c>
+      <c r="D324">
+        <v>898</v>
+      </c>
+      <c r="E324" t="s">
+        <v>139</v>
+      </c>
+      <c r="F324" t="s">
+        <v>67</v>
+      </c>
+      <c r="G324" t="s">
+        <v>23</v>
+      </c>
+      <c r="H324">
+        <v>28</v>
+      </c>
+      <c r="I324" t="b">
+        <v>0</v>
+      </c>
+      <c r="J324" t="s">
+        <v>143</v>
+      </c>
+      <c r="K324">
+        <v>1</v>
+      </c>
+      <c r="L324">
+        <v>76.92</v>
+      </c>
+      <c r="M324" t="s">
+        <v>24</v>
+      </c>
+      <c r="N324" t="s">
+        <v>24</v>
+      </c>
+      <c r="O324" t="s">
+        <v>24</v>
+      </c>
+      <c r="P324" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q324" t="s">
+        <v>24</v>
+      </c>
+      <c r="R324" t="s">
+        <v>24</v>
+      </c>
+      <c r="S324">
+        <v>76.92</v>
+      </c>
+    </row>
+    <row r="325" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A325">
+        <v>324</v>
+      </c>
+      <c r="B325" t="s">
+        <v>595</v>
+      </c>
+      <c r="C325" t="s">
+        <v>193</v>
+      </c>
+      <c r="D325">
+        <v>1662</v>
+      </c>
+      <c r="E325" t="s">
+        <v>227</v>
+      </c>
+      <c r="F325" t="s">
+        <v>29</v>
+      </c>
+      <c r="G325" t="s">
+        <v>43</v>
+      </c>
+      <c r="H325">
+        <v>17</v>
+      </c>
+      <c r="I325" t="b">
+        <v>0</v>
+      </c>
+      <c r="J325" t="s">
+        <v>143</v>
+      </c>
+      <c r="K325">
+        <v>1</v>
+      </c>
+      <c r="L325" t="s">
+        <v>24</v>
+      </c>
+      <c r="M325" t="s">
+        <v>24</v>
+      </c>
+      <c r="N325" t="s">
+        <v>24</v>
+      </c>
+      <c r="O325" t="s">
+        <v>24</v>
+      </c>
+      <c r="P325" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q325" t="s">
+        <v>24</v>
+      </c>
+      <c r="R325">
+        <v>75.91</v>
+      </c>
+      <c r="S325">
+        <v>75.91</v>
+      </c>
+    </row>
+    <row r="326" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A326">
+        <v>325</v>
+      </c>
+      <c r="B326" t="s">
+        <v>225</v>
+      </c>
+      <c r="C326" t="s">
+        <v>163</v>
+      </c>
+      <c r="D326">
+        <v>1422</v>
+      </c>
+      <c r="E326" t="s">
+        <v>203</v>
+      </c>
+      <c r="F326" t="s">
+        <v>33</v>
+      </c>
+      <c r="G326" t="s">
+        <v>23</v>
+      </c>
+      <c r="H326">
+        <v>56</v>
+      </c>
+      <c r="I326" t="b">
+        <v>0</v>
+      </c>
+      <c r="J326" t="s">
+        <v>143</v>
+      </c>
+      <c r="K326">
+        <v>1</v>
+      </c>
+      <c r="L326">
+        <v>75.41</v>
+      </c>
+      <c r="M326" t="s">
+        <v>24</v>
+      </c>
+      <c r="N326" t="s">
+        <v>24</v>
+      </c>
+      <c r="O326" t="s">
+        <v>24</v>
+      </c>
+      <c r="P326" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q326" t="s">
+        <v>24</v>
+      </c>
+      <c r="R326" t="s">
+        <v>24</v>
+      </c>
+      <c r="S326">
+        <v>75.41</v>
+      </c>
+    </row>
+    <row r="327" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A327">
+        <v>326</v>
+      </c>
+      <c r="B327" t="s">
+        <v>596</v>
+      </c>
+      <c r="C327" t="s">
+        <v>597</v>
+      </c>
+      <c r="E327" t="s">
+        <v>24</v>
+      </c>
+      <c r="F327" t="s">
+        <v>29</v>
+      </c>
+      <c r="G327" t="s">
+        <v>43</v>
+      </c>
+      <c r="H327">
+        <v>18</v>
+      </c>
+      <c r="I327" t="b">
+        <v>0</v>
+      </c>
+      <c r="J327" t="s">
+        <v>147</v>
+      </c>
+      <c r="K327">
+        <v>1</v>
+      </c>
+      <c r="L327" t="s">
+        <v>24</v>
+      </c>
+      <c r="M327" t="s">
+        <v>24</v>
+      </c>
+      <c r="N327" t="s">
+        <v>24</v>
+      </c>
+      <c r="O327" t="s">
+        <v>24</v>
+      </c>
+      <c r="P327" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q327" t="s">
+        <v>24</v>
+      </c>
+      <c r="R327">
+        <v>73.81</v>
+      </c>
+      <c r="S327">
+        <v>73.81</v>
+      </c>
+    </row>
+    <row r="328" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A328">
+        <v>327</v>
+      </c>
+      <c r="B328" t="s">
+        <v>598</v>
+      </c>
+      <c r="C328" t="s">
+        <v>599</v>
+      </c>
+      <c r="E328" t="s">
+        <v>600</v>
+      </c>
+      <c r="F328" t="s">
+        <v>29</v>
+      </c>
+      <c r="G328" t="s">
+        <v>43</v>
+      </c>
+      <c r="H328">
+        <v>19</v>
+      </c>
+      <c r="I328" t="b">
+        <v>0</v>
+      </c>
+      <c r="J328" t="s">
+        <v>147</v>
+      </c>
+      <c r="K328">
+        <v>1</v>
+      </c>
+      <c r="L328" t="s">
+        <v>24</v>
+      </c>
+      <c r="M328">
+        <v>73.02</v>
+      </c>
+      <c r="N328" t="s">
+        <v>24</v>
+      </c>
+      <c r="O328" t="s">
+        <v>24</v>
+      </c>
+      <c r="P328" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q328" t="s">
+        <v>24</v>
+      </c>
+      <c r="R328" t="s">
+        <v>24</v>
+      </c>
+      <c r="S328">
+        <v>73.02</v>
+      </c>
+    </row>
+    <row r="329" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A329">
+        <v>328</v>
+      </c>
+      <c r="B329" t="s">
+        <v>601</v>
+      </c>
+      <c r="C329" t="s">
+        <v>602</v>
+      </c>
+      <c r="E329" t="s">
+        <v>24</v>
+      </c>
+      <c r="F329" t="s">
+        <v>22</v>
+      </c>
+      <c r="G329" t="s">
+        <v>43</v>
+      </c>
+      <c r="H329">
+        <v>30</v>
+      </c>
+      <c r="I329" t="b">
+        <v>0</v>
+      </c>
+      <c r="J329" t="s">
+        <v>147</v>
+      </c>
+      <c r="K329">
+        <v>1</v>
+      </c>
+      <c r="L329" t="s">
+        <v>24</v>
+      </c>
+      <c r="M329" t="s">
+        <v>24</v>
+      </c>
+      <c r="N329">
+        <v>72.73</v>
+      </c>
+      <c r="O329" t="s">
+        <v>24</v>
+      </c>
+      <c r="P329" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q329" t="s">
+        <v>24</v>
+      </c>
+      <c r="R329" t="s">
+        <v>24</v>
+      </c>
+      <c r="S329">
+        <v>72.73</v>
+      </c>
+    </row>
+    <row r="330" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A330">
+        <v>329</v>
+      </c>
+      <c r="B330" t="s">
+        <v>603</v>
+      </c>
+      <c r="C330" t="s">
+        <v>604</v>
+      </c>
+      <c r="E330" t="s">
+        <v>24</v>
+      </c>
+      <c r="F330" t="s">
+        <v>22</v>
+      </c>
+      <c r="G330" t="s">
+        <v>43</v>
+      </c>
+      <c r="H330">
+        <v>31</v>
+      </c>
+      <c r="I330" t="b">
+        <v>0</v>
+      </c>
+      <c r="J330" t="s">
+        <v>147</v>
+      </c>
+      <c r="K330">
+        <v>1</v>
+      </c>
+      <c r="L330" t="s">
+        <v>24</v>
+      </c>
+      <c r="M330" t="s">
+        <v>24</v>
+      </c>
+      <c r="N330" t="s">
+        <v>24</v>
+      </c>
+      <c r="O330" t="s">
+        <v>24</v>
+      </c>
+      <c r="P330" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q330" t="s">
+        <v>24</v>
+      </c>
+      <c r="R330">
+        <v>72.62</v>
+      </c>
+      <c r="S330">
+        <v>72.62</v>
+      </c>
+    </row>
+    <row r="331" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A331">
+        <v>330</v>
+      </c>
+      <c r="B331" t="s">
+        <v>605</v>
+      </c>
+      <c r="C331" t="s">
+        <v>606</v>
+      </c>
+      <c r="E331" t="s">
+        <v>607</v>
+      </c>
+      <c r="F331" t="s">
+        <v>33</v>
+      </c>
+      <c r="G331" t="s">
+        <v>43</v>
+      </c>
+      <c r="H331">
+        <v>23</v>
+      </c>
+      <c r="I331" t="b">
+        <v>0</v>
+      </c>
+      <c r="J331" t="s">
+        <v>147</v>
+      </c>
+      <c r="K331">
+        <v>1</v>
+      </c>
+      <c r="L331" t="s">
+        <v>24</v>
+      </c>
+      <c r="M331" t="s">
+        <v>24</v>
+      </c>
+      <c r="N331" t="s">
+        <v>24</v>
+      </c>
+      <c r="O331">
+        <v>71.99</v>
+      </c>
+      <c r="P331" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q331" t="s">
+        <v>24</v>
+      </c>
+      <c r="R331" t="s">
+        <v>24</v>
+      </c>
+      <c r="S331">
+        <v>71.99</v>
+      </c>
+    </row>
+    <row r="332" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A332">
+        <v>331</v>
+      </c>
+      <c r="B332" t="s">
+        <v>311</v>
+      </c>
+      <c r="C332" t="s">
+        <v>163</v>
+      </c>
+      <c r="E332" t="s">
+        <v>607</v>
+      </c>
+      <c r="F332" t="s">
+        <v>33</v>
+      </c>
+      <c r="G332" t="s">
+        <v>43</v>
+      </c>
+      <c r="H332">
+        <v>24</v>
+      </c>
+      <c r="I332" t="b">
+        <v>0</v>
+      </c>
+      <c r="J332" t="s">
+        <v>147</v>
+      </c>
+      <c r="K332">
+        <v>1</v>
+      </c>
+      <c r="L332" t="s">
+        <v>24</v>
+      </c>
+      <c r="M332" t="s">
+        <v>24</v>
+      </c>
+      <c r="N332" t="s">
+        <v>24</v>
+      </c>
+      <c r="O332">
+        <v>71.96</v>
+      </c>
+      <c r="P332" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q332" t="s">
+        <v>24</v>
+      </c>
+      <c r="R332" t="s">
+        <v>24</v>
+      </c>
+      <c r="S332">
+        <v>71.96</v>
+      </c>
+    </row>
+    <row r="333" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A333">
+        <v>332</v>
+      </c>
+      <c r="B333" t="s">
+        <v>608</v>
+      </c>
+      <c r="C333" t="s">
+        <v>609</v>
+      </c>
+      <c r="E333" t="s">
+        <v>64</v>
+      </c>
+      <c r="F333" t="s">
+        <v>67</v>
+      </c>
+      <c r="G333" t="s">
+        <v>43</v>
+      </c>
+      <c r="H333">
+        <v>15</v>
+      </c>
+      <c r="I333" t="b">
+        <v>0</v>
+      </c>
+      <c r="J333" t="s">
+        <v>147</v>
+      </c>
+      <c r="K333">
+        <v>1</v>
+      </c>
+      <c r="L333" t="s">
+        <v>24</v>
+      </c>
+      <c r="M333" t="s">
+        <v>24</v>
+      </c>
+      <c r="N333" t="s">
+        <v>24</v>
+      </c>
+      <c r="O333" t="s">
+        <v>24</v>
+      </c>
+      <c r="P333" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q333" t="s">
+        <v>24</v>
+      </c>
+      <c r="R333">
+        <v>71.92</v>
+      </c>
+      <c r="S333">
+        <v>71.92</v>
+      </c>
+    </row>
+    <row r="334" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A334">
+        <v>333</v>
+      </c>
+      <c r="B334" t="s">
+        <v>610</v>
+      </c>
+      <c r="C334" t="s">
+        <v>567</v>
+      </c>
+      <c r="E334" t="s">
+        <v>24</v>
+      </c>
+      <c r="F334" t="s">
+        <v>33</v>
+      </c>
+      <c r="G334" t="s">
+        <v>43</v>
+      </c>
+      <c r="H334">
+        <v>25</v>
+      </c>
+      <c r="I334" t="b">
+        <v>0</v>
+      </c>
+      <c r="J334" t="s">
+        <v>147</v>
+      </c>
+      <c r="K334">
+        <v>1</v>
+      </c>
+      <c r="L334" t="s">
+        <v>24</v>
+      </c>
+      <c r="M334" t="s">
+        <v>24</v>
+      </c>
+      <c r="N334" t="s">
+        <v>24</v>
+      </c>
+      <c r="O334" t="s">
+        <v>24</v>
+      </c>
+      <c r="P334" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q334" t="s">
+        <v>24</v>
+      </c>
+      <c r="R334">
+        <v>71.92</v>
+      </c>
+      <c r="S334">
+        <v>71.92</v>
+      </c>
+    </row>
+    <row r="335" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A335">
+        <v>334</v>
+      </c>
+      <c r="B335" t="s">
+        <v>611</v>
+      </c>
+      <c r="C335" t="s">
+        <v>612</v>
+      </c>
+      <c r="E335" t="s">
+        <v>24</v>
+      </c>
+      <c r="F335" t="s">
+        <v>22</v>
+      </c>
+      <c r="G335" t="s">
+        <v>43</v>
+      </c>
+      <c r="H335">
+        <v>32</v>
+      </c>
+      <c r="I335" t="b">
+        <v>0</v>
+      </c>
+      <c r="J335" t="s">
+        <v>147</v>
+      </c>
+      <c r="K335">
+        <v>1</v>
+      </c>
+      <c r="L335" t="s">
+        <v>24</v>
+      </c>
+      <c r="M335" t="s">
+        <v>24</v>
+      </c>
+      <c r="N335" t="s">
+        <v>24</v>
+      </c>
+      <c r="O335">
+        <v>71.11</v>
+      </c>
+      <c r="P335" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q335" t="s">
+        <v>24</v>
+      </c>
+      <c r="R335" t="s">
+        <v>24</v>
+      </c>
+      <c r="S335">
+        <v>71.11</v>
+      </c>
+    </row>
+    <row r="336" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A336">
+        <v>335</v>
+      </c>
+      <c r="B336" t="s">
+        <v>613</v>
+      </c>
+      <c r="C336" t="s">
+        <v>614</v>
+      </c>
+      <c r="E336" t="s">
+        <v>24</v>
+      </c>
+      <c r="F336" t="s">
+        <v>22</v>
+      </c>
+      <c r="G336" t="s">
+        <v>43</v>
+      </c>
+      <c r="H336">
+        <v>33</v>
+      </c>
+      <c r="I336" t="b">
+        <v>0</v>
+      </c>
+      <c r="J336" t="s">
+        <v>147</v>
+      </c>
+      <c r="K336">
+        <v>1</v>
+      </c>
+      <c r="L336" t="s">
+        <v>24</v>
+      </c>
+      <c r="M336" t="s">
+        <v>24</v>
+      </c>
+      <c r="N336" t="s">
+        <v>24</v>
+      </c>
+      <c r="O336">
+        <v>71.07</v>
+      </c>
+      <c r="P336" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q336" t="s">
+        <v>24</v>
+      </c>
+      <c r="R336" t="s">
+        <v>24</v>
+      </c>
+      <c r="S336">
+        <v>71.07</v>
+      </c>
+    </row>
+    <row r="337" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A337">
+        <v>336</v>
+      </c>
+      <c r="B337" t="s">
+        <v>615</v>
+      </c>
+      <c r="C337" t="s">
+        <v>616</v>
+      </c>
+      <c r="E337" t="s">
+        <v>24</v>
+      </c>
+      <c r="F337" t="s">
+        <v>22</v>
+      </c>
+      <c r="G337" t="s">
+        <v>43</v>
+      </c>
+      <c r="H337">
+        <v>34</v>
+      </c>
+      <c r="I337" t="b">
+        <v>0</v>
+      </c>
+      <c r="J337" t="s">
+        <v>147</v>
+      </c>
+      <c r="K337">
+        <v>1</v>
+      </c>
+      <c r="L337" t="s">
+        <v>24</v>
+      </c>
+      <c r="M337" t="s">
+        <v>24</v>
+      </c>
+      <c r="N337" t="s">
+        <v>24</v>
+      </c>
+      <c r="O337">
+        <v>71.04</v>
+      </c>
+      <c r="P337" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q337" t="s">
+        <v>24</v>
+      </c>
+      <c r="R337" t="s">
+        <v>24</v>
+      </c>
+      <c r="S337">
+        <v>71.04</v>
+      </c>
+    </row>
+    <row r="338" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A338">
+        <v>337</v>
+      </c>
+      <c r="B338" t="s">
+        <v>166</v>
+      </c>
+      <c r="C338" t="s">
+        <v>617</v>
+      </c>
+      <c r="D338">
+        <v>2406</v>
+      </c>
+      <c r="E338" t="s">
+        <v>79</v>
+      </c>
+      <c r="F338" t="s">
+        <v>67</v>
+      </c>
+      <c r="G338" t="s">
+        <v>23</v>
+      </c>
+      <c r="H338">
+        <v>29</v>
+      </c>
+      <c r="I338" t="b">
+        <v>0</v>
+      </c>
+      <c r="J338" t="s">
+        <v>143</v>
+      </c>
+      <c r="K338">
+        <v>1</v>
+      </c>
+      <c r="L338" t="s">
+        <v>24</v>
+      </c>
+      <c r="M338" t="s">
+        <v>24</v>
+      </c>
+      <c r="N338" t="s">
+        <v>24</v>
+      </c>
+      <c r="O338" t="s">
+        <v>24</v>
+      </c>
+      <c r="P338" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q338">
+        <v>70.76</v>
+      </c>
+      <c r="R338" t="s">
+        <v>24</v>
+      </c>
+      <c r="S338">
+        <v>70.76</v>
+      </c>
+    </row>
+    <row r="339" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A339">
+        <v>338</v>
+      </c>
+      <c r="B339" t="s">
+        <v>618</v>
+      </c>
+      <c r="C339" t="s">
+        <v>619</v>
+      </c>
+      <c r="D339">
+        <v>548</v>
+      </c>
+      <c r="E339" t="s">
+        <v>620</v>
+      </c>
+      <c r="F339" t="s">
+        <v>117</v>
+      </c>
+      <c r="G339" t="s">
+        <v>23</v>
+      </c>
+      <c r="H339">
+        <v>3</v>
+      </c>
+      <c r="I339" t="b">
+        <v>0</v>
+      </c>
+      <c r="J339" t="s">
+        <v>143</v>
+      </c>
+      <c r="K339">
+        <v>1</v>
+      </c>
+      <c r="L339" t="s">
+        <v>24</v>
+      </c>
+      <c r="M339" t="s">
+        <v>24</v>
+      </c>
+      <c r="N339" t="s">
+        <v>24</v>
+      </c>
+      <c r="O339" t="s">
+        <v>24</v>
+      </c>
+      <c r="P339">
+        <v>70.2</v>
+      </c>
+      <c r="Q339" t="s">
+        <v>24</v>
+      </c>
+      <c r="R339" t="s">
+        <v>24</v>
+      </c>
+      <c r="S339">
+        <v>70.2</v>
+      </c>
+    </row>
+    <row r="340" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A340">
+        <v>339</v>
+      </c>
+      <c r="B340" t="s">
+        <v>621</v>
+      </c>
+      <c r="C340" t="s">
+        <v>622</v>
+      </c>
+      <c r="E340" t="s">
+        <v>24</v>
+      </c>
+      <c r="F340" t="s">
+        <v>22</v>
+      </c>
+      <c r="G340" t="s">
+        <v>43</v>
+      </c>
+      <c r="H340">
+        <v>35</v>
+      </c>
+      <c r="I340" t="b">
+        <v>0</v>
+      </c>
+      <c r="J340" t="s">
+        <v>147</v>
+      </c>
+      <c r="K340">
+        <v>1</v>
+      </c>
+      <c r="L340" t="s">
+        <v>24</v>
+      </c>
+      <c r="M340" t="s">
+        <v>24</v>
+      </c>
+      <c r="N340" t="s">
+        <v>24</v>
+      </c>
+      <c r="O340" t="s">
+        <v>24</v>
+      </c>
+      <c r="P340" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q340" t="s">
+        <v>24</v>
+      </c>
+      <c r="R340">
+        <v>70.11</v>
+      </c>
+      <c r="S340">
+        <v>70.11</v>
+      </c>
+    </row>
+    <row r="341" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A341">
+        <v>340</v>
+      </c>
+      <c r="B341" t="s">
+        <v>623</v>
+      </c>
+      <c r="C341" t="s">
+        <v>35</v>
+      </c>
+      <c r="E341" t="s">
+        <v>64</v>
+      </c>
+      <c r="F341" t="s">
+        <v>67</v>
+      </c>
+      <c r="G341" t="s">
+        <v>43</v>
+      </c>
+      <c r="H341">
+        <v>16</v>
+      </c>
+      <c r="I341" t="b">
+        <v>0</v>
+      </c>
+      <c r="J341" t="s">
+        <v>147</v>
+      </c>
+      <c r="K341">
+        <v>1</v>
+      </c>
+      <c r="L341" t="s">
+        <v>24</v>
+      </c>
+      <c r="M341" t="s">
+        <v>24</v>
+      </c>
+      <c r="N341" t="s">
+        <v>24</v>
+      </c>
+      <c r="O341" t="s">
+        <v>24</v>
+      </c>
+      <c r="P341">
+        <v>68.48</v>
+      </c>
+      <c r="Q341" t="s">
+        <v>24</v>
+      </c>
+      <c r="R341" t="s">
+        <v>24</v>
+      </c>
+      <c r="S341">
+        <v>68.48</v>
+      </c>
+    </row>
+    <row r="342" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A342">
+        <v>341</v>
+      </c>
+      <c r="B342" t="s">
+        <v>118</v>
+      </c>
+      <c r="C342" t="s">
+        <v>624</v>
+      </c>
+      <c r="E342" t="s">
+        <v>64</v>
+      </c>
+      <c r="F342" t="s">
+        <v>33</v>
+      </c>
+      <c r="G342" t="s">
+        <v>23</v>
+      </c>
+      <c r="H342">
+        <v>57</v>
+      </c>
+      <c r="I342" t="b">
+        <v>0</v>
+      </c>
+      <c r="J342" t="s">
+        <v>147</v>
+      </c>
+      <c r="K342">
+        <v>1</v>
+      </c>
+      <c r="L342" t="s">
+        <v>24</v>
+      </c>
+      <c r="M342" t="s">
+        <v>24</v>
+      </c>
+      <c r="N342" t="s">
+        <v>24</v>
+      </c>
+      <c r="O342" t="s">
+        <v>24</v>
+      </c>
+      <c r="P342">
+        <v>68.06</v>
+      </c>
+      <c r="Q342" t="s">
+        <v>24</v>
+      </c>
+      <c r="R342" t="s">
+        <v>24</v>
+      </c>
+      <c r="S342">
+        <v>68.06</v>
+      </c>
+    </row>
+    <row r="343" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A343">
+        <v>342</v>
+      </c>
+      <c r="B343" t="s">
+        <v>625</v>
+      </c>
+      <c r="C343" t="s">
+        <v>626</v>
+      </c>
+      <c r="E343" t="s">
+        <v>64</v>
+      </c>
+      <c r="F343" t="s">
+        <v>115</v>
+      </c>
+      <c r="G343" t="s">
+        <v>43</v>
+      </c>
+      <c r="H343">
+        <v>1</v>
+      </c>
+      <c r="I343" t="b">
+        <v>0</v>
+      </c>
+      <c r="J343" t="s">
+        <v>147</v>
+      </c>
+      <c r="K343">
+        <v>1</v>
+      </c>
+      <c r="L343" t="s">
+        <v>24</v>
+      </c>
+      <c r="M343" t="s">
+        <v>24</v>
+      </c>
+      <c r="N343" t="s">
+        <v>24</v>
+      </c>
+      <c r="O343" t="s">
+        <v>24</v>
+      </c>
+      <c r="P343">
+        <v>67.91</v>
+      </c>
+      <c r="Q343" t="s">
+        <v>24</v>
+      </c>
+      <c r="R343" t="s">
+        <v>24</v>
+      </c>
+      <c r="S343">
+        <v>67.91</v>
+      </c>
+    </row>
+    <row r="344" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A344">
+        <v>343</v>
+      </c>
+      <c r="B344" t="s">
+        <v>627</v>
+      </c>
+      <c r="C344" t="s">
+        <v>40</v>
+      </c>
+      <c r="E344" t="s">
+        <v>122</v>
+      </c>
+      <c r="F344" t="s">
+        <v>67</v>
+      </c>
+      <c r="G344" t="s">
+        <v>43</v>
+      </c>
+      <c r="H344">
+        <v>17</v>
+      </c>
+      <c r="I344" t="b">
+        <v>0</v>
+      </c>
+      <c r="J344" t="s">
+        <v>147</v>
+      </c>
+      <c r="K344">
+        <v>1</v>
+      </c>
+      <c r="L344" t="s">
+        <v>24</v>
+      </c>
+      <c r="M344" t="s">
+        <v>24</v>
+      </c>
+      <c r="N344">
+        <v>67.43</v>
+      </c>
+      <c r="O344" t="s">
+        <v>24</v>
+      </c>
+      <c r="P344" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q344" t="s">
+        <v>24</v>
+      </c>
+      <c r="R344" t="s">
+        <v>24</v>
+      </c>
+      <c r="S344">
+        <v>67.43</v>
+      </c>
+    </row>
+    <row r="345" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A345">
+        <v>344</v>
+      </c>
+      <c r="B345" t="s">
+        <v>628</v>
+      </c>
+      <c r="C345" t="s">
+        <v>629</v>
+      </c>
+      <c r="E345" t="s">
+        <v>24</v>
+      </c>
+      <c r="F345" t="s">
+        <v>22</v>
+      </c>
+      <c r="G345" t="s">
+        <v>43</v>
+      </c>
+      <c r="H345">
+        <v>36</v>
+      </c>
+      <c r="I345" t="b">
+        <v>0</v>
+      </c>
+      <c r="J345" t="s">
+        <v>147</v>
+      </c>
+      <c r="K345">
+        <v>1</v>
+      </c>
+      <c r="L345" t="s">
+        <v>24</v>
+      </c>
+      <c r="M345" t="s">
+        <v>24</v>
+      </c>
+      <c r="N345" t="s">
+        <v>24</v>
+      </c>
+      <c r="O345" t="s">
+        <v>24</v>
+      </c>
+      <c r="P345">
+        <v>67.34</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>24</v>
+      </c>
+      <c r="R345" t="s">
+        <v>24</v>
+      </c>
+      <c r="S345">
+        <v>67.34</v>
+      </c>
+    </row>
+    <row r="346" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A346">
+        <v>345</v>
+      </c>
+      <c r="B346" t="s">
+        <v>630</v>
+      </c>
+      <c r="C346" t="s">
+        <v>631</v>
+      </c>
+      <c r="D346">
+        <v>555</v>
+      </c>
+      <c r="E346" t="s">
+        <v>97</v>
+      </c>
+      <c r="F346" t="s">
+        <v>632</v>
+      </c>
+      <c r="G346" t="s">
+        <v>23</v>
+      </c>
+      <c r="H346">
+        <v>1</v>
+      </c>
+      <c r="I346" t="b">
+        <v>0</v>
+      </c>
+      <c r="J346" t="s">
+        <v>143</v>
+      </c>
+      <c r="K346">
+        <v>1</v>
+      </c>
+      <c r="L346" t="s">
+        <v>24</v>
+      </c>
+      <c r="M346" t="s">
+        <v>24</v>
+      </c>
+      <c r="N346" t="s">
+        <v>24</v>
+      </c>
+      <c r="O346" t="s">
+        <v>24</v>
+      </c>
+      <c r="P346">
+        <v>66.89</v>
+      </c>
+      <c r="Q346" t="s">
+        <v>24</v>
+      </c>
+      <c r="R346" t="s">
+        <v>24</v>
+      </c>
+      <c r="S346">
+        <v>66.89</v>
+      </c>
+    </row>
+    <row r="347" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A347">
+        <v>346</v>
+      </c>
+      <c r="B347" t="s">
+        <v>68</v>
+      </c>
+      <c r="C347" t="s">
+        <v>633</v>
+      </c>
+      <c r="E347" t="s">
+        <v>335</v>
+      </c>
+      <c r="F347" t="s">
+        <v>33</v>
+      </c>
+      <c r="G347" t="s">
+        <v>23</v>
+      </c>
+      <c r="H347">
+        <v>58</v>
+      </c>
+      <c r="I347" t="b">
+        <v>0</v>
+      </c>
+      <c r="J347" t="s">
+        <v>147</v>
+      </c>
+      <c r="K347">
+        <v>1</v>
+      </c>
+      <c r="L347">
+        <v>65.73</v>
+      </c>
+      <c r="M347" t="s">
+        <v>24</v>
+      </c>
+      <c r="N347" t="s">
+        <v>24</v>
+      </c>
+      <c r="O347" t="s">
+        <v>24</v>
+      </c>
+      <c r="P347" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q347" t="s">
+        <v>24</v>
+      </c>
+      <c r="R347" t="s">
+        <v>24</v>
+      </c>
+      <c r="S347">
+        <v>65.73</v>
+      </c>
+    </row>
+    <row r="348" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A348">
+        <v>347</v>
+      </c>
+      <c r="B348" t="s">
+        <v>634</v>
+      </c>
+      <c r="C348" t="s">
+        <v>635</v>
+      </c>
+      <c r="D348">
+        <v>2477</v>
+      </c>
+      <c r="E348" t="s">
+        <v>64</v>
+      </c>
+      <c r="F348" t="s">
+        <v>67</v>
+      </c>
+      <c r="G348" t="s">
+        <v>43</v>
+      </c>
+      <c r="H348">
+        <v>18</v>
+      </c>
+      <c r="I348" t="b">
+        <v>0</v>
+      </c>
+      <c r="J348" t="s">
+        <v>143</v>
+      </c>
+      <c r="K348">
+        <v>1</v>
+      </c>
+      <c r="L348" t="s">
+        <v>24</v>
+      </c>
+      <c r="M348" t="s">
+        <v>24</v>
+      </c>
+      <c r="N348" t="s">
+        <v>24</v>
+      </c>
+      <c r="O348" t="s">
+        <v>24</v>
+      </c>
+      <c r="P348">
+        <v>64.1</v>
+      </c>
+      <c r="Q348" t="s">
+        <v>24</v>
+      </c>
+      <c r="R348" t="s">
+        <v>24</v>
+      </c>
+      <c r="S348">
+        <v>64.1</v>
+      </c>
+    </row>
+    <row r="349" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A349">
+        <v>348</v>
+      </c>
+      <c r="B349" t="s">
+        <v>287</v>
+      </c>
+      <c r="C349" t="s">
+        <v>636</v>
+      </c>
+      <c r="E349" t="s">
+        <v>64</v>
+      </c>
+      <c r="F349" t="s">
+        <v>67</v>
+      </c>
+      <c r="G349" t="s">
+        <v>43</v>
+      </c>
+      <c r="H349">
+        <v>19</v>
+      </c>
+      <c r="I349" t="b">
+        <v>0</v>
+      </c>
+      <c r="J349" t="s">
+        <v>147</v>
+      </c>
+      <c r="K349">
+        <v>1</v>
+      </c>
+      <c r="L349" t="s">
+        <v>24</v>
+      </c>
+      <c r="M349" t="s">
+        <v>24</v>
+      </c>
+      <c r="N349" t="s">
+        <v>24</v>
+      </c>
+      <c r="O349" t="s">
+        <v>24</v>
+      </c>
+      <c r="P349">
+        <v>63.98</v>
+      </c>
+      <c r="Q349" t="s">
+        <v>24</v>
+      </c>
+      <c r="R349" t="s">
+        <v>24</v>
+      </c>
+      <c r="S349">
+        <v>63.98</v>
+      </c>
+    </row>
+    <row r="350" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A350">
+        <v>349</v>
+      </c>
+      <c r="B350" t="s">
+        <v>49</v>
+      </c>
+      <c r="C350" t="s">
+        <v>637</v>
+      </c>
+      <c r="E350" t="s">
+        <v>24</v>
+      </c>
+      <c r="F350" t="s">
+        <v>67</v>
+      </c>
+      <c r="G350" t="s">
+        <v>23</v>
+      </c>
+      <c r="H350">
+        <v>30</v>
+      </c>
+      <c r="I350" t="b">
+        <v>0</v>
+      </c>
+      <c r="J350" t="s">
+        <v>147</v>
+      </c>
+      <c r="K350">
+        <v>1</v>
+      </c>
+      <c r="L350" t="s">
+        <v>24</v>
+      </c>
+      <c r="M350" t="s">
+        <v>24</v>
+      </c>
+      <c r="N350">
+        <v>57.06</v>
+      </c>
+      <c r="O350" t="s">
+        <v>24</v>
+      </c>
+      <c r="P350" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q350" t="s">
+        <v>24</v>
+      </c>
+      <c r="R350" t="s">
+        <v>24</v>
+      </c>
+      <c r="S350">
+        <v>57.06</v>
+      </c>
+    </row>
+    <row r="351" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A351">
+        <v>350</v>
+      </c>
+      <c r="B351" t="s">
+        <v>638</v>
+      </c>
+      <c r="C351" t="s">
+        <v>637</v>
+      </c>
+      <c r="E351" t="s">
+        <v>24</v>
+      </c>
+      <c r="F351" t="s">
+        <v>22</v>
+      </c>
+      <c r="G351" t="s">
+        <v>43</v>
+      </c>
+      <c r="H351">
+        <v>37</v>
+      </c>
+      <c r="I351" t="b">
+        <v>0</v>
+      </c>
+      <c r="J351" t="s">
+        <v>147</v>
+      </c>
+      <c r="K351">
+        <v>1</v>
+      </c>
+      <c r="L351" t="s">
+        <v>24</v>
+      </c>
+      <c r="M351" t="s">
+        <v>24</v>
+      </c>
+      <c r="N351">
+        <v>57.03</v>
+      </c>
+      <c r="O351" t="s">
+        <v>24</v>
+      </c>
+      <c r="P351" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q351" t="s">
+        <v>24</v>
+      </c>
+      <c r="R351" t="s">
+        <v>24</v>
+      </c>
+      <c r="S351">
+        <v>57.03</v>
+      </c>
+    </row>
+    <row r="352" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A352">
+        <v>351</v>
+      </c>
+      <c r="B352" t="s">
+        <v>639</v>
+      </c>
+      <c r="C352" t="s">
+        <v>575</v>
+      </c>
+      <c r="E352" t="s">
+        <v>24</v>
+      </c>
+      <c r="F352" t="s">
+        <v>67</v>
+      </c>
+      <c r="G352" t="s">
+        <v>43</v>
+      </c>
+      <c r="H352">
+        <v>20</v>
+      </c>
+      <c r="I352" t="b">
+        <v>0</v>
+      </c>
+      <c r="J352" t="s">
+        <v>147</v>
+      </c>
+      <c r="K352">
+        <v>1</v>
+      </c>
+      <c r="L352" t="s">
+        <v>24</v>
+      </c>
+      <c r="M352" t="s">
+        <v>24</v>
+      </c>
+      <c r="N352">
+        <v>57</v>
+      </c>
+      <c r="O352" t="s">
+        <v>24</v>
+      </c>
+      <c r="P352" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q352" t="s">
+        <v>24</v>
+      </c>
+      <c r="R352" t="s">
+        <v>24</v>
+      </c>
+      <c r="S352">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="353" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A353">
+        <v>352</v>
+      </c>
+      <c r="B353" t="s">
+        <v>537</v>
+      </c>
+      <c r="C353" t="s">
+        <v>163</v>
+      </c>
+      <c r="E353" t="s">
+        <v>87</v>
+      </c>
+      <c r="F353" t="s">
+        <v>22</v>
+      </c>
+      <c r="G353" t="s">
+        <v>43</v>
+      </c>
+      <c r="H353">
+        <v>38</v>
+      </c>
+      <c r="I353" t="b">
+        <v>0</v>
+      </c>
+      <c r="J353" t="s">
+        <v>147</v>
+      </c>
+      <c r="K353">
+        <v>1</v>
+      </c>
+      <c r="L353" t="s">
+        <v>24</v>
+      </c>
+      <c r="M353" t="s">
+        <v>24</v>
+      </c>
+      <c r="N353" t="s">
+        <v>24</v>
+      </c>
+      <c r="O353" t="s">
+        <v>24</v>
+      </c>
+      <c r="P353" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q353">
+        <v>55.31</v>
+      </c>
+      <c r="R353" t="s">
+        <v>24</v>
+      </c>
+      <c r="S353">
+        <v>55.31</v>
+      </c>
+    </row>
+    <row r="354" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A354">
+        <v>353</v>
+      </c>
+      <c r="B354" t="s">
+        <v>640</v>
+      </c>
+      <c r="C354" t="s">
+        <v>641</v>
+      </c>
+      <c r="E354" t="s">
+        <v>64</v>
+      </c>
+      <c r="F354" t="s">
+        <v>115</v>
+      </c>
+      <c r="G354" t="s">
+        <v>43</v>
+      </c>
+      <c r="H354">
+        <v>2</v>
+      </c>
+      <c r="I354" t="b">
+        <v>0</v>
+      </c>
+      <c r="J354" t="s">
+        <v>147</v>
+      </c>
+      <c r="K354">
+        <v>1</v>
+      </c>
+      <c r="L354" t="s">
+        <v>24</v>
+      </c>
+      <c r="M354" t="s">
+        <v>24</v>
+      </c>
+      <c r="N354" t="s">
+        <v>24</v>
+      </c>
+      <c r="O354" t="s">
+        <v>24</v>
+      </c>
+      <c r="P354">
+        <v>55.21</v>
+      </c>
+      <c r="Q354" t="s">
+        <v>24</v>
+      </c>
+      <c r="R354" t="s">
+        <v>24</v>
+      </c>
+      <c r="S354">
+        <v>55.21</v>
+      </c>
+    </row>
+    <row r="355" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A355">
+        <v>354</v>
+      </c>
+      <c r="B355" t="s">
+        <v>75</v>
+      </c>
+      <c r="C355" t="s">
+        <v>487</v>
+      </c>
+      <c r="E355" t="s">
+        <v>642</v>
+      </c>
+      <c r="F355" t="s">
+        <v>115</v>
+      </c>
+      <c r="G355" t="s">
+        <v>23</v>
+      </c>
+      <c r="H355">
+        <v>7</v>
+      </c>
+      <c r="I355" t="b">
+        <v>0</v>
+      </c>
+      <c r="J355" t="s">
+        <v>147</v>
+      </c>
+      <c r="K355">
+        <v>1</v>
+      </c>
+      <c r="L355" t="s">
+        <v>24</v>
+      </c>
+      <c r="M355" t="s">
+        <v>24</v>
+      </c>
+      <c r="N355" t="s">
+        <v>24</v>
+      </c>
+      <c r="O355" t="s">
+        <v>24</v>
+      </c>
+      <c r="P355">
+        <v>55.08</v>
+      </c>
+      <c r="Q355" t="s">
+        <v>24</v>
+      </c>
+      <c r="R355" t="s">
+        <v>24</v>
+      </c>
+      <c r="S355">
+        <v>55.08</v>
+      </c>
+    </row>
+    <row r="356" spans="1:19" x14ac:dyDescent="0.25">
+      <c r="A356">
+        <v>355</v>
+      </c>
+      <c r="B356" t="s">
+        <v>643</v>
+      </c>
+      <c r="C356" t="s">
+        <v>644</v>
+      </c>
+      <c r="D356">
         <v>2216</v>
       </c>
-      <c r="E308" t="s">
+      <c r="E356" t="s">
         <v>21</v>
       </c>
-      <c r="F308" t="s">
+      <c r="F356" t="s">
         <v>22</v>
       </c>
-      <c r="G308" t="s">
-[...35 lines deleted...]
-      <c r="S308">
+      <c r="G356" t="s">
+        <v>23</v>
+      </c>
+      <c r="H356">
+        <v>94</v>
+      </c>
+      <c r="I356" t="b">
+        <v>0</v>
+      </c>
+      <c r="J356" t="s">
+        <v>143</v>
+      </c>
+      <c r="K356">
+        <v>1</v>
+      </c>
+      <c r="L356" t="s">
+        <v>24</v>
+      </c>
+      <c r="M356">
+        <v>0</v>
+      </c>
+      <c r="N356" t="s">
+        <v>24</v>
+      </c>
+      <c r="O356" t="s">
+        <v>24</v>
+      </c>
+      <c r="P356" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q356" t="s">
+        <v>24</v>
+      </c>
+      <c r="R356" t="s">
+        <v>24</v>
+      </c>
+      <c r="S356">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>