--- v3 (2025-12-19)
+++ v4 (2026-03-13)
@@ -4932,50 +4932,53 @@
         <v>84.85</v>
       </c>
       <c r="P44">
         <v>83.46</v>
       </c>
       <c r="Q44" t="s">
         <v>24</v>
       </c>
       <c r="R44" t="s">
         <v>24</v>
       </c>
       <c r="S44">
         <v>255.31</v>
       </c>
     </row>
     <row r="45" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45" t="s">
         <v>125</v>
       </c>
       <c r="C45" t="s">
         <v>126</v>
       </c>
+      <c r="D45">
+        <v>2585</v>
+      </c>
       <c r="E45" t="s">
         <v>127</v>
       </c>
       <c r="F45" t="s">
         <v>22</v>
       </c>
       <c r="G45" t="s">
         <v>23</v>
       </c>
       <c r="H45">
         <v>10</v>
       </c>
       <c r="I45" t="b">
         <v>0</v>
       </c>
       <c r="J45" t="s">
         <v>128</v>
       </c>
       <c r="K45">
         <v>3</v>
       </c>
       <c r="L45" t="s">
         <v>24</v>
       </c>
       <c r="M45" t="s">
@@ -5395,50 +5398,53 @@
         <v>141.45</v>
       </c>
       <c r="P52">
         <v>144.85</v>
       </c>
       <c r="Q52" t="s">
         <v>24</v>
       </c>
       <c r="R52" t="s">
         <v>24</v>
       </c>
       <c r="S52">
         <v>286.3</v>
       </c>
     </row>
     <row r="53" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>46</v>
       </c>
       <c r="C53" t="s">
         <v>148</v>
       </c>
+      <c r="D53">
+        <v>2516</v>
+      </c>
       <c r="E53" t="s">
         <v>21</v>
       </c>
       <c r="F53" t="s">
         <v>22</v>
       </c>
       <c r="G53" t="s">
         <v>43</v>
       </c>
       <c r="H53">
         <v>3</v>
       </c>
       <c r="I53" t="b">
         <v>0</v>
       </c>
       <c r="J53" t="s">
         <v>128</v>
       </c>
       <c r="K53">
         <v>3</v>
       </c>
       <c r="L53" t="s">
         <v>24</v>
       </c>
       <c r="M53" t="s">
@@ -6551,50 +6557,53 @@
         <v>24</v>
       </c>
       <c r="P72" t="s">
         <v>24</v>
       </c>
       <c r="Q72">
         <v>110.12</v>
       </c>
       <c r="R72" t="s">
         <v>24</v>
       </c>
       <c r="S72">
         <v>217.97</v>
       </c>
     </row>
     <row r="73" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>184</v>
       </c>
       <c r="C73" t="s">
         <v>185</v>
       </c>
+      <c r="D73">
+        <v>2490</v>
+      </c>
       <c r="E73" t="s">
         <v>90</v>
       </c>
       <c r="F73" t="s">
         <v>29</v>
       </c>
       <c r="G73" t="s">
         <v>23</v>
       </c>
       <c r="H73">
         <v>13</v>
       </c>
       <c r="I73" t="b">
         <v>0</v>
       </c>
       <c r="J73" t="s">
         <v>147</v>
       </c>
       <c r="K73">
         <v>2</v>
       </c>
       <c r="L73" t="s">
         <v>24</v>
       </c>
       <c r="M73" t="s">
@@ -6607,50 +6616,53 @@
         <v>24</v>
       </c>
       <c r="P73">
         <v>108.24</v>
       </c>
       <c r="Q73">
         <v>108.64</v>
       </c>
       <c r="R73" t="s">
         <v>24</v>
       </c>
       <c r="S73">
         <v>216.88</v>
       </c>
     </row>
     <row r="74" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>186</v>
       </c>
       <c r="C74" t="s">
         <v>187</v>
       </c>
+      <c r="D74">
+        <v>949</v>
+      </c>
       <c r="E74" t="s">
         <v>135</v>
       </c>
       <c r="F74" t="s">
         <v>67</v>
       </c>
       <c r="G74" t="s">
         <v>23</v>
       </c>
       <c r="H74">
         <v>7</v>
       </c>
       <c r="I74" t="b">
         <v>0</v>
       </c>
       <c r="J74" t="s">
         <v>147</v>
       </c>
       <c r="K74">
         <v>2</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
       <c r="M74" t="s">
@@ -7132,50 +7144,53 @@
         <v>24</v>
       </c>
       <c r="P82" t="s">
         <v>24</v>
       </c>
       <c r="Q82" t="s">
         <v>24</v>
       </c>
       <c r="R82" t="s">
         <v>24</v>
       </c>
       <c r="S82">
         <v>205.26</v>
       </c>
     </row>
     <row r="83" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>204</v>
       </c>
       <c r="C83" t="s">
         <v>205</v>
       </c>
+      <c r="D83">
+        <v>2549</v>
+      </c>
       <c r="E83" t="s">
         <v>127</v>
       </c>
       <c r="F83" t="s">
         <v>22</v>
       </c>
       <c r="G83" t="s">
         <v>43</v>
       </c>
       <c r="H83">
         <v>6</v>
       </c>
       <c r="I83" t="b">
         <v>0</v>
       </c>
       <c r="J83" t="s">
         <v>147</v>
       </c>
       <c r="K83">
         <v>2</v>
       </c>
       <c r="L83">
         <v>100.74</v>
       </c>
       <c r="M83">
@@ -7601,50 +7616,53 @@
         <v>24</v>
       </c>
       <c r="P90">
         <v>83.92</v>
       </c>
       <c r="Q90" t="s">
         <v>24</v>
       </c>
       <c r="R90">
         <v>97.5</v>
       </c>
       <c r="S90">
         <v>181.42</v>
       </c>
     </row>
     <row r="91" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>71</v>
       </c>
       <c r="C91" t="s">
         <v>221</v>
       </c>
+      <c r="D91">
+        <v>2501</v>
+      </c>
       <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" t="s">
         <v>33</v>
       </c>
       <c r="G91" t="s">
         <v>43</v>
       </c>
       <c r="H91">
         <v>5</v>
       </c>
       <c r="I91" t="b">
         <v>0</v>
       </c>
       <c r="J91" t="s">
         <v>147</v>
       </c>
       <c r="K91">
         <v>2</v>
       </c>
       <c r="L91" t="s">
         <v>24</v>
       </c>
       <c r="M91" t="s">
@@ -9093,50 +9111,53 @@
         <v>24</v>
       </c>
       <c r="P116" t="s">
         <v>24</v>
       </c>
       <c r="Q116" t="s">
         <v>24</v>
       </c>
       <c r="R116" t="s">
         <v>24</v>
       </c>
       <c r="S116">
         <v>134.35</v>
       </c>
     </row>
     <row r="117" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>158</v>
       </c>
       <c r="C117" t="s">
         <v>270</v>
       </c>
+      <c r="D117">
+        <v>2534</v>
+      </c>
       <c r="E117" t="s">
         <v>114</v>
       </c>
       <c r="F117" t="s">
         <v>29</v>
       </c>
       <c r="G117" t="s">
         <v>23</v>
       </c>
       <c r="H117">
         <v>20</v>
       </c>
       <c r="I117" t="b">
         <v>0</v>
       </c>
       <c r="J117" t="s">
         <v>147</v>
       </c>
       <c r="K117">
         <v>1</v>
       </c>
       <c r="L117" t="s">
         <v>24</v>
       </c>
       <c r="M117" t="s">
@@ -11248,50 +11269,53 @@
         <v>24</v>
       </c>
       <c r="P154" t="s">
         <v>24</v>
       </c>
       <c r="Q154" t="s">
         <v>24</v>
       </c>
       <c r="R154" t="s">
         <v>24</v>
       </c>
       <c r="S154">
         <v>114.61</v>
       </c>
     </row>
     <row r="155" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
         <v>339</v>
       </c>
       <c r="C155" t="s">
         <v>312</v>
       </c>
+      <c r="D155">
+        <v>2487</v>
+      </c>
       <c r="E155" t="s">
         <v>21</v>
       </c>
       <c r="F155" t="s">
         <v>22</v>
       </c>
       <c r="G155" t="s">
         <v>23</v>
       </c>
       <c r="H155">
         <v>47</v>
       </c>
       <c r="I155" t="b">
         <v>0</v>
       </c>
       <c r="J155" t="s">
         <v>147</v>
       </c>
       <c r="K155">
         <v>1</v>
       </c>
       <c r="L155" t="s">
         <v>24</v>
       </c>
       <c r="M155" t="s">
@@ -16077,50 +16101,53 @@
         <v>24</v>
       </c>
       <c r="P239" t="s">
         <v>24</v>
       </c>
       <c r="Q239" t="s">
         <v>24</v>
       </c>
       <c r="R239" t="s">
         <v>24</v>
       </c>
       <c r="S239">
         <v>96.28</v>
       </c>
     </row>
     <row r="240" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
         <v>471</v>
       </c>
       <c r="C240" t="s">
         <v>472</v>
       </c>
+      <c r="D240">
+        <v>2535</v>
+      </c>
       <c r="E240" t="s">
         <v>21</v>
       </c>
       <c r="F240" t="s">
         <v>29</v>
       </c>
       <c r="G240" t="s">
         <v>23</v>
       </c>
       <c r="H240">
         <v>51</v>
       </c>
       <c r="I240" t="b">
         <v>0</v>
       </c>
       <c r="J240" t="s">
         <v>147</v>
       </c>
       <c r="K240">
         <v>1</v>
       </c>
       <c r="L240">
         <v>95.92</v>
       </c>
       <c r="M240" t="s">
@@ -18580,50 +18607,53 @@
         <v>24</v>
       </c>
       <c r="P283" t="s">
         <v>24</v>
       </c>
       <c r="Q283" t="s">
         <v>24</v>
       </c>
       <c r="R283" t="s">
         <v>24</v>
       </c>
       <c r="S283">
         <v>89.06</v>
       </c>
     </row>
     <row r="284" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
         <v>542</v>
       </c>
       <c r="C284" t="s">
         <v>543</v>
       </c>
+      <c r="D284">
+        <v>2491</v>
+      </c>
       <c r="E284" t="s">
         <v>87</v>
       </c>
       <c r="F284" t="s">
         <v>29</v>
       </c>
       <c r="G284" t="s">
         <v>43</v>
       </c>
       <c r="H284">
         <v>14</v>
       </c>
       <c r="I284" t="b">
         <v>0</v>
       </c>
       <c r="J284" t="s">
         <v>147</v>
       </c>
       <c r="K284">
         <v>1</v>
       </c>
       <c r="L284" t="s">
         <v>24</v>
       </c>
       <c r="M284" t="s">
@@ -19649,50 +19679,53 @@
       <c r="O302" t="s">
         <v>24</v>
       </c>
       <c r="P302" t="s">
         <v>24</v>
       </c>
       <c r="Q302" t="s">
         <v>24</v>
       </c>
       <c r="R302">
         <v>83.67</v>
       </c>
       <c r="S302">
         <v>83.67</v>
       </c>
     </row>
     <row r="303" spans="1:19" x14ac:dyDescent="0.25">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
         <v>566</v>
       </c>
       <c r="C303" t="s">
         <v>567</v>
+      </c>
+      <c r="D303">
+        <v>2543</v>
       </c>
       <c r="E303" t="s">
         <v>64</v>
       </c>
       <c r="F303" t="s">
         <v>33</v>
       </c>
       <c r="G303" t="s">
         <v>43</v>
       </c>
       <c r="H303">
         <v>19</v>
       </c>
       <c r="I303" t="b">
         <v>0</v>
       </c>
       <c r="J303" t="s">
         <v>147</v>
       </c>
       <c r="K303">
         <v>1</v>
       </c>
       <c r="L303" t="s">
         <v>24</v>
       </c>